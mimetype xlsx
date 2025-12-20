--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -12,9809 +12,12584 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4194">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Автор</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
-    <t>аль-Хадис аль-арбагин фи фадыля сура аль-Ихлас. الحديث الأربعين في فضيلة سورة الإخلاص</t>
-[...8 lines deleted...]
-    <t>Зайл аль-Джамиг ас-сагыр. ذيل الجامع الصغير</t>
+    <t>Шарх шавахид аль-Кафия ва аль-Джами شرح شواهد الكافية و الجامعي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2210/</t>
+  </si>
+  <si>
+    <t>Талибату ат-Талибати фи аль-истиляхат аль-фикхия طلبة الطلبة في الإصلاحات الفقهية</t>
+  </si>
+  <si>
+    <t>Наджмуддин Абу Хафс ан-Насафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2209/</t>
+  </si>
+  <si>
+    <t>Шарх мизан аль-адаб شرح ميزان ادب</t>
+  </si>
+  <si>
+    <t>Мухаммад Ташканди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2208/</t>
+  </si>
+  <si>
+    <t>Ар-расаиль ас-сабага фи аль-гакаид الرسائل السبعة في العقائد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2207/</t>
+  </si>
+  <si>
+    <t>Завещание хваджи Абдульхалика Гиждувани وصيت نامه خواجه عبد الخالق غجدواني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2206/</t>
+  </si>
+  <si>
+    <t>Шарх аль-гакаид ан-Насафия ли-Тафтазани شرح العقائد النفسية للفتازاني</t>
+  </si>
+  <si>
+    <t>Сагд ад-Дин Тафтазани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2205/</t>
+  </si>
+  <si>
+    <t>Мусхаф, написанный османским каллиграфом Мустафой Назыфом, с хашия тафсира Джалялейн مصحف بخط الخطاط التركي العثماني مصطفى نظيف الشهير بقدر غه لي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2204/</t>
+  </si>
+  <si>
+    <t>Гакд аль-джаухар ас-самин عقد الجوهر الثمين</t>
+  </si>
+  <si>
+    <t>Исмаил Гаджлуни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2203/</t>
+  </si>
+  <si>
+    <t>Гатыйяту аль-Ваххаб аль-фасыляти бейна аль-хата ва ас-саваб</t>
+  </si>
+  <si>
+    <t>Мухаммад Бек аль-Узбеки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2202/</t>
+  </si>
+  <si>
+    <t>Китаб гыйльм аль-аглям كتاب علم الاعلام</t>
+  </si>
+  <si>
+    <t>Ами бин Усман Сибавейхи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2201/</t>
+  </si>
+  <si>
+    <t>Матн аль-джузрия фи магрифати таджвид аль-аяти аль-Курания متن الجزرية في معرفة تجويد الآيات القرآنية</t>
+  </si>
+  <si>
+    <t>Закария аль-Ансари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2200/</t>
+  </si>
+  <si>
+    <t>Тухфату ар-рагыбин фи таджвид аль-китаб аль-мубин تحفة الراغبين في تجويد الكتاب المبين</t>
+  </si>
+  <si>
+    <t>Мухаммад Али аль-Хусейни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2199/</t>
+  </si>
+  <si>
+    <t>Сборник тафсиров аль-Байдави, ан-Насафи, аль-Хазин и Ибн 'Аббаса / مجموع من التفاسير البيضاوي والنسفي والخازن وابن عباس</t>
+  </si>
+  <si>
+    <t>Насыруддин аль-Байдави, Абу аль-Баракат ан-Насафи, 'Аля'уддин аль-Хазин, аль-Файруз Абади</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2198/</t>
+  </si>
+  <si>
+    <t>Рух аль-Баян фи тафсир аль-Коран / روح البيان في تفسير القرآن том 8 - 10</t>
+  </si>
+  <si>
+    <t>Исмаиль Хаккы аль-Бурсави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2197/</t>
+  </si>
+  <si>
+    <t>Рух аль-Баян фи тафсир аль-Коран / روح البيان في تفسير القرآن том 5 - 7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2196/</t>
+  </si>
+  <si>
+    <t>Рух аль-Баян фи тафсир аль-Коран / روح البيان في تفسير القرآن    том 1-4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2195/</t>
+  </si>
+  <si>
+    <t>Муршид аль-Мута'аллим / مرشد المتعلم</t>
+  </si>
+  <si>
+    <t>Джон Адмаз</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2194/</t>
+  </si>
+  <si>
+    <t>Мизенское издание Густава Флюгеля мусхафа Благородного Корана аль-Коран ва хува аль-Худа валь-Фуркан  الْقُرآن وهو الْهُدَى وَالْفَقَالُ</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2193/</t>
+  </si>
+  <si>
+    <t>Хашия аль-'Адави 'аля Хуляса аль-Хисаб / حاشية العدوى على خلاصة الحساب</t>
+  </si>
+  <si>
+    <t>Мухаммад Хусейн аль-'Адави аль-Малики</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2192/</t>
+  </si>
+  <si>
+    <t>аль-Акваль аль-мардыя фи ар-радд 'аля аль-ваххабия / الأقوال المرضية في الرد على الوهابية</t>
+  </si>
+  <si>
+    <t>Мухаммад 'Ата Ибн Ибрахим ас-Касам</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2191/</t>
+  </si>
+  <si>
+    <t>Рашахат аль-аклям шарх Кифая аль-гулям фи аркан аль-ислам / كفاية الغلام في أركان الإسلام</t>
+  </si>
+  <si>
+    <t>Мухаммад Са'ид бин Мустафа ан-На'сани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2190/</t>
+  </si>
+  <si>
+    <t>Хашия 'аля Шарх аль-Харида аль-Бахия / حاشية علي شرح الخريدة البهية</t>
+  </si>
+  <si>
+    <t>Ахмад Сави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2189/</t>
+  </si>
+  <si>
+    <t>Галият аль-Мава'из ва мисбах аль-мутта'из ва кабс аль-ва'из лиль-'алим/ غالية المواعظ و مصباح المتعظ و قبس الواعظ للعالم</t>
+  </si>
+  <si>
+    <t>аль-Хибр аль-Бахр Хайруддин Абу Баракат Ну'ман Эфенди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2188/</t>
+  </si>
+  <si>
+    <t>аль-Фаваид аль-Джалиля аль-Бахия 'аля аш-Шамаиль аль-Махмудия</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Касим Джасус</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2187/</t>
+  </si>
+  <si>
+    <t>Весь текст Священного Корана на одной странице  النص الكامل للقرآن الكريم في صفحة واحدة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2186/</t>
+  </si>
+  <si>
+    <t>Шарх Шавкы 'аля аль-Фанари</t>
+  </si>
+  <si>
+    <t>Ахмад аш-Шавкы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2185/</t>
+  </si>
+  <si>
+    <t>аль-Исра' валь-ми'радж</t>
+  </si>
+  <si>
+    <t>Джалялюддин ас-Суюти</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2184/</t>
+  </si>
+  <si>
+    <t>Рукописная копия Дога-и Гаһед-намә һәм Дога-и Исем-и Әгъзам будур  دعاء عهد نامه هم دعاء اسم اعظم بودر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2183/</t>
+  </si>
+  <si>
+    <t>Хикая фи мадх Имам А'зам рахимахуЛлах Те'аля  حكاية في مدح أمام اعظم رحمه الله تعالى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2182/</t>
+  </si>
+  <si>
+    <t>Рукописная копия Муснада имама Абу Ханифы / مسند الإمام أبي حنيفة</t>
+  </si>
+  <si>
+    <t>'Иса бин Мухаммад бин Мухаммад ас-Са'алиби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2181/</t>
+  </si>
+  <si>
+    <t>ат-Тахкик аль-Бахир шарх аль-Ашбах ва ан-назаир  / التحقيق الباهر شرح الأشباه والنظائر  том 3</t>
+  </si>
+  <si>
+    <t>Хибатуллах ат-Таджи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2180/</t>
+  </si>
+  <si>
+    <t>Перевод книги Ахыр Заманъ Китаби. Мухаммеданское учение о кончине мира / آخر زمان کتابی</t>
+  </si>
+  <si>
+    <t>Евфимий Малов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2179/</t>
+  </si>
+  <si>
+    <t>Хашия Чильби 'аля шарх аль-Викая / حاشية چلبی علي شرح الوقايه</t>
+  </si>
+  <si>
+    <t>имам аль-Чильби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2178/</t>
+  </si>
+  <si>
+    <t>Рукописная копия книги аль-Джам'у байна аль-фатва уа ат-таква / الجمع بين الفتوى و التقوى</t>
+  </si>
+  <si>
+    <t>Са'ид бин Ахмад бин Абу Бакр ар-Рази аль-Ханафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2177/</t>
+  </si>
+  <si>
+    <t>Рукописная копия Каляид аль-Марджан / قلائد المرجان</t>
+  </si>
+  <si>
+    <t>Абд аль-Гани ан-Наблусий</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2176/</t>
+  </si>
+  <si>
+    <t>Рукописная каллиграфическая копия текста аш-Шатыбия / نسخة خطية للشاطبية</t>
+  </si>
+  <si>
+    <t>аш-Шатыби аль-Мукри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2175/</t>
+  </si>
+  <si>
+    <t>Мукаддима фи мазхаб аль-кыра'ат аль-арба'а аз-Заида 'аля аль-'ашара (рукопись) / مقدمة في مذاهب القراءات الاربعة الزائدة على العشرة</t>
+  </si>
+  <si>
+    <t>Султан аль-Мукри аш-Шафи'и</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2174/</t>
+  </si>
+  <si>
+    <t>Рихля Ибн Фадлян / رحلة إبن فضلان إلي بلاد الترك والروس والصقلابة</t>
+  </si>
+  <si>
+    <t>Ахмад бин Фадлян</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2173/</t>
+  </si>
+  <si>
+    <t>Тарих аль-Мусхаф аш-Шариф / تاریخ المصحف الشريف</t>
+  </si>
+  <si>
+    <t>'Абд аль-Фаттах аль-Кады</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2172/</t>
+  </si>
+  <si>
+    <t>Рукопись сур аль-Фатиха и аль-Ан'ам / قطعة من مصحف سورة الفاتحة والأنعام بخط الخطاط عبدالله الحقي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2171/</t>
+  </si>
+  <si>
+    <t>Рукописный Мусхаф Корана хаттата Мустафы аль-Хатими / مصحف مخطوط بخط الخطاط مصطفى الحاتمي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2170/</t>
+  </si>
+  <si>
+    <t>Рукописный Мусхаф избранных сур и аятов Корана хаттата Сайида Мухаммада Мас'уда / مصحف لسور مختارة مخطوط بخط السيد محمد مسعود بن محمد سعيد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2169/</t>
+  </si>
+  <si>
+    <t>Рукописный Мусхаф Корана хаттата Рагиб Паши / مصحف مخطوط بخط الخطاط راغب باشا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2168/</t>
+  </si>
+  <si>
+    <t>Рукописный Мусхаф Корана хаттата Салиха аль-Ускадари / مصحف مخطوط بخط الخطاط صالح اﻷسكداري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2167/</t>
+  </si>
+  <si>
+    <t>Хуляса ан-нусус аль-джалия фи нузуль аль-Коран ва джам'ихи ва хукми иттиба' расм аль-масахыф аль-'усмания / خلاصة النصوص الجلية في نزول القرآن وجمعه وحكم اتباع رسم المصاحف العثمانية</t>
+  </si>
+  <si>
+    <t>Мухаммад аль-Хаддад</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2166/</t>
+  </si>
+  <si>
+    <t>Хизб аль-Абрар Хысн аль-Ахйар حزب الأبرار حصن الاخيار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2165/</t>
+  </si>
+  <si>
+    <t>Рисаля-и Биркави</t>
+  </si>
+  <si>
+    <t>Мухаммад аль-Биркави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2164/</t>
+  </si>
+  <si>
+    <t>Дога Сейфи хассыетлере берлан  دعا سیفی خاصیتلری برلان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2163/</t>
+  </si>
+  <si>
+    <t>аль-'Умда фи махасин аш-ши'р ва адабих ва накдих / العمدة في محاسن الشعر و آدابه و نقده</t>
+  </si>
+  <si>
+    <t>Абу 'Али аль-Хасан бин Рашик аль-Кайравани аль-Азди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2162/</t>
+  </si>
+  <si>
+    <t>Иршад ахль аль-милля иля исбат аль-ахилля / ارشاد اهل الملة الى اثباب الاهلة</t>
+  </si>
+  <si>
+    <t>Мухаммад Бахыт аль-Муты'и аль-Ханафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2161/</t>
+  </si>
+  <si>
+    <t>Хидая ар-Рагыбин фи ас-сейр ва ас-сулюк иля малик аль-мулюк Рабб аль-'алямин / هداية الراغبين في السير والسلوك إلى ملك الملوك رب العالمين</t>
+  </si>
+  <si>
+    <t>Хафиз Ибн 'Али</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2160/</t>
+  </si>
+  <si>
+    <t>Рисаля ас-Сейр ва ас-Сулюк   رسالة السير والسلوك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2159/</t>
+  </si>
+  <si>
+    <t>аль-Ма'ани аль-Маджалля / المعاني المجملة</t>
+  </si>
+  <si>
+    <t>'Абд ар-Рахим ас-Суюти</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2158/</t>
+  </si>
+  <si>
+    <t>Люкта аль-'Аджлян (вместе с шархом Мухаммада аль-Касими ад-Димашки) / لقطة العجلان</t>
+  </si>
+  <si>
+    <t>Бадруддин аз-Заркаши</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2157/</t>
+  </si>
+  <si>
+    <t>ат-Тахкик аль-Бахир шарх аль-Ашбах ва ан-назаир  / التحقيق الباهر شرح الأشباه والنظائر  том 2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2156/</t>
+  </si>
+  <si>
+    <t>Ат-тахкык аль-бахир шарх аль-ашбах ва ан-назаир / التحقيق الباهر شرح الأشباه والنظائر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2155/</t>
+  </si>
+  <si>
+    <t>Макля'а аль-бид'а</t>
+  </si>
+  <si>
+    <t>'Абд аль-Каййим Паша</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2154/</t>
+  </si>
+  <si>
+    <t>ас-Саваних аль-джазима фи ат-та'риф аль-лазима</t>
+  </si>
+  <si>
+    <t>Мухаммадом Али бин Хусейном</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2153/</t>
+  </si>
+  <si>
+    <t>аль-Бухус ас-санийя 'ан ба'д риджаль асанид ат-тарика аль-хальветия / البحوث السنية عن بعض رجال أسانيد الطريقة الخلوتية</t>
+  </si>
+  <si>
+    <t>Мухаммад Захид аль-Каусари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2152/</t>
+  </si>
+  <si>
+    <t>Мавкыф аль-'акль ва аль-'ильм ва аль-'алим мин Рабб аль-'алямин ва 'ибадихиль-мурсалин / موقف العقل والعلم والعالم مورب العالمين وعباده المرسلين</t>
+  </si>
+  <si>
+    <t>Мустафа Сабри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2151/</t>
+  </si>
+  <si>
+    <t>Бард аль-акбад 'инд факд аль-авляд / بَرِّدُ الأَكْبَادِ عِنْدَ فَقَدِ الأَوْلَادِ</t>
+  </si>
+  <si>
+    <t>Ибн Насыруддин ад-Димашки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2150/</t>
+  </si>
+  <si>
+    <t>Манакыб Аби Ханифа / مناقب ابي حنيفة</t>
+  </si>
+  <si>
+    <t>Абуль-Касим Шарафуддин бин Абд аль-Алим</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2149/</t>
+  </si>
+  <si>
+    <t>ат-Тахкык аль-Муджтаба фи гайб аль-Мустафа / التحقیق المجتبی فی غیب المصطفےٰ</t>
+  </si>
+  <si>
+    <t>Мавляви Абд аль-Хай</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2148/</t>
+  </si>
+  <si>
+    <t>Сыдк аль-Хайр фи хаваридж аль-карн ас-сани 'ашара / صدق الخبر في خوارج القرن الثاني عشر</t>
+  </si>
+  <si>
+    <t>Абдуллах бин Хасан Паша</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2147/</t>
+  </si>
+  <si>
+    <t>аль-Манар / المنار</t>
+  </si>
+  <si>
+    <t>Абуль-Баракат ан-Насафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2146/</t>
+  </si>
+  <si>
+    <t>аль-Фаваид аль-бахия фи тараджим аль-ханафия / الفوائد البهية في تراجم الحنفية</t>
+  </si>
+  <si>
+    <t>Абдуль-Хай аль-Лякнави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2145/</t>
+  </si>
+  <si>
+    <t>аль-Иман / لإيمان</t>
+  </si>
+  <si>
+    <t>Такыюддин аль-Биргюви</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2144/</t>
+  </si>
+  <si>
+    <t>Манзума аль-Кавакиби фи Усуль фикх ас-Сада аль-Ханафия</t>
+  </si>
+  <si>
+    <t>Мухаммад аль-Кавакиби аль-Халяби аль-Ханафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2143/</t>
+  </si>
+  <si>
+    <t>Баян аль-Маани фи шарх акыда аш-Шайбани / بيان المعاني في شرح عقيدة الشيباني</t>
+  </si>
+  <si>
+    <t>Ульван аль-Хамави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2142/</t>
+  </si>
+  <si>
+    <t>Рисаля фи набиз ат-тамр / رسالة في نبيذ التمر</t>
+  </si>
+  <si>
+    <t>Ибн Биляль</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2141/</t>
+  </si>
+  <si>
+    <t>Рисаля фи марифа аль-инсан / رسالة في معرفة الانسان</t>
+  </si>
+  <si>
+    <t>Рукн ад-Дин ас-Самарканди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2140/</t>
+  </si>
+  <si>
+    <t>Рисаля ар-Рух / رسالة الروح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2139/</t>
+  </si>
+  <si>
+    <t>Тахмис аль-касыда ан-нуния / تخميس القصيدة النونية</t>
+  </si>
+  <si>
+    <t>Муфид ар-Руми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2138/</t>
+  </si>
+  <si>
+    <t>аль-Анвар аль-Иляхия</t>
+  </si>
+  <si>
+    <t>Шамс ад-Дин ас-Самарканди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2137/</t>
+  </si>
+  <si>
+    <t>Муршид аль-Хайран иля ма'рифа ахваль аль-Инсан / مرشد الحيران إلى معرفة أحوال الإنسان</t>
+  </si>
+  <si>
+    <t>Мухаммад Кадри Паша</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2136/</t>
+  </si>
+  <si>
+    <t>Кырык хәдис /  قرق حديث</t>
+  </si>
+  <si>
+    <t>Мухаммад ас-Салихи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2135/</t>
+  </si>
+  <si>
+    <t>Мухтасар аль-Викая тәрҗемәсе /  مختصر الوقايه ترجمه سی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2134/</t>
+  </si>
+  <si>
+    <t>ат-Тахрир / التحرير</t>
+  </si>
+  <si>
+    <t>Камаль ад-Дин Ибн Хумам</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2133/</t>
+  </si>
+  <si>
+    <t>Таляба ат-Таляба طلبة الطلبة</t>
+  </si>
+  <si>
+    <t>Абу Хафс ан-Насафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2132/</t>
+  </si>
+  <si>
+    <t>Адаб аль-Хуляфа аль-Умавийин</t>
+  </si>
+  <si>
+    <t>Абд ар-Раззак Хумейда</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2131/</t>
+  </si>
+  <si>
+    <t>аль-Акыда ар-Рукния фи шарх ля иляха илляллах Мухаммадун расулюллах / العقيدة الركنية في شرح لا إله إلا الله محمد رسول الله</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2130/</t>
+  </si>
+  <si>
+    <t>аль-Кашшаф / الكَثَافِ</t>
+  </si>
+  <si>
+    <t>аз-Замахшари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2129/</t>
+  </si>
+  <si>
+    <t>Шарх Мухаммад ан-Навави 'аля Ахсар Манасик аш-Шейх аль-Хатиб / شرح الشيخ محمد نووي الجاوي على أخصر مناسك الشيخ الخطيب</t>
+  </si>
+  <si>
+    <t>Мухаммад ан-Навави аль-Джави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2128/</t>
+  </si>
+  <si>
+    <t>Хидаят Рабби 'инда факд аль-Мурабби / هداية ربى عند فقد المربى</t>
+  </si>
+  <si>
+    <t>‘Али ибн Хусам ад-Дин аль-Муттаки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2127/</t>
+  </si>
+  <si>
+    <t>Насаих аль-Ибад / نصائح العباد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2126/</t>
+  </si>
+  <si>
+    <t>Ислам дине йолалары</t>
+  </si>
+  <si>
+    <t>Разия Сибгатулла кызы Закирова, Фәридә Мөхәммәтгариф кызы Хәсәнова.</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2125/</t>
+  </si>
+  <si>
+    <t>Ат-Тухфа аль-Мадания фи аль-Мусальсалат аль-Витрия / التحفة المدنية في المسلسلات الوترية</t>
+  </si>
+  <si>
+    <t>Мухаммад 'Али бин ас-Саййид Захир аль-Витри аль-Мадани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2124/</t>
+  </si>
+  <si>
+    <t>Тарих Джами' аш-шейх 'Абд аль-Кадир аль-Джиляни تاريخ جامع الشيخ عبدالقادر الكيلاني</t>
+  </si>
+  <si>
+    <t>Хашим аль-А'зами</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2123/</t>
+  </si>
+  <si>
+    <t>Хидая аль-вусуль ли баян аль-фарк байна ан-набиййи ва ар-расуль / هداية الوصول لبيان الفرق بين النبي والرسول</t>
+  </si>
+  <si>
+    <t>Абд аль-Ваххаб бин Абд аль-Фаттах аль-Хиджази</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2122/</t>
+  </si>
+  <si>
+    <t>Аль-Манакыб аль-Ахмадия валь-Макамат ас-Саидия / المناقب الاحمدية والمقامات السعيدية</t>
+  </si>
+  <si>
+    <t>Ахмед Сафа б. Аббас</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2121/</t>
+  </si>
+  <si>
+    <t>Маджалис саба / مجالس سبعه</t>
+  </si>
+  <si>
+    <t>Джаляль ад-Дин ар-Руми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2120/</t>
+  </si>
+  <si>
+    <t>Зубд аль-акаид ан-насафия  زبدة العقائد النسفية</t>
+  </si>
+  <si>
+    <t>Абд аль-Мутааль ас-Саиди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2119/</t>
+  </si>
+  <si>
+    <t>Таквим аль-лисан фи кыра’ат аль-Коран  تقويم اللسان في  قراءة القرآن</t>
+  </si>
+  <si>
+    <t>Мухаммад Карим Хан Кирмани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2118/</t>
+  </si>
+  <si>
+    <t>Хашия Мухаммад аль-Анбаби аля рисаля Мухаммад ас-Саббан фи ильм аль-баян حاشية محمد الأنبابي على رسالة محمد الصبان في علم البيان</t>
+  </si>
+  <si>
+    <t>Мухаммад аль-Анбаби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2117/</t>
+  </si>
+  <si>
+    <t>Тухфа ар-рагыбина фи таклиди аль-кауль бисыххати аль-джума бидуни аль-арбаина تحفة الراغبين فى تقليد القول بصحة الجمعة بدون الاربعين</t>
+  </si>
+  <si>
+    <t>Хусейн бин Сулейман аль-Джави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2116/</t>
+  </si>
+  <si>
+    <t>Ат-Тайсир фи улюм ат-тафсир التيسير في علوم التفسير</t>
+  </si>
+  <si>
+    <t>Абд аль-Азиз бин Ахмад ад-Дайрини</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2115/</t>
+  </si>
+  <si>
+    <t>Такхык мабади аль-улюм аль-ахад ашара تحقيق مباديء العلوم اڵاحد عشر</t>
+  </si>
+  <si>
+    <t>Али Раджаб ас-Салихи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2114/</t>
+  </si>
+  <si>
+    <t>Тафхим аль-Мутафаххим ‘аля Та‘лим аль-Мута‘аллим / تفهيم المتفهم على تعليم المتعلم</t>
+  </si>
+  <si>
+    <t>‘Усман Базари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2113/</t>
+  </si>
+  <si>
+    <t>Шарх Хутба Шарх Са‘д ад-Дин ат-Тафтазани ли-Матн аль-‘Изза фи ‘Ильм ат-Тасриф / شرح خطبة شرح سعد الدين التفتازاني لمتن العزى في علم التصريف</t>
+  </si>
+  <si>
+    <t>Исхак Афанди Сыдки бин Ислам аль-Джаркаси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2112/</t>
+  </si>
+  <si>
+    <t>Аль-Файрузадж Шарх аль-Анмузадж ли-ль-Устаз аль-Фадиль аш-Шейх Мухаммад ‘Иса ‘Аскар / الفيروزج شرح الانموذج للأستاذ الفاضل الشيخ محمد عيسى عسكر</t>
+  </si>
+  <si>
+    <t>Мухаммад ‘Иса ‘Аскар</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2111/</t>
+  </si>
+  <si>
+    <t>Такриз аль-Акабир мин аль-’Улама аль-А‘лям ‘аля Китаб Шарх ‘Умдат ас-Сира ‘аля Анмудж аз-Замахшари / تقاريظ الأكابر من العلماء الأعلام على كتاب شرح عمدة السرى على أنموذج الزمخشري</t>
+  </si>
+  <si>
+    <t>Ибрахим Са‘ид аль-Хусуси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2110/</t>
+  </si>
+  <si>
+    <t>аль-Мавахиб ас-Сармадия фи Манакиб ан-Накшбандия / المواهب السرمدية في مناقب النقشبندية</t>
+  </si>
+  <si>
+    <t>Мухаммад Амин аль-Курди аль-Ирбили</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2109/</t>
+  </si>
+  <si>
+    <t>аль-Фатава аль-Камиилия фи аль-Хавадис ат-Тараблисия] / [الفتاوى الكاملية في الحوادث الطرابلسية</t>
+  </si>
+  <si>
+    <t>Мухаммад Камиль бин Мустафа бин Махмуд ат-Тараблиси аль-Ханафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2108/</t>
+  </si>
+  <si>
+    <t>Халяби сагыр حلب صغير</t>
+  </si>
+  <si>
+    <t>Ибрахим бин Мухаммад бин Ибрахим аль-Халяби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2107/</t>
+  </si>
+  <si>
+    <t>Рисаля фи тахкык аль-калям аля ар-Рахман ар-Рахым رسالة في تحقيق الكلام علي الرحمن الرحيم</t>
+  </si>
+  <si>
+    <t>Мухаммад Али бин ас-Саййид Захир аль-Витри аль-Мадани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2106/</t>
+  </si>
+  <si>
+    <t>Мифтах аль-фалях مفتاح الفلاح</t>
+  </si>
+  <si>
+    <t>'Ата'уллах Искандари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2105/</t>
+  </si>
+  <si>
+    <t>Мавлид ан-наби: Шараф аль-анам مولد النبي: شرف الانام</t>
+  </si>
+  <si>
+    <t>Ахмад бин Касим аль-Бухари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2104/</t>
+  </si>
+  <si>
+    <t>Аль-Фусуль аль-бади'а фии усуль аш-Шари'а الفصول البديعة في اصول الشرعية</t>
+  </si>
+  <si>
+    <t>Мухмуд аль-Баджури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2103/</t>
+  </si>
+  <si>
+    <t>Изхар аль-Асрар اظهار الأسرار</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Пир аль-Биркави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2102/</t>
+  </si>
+  <si>
+    <t>Тибьян аль-Маталиб تبيان المطالب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2101/</t>
+  </si>
+  <si>
+    <t>Му'раб аль-Изхар معرب الإظهار</t>
+  </si>
+  <si>
+    <t>Хусейн бин Ахмад Зайни Заде</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2100/</t>
+  </si>
+  <si>
+    <t>ат-Тарика аль-Мухаммадия фи баян ас-сира ан-набавия аль-Ахмадия الطريقة المحمدية في بيان السيرة النبوية الأحمدية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2099/</t>
+  </si>
+  <si>
+    <t>Рисаля аль-Баляга ва аль-вад' ва аль-хикма رسالة البلاغة والوضع والحكمة</t>
+  </si>
+  <si>
+    <t>Абд аль-Азиз бин Салим ас-Самира'и</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2098/</t>
+  </si>
+  <si>
+    <t>Хашия Мулла Заде аля Мухтасар аль-Маани حاشية ملا زاده على مختصر المعاني</t>
+  </si>
+  <si>
+    <t>Мулла Заде</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2097/</t>
+  </si>
+  <si>
+    <t>Иказ ан-Ниям фима ятаалляку биль ахилля ва ас-сыям ايقاظ النيام فيما يتعلق بالاهلة والصيام</t>
+  </si>
+  <si>
+    <t>Абд аз-Залиль 'Усман бин Абдуллах бин Акыль бин Яхья аль-Улювви аль-Хуйсейни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2096/</t>
+  </si>
+  <si>
+    <t>Умм Камал أم كمال (сборник стихов)</t>
+  </si>
+  <si>
+    <t>Умм Камал</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2095/</t>
+  </si>
+  <si>
+    <t>аш-Шатыбия и Такриб ан-нафи филь-кыраат ас-саби  الشاطبية وتقريب النفع</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ахмад ар-Ра'ини аш-Шатыби и Мухаммад ад-Дарра'</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2094/</t>
+  </si>
+  <si>
+    <t>Рад маани аль-аяти аль-муташабихат иля аль-аяти аль-мухкамат  رد معاني_الآيات_المتشابهات إلى الآيات المحكمات</t>
+  </si>
+  <si>
+    <t>Мухьиддин Ибн аль-Араби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2093/</t>
+  </si>
+  <si>
+    <t>Аль-Фатх аль-мубин маа хашия аль-Мадабги الفتح المبين مع حاشية المدابغي</t>
+  </si>
+  <si>
+    <t>Хасан бин Али аль-Мадабги</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2092/</t>
+  </si>
+  <si>
+    <t>аль-Хидайя аль-хайрия фи ат-тарика ан-накшбандия الهداية الخيرية في الطريقة النقشبندية</t>
+  </si>
+  <si>
+    <t>Мухамад Амин аль-Курди аль-Ирбили</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2091/</t>
+  </si>
+  <si>
+    <t>Дау ас-Сирадж фи фадли Раджаб ва кыссат аль-Мирадж ضوء السراج فى فضل رجب وقصة المعراج</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2090/</t>
+  </si>
+  <si>
+    <t>Кифая аль-Мунтаха фи шарх Кифая аль-Мубтада фа шарх ‘ильм сарф. كفاية المنتهى في شرح كفاية المبتدي من علم لصرف</t>
+  </si>
+  <si>
+    <t>Сулейман Сирри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2089/</t>
+  </si>
+  <si>
+    <t>Ислам маджаллясе. اسلام مجله‌سی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2088/</t>
+  </si>
+  <si>
+    <t>Маджму ар-расаиль аль-иляхия مجموعه الرسائل الإلهية</t>
+  </si>
+  <si>
+    <t>Мухьиддин Ибн Араби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2087/</t>
+  </si>
+  <si>
+    <t>Акыда ас-Сульб валь-Фада عقيدة الصلب و الفداء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2086/</t>
+  </si>
+  <si>
+    <t>Джаваб суаль ан суи макаль  جواب سؤال عن سوء مقال</t>
+  </si>
+  <si>
+    <t>Ибн Бадис</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2085/</t>
+  </si>
+  <si>
+    <t>Каталог арабских рукописей в библиотеке Индийского управления A CATALOGUE OF THE ARABIC MANUSCRIPTS IN THE LIBRARY OF THE INDIA OFFICE.</t>
+  </si>
+  <si>
+    <t>Отто Лот</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2084/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Киляни аля тасриф аль-Иззи شرح الكيلاني على تصريف العزي</t>
+  </si>
+  <si>
+    <t>Ибн Хишам аль-Киляни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2083/</t>
+  </si>
+  <si>
+    <t>Мутамар хард уа саик уа мухадыр مؤتمر حرض وثائق ومحاضر</t>
+  </si>
+  <si>
+    <t>Абдуллах аль-Хасани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2082/</t>
+  </si>
+  <si>
+    <t>Мифтах ат-тартиб лиахадис тарих аль-Хатыб مفتاح الترتيب لأحاديث الخطيب</t>
+  </si>
+  <si>
+    <t>Ахмад бин ас-Саййид аль-Гумари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2081/</t>
+  </si>
+  <si>
+    <t>Фадаиль аль-Куръан فضائل القران</t>
+  </si>
+  <si>
+    <t>Абдуллах бин Мухаммад бин ас-Сыддик аль-Гумари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2080/</t>
+  </si>
+  <si>
+    <t>Аль-Арбаин хадисан ас-Сиддикия  الأربعين حديثاً الصدّيقية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2079/</t>
+  </si>
+  <si>
+    <t>Аль-Арбаин аль-Гумария фии шукри ан-ниам  الأربعي الغمارية في شكر النعم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2078/</t>
+  </si>
+  <si>
+    <t>Магани аль-лябиб ган кутуб аль-агариб مبادئ  العربية في الصرف  والنحو</t>
+  </si>
+  <si>
+    <t>Рашид аш-Шартуни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2077/</t>
+  </si>
+  <si>
+    <t>Иглям ан-Набихи бисабаби бараат Ибрахим мин абихи إعلام النبيه بسبب براءة إبراهيم من أبيه</t>
+  </si>
+  <si>
+    <t>Ахмад бин ас-Сиддык</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2076/</t>
+  </si>
+  <si>
+    <t>Шаварик аль-анвар شوارق الأنوار المنيفة بظهور النواجذ الشريفة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2075/</t>
+  </si>
+  <si>
+    <t>Ибраз аль-вахми аль-макнун мин калям Ибн Хальдун إبراز الوهم المكنون من كلام ابن خلدون</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2074/</t>
+  </si>
+  <si>
+    <t>Аль-каулю ас-садид фи хукми ат-таджвид القول السديد في حكم التجويد</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Али Хусейни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2073/</t>
+  </si>
+  <si>
+    <t>Фараид ан-наху аль-васима. Шарх ад-Дурра аль-ятима فرائد النحو الوسيمة شرح الدرة اليتيمة</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Али аль-Макки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2072/</t>
+  </si>
+  <si>
+    <t>Мабади аль-гарабия фи ас-сарф ва ан-наху مبادئ  العربية في الصرف  والنحو</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2071/</t>
+  </si>
+  <si>
+    <t>Шауки на Фанаре شوقي على الفناري</t>
+  </si>
+  <si>
+    <t>Ахмад бин Габдулла аш-Шауки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2070/</t>
+  </si>
+  <si>
+    <t>Тахарату аль-кулюб уа аль-худуги ли-галями аль-гуюб طهارة القلوب والخضوع لعلام الغيوب</t>
+  </si>
+  <si>
+    <t>Абдульазиз Дирини</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2069/</t>
+  </si>
+  <si>
+    <t>Накду матагыйн фи аль-Курани ль-Карим نقض مطاعن في القرآن الكريم</t>
+  </si>
+  <si>
+    <t>Мухаммад Ахмад Гарафат</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2068/</t>
+  </si>
+  <si>
+    <t>Кавагид гакаид Аали Мухаммад (Батыния) قواعد عقائد آل محمد (الباطنية)</t>
+  </si>
+  <si>
+    <t>Мухаммад бин аль-Хасан Дильми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2067/</t>
+  </si>
+  <si>
+    <t>Наджат аль-гафилин نجاة الغافلين Ахмад</t>
+  </si>
+  <si>
+    <t>Ахмад Зияутдин аль-Гумушханеви</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2066/</t>
+  </si>
+  <si>
+    <t>Сибавайх سيبويه</t>
+  </si>
+  <si>
+    <t>Амр бин Усман Сибавайх</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2065/</t>
+  </si>
+  <si>
+    <t>Ахляк الأخلاق</t>
+  </si>
+  <si>
+    <t>Абдуррахман Заглюл</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2064/</t>
+  </si>
+  <si>
+    <t>Аль-Ислам дин аль-фитрати الاسلام دين الفطرة</t>
+  </si>
+  <si>
+    <t>Абдульазиз Чавиш</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2063/</t>
+  </si>
+  <si>
+    <t>Шаджарату Мухаммадия الشجرة المحمدية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2062/</t>
+  </si>
+  <si>
+    <t>Мадхаль аль-мунир фи мукаддима гыльм ат-тафсир المدخل المنير في مقدمة علم التفسير</t>
+  </si>
+  <si>
+    <t>Мухаммад Хасанайн</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2061/</t>
+  </si>
+  <si>
+    <t>Рисаляту фи ан-нисбати رسالة في النسبة</t>
+  </si>
+  <si>
+    <t>Джабр Думат</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2060/</t>
+  </si>
+  <si>
+    <t>Иглям аль-гукаля фи исбат карамат аль-аулийя اعلام العقلاء في  اثبات كرامات الاولياء</t>
+  </si>
+  <si>
+    <t>Мухаммад Рашид Тазфи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2059/</t>
+  </si>
+  <si>
+    <t>Табсыт кавагид аль-гарабийя تبسيط قواعد العربية</t>
+  </si>
+  <si>
+    <t>Анис Фариха</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2058/</t>
+  </si>
+  <si>
+    <t>Аль-хидмату аль-мадрасийя фи тасхиль сарф ва наху الخدمة المدرسية في تسهيل صرف و نحو</t>
+  </si>
+  <si>
+    <t>Джирджис аль-Хури аль-Макдиси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2057/</t>
+  </si>
+  <si>
+    <t>Китаб галя маидати-ль Коран мага аль-муфассирин ва аль-куттаб كتاب على مائدة القرآن مع المفسرين والكتّاب</t>
+  </si>
+  <si>
+    <t>Ахмад Салих Джамаль</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2056/</t>
+  </si>
+  <si>
+    <t>Нур аль-джинан фи адаб аль-Коран نور الجنان في آداب القرآن</t>
+  </si>
+  <si>
+    <t>Мухйиддин аль-Хани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2055/</t>
+  </si>
+  <si>
+    <t>Шарх катр нада ва баль ас-сада شرح قطر الندى و بل الصدى</t>
+  </si>
+  <si>
+    <t>Юсуф бин Мухаммад аль-Фиши</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2054/</t>
+  </si>
+  <si>
+    <t>Китаб мин ахляк аль-гуляма من أخلاق العلماء</t>
+  </si>
+  <si>
+    <t>Мухаммад Сулейман</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2053/</t>
+  </si>
+  <si>
+    <t>Фатава шейх аль-Ислам Закария Аль-Ансари فتاوى شيخ الإسلام زكريا الأنصاري</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Закария Аль-Ансари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2052/</t>
+  </si>
+  <si>
+    <t>Бахджату аль-муштак фи баяни хукм закят амваль аль-аурак بهجة المشتاق فى بيان حكم زكاة أموال الأوراق</t>
+  </si>
+  <si>
+    <t>Ахмадбек Хусайни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2051/</t>
+  </si>
+  <si>
+    <t>Расаиль Аш-Шейх аль-Акбар رسائل الشيخ  الأكبر</t>
+  </si>
+  <si>
+    <t>Мухийюддин бин Араби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2050/</t>
+  </si>
+  <si>
+    <t>Ан-нашр фи аль-кыраат аль-гашр النشر في القراءات العشر</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Мухаммад бин аль-Джазарий</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2049/</t>
+  </si>
+  <si>
+    <t>Радд магани аль-аят аль-муташаббихат иля аль-аят аль-мухкамат رد معاني الآيات المتشابهات إلى الآيات المحكمات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2048/</t>
+  </si>
+  <si>
+    <t>Иршад аль-мухтадж ли-хукук аль-азвадж إرشاد المحتاج لحقوق الأزواج</t>
+  </si>
+  <si>
+    <t>Шейх Мухаммад Амин аль-Курди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2047/</t>
+  </si>
+  <si>
+    <t>Аль-хаваши аль-мафхума фи шарх аль-мукаддима الحواشي المفهمة في شرح المقدمة</t>
+  </si>
+  <si>
+    <t>Ибн Мусаннаф</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2046/</t>
+  </si>
+  <si>
+    <t>Ар-радд галя дахрийин الرد على الدهريين</t>
+  </si>
+  <si>
+    <t>Джумалуддин Афгани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2045/</t>
+  </si>
+  <si>
+    <t>Китаб аль-вузара ва аль-куттаб كتاب الوزراء والكتاب Мухаммад аль-Джахшияри</t>
+  </si>
+  <si>
+    <t>Мухаммад аль-Джахшияри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2044/</t>
+  </si>
+  <si>
+    <t>Аль-Китаб аль-Фаваид аль-бахаийя фи тараджим аль-ханафийя الكتاب الفوائد البهية في تراجم الحنفية</t>
+  </si>
+  <si>
+    <t>Мухаммад Абдульхайй аль-Лякнави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2043/</t>
+  </si>
+  <si>
+    <t>Шарх Адаб аль-Бахс شرح آداب البحث</t>
+  </si>
+  <si>
+    <t>Мулла Ханафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2042/</t>
+  </si>
+  <si>
+    <t>Джамиг аль-усуль جامع الأصول</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2041/</t>
+  </si>
+  <si>
+    <t>Ар-раид аль-хабир бимаварид аль-джамиг ас-сагыр الرائد الخبير بموارد الجامع الصغير</t>
+  </si>
+  <si>
+    <t>Фахр ад-Дин Абдульгаффар бин Ибрахим аз-Зубейди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2040/</t>
+  </si>
+  <si>
+    <t>Сирадж аль-мунир фи шарх аль-джамиг ас-сагыр السراج المنير في شرح الجامع الصغير</t>
+  </si>
+  <si>
+    <t>Исмаил аз-Зубейди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2039/</t>
+  </si>
+  <si>
+    <t>Тарих аль-анбия ва русуль تاريخ الانبياء و الرسل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2038/</t>
+  </si>
+  <si>
+    <t>Гаяту аль-Ихтисар фи манакыб аль-Арбага аимма аль-амсар غاية الاختصار في مناقب الأربعة أئمة الأمصار</t>
+  </si>
+  <si>
+    <t>Мухаммад Маусыли</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2037/</t>
+  </si>
+  <si>
+    <t>Адаб хамлят аль-Куран آداب حملة القرآن</t>
+  </si>
+  <si>
+    <t>Мухиддин ан-Навави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2036/</t>
+  </si>
+  <si>
+    <t>Шарх ас-сираджия фи фараид شرح السراجية في فرائض</t>
+  </si>
+  <si>
+    <t>Мухаммад Сирадж ад-Дин ас-Сиджаванди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2035/</t>
+  </si>
+  <si>
+    <t>Бидая аль-мубтади بداية المبتدى</t>
+  </si>
+  <si>
+    <t>Бурханутдин Али бин Абу Бакр аль-Маргинани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2034/</t>
+  </si>
+  <si>
+    <t>Ад-дурар аль-люмга шарх ар-рисаля аль-джамига الدرر اللامعة شرح الرسالة الجامعة</t>
+  </si>
+  <si>
+    <t>Мухаммад Бакир Маджлиси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2033/</t>
+  </si>
+  <si>
+    <t>Мухтасар Тахави مختصر الطحاوی</t>
+  </si>
+  <si>
+    <t>Абу Джафар Ахмад бин Мухаммад бин Саляма ат-Тахави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2032/</t>
+  </si>
+  <si>
+    <t>Ар-рауда аль-бахия фима бейна аль-ашагира ва аль-матуридия الروضة البهية فيما بين الأشاعرةوالماتريدية أبوعذبة</t>
+  </si>
+  <si>
+    <t>Хасан бин Абдульмухсин Абу Газба</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2031/</t>
+  </si>
+  <si>
+    <t>Иршад аль-мухтади иля шарх кифая аль-мунтади إرشاد المهتدى إلى شرح كفاية المبتدى</t>
+  </si>
+  <si>
+    <t>Мухаммад Хатыб</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2030/</t>
+  </si>
+  <si>
+    <t>аль-Амали الامالي</t>
+  </si>
+  <si>
+    <t>Мухаммад аш-Шайбани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2029/</t>
+  </si>
+  <si>
+    <t>Хизанат аль-фикх خزانة الفقه</t>
+  </si>
+  <si>
+    <t>Абу Лейс Самарканди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2028/</t>
+  </si>
+  <si>
+    <t>Аль-исгаф фи ахкям аль-аукаф  الإسعاف في أحكام الأوقاف</t>
+  </si>
+  <si>
+    <t>Бурхануддин Ибрахим аль-Траблуси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2027/</t>
+  </si>
+  <si>
+    <t>Аль-джавахир ан-нафиса фи мазхаб Аби Ханифа الجواهر النفيسة في مذهب ابي حنيفة</t>
+  </si>
+  <si>
+    <t>Муса Али Навави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2026/</t>
+  </si>
+  <si>
+    <t>Шарх ас-Сираджийя شرح السراجية</t>
+  </si>
+  <si>
+    <t>Шариф аль-Джурджани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2025/</t>
+  </si>
+  <si>
+    <t>Аль-каукаб аль-мады фи зиярати сайидуна Мухаммад الكوكب المضي في زيارة سيدنا محمد النبي العربي</t>
+  </si>
+  <si>
+    <t>Абдулькадир Хавари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2024/</t>
+  </si>
+  <si>
+    <t>Фатава аль-камалия фи аль-хавадис траблусия الفتاوى الكاملية فى الحوادث الطرابلسية</t>
+  </si>
+  <si>
+    <t>Мухаммад Камиль ибн Мустафа аль-Траблуси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2023/</t>
+  </si>
+  <si>
+    <t>Шарх галя Суллям аль-гулюм شرح  على سلم العلوم</t>
+  </si>
+  <si>
+    <t>Мулла Мухаммад Хасан</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2022/</t>
+  </si>
+  <si>
+    <t>Суллям аль-гулюм мага шарх Кадый Мубарак سلم العلوم مع شرح القاضي مبارك</t>
+  </si>
+  <si>
+    <t>Кадый Мухаммад Мубарак</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2021/</t>
+  </si>
+  <si>
+    <t>Хайрат аль-хасан фи манакыб аль-Имам аль-Агзам Аби Ханифа ан-Нугман الخيرات الحسان في مناقب الإمام الأعظم أبي حنيفة النعمان</t>
+  </si>
+  <si>
+    <t>Шихабуддин Ахмад бин Хаджар аль-Хайтами</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2020/</t>
+  </si>
+  <si>
+    <t>Манакыб аль-Имам аль-Агзам Аби Ханифа مناقب الإمام الأعظم أبي حنيفة رضي الله عنه وأكرم</t>
+  </si>
+  <si>
+    <t>Мувафик бин Ахмад Аль-Макки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2019/</t>
+  </si>
+  <si>
+    <t>Тыбк аль-усуль ли ль-джамиг ас-Сахих ли ль-Имам аль-Бухари طبق األصل للجامع الصحيح لإلمام البخاري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2018/</t>
+  </si>
+  <si>
+    <t>Аз-зухур аль-фаика фи хукук ат-тарик ас-садыка الزهور الفائقة في حقوق الطريق الصادقة</t>
+  </si>
+  <si>
+    <t>Мухаммад Усман аль-Миргани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2017/</t>
+  </si>
+  <si>
+    <t>Аш-шугаг аль-фаид Шарх мухтасар гильм аль-фараид الشعاع الفائض شرح مختصر علم الفرائض</t>
+  </si>
+  <si>
+    <t>Али бин Хилал ад-Дабаб</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2016/</t>
+  </si>
+  <si>
+    <t>Аль-лю'лю' аль-манзум фи мабади аль-гулюм اللؤلؤ المنظوم في مبادئ العلوم</t>
+  </si>
+  <si>
+    <t>Мухаммад абу Гальян</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2015/</t>
+  </si>
+  <si>
+    <t>Маджмуг аврад مجموع أوراد</t>
+  </si>
+  <si>
+    <t>Мустафа Бакри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2014/</t>
+  </si>
+  <si>
+    <t>Аль-анвар аль-иманийя фи тамси далялят аль-ваххабийя الأنوار الإيمانية في طمس ضلالات الوهابية</t>
+  </si>
+  <si>
+    <t>Абдуррахман Хиджаз</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2013/</t>
+  </si>
+  <si>
+    <t>Насыха джалиля نصيحة جليلة Мухаммад</t>
+  </si>
+  <si>
+    <t>Мухаммад Тахир аль-Кияли</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2012/</t>
+  </si>
+  <si>
+    <t>Аль-хаваши ан-накыйя галя китаб аль-баляга الحواشي النقية على كتاب البلاغة</t>
+  </si>
+  <si>
+    <t>Мухаммад Али бин Хусейн аль-Малики</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2011/</t>
+  </si>
+  <si>
+    <t>Муршид аль-аввам ли-ахкями ас-сыям галя аль-мазахиб аль-арбага مرشد العوام لأحكام الصيام على المذاهب الاربعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2010/</t>
+  </si>
+  <si>
+    <t>Хуласат ат-Тасаниф خلاصة التصانيف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2009/</t>
+  </si>
+  <si>
+    <t>Мавахиб ас-сирр маддийя фи манакыб ас-садат المواهب السرمدية في مناقب السادات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2008/</t>
+  </si>
+  <si>
+    <t>Хидайя хайрийя фи тарикати накшбандийя الهداية الخيرية فى الطريقة النقشبندية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2007/</t>
+  </si>
+  <si>
+    <t>Дава ас-сирадж фи  фадли раджаб ва кыссати аль-миградж ضوء السراج في فضل رجب وقصة المعراج</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2006/</t>
+  </si>
+  <si>
+    <t>Аль-иджаба ар-раббанийя лишарх манафиг аль-аврад الاجابة الربانية لشرح منافع الاوراد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2005/</t>
+  </si>
+  <si>
+    <t>Танвир аль-кулюб фи мугамалят галлями аль-гуйуб تنوير القلوب في معاملة علام الغيوب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2004/</t>
+  </si>
+  <si>
+    <t>ад-Дурус аш-шифахия ч.1 الدّروس الشّفاهيّة الجزء الاول</t>
+  </si>
+  <si>
+    <t>Ахмад Хади Максуди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2003/</t>
+  </si>
+  <si>
+    <t>Джавахир аль-мулюк جواهر الملوك العالية في بواهر سلوك الشاذلية</t>
+  </si>
+  <si>
+    <t>Харири Заде</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2002/</t>
+  </si>
+  <si>
+    <t>Фейз аль-мугни فيض المغني من سر حديث من طلبني</t>
+  </si>
+  <si>
+    <t>Мухаммад Камалюддин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2001/</t>
+  </si>
+  <si>
+    <t>Хашия мультака حاشية ملتقى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2000/</t>
+  </si>
+  <si>
+    <t>Сирадж аль-Кари аль-мубтади سراج القارئ المبتدي</t>
+  </si>
+  <si>
+    <t>Али бин Усман аль-Касих</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1999/</t>
+  </si>
+  <si>
+    <t>Тафсир Ибн Касира تفسير ابن كثير</t>
+  </si>
+  <si>
+    <t>Исмаил бин Умар аль-Кураши ад-Димашки Ибн Касир</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1998/</t>
+  </si>
+  <si>
+    <t>Талхис ан-наху تلخيص النحو</t>
+  </si>
+  <si>
+    <t>Мухаммад Халис Ширвани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1997/</t>
+  </si>
+  <si>
+    <t>Хашия аш-Шейх аль-Хафни галя шарх исагуджи ли-шейх аль-ислам حاشية الشيخ الحفني على شرح إيساغوجي لشيخ الإسلام</t>
+  </si>
+  <si>
+    <t>Юсуф аль-Хафни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1996/</t>
+  </si>
+  <si>
+    <t>Гукуд аль-гукьян фи манакиби Аби Ханифа ан-Нугман عقود العقيان في مناقب ابي حنيفة النعمان</t>
+  </si>
+  <si>
+    <t>Шараф ад-Дин бин Абдульгалим Картаби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1995/</t>
+  </si>
+  <si>
+    <t>Ат-тухфату аль-хайрийя галя аль-фаваид аль-шаншурийя التحفة الخيرية على الفوائد الشنشورية</t>
+  </si>
+  <si>
+    <t>Баджури аш-Шаншури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1994/</t>
+  </si>
+  <si>
+    <t>Футухат аль-багис فتوحات الباعث</t>
+  </si>
+  <si>
+    <t>Абу Бакр бин Габдуррахман аль-Алави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1993/</t>
+  </si>
+  <si>
+    <t>Такрир аль-мабахис фи ахкям ирс аль-варис تقرير المباحث في أحكام إرث الوارث</t>
+  </si>
+  <si>
+    <t>Мухаммад Басудан аль-Хадрами</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1992/</t>
+  </si>
+  <si>
+    <t>Аль-фусуль аль-фикрийя ли ль-макатиб аль-мисрийя الفصول الفكرية للمكاتب المصرية</t>
+  </si>
+  <si>
+    <t>Габдулла Фикри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1991/</t>
+  </si>
+  <si>
+    <t>Танвир аль-муслимин تنوير المسلمين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1990/</t>
+  </si>
+  <si>
+    <t>Маджмуг расаиль аль-мулла Али аль-Кари مجموع رسائل الملا علي القاري</t>
+  </si>
+  <si>
+    <t>Али бин Султан Мухаммад аль-Кари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1989/</t>
+  </si>
+  <si>
+    <t>Аль-джуз аль-авваль мин Ихья Гулюм ад-Дин الجزء الأول من إحياء علوم الدين</t>
+  </si>
+  <si>
+    <t>Абу Хамид Мухаммад бин Мухаммад аль-Газали</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1988/</t>
+  </si>
+  <si>
+    <t>Анвар аль-масалик шарх гумдату ас-салик أنوار المسالك شرح عمدة السالك</t>
+  </si>
+  <si>
+    <t>Мухаммад Зухейр Гамрави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1987/</t>
+  </si>
+  <si>
+    <t>Китаб аль-фасл фи аль-миляли ва аль-ахва ва ан-нихаль كتاب الفصل في الملل والأهواء والنحل</t>
+  </si>
+  <si>
+    <t>Абу Мухаммад Али бин Хазм</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1985/</t>
+  </si>
+  <si>
+    <t>Шафия شافية</t>
+  </si>
+  <si>
+    <t>Усман бин Умар Ибн Хаджиб</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1984/</t>
+  </si>
+  <si>
+    <t>Матн Альфия متن ألفية</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Малик аль-Андалуси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1983/</t>
+  </si>
+  <si>
+    <t>Шарх аль-исагуджи شرح إيساغوجي</t>
+  </si>
+  <si>
+    <t>Фадыл Магнисави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1982/</t>
+  </si>
+  <si>
+    <t>Матн ас-сираджийя фи аль-гильм аль-фараид متن السراجية في العلم الفرائض</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1981/</t>
+  </si>
+  <si>
+    <t>Аль-фараид ас-суннийя الفرائد السنية</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Хасан аль-Кавакиби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1980/</t>
+  </si>
+  <si>
+    <t>Маджмугату фи-ль-гакаид مجموعة في العقائد Группа авторов</t>
+  </si>
+  <si>
+    <t>Группа авторов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1979/</t>
+  </si>
+  <si>
+    <t>Аль-гакыйда аль-исламийя العقيدة الاسلامية</t>
+  </si>
+  <si>
+    <t>Мухаммад аль-Макки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1978/</t>
+  </si>
+  <si>
+    <t>Аль-мукамат аль-адабия ли аль-Харири المقامات الأدبية للحريري</t>
+  </si>
+  <si>
+    <t>Касим аль-Харири</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1977/</t>
+  </si>
+  <si>
+    <t>Аль-гакд аль-джамиль фи муташабихи ат-танзиль العقد الجميل في متشابه التنزيل</t>
+  </si>
+  <si>
+    <t>Ака Паша</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1976/</t>
+  </si>
+  <si>
+    <t>Аль-фатх аль-мубин фи фадаиль ал-хуляфа ар-рашидин الفتح المبين في فضائل الخلفاء الراشدين</t>
+  </si>
+  <si>
+    <t>Ахмад бин Зайни Дахлян аль-Макки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1975/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1974/</t>
+  </si>
+  <si>
+    <t>Аль-гурф ва аль-гадат фи рай аль-фукаха العرف والعادة في رأي الفقهاء</t>
+  </si>
+  <si>
+    <t>Ахмад Фахми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1973/</t>
+  </si>
+  <si>
+    <t>Ас-савад аль-агзам السواد الأعظم</t>
+  </si>
+  <si>
+    <t>Хаким ас-Самарканди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1972/</t>
+  </si>
+  <si>
+    <t>Салям аль-ахкям галя савад аль-агзам سلام الأحكم على سواد الأعظم</t>
+  </si>
+  <si>
+    <t>Ибрахим Хильми бин Хусейн</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1971/</t>
+  </si>
+  <si>
+    <t>Аль-фаваид аль-латыфа الفوائد اللطيفة</t>
+  </si>
+  <si>
+    <t>Ахмад Суджаги</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1970/</t>
+  </si>
+  <si>
+    <t>Сюлляму аль-мурид سلم المريد</t>
+  </si>
+  <si>
+    <t>Ильяс бин Махмуд ад-Дагистани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1969/</t>
+  </si>
+  <si>
+    <t>Аль-хамзия  ар-рамзия الهمزية الرمزية</t>
+  </si>
+  <si>
+    <t>Ахмад аль-Хутани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1968/</t>
+  </si>
+  <si>
+    <t>Фи хакки вуджуб аль-гушр في حق وجوب العشر</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Дауд Хаджи Наскенти</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1967/</t>
+  </si>
+  <si>
+    <t>Гысам ад-дин галя Гададия عصام الدين على العضدية</t>
+  </si>
+  <si>
+    <t>Абдуррахман бин Ахмад аль-Иджи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1966/</t>
+  </si>
+  <si>
+    <t>Аль-джавахир аль-манзума الجواهر المنزومة</t>
+  </si>
+  <si>
+    <t>Абдульхафиз аль-Гумри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1965/</t>
+  </si>
+  <si>
+    <t>Асас ад-Дин ва аль-Иман أساس الدين و الإيمان</t>
+  </si>
+  <si>
+    <t>Абдуррахман эфэнди ад-Дагистани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1964/</t>
+  </si>
+  <si>
+    <t>Истигара استعارة</t>
+  </si>
+  <si>
+    <t>Мухаммад Гараб ад-Дагистани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1963/</t>
+  </si>
+  <si>
+    <t>Тахрир аль-кавагид аль-мантыкыйя تحرير القواعد المنطقية</t>
+  </si>
+  <si>
+    <t>Наджмуддин Умар аль-Казвини</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1962/</t>
+  </si>
+  <si>
+    <t>Умм аль-Байян أم البيان</t>
+  </si>
+  <si>
+    <t>Габдулла бин Ахмад аль-Чухы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1961/</t>
+  </si>
+  <si>
+    <t>Таджвид Гумария تجويد عمرية</t>
+  </si>
+  <si>
+    <t>Гумар аль-Миратый ад-Дагистани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1960/</t>
+  </si>
+  <si>
+    <t>Китаб ас-Саваик аль-мухаррака фи ар-радд аля аз-Занадика كتاب الصواعق المحرقة في الرد على الزنادقة</t>
+  </si>
+  <si>
+    <t>Ахмад аль-Хайтами</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1959/</t>
+  </si>
+  <si>
+    <t>Тафсир Джалялейн تفسير الجلالين</t>
+  </si>
+  <si>
+    <t>Джалаладдин аль-Махалли</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1958/</t>
+  </si>
+  <si>
+    <t>Касаид уа фаваид  قصائد وفوائد</t>
+  </si>
+  <si>
+    <t>Иса аль-Киляуси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1957/</t>
+  </si>
+  <si>
+    <t>Джираб аль-Мамнун جراب الممنوم</t>
+  </si>
+  <si>
+    <t>Хасан эфенди ад-Дагистани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1956/</t>
+  </si>
+  <si>
+    <t>Шарх джамиг аль-джавамиг شرح جمع الجوامع</t>
+  </si>
+  <si>
+    <t>Джалал ад-Дин Мухаммад бин Ахмад аль-Махали</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1955/</t>
+  </si>
+  <si>
+    <t>Раваиг аль-Баян тафсир аят аль-Ахкам мин аль-Куръан روائع البيان تفسير آيات الأحكام من القرآن</t>
+  </si>
+  <si>
+    <t>Мухаммад Али ас-Сабуни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1954/</t>
+  </si>
+  <si>
+    <t>Маджмуг китаб ва расаиль ва васая аль-Имам аль-Агзам مجموع كتب ورسائل ووصايا الإمام الأعظم</t>
+  </si>
+  <si>
+    <t>Мухаммад Исмаил Абу Гавад</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1953/</t>
+  </si>
+  <si>
+    <t>Такрир аль-Анбаби галя хашия Аби Наджа تقرير الأنبابي على حاشية أبي النجا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1952/</t>
+  </si>
+  <si>
+    <t>Такрир аль-Анбаби галя хашияти ас-Суджаги تقرير الإنبابي على حاشية السجاعي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1951/</t>
+  </si>
+  <si>
+    <t>Анвар аль-масалик أنوار المسالك</t>
+  </si>
+  <si>
+    <t>Мухаммад аз-Захра</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1950/</t>
+  </si>
+  <si>
+    <t>Мухтасар тазкира ва куррату гуюн ва рух ас-сунна ختصر_التذكرة، وقرة العيون، وروح السنة</t>
+  </si>
+  <si>
+    <t>Ахмад бин Идрис</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1949/</t>
+  </si>
+  <si>
+    <t>Хифз сыхат азвадж حفظ سحت ازواج</t>
+  </si>
+  <si>
+    <t>Харис Чистапули</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1948/</t>
+  </si>
+  <si>
+    <t>Таргыйб ترغيب</t>
+  </si>
+  <si>
+    <t>Тимур Акчурин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1947/</t>
+  </si>
+  <si>
+    <t>Хашия аль-Баджури галя аль-Бурда حاشية الباجوري على البردة</t>
+  </si>
+  <si>
+    <t>Шейхульислам Ибрахим аль-Баджури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1946/</t>
+  </si>
+  <si>
+    <t>Рисаля кудсия رسالة القدسية</t>
+  </si>
+  <si>
+    <t>Шейх Мустафа Исмет Гарибуллах эфенди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1945/</t>
+  </si>
+  <si>
+    <t>Балаларга бер хатирә...</t>
+  </si>
+  <si>
+    <t>Мәҗид карый Кадыйров</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1944/</t>
+  </si>
+  <si>
+    <t>Пенза өлкәсе татар эпиграфик һәйкәлләре (ч. 2-4)</t>
+  </si>
+  <si>
+    <t>Венер Мударисович Усманов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1943/</t>
+  </si>
+  <si>
+    <t>Пенза өлкәсе татар эпиграфик һәйкәлләре (ч. 2-3)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1942/</t>
+  </si>
+  <si>
+    <t>Пенза өлкәсе татар эпиграфик һәйкәлләре (чч. 2-1, 2-2)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1941/</t>
+  </si>
+  <si>
+    <t>Пенза өлкәсе татар эпиграфик һәйкәлләре (ч. 1)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1939/</t>
+  </si>
+  <si>
+    <t>Асма Аллахи Тагаля аль-хусна. أسماء الله تعالى الحسنى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1938/</t>
+  </si>
+  <si>
+    <t>Мухтасар аль-Кудури фи фуруг аль-ханафия. مختصر القدوري في فروع الحنفية</t>
+  </si>
+  <si>
+    <t>Абу аль-Хусайн Ахмад аль-Кудури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1937/</t>
+  </si>
+  <si>
+    <t>Рукопись 15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1936/</t>
+  </si>
+  <si>
+    <t>Рукопись 14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1935/</t>
+  </si>
+  <si>
+    <t>Алфийя. ألفية</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мухаммад Ибн Малик аль-Андалуси </t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1934/</t>
+  </si>
+  <si>
+    <t>Хидая аль-гайб аль-мутахайяр мин даляля аль-джабири. هداية الغبي المتحير من ضلالة الجبري</t>
+  </si>
+  <si>
+    <t>Хайдар бин Мухаммад аль-Хусейни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1933/</t>
+  </si>
+  <si>
+    <t>аль-Хуляса. الخلاصة</t>
+  </si>
+  <si>
+    <t>Тахир бин Ахмад аль-Бухари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1932/</t>
+  </si>
+  <si>
+    <t>Сахих аль-Бухари. صحيح البخاري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1931/</t>
+  </si>
+  <si>
+    <t>Минах аль-гыфар шарх Танвир аль-абсар. منح الغفار شرح تنوير الابصار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1930/</t>
+  </si>
+  <si>
+    <t>Китаб Джамиг  аль-фунун аль-гарабия. كتاب جامع الفنون العربية</t>
+  </si>
+  <si>
+    <t>Нургали Хасанов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1929/</t>
+  </si>
+  <si>
+    <t>аль-Мугни фи тарджамат аль-мугзи.  المغنی فی ترجمة المعزی</t>
+  </si>
+  <si>
+    <t>Мутыгулла ибн Гатаулла</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1928/</t>
+  </si>
+  <si>
+    <t>аль-Китаб ас-сани фи-д-дурус ан-нахавия. الكتاب الثانى فى الدروس النحويه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1927/</t>
+  </si>
+  <si>
+    <t>аль-Ашбах ва-н-назаир аль-фикхия галя мазхаб аль-ханафия. الاشباه والنظائر الفقهية على مذهب الحنفية</t>
+  </si>
+  <si>
+    <t>Зайнуддин Умар аль-Мисри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1926/</t>
+  </si>
+  <si>
+    <t>Саджанджал ал-фикх. سجنجل الفقه</t>
+  </si>
+  <si>
+    <t>Шакирджан ибн Асадулла аль-Хамиди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1925/</t>
+  </si>
+  <si>
+    <t>Нисаб аль-ахбар ли-тазкират аль-ахйар. نصاب الاخبار لتذكرة الاخيار</t>
+  </si>
+  <si>
+    <t>Сираджуддин аль-Уши</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1924/</t>
+  </si>
+  <si>
+    <t>Водждан мухкамасе. وجدان محاكمەسى</t>
+  </si>
+  <si>
+    <t>Габдрашит Ибрагимов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1923/</t>
+  </si>
+  <si>
+    <t>ат-Танбихат галя-т-тамуихат. التنبيهات على التمويهات</t>
+  </si>
+  <si>
+    <t>Мухаммад Хакки ан-Назили</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1922/</t>
+  </si>
+  <si>
+    <t>аль-Ханафия ва би-хамишиха аль-Фаллях. الحنفية وبهامشه الفلاح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1921/</t>
+  </si>
+  <si>
+    <t>ад-Дурр аль-мухтар фи шархи Танвир аль-абсар. الدر المختار في شرح تنوير الأبصار</t>
+  </si>
+  <si>
+    <t>Аляуддин аль-Хаскафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1920/</t>
+  </si>
+  <si>
+    <t>Шарх ас-салават. شرح الصلوات</t>
+  </si>
+  <si>
+    <t>Абдульгани ан-Наблуси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1919/</t>
+  </si>
+  <si>
+    <t>Мухтасар аль-Кудури фи фуруг аль-ханафи. مختصر القدوري في فروع الحنفية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1918/</t>
+  </si>
+  <si>
+    <t>Хашия аль-Гаттар галя-ль-Джавахир аль-манзумат фи гукуд аль-макулят ли-с-Сиджаги. حاشية العطار على الجواهر المنتظمات في عقود المقولات للسجاعي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1917/</t>
+  </si>
+  <si>
+    <t>Тафхим аль-мутафаххим шарх Таглим аль-мутагаллим. تفهيم المتفهم شرح تعليم المتعلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1916/</t>
+  </si>
+  <si>
+    <t>Шархи Муснад имам Аби Ханифа. شرح مسند إمام أبي حنيفة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1915/</t>
+  </si>
+  <si>
+    <t>Шархани ли-китаб Таглим аль-мутагаллим. شرحان لكتاب تعليم المتعلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1914/</t>
+  </si>
+  <si>
+    <t>Шарх Таглим аль-мутагаллим. شرح تعليم المتعلم</t>
+  </si>
+  <si>
+    <t>Ибрахим бин Исмаил</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1913/</t>
+  </si>
+  <si>
+    <t>Шарх Шадрандж аль-гарифин. شرح شطرنج العارفين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1912/</t>
+  </si>
+  <si>
+    <t>Нусха ва хашия шарх аль-Макасид. نسخة و خشية شرح المقاسد</t>
+  </si>
+  <si>
+    <t>Шамсуддин аль-Фанари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1911/</t>
+  </si>
+  <si>
+    <t>Шарх Альфия Ибн Малик. شرح ألفية ابن مالك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1910/</t>
+  </si>
+  <si>
+    <t>Нузхат-уль-асхаб фи тафсири каулихи Тагаля "Уа ляу ЙууахизуЛлахун-наса бима касабу". نزهة الأصحاب في تفسير قوله تعالى ولو يؤاخذ الله الناس بما كسبوا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1909/</t>
+  </si>
+  <si>
+    <t>Миркат-уль-мубтадисин аль-мунтахин. مرقاة المبتدئين ونهاية المنتهين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1908/</t>
+  </si>
+  <si>
+    <t>Мабхас ат-таквин мин аль-хашия аль-кубра галя-ль-хыяли. مبحث التكوين من الحاشية الكبرى على الخيالي</t>
+  </si>
+  <si>
+    <t>Каймзаде Абдулла аль-Канкари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1907/</t>
+  </si>
+  <si>
+    <t>Манзума гукуд аль-гакаид. منظومة عقود العقائد</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Исмаил аль-Бухари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1906/</t>
+  </si>
+  <si>
+    <t>Хаваш галя китаб аль-Анвар фи-ль-фикх аль-ханафи. حواش على كتاب الأنوار في الفقه الحنفي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1905/</t>
+  </si>
+  <si>
+    <t>Рисаля Танвир аль-гайнайн фи-ль-фикх аль-ханафия. رسالة تنوير العينين في الفقه الحنفي</t>
+  </si>
+  <si>
+    <t>Мухаммад Исмаил ад-Дехляви</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1904/</t>
+  </si>
+  <si>
+    <t>Гукуд аль-джавахир аль-мунифа фи табакат аль-ханафия. عقود الجواهر المنيفة في طبقات الحنفية</t>
+  </si>
+  <si>
+    <t>Мухаммад аш-Шахираз-Забиди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1903/</t>
+  </si>
+  <si>
+    <t>аль-Ханафия ва би-хамишиха аль-Фалях. الحنفية و بهامشه الفلاح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1902/</t>
+  </si>
+  <si>
+    <t>Манзумат-уль-Кавакиби фи усуль фикх аль-ханафия. منظومة الكواكبي في أصول فقه الحنفية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1901/</t>
+  </si>
+  <si>
+    <t>Анвар ат-танзиль. انوار التنزيل</t>
+  </si>
+  <si>
+    <t>Насыруддин Абдулла ибн Умар аль-Байдави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1900/</t>
+  </si>
+  <si>
+    <t>Тараджим аль-ханафия. الفوائد البهية في تراجم الحنفية</t>
+  </si>
+  <si>
+    <t>Мухаммад  Абдуль-Хайй аль-Люкнави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1899/</t>
+  </si>
+  <si>
+    <t>Фараид аль-гусмани. فرائض العثماني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1898/</t>
+  </si>
+  <si>
+    <t>Фатх аль-кадир. شرح فتح القدير</t>
+  </si>
+  <si>
+    <t>Аджиз аль-Факыр</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1897/</t>
+  </si>
+  <si>
+    <t>Ахсан аль-калям фима йатагаллак би-с-сунна ва-ль-бидга мин аль-ахкам. أحسن الكلام فيما يتعلق بالسنة والبدعة من الأحكام</t>
+  </si>
+  <si>
+    <t>Мухаммад Бахыйт аль-Мутыги</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1896/</t>
+  </si>
+  <si>
+    <t>ар-Рисаля аль-кушайрийя фи гильм-ит-тасаввуф. الرسالة القشيرية في علم التصوف</t>
+  </si>
+  <si>
+    <t>Абдулькарим бин Хавазим Кушайри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1895/</t>
+  </si>
+  <si>
+    <t>Гакыйда мухтасара. عقيدة مختصرة</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Шихабуддин Марджани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1894/</t>
+  </si>
+  <si>
+    <t>Саваних аз-заман галя-ль-мауляви. سوانح الزمن على المولوي</t>
+  </si>
+  <si>
+    <t>Мухаммад Хасан ас-Санбахли</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1893/</t>
+  </si>
+  <si>
+    <t>Шаддахат-уль-мугтазиля. شداخة المعتزلة</t>
+  </si>
+  <si>
+    <t>Каввамуддин аль-Иткани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1892/</t>
+  </si>
+  <si>
+    <t>Файд аль-Гаффар фима йамнаг аль-муслим мин аль-икфар. فيض الغفار فيما يمنع المسلم من الإكفار</t>
+  </si>
+  <si>
+    <t>Бадруддин аш-Шихави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1891/</t>
+  </si>
+  <si>
+    <t>Маджмуг расаиль. مجموع رسائل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1890/</t>
+  </si>
+  <si>
+    <t>Канз аль-фаваид шарх Бахр-ул-гакаид. كنز الفوائد شرح بحر العقائد</t>
+  </si>
+  <si>
+    <t>Абдулла аль-Махджуб</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1889/</t>
+  </si>
+  <si>
+    <t>Рисаля фи-ль-интисар ли-сахиб ат-таудых. رسالة في الانتصار لصاحب التوضيح</t>
+  </si>
+  <si>
+    <t>Мухаммад Парса</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1888/</t>
+  </si>
+  <si>
+    <t>Сафуат-уль-гурва. صفوة العرو</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1887/</t>
+  </si>
+  <si>
+    <t>Фусуль аль-бадаиг. فصول البدائع</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1886/</t>
+  </si>
+  <si>
+    <t>Гакаид. عقائد</t>
+  </si>
+  <si>
+    <t>Якуб аль-Баннани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1885/</t>
+  </si>
+  <si>
+    <t>Сулюк ат-тарика фи-ль-джамг байна калям ахлю-ш-шарига ва-ль-хакыка. سلوك الطريقة في الجمع بين كلام أهل الشريعة والحقيقة</t>
+  </si>
+  <si>
+    <t>Марги аль-Карами аль-Макдиси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1884/</t>
+  </si>
+  <si>
+    <t>аль-Фатава ат-татарханийя. الفتاوى التاتارخانية</t>
+  </si>
+  <si>
+    <t>Ибн Галя аль-Ансари ад-Дехляви</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1883/</t>
+  </si>
+  <si>
+    <t>Шарх Тагдиль аль-гулюм аль-иляхия. شرح تعديل العلوم الإلهية</t>
+  </si>
+  <si>
+    <t>Гиясуддин Мансур бин Садр аль-Мухаккыкын</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1882/</t>
+  </si>
+  <si>
+    <t>Рисаля фи шархи хадис ан-нийя, рисаля фи зиядати-ль-иман ва нуксанихи. رسالة في شرح حديث النية, رسالة في زيادة الإيمان ونقصانه</t>
+  </si>
+  <si>
+    <t>Муфтий Ахмад</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1881/</t>
+  </si>
+  <si>
+    <t>Рисаля фи зикри гильм Аллах аль-умур аль-гайр аль-мунтахия. رسالة في ذكر علم الله الأمور الغير المتناهية</t>
+  </si>
+  <si>
+    <t>Ахмад аль-Маргыши</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1880/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Касыда ан-Нуния. شرح القصيدة النونية</t>
+  </si>
+  <si>
+    <t>аль-Хафиз аль-Кабир</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1879/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Мунтахаб. شرح المنتخب</t>
+  </si>
+  <si>
+    <t>Шамсуддин ас-Самарканди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1878/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Касыда ан-нававийя. شرح القصيدة النونية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1877/</t>
+  </si>
+  <si>
+    <t>Шарх Усуль аль-Баздави. شرح أصول البزدوي</t>
+  </si>
+  <si>
+    <t>Молла Хосров</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1876/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Мубаризийя. شرح المبارزية</t>
+  </si>
+  <si>
+    <t>Низамуддин ас-Сихаливи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1875/</t>
+  </si>
+  <si>
+    <t>аль-Куран аль-Карим. القرآن الكريم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1874/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Гакыйда ат-тахавия. شرح العقيدة الطحاوية</t>
+  </si>
+  <si>
+    <t>Махмуд аль-Кустантини</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1873/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Гакаид аль-ханафия. شرح العقائد الحنفية</t>
+  </si>
+  <si>
+    <t>Абдульгафир аль-Лахури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1872/</t>
+  </si>
+  <si>
+    <t>Шарх ад-Дурра аль-фахира. شرح الدرة الفاخرة</t>
+  </si>
+  <si>
+    <t>Ахмад ас-Сарухани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1871/</t>
+  </si>
+  <si>
+    <t>аль-Мусхаф аш-Шариф. المصحف الشريف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1870/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Арбагин аль-Биркавия. شرح الأربعين البركوية</t>
+  </si>
+  <si>
+    <t>Такыюддин аль-Биркави,Мухаммад аль-Акрамани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1868/</t>
+  </si>
+  <si>
+    <t>Шарх ат-Тамхид. شرح التمهيد</t>
+  </si>
+  <si>
+    <t>Бурхануддин аль-Багабаки аль-Бухари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1867/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Арбагин ан-нававия. شرح الأربعين النووية</t>
+  </si>
+  <si>
+    <t>Исмаил Хаккы Бурсави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1866/</t>
+  </si>
+  <si>
+    <t>Хулясат-уль-баян</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1865/</t>
+  </si>
+  <si>
+    <t>Тарбия. تربية</t>
+  </si>
+  <si>
+    <t>Закир аль-Кадири</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1864/</t>
+  </si>
+  <si>
+    <t>Тазкира ар-рашид би-радди Кайд аль-Хасид. تذكرة الرشيد برد كيد الحاسد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1863/</t>
+  </si>
+  <si>
+    <t>Шарх ас-Суллям. شرح السلم</t>
+  </si>
+  <si>
+    <t>Мелла Хасан</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1862/</t>
+  </si>
+  <si>
+    <t>Олуг Олыс ташъязмалары. Эпиграфика Золотой орды</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1861/</t>
+  </si>
+  <si>
+    <t>Гурра-нама. غرة نامه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1860/</t>
+  </si>
+  <si>
+    <t>Гурра даими. غرة دائمي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1859/</t>
+  </si>
+  <si>
+    <t>Бадаиг манзум. بدائع منظوم</t>
+  </si>
+  <si>
+    <t>Али Рида</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1858/</t>
+  </si>
+  <si>
+    <t>Миръа яхуд Козге. مرآة ياخود كوزگـى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1857/</t>
+  </si>
+  <si>
+    <t>Ибн Низамуддин аль-Люкнави (Бахрульгулюм)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1856/</t>
+  </si>
+  <si>
+    <t>Хашия галя Шарх аль-Гакаид. حاشية على شرح العقائد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1855/</t>
+  </si>
+  <si>
+    <t>Рисаля Гильм аль-гайб ва хашиятуха. رسالة علم الغيب وحاشيتها</t>
+  </si>
+  <si>
+    <t>Саджкали-заде</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1854/</t>
+  </si>
+  <si>
+    <t>Рисаля фи исбат аль-Миградж. رسالة في إثبات المعراج</t>
+  </si>
+  <si>
+    <t>Шамсуддин аль-Ханкахи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1853/</t>
+  </si>
+  <si>
+    <t>Рисаля аль-Вагыйд. رسالة الوعيد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1852/</t>
+  </si>
+  <si>
+    <t>ан-Назар фи-ль-ирада аль-джузия. الناظر في الإرادة الجزئية</t>
+  </si>
+  <si>
+    <t>Абу Сахль Нугман афанди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1851/</t>
+  </si>
+  <si>
+    <t>Таглика галя аваиль аль-кашф. تعليقة على أوائل الكشاف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1850/</t>
+  </si>
+  <si>
+    <t>Табаййин аль-васаиль. تبيان الوسائل</t>
+  </si>
+  <si>
+    <t>Харир-заде</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1849/</t>
+  </si>
+  <si>
+    <t>Танбих аль-гукуль галя танзих ас-суфия. تنبيه العقول على تنزيه الصوفية</t>
+  </si>
+  <si>
+    <t>Ибрахим аль-Курани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1847/</t>
+  </si>
+  <si>
+    <t>аль-Мантык аль-джадид. المنطق الجديد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1846/</t>
+  </si>
+  <si>
+    <t>аль-Кавакиб аль-викад фи хасан аль-игтикад. الكوكب الوقاد في حسن الاعتقاد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1845/</t>
+  </si>
+  <si>
+    <t>аль-Масляк аль-мухтар фи магрифа ас-сыдар аль-ауваль ва ихдас аль-галям би-ль-ихтияр. المسلك المختار في معرفة الصادر الأول وإحداث العالم بالاختيار</t>
+  </si>
+  <si>
+    <t>Ибрахим бин Хасан аш-Шахрани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1844/</t>
+  </si>
+  <si>
+    <t>аль-Мантык мин аз-заляль. المنطق من الزلل</t>
+  </si>
+  <si>
+    <t>Бахауддин аль-Ихмими</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1843/</t>
+  </si>
+  <si>
+    <t>аль-Фаваид аль-газми би-шарх Муслим ас-субут. الفوائد العظمي بشرح مسلم الثبوت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1842/</t>
+  </si>
+  <si>
+    <t>аль-Фатра аль-иляхия. الفطرة الإلهية</t>
+  </si>
+  <si>
+    <t>Мухиббулла аль-Бахари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1841/</t>
+  </si>
+  <si>
+    <t>аль-Кауль аль-васит фи-ль-джагли аль-муаллиф ва-ль-басит. القول الوسيط في الجعل المؤلف والبسيط</t>
+  </si>
+  <si>
+    <t>Мухаммад Хасан аль-Исраили</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1840/</t>
+  </si>
+  <si>
+    <t>аль-Фусуль ас-ситта. الفصول الستة</t>
+  </si>
+  <si>
+    <t>Мухаммад Барса</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1839/</t>
+  </si>
+  <si>
+    <t>аль-Гыкаб аль-хави галя-с-сагляб аль-гави ва-н-нушаб аль-кави. العقاب الهاوي على الثعلب العاوي والنشاب الكاوي</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Расуль аль-Барзанджи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1838/</t>
+  </si>
+  <si>
+    <t>аль-Гуджаля ан-нафига. العجالة النافعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1837/</t>
+  </si>
+  <si>
+    <t>аль-Гурва аль-васикы. العروة الوثقى</t>
+  </si>
+  <si>
+    <t>Камалюддин ас-Сихаливи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1836/</t>
+  </si>
+  <si>
+    <t>ас-Субх ас-садык шарх аль-Манар. الصبح الصادق شرح المنار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1835/</t>
+  </si>
+  <si>
+    <t>ар-Рисаля аль-галяийя. الرسالة العلائية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1834/</t>
+  </si>
+  <si>
+    <t>ар-Рисаля аль-муршида. الرسالة المرشدة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1833/</t>
+  </si>
+  <si>
+    <t>ар-Рисаля аль-мунджия мин васваса аль-мугтазиля ва-ль-джабария. الرسالة المنجية من وسوسة المعتزلة والجبرية الإمام أحمد المرعشي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1832/</t>
+  </si>
+  <si>
+    <t>аль-Хатт аль-максум мин Касим аль-гулюм ан-Навави. الخط المقسوم من قاسم العلوم النانوتوي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1831/</t>
+  </si>
+  <si>
+    <t>аль-Джильд аль-ауваль мин Фатава Гали афанди. الجلد الأول من فتاوى على أفندى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1830/</t>
+  </si>
+  <si>
+    <t>Мукаддима Хакк аль-мубин фи махасин аудаг ад-дин. الحق المبين في محاسن أوضاع الدين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1829/</t>
+  </si>
+  <si>
+    <t>аль-Хикма аль-илхамийя. الحكمة الإلهامية</t>
+  </si>
+  <si>
+    <t>Исхак аль-Хаким ар-Руми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1828/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя Мияр захид аль-умур аль-гамма. الحاشية على مير زاهد الأمور</t>
+  </si>
+  <si>
+    <t>Абдульазиз ад-Дехляви</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1827/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя Мияр захид аль-умур аль-гамма. الحاشية على مير زاهد الأمور العامة</t>
+  </si>
+  <si>
+    <t>Мелла Мубин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1826/</t>
+  </si>
+  <si>
+    <t>Татар дине. تاتار دينى</t>
+  </si>
+  <si>
+    <t>Фатих Сайфи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1825/</t>
+  </si>
+  <si>
+    <t>Тафсир баян ачык торки теленда. تفسير بيان آچق تركى تلنده</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1824/</t>
+  </si>
+  <si>
+    <t>аль-Фатава ат-Татархания. الفتاوى التاتارخانية</t>
+  </si>
+  <si>
+    <t>Галим бин Галя аль-Ансари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1823/</t>
+  </si>
+  <si>
+    <t>Хашия аль-Фаваид ад-дыяия. حاشيه الفوائد الضيائيه</t>
+  </si>
+  <si>
+    <t>Абдульгафур аль-Лари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1822/</t>
+  </si>
+  <si>
+    <t>Латаиф аль-ишарат фи хакаик аль-гибарат. لطائف الاشارات في حقائق العبارات</t>
+  </si>
+  <si>
+    <t>Абу аль-Касим аль-Кушайри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1821/</t>
+  </si>
+  <si>
+    <t>Нахви-ль-кулюб. نحو القلوب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1820/</t>
+  </si>
+  <si>
+    <t>Мишкат аль-анвар фи латаиф аль-ахбар мин аль-мавагыз ва-н-насаих. مشكاة الأنوار في لطائف الأخبار من المواعظ والنصايح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1819/</t>
+  </si>
+  <si>
+    <t>Мухтасар Шамаиль шариф. مختصر شمائل شريف</t>
+  </si>
+  <si>
+    <t>Мухаммад Раиф</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1818/</t>
+  </si>
+  <si>
+    <t>Хашия галя Хикмат-уль-гайн. حاشية على حكمة العين للقزويني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1817/</t>
+  </si>
+  <si>
+    <t>Хашия аль-Лари галя Шарх кады Мияр фи-ль-хикма. حاشية على اللاري على شرح قاضي مير في الحكمة</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Салах аль-Лари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1816/</t>
+  </si>
+  <si>
+    <t>аль-Джавахир аль-мукалляля ли-ман рама ат-тарк аль-мукаммаля фи-ль-кыраат аль-гашр. الجواهر المكللة لمن رام الطرق المكملة في القراءات العشر</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Ахмад аль-Масири</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1815/</t>
+  </si>
+  <si>
+    <t>Итмам ад-дирая ли-кура ан-нукая. إتمام الدراية لقراء النقاية</t>
   </si>
   <si>
     <t>Джалаледдин Абдуррахман бин Абу Бакр ас-Суютый</t>
   </si>
   <si>
-    <t>http://darul-kutub.com/books/1750/</t>
-[...23 lines deleted...]
-    <t>http://darul-kutub.com/books/1747/</t>
+    <t>http://darul-kutub.com/books/1814/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя Мияр захид аль-умур аль-гамма. الحاشية على مير زاهد الأمور العمة</t>
+  </si>
+  <si>
+    <t>Мухаммад Хасан ас-Сихаливи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1813/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя Садра. الحاشية على صدرا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1812/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя Мияр аль-адаб. الحاشية على مير الأداب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1811/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя-ль-Фанари. الحاشية على الفناري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1810/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя Аваиль ат-талвих.</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1808/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя-ль-Хашия Шарх Мухтасар аль-Мунтаха. الحاشية على الحاشية شرح مختصر المنتهى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1807/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя Шарх аль-Макасид. الحاشية على شرح المقاصد</t>
+  </si>
+  <si>
+    <t>Ильяс ас-Синуби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1806/</t>
+  </si>
+  <si>
+    <t>Валиюддин Джарулла</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1805/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя-ш-Шамс аль-базига. الحاشية على الشمس البازغة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1804/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя-ль-Хашия аз-захидия. الحاشية على الحاشية الزاهدية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1802/</t>
+  </si>
+  <si>
+    <t>аль-Хашия аль-кабира галя аль-Лари. الحاشية الكبيرة على اللاري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1800/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя-ль-Джаляль. الحاشية على الجلال</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1799/</t>
+  </si>
+  <si>
+    <t>аль-Хашия аль-кубра галя-ал-Афак аль-мубин. الحاشية الكبرى على الأفق المبين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1797/</t>
+  </si>
+  <si>
+    <t>Кыз хикаяте</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1796/</t>
+  </si>
+  <si>
+    <t>аль-Хашия аль-кубра галя Мияр захид. الحاشية الكبرى على مير زاهد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1795/</t>
+  </si>
+  <si>
+    <t>Тарджемаи Ришахат. ترجمهء رشحات</t>
+  </si>
+  <si>
+    <t>Мухаммад Шариф аль-Аббаси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1793/</t>
+  </si>
+  <si>
+    <t>аль-Хашия аль-кубра галя-ль-Джалял. الخاشية الكبرى على الجلال</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1791/</t>
+  </si>
+  <si>
+    <t>аль-Хашия аль-кубра галя-ль-Хыяли. الخاشية الكبرى على الخيالي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1790/</t>
+  </si>
+  <si>
+    <t>аль-Хашия аль-кубра галя-ль-Афак аль-мубин. الحاشية الكبرى على الأفق المبين</t>
+  </si>
+  <si>
+    <t>Фадлюхакк Хайрабади</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1789/</t>
+  </si>
+  <si>
+    <t>аль-Хашия аль-кубра галя Шарх ас-Суллям ли-ль-кады Мубарак. حاشية على شرح السلم للقاضى مبارك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1788/</t>
+  </si>
+  <si>
+    <t>Шанхай торк-татар маданият жамгыяте</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1787/</t>
+  </si>
+  <si>
+    <t>Саяхатнамаляр</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1786/</t>
+  </si>
+  <si>
+    <t>ат-Тагликат галя Шарх ас-Суллям би-хатт Барульгулюм. التعليقات على شرح السلم بخط بحر العلوم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1785/</t>
+  </si>
+  <si>
+    <t>Хашия галя Садра Бахрульгулюм. الحاشية على صدرا بحر العلوم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1784/</t>
+  </si>
+  <si>
+    <t>ат-Танкых ли-маглюкат абваб ат-танкых. التفتيح لمغلقات أبواب التنقيح</t>
+  </si>
+  <si>
+    <t>Усман ар-Руми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1783/</t>
+  </si>
+  <si>
+    <t>Кыскача татар тарихы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1782/</t>
+  </si>
+  <si>
+    <t>аль-Иршад ли-тасхих аль-игтикад. الإرشاد لتصحيح الإعتقاد</t>
+  </si>
+  <si>
+    <t>Абу аль-Хасан аль-Гамири</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1781/</t>
+  </si>
+  <si>
+    <t>аль-Интисар ли-имам аль-Харамайн фима шанага галяйхи фихи багды-н-назар. الانتصار لإمام الحرمين فيما شنع عليه فيه بعض النظار</t>
+  </si>
+  <si>
+    <t>Сафийюддин аль-Кушаши</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1780/</t>
+  </si>
+  <si>
+    <t>аль-Анвар аль-иляхия. الأنوار الإلهية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1779/</t>
+  </si>
+  <si>
+    <t>Понимание жизни Пророка, да благословит его Аллах и приветствует, с кратким очерком истории праведных халифов</t>
+  </si>
+  <si>
+    <t>Мухаммад Саид Рамадан аль-Бутый</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1778/</t>
+  </si>
+  <si>
+    <t>Кыйссаи Мансур</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1777/</t>
+  </si>
+  <si>
+    <t>Ифада аль-галлям фи тахкык масаиль аль-калям. إفاضة العلام بتحقيق مسألة الكلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1776/</t>
+  </si>
+  <si>
+    <t>Ишарат аль-марам мин гибарат Аби Ханифа ан-Нугман. إشارات المرام من عبارات الإمام أبي حنيفة النعمان</t>
+  </si>
+  <si>
+    <t>Камалюддин аль-Баяды</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1775/</t>
+  </si>
+  <si>
+    <t>Китапларда миллят язмышлары</t>
+  </si>
+  <si>
+    <t>Раиф Марданов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1773/</t>
+  </si>
+  <si>
+    <t>Гайн аль-мизан фи-ль-мантык. عين الميزان في المنطق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1772/</t>
+  </si>
+  <si>
+    <t>Иттихаф аз-заки би-шарх ат-тухфат-уль-мурсаля иля-н-Наби. اتحاف الزكي بشرح التحفة المرسلة إلى النبي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1771/</t>
+  </si>
+  <si>
+    <t>Адаб аль-бахс ва-ль-манзара. آداب البحث والمناظرة</t>
+  </si>
+  <si>
+    <t>Мухаммад аль-Амин аш-Шанкыти</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1770/</t>
+  </si>
+  <si>
+    <t>Нуры содур</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1768/</t>
+  </si>
+  <si>
+    <t>Ахырзаман яка такый гаджаб. آخر زمان يكه تقى عجب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1767/</t>
+  </si>
+  <si>
+    <t>Ибн Батутанын Дашт-и-кыпчакда сияхате. ابن بطوطەنڭ دشت فپچاقده سياحتى</t>
+  </si>
+  <si>
+    <t>Ризаэтдин Фахретдин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1764/</t>
+  </si>
+  <si>
+    <t>Кыйссаи Йосыф кулъязмалары</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1763/</t>
+  </si>
+  <si>
+    <t>Машхур шагырь Акмулланын Шихабетдин Марджани марсиясе ва башка шигырьляр. مشهور شاعر آقملانڭ شهاب الدين مرجان مرثيەسى و باشقه شعرلرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1761/</t>
+  </si>
+  <si>
+    <t>Рукопись 13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1760/</t>
+  </si>
+  <si>
+    <t>Рукопись 12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1759/</t>
+  </si>
+  <si>
+    <t>Рукопись 11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1758/</t>
+  </si>
+  <si>
+    <t>Тулэк китабы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1756/</t>
+  </si>
+  <si>
+    <t>Мауля Колый поэмалары</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1755/</t>
+  </si>
+  <si>
+    <t>Нахр аль-хаят фи магрифа ас-сыфат. نهر الحياة في معرفة الصفات</t>
+  </si>
+  <si>
+    <t>Мухиддин аль-Кафиджи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1754/</t>
+  </si>
+  <si>
+    <t>Гакд аль-джаухар фи маулид ан-Наби аль-азхар. عقد الجوهر في موليد النبي الأزهر</t>
+  </si>
+  <si>
+    <t>Джагфар аль-Барзанджи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1753/</t>
   </si>
   <si>
     <t>Таглим ва-ль-иршад. تعليم و الإرشاد</t>
   </si>
   <si>
     <t>Мухаммад Бадруддин аль-Халяби</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1746/</t>
   </si>
   <si>
     <t>Фадль аль-Куран ва магалимуху ва адабуху. فضل القرآن ومعالمه وآدابه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1745/</t>
   </si>
   <si>
     <t>Чтения по истории Среднего и Нижнего Поволжья</t>
   </si>
   <si>
     <t>Николай Николаевич Фирсов</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1744/</t>
   </si>
   <si>
-    <t>аль-Хабаик фи ахбар аль-маляик. الحبائك في أخبار الملائك</t>
-[...4 lines deleted...]
-  <si>
     <t>Сидрат аль-мунтаха. سدرات المنتهى</t>
   </si>
   <si>
     <t>Таджуддин Ялчыгол</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1742/</t>
   </si>
   <si>
-    <t>Хашия галя Мишкат аль-масабих. حاشية مشكات المصابيح</t>
-[...13 lines deleted...]
-  <si>
     <t>Мелла Джами галя аль-Кафия. ملا جامي على الكافية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1739/</t>
   </si>
   <si>
     <t>Таджвид фанендан. تجويد فنندن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1738/</t>
   </si>
   <si>
     <t>Кавказ и Поволжье: очерки инород. политики и культурно-хоз. быта</t>
   </si>
   <si>
     <t>А.Х. Цаликов</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1737/</t>
   </si>
   <si>
-    <t>Зубда асар мувахиб аль-анвар. زبدة اثار مواهب الأنوار</t>
-[...8 lines deleted...]
-    <t>Такриб аль-камаль фи асма ар-риджаль. تقريب الكمال في اسماء الرجال</t>
+    <t>Тарджама Хадис арбагин. ترجمة حديث اربعين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1734/</t>
+  </si>
+  <si>
+    <t>Тарджама аль-хадис. ترجمة الحديث</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1733/</t>
+  </si>
+  <si>
+    <t>Китаб Залля аль-кари ва фихи масаиль. كتاب زلة القاري فيه المسايل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1732/</t>
+  </si>
+  <si>
+    <t>Устав Общества пособия бедным мусульманам гор.Казани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1730/</t>
+  </si>
+  <si>
+    <t>Краткий татарско-русский словарь</t>
+  </si>
+  <si>
+    <t>Николай Фёдорович Катанов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1729/</t>
+  </si>
+  <si>
+    <t>Об основных постановлениях ислама</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1726/</t>
+  </si>
+  <si>
+    <t>Граф Л.Н. Толстой и мусульмане</t>
+  </si>
+  <si>
+    <t>Яков Коблов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1722/</t>
+  </si>
+  <si>
+    <t>Жизнь Магомета</t>
+  </si>
+  <si>
+    <t>Вашингтон Ирвинг</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1719/</t>
+  </si>
+  <si>
+    <t>Шарх аль Викая гумда ар-ригая. شرح الوقاية عمدة الرغاية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1718/</t>
+  </si>
+  <si>
+    <t>Русия мусульманларынын иттифакынын низамнамасе. روسيا مسلمنلارن اتفاقىنڭ نظامنامەسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1716/</t>
+  </si>
+  <si>
+    <t>Ишарат аль-мирам мин калимат аль-имам худжат-уль-ислям. اشارات المرام من كلمات الإمام حجة الاسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1714/</t>
+  </si>
+  <si>
+    <t>Маданият тарихында беренче джуз. مدنيت تاريخندن برنچى جزء</t>
+  </si>
+  <si>
+    <t>Г. Гысмати</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1713/</t>
+  </si>
+  <si>
+    <t>Шараит аль-иман. شرائط الإيمان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1712/</t>
+  </si>
+  <si>
+    <t>Тарбияле бай ва тарбияле хадим. تربيه‌لى باى و تربيه‌لى خاديم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1711/</t>
+  </si>
+  <si>
+    <t>Яшьларга насыйхат. ياشلارگـه نصيحت</t>
+  </si>
+  <si>
+    <t>Г. Рашиди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1710/</t>
+  </si>
+  <si>
+    <t>Кагида багдади. قاعيده بغدادي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1709/</t>
+  </si>
+  <si>
+    <t>Багучы хатынлар фитнасе. باغوچى خاتنلر فتنەسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1708/</t>
+  </si>
+  <si>
+    <t>Мунаббихат тарджемасе. منبهات ترجمه‌سی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1707/</t>
+  </si>
+  <si>
+    <t>Тарих аль-анбия. تاريخ الأنبياء</t>
+  </si>
+  <si>
+    <t>Касим Биккулов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1706/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Ахмадия ахун Мухаммадия. هذا كتاب أحمدية أح محمدية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1704/</t>
+  </si>
+  <si>
+    <t>Мукаммаль тарих ислам атласы. مكمل تاريخ إسلام أتلاسى</t>
+  </si>
+  <si>
+    <t>Салахуддин Камаледдинов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1702/</t>
+  </si>
+  <si>
+    <t>Китаб Суллям аль-гулюм ва хашия аль-машхур би-ль-кады мага манхиятихи. كتاب سلم العلوم و حاشية المشهور بالقاضى مع منهياته</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1700/</t>
+  </si>
+  <si>
+    <t>Татар тарихы. تاتار تاريحى</t>
+  </si>
+  <si>
+    <t>Г. Газиз</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1699/</t>
+  </si>
+  <si>
+    <t>Мухтасар аль-Викая тарджемасе туркича. مختصر وقاية ترجمه‌سی تركېچە</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1698/</t>
+  </si>
+  <si>
+    <t>Тарих ислам. تاريخ اسلام</t>
+  </si>
+  <si>
+    <t>Салях Камаль</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1697/</t>
+  </si>
+  <si>
+    <t>Фатх аль-маннан фи тафсир аль-Куран. فتح المنان في تفسير القرآن</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Масгуд аш-Ширази</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1696/</t>
+  </si>
+  <si>
+    <t>Тафсир баян. تفسير بيان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1695/</t>
+  </si>
+  <si>
+    <t>ат-Танбихат аль-мухимма. التنبهات المهمة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1692/</t>
+  </si>
+  <si>
+    <t>Дурт халифа. دورت خليفة</t>
+  </si>
+  <si>
+    <t>Сунгатулла Нигматуллович Бикбулатов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1691/</t>
+  </si>
+  <si>
+    <t>Хисаб масаляляре. حساب مسئله لري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1689/</t>
+  </si>
+  <si>
+    <t>Мавераннахрда сияхат. ماوراءالنهرده سياحت</t>
+  </si>
+  <si>
+    <t>Мухаммад-Захир Бигиев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1688/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1687/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1686/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1685/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1684/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1683/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1682/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1681/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1680/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1679/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1678/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1677/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1676/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1675/</t>
+  </si>
+  <si>
+    <t>Миргазиз аль-Укмаси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1674/</t>
+  </si>
+  <si>
+    <t>Касас аль-анбия аль-гызам ва тарджама ахваль аль-ислам. قصص الأنبياء العظام و ترجمة أحوال الإسلام</t>
+  </si>
+  <si>
+    <t>Габдрахман аль-Иштархани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1673/</t>
+  </si>
+  <si>
+    <t>Фатх аль-джалиль галя шарх Ибн Гакыль. فتح الجليل على شرح إبن عقيل</t>
+  </si>
+  <si>
+    <t>Ахмад бин Ахмад ас-Саджаги</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1672/</t>
+  </si>
+  <si>
+    <t>Журнал "Дин ва магыйшат". دين و معيشة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1671/</t>
+  </si>
+  <si>
+    <t>Хашия аль-галляма ас-Саджаги аль-мусамма Фатх аль-джалиль галя шарх Ибн Гакыль галя матн аль-алфия ли-Ибн Малик фи гильм аль-гарбия. حاشية العلامة السجاعي المسماه فتح الجليل على شرح ابن عقيل على متن الالفية لاابن مالك في علم العربية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1670/</t>
+  </si>
+  <si>
+    <t>Журнал "Ислам маджаллясе". إسلام مجلەسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1669/</t>
+  </si>
+  <si>
+    <t>О новокрещенских школах</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1668/</t>
+  </si>
+  <si>
+    <t>Ханымлар ислахы. خانملر اصلاحى</t>
+  </si>
+  <si>
+    <t>Камиля Касимова</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1666/</t>
+  </si>
+  <si>
+    <t>Алифба абруй турки. الفباى آبروى تركى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1665/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-салис мин Камус. الجزء الثالث من قاموس</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1664/</t>
+  </si>
+  <si>
+    <t>Рисаля манзума. رسالة منظومة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1662/</t>
+  </si>
+  <si>
+    <t>Касыда Мавлид ан-Наби - салля-Ллаху-галейхи ва саллям. قصيدهء موليد النبي - صلى الله عليه و سلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1661/</t>
+  </si>
+  <si>
+    <t>Каюм Насыри маджмугасы. قەيوم ناسرى مەجموعەسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1660/</t>
+  </si>
+  <si>
+    <t>Даляиль хайрат. دلائل خيرات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1659/</t>
+  </si>
+  <si>
+    <t>Суюнбикя. سيون-بيكه</t>
+  </si>
+  <si>
+    <t>Хади Атласи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1658/</t>
+  </si>
+  <si>
+    <t>Адабият даресляре. ادبيات درسلرى</t>
+  </si>
+  <si>
+    <t>Галимджан Ибрагимов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1657/</t>
+  </si>
+  <si>
+    <t>Фаваид нисаб ва тарих джалили. فوائد نصاب و تاريخ جليلي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1656/</t>
+  </si>
+  <si>
+    <t>Шарх Рамадан афанди галя шарх аль-Гакаид. شرح رمضان افندى على شرح العقائد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1655/</t>
+  </si>
+  <si>
+    <t>Тасавуф тарихы. تصوف تاريخى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1654/</t>
+  </si>
+  <si>
+    <t>Нур аль-футух мунбалиджун мин аль-хадрати аль-кубра мутадалиян иля-р-рух. نور الفتوح منبلج من الحضرة الكبرى متدليا إلى الروح</t>
+  </si>
+  <si>
+    <t>Мухаммад Махди ар-Риваси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1652/</t>
+  </si>
+  <si>
+    <t>Хадия ас-саги би-сулюки тарик аль-гаус ар-Рифаги. هدية الساعي بسلوك طريق العوث الرفاعي</t>
+  </si>
+  <si>
+    <t>Абу аль-Хади ас-Саййяди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1651/</t>
+  </si>
+  <si>
+    <t>Фасль аль-хытаб фима таназзалят бихи гиная аль-Карим аль-Ваххаб.  فصل الخطاب فيما تنزلت به عناية الكريم الوهاب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1648/</t>
+  </si>
+  <si>
+    <t>Камус аль-гашикин фи ахбари ас-саййид Хусайн Бурхануддин. قاموس العاشقين في أخبار السيد حسين برهان الدين</t>
+  </si>
+  <si>
+    <t>Абдульмунгим аль-Гани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1647/</t>
+  </si>
+  <si>
+    <t>Хаза диван мира аш-шухуд фи мадхи султан аль-вуджуд. هذا ديوان مرآة الشهود  في مدح سلطان الوجود</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1646/</t>
+  </si>
+  <si>
+    <t>Тайй ас-сиджль. طيّ السجل</t>
+  </si>
+  <si>
+    <t>Бахауддин ар-Равас</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1645/</t>
+  </si>
+  <si>
+    <t>Саут аль-хазар вазир аль-гизар. صوط الهزار وزير العذار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1644/</t>
+  </si>
+  <si>
+    <t>Тарик ас-саваб фи-с-саля галя ан-Наби аль-аууаб. طريق الصواب في الصلاة على النبي الأواب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1643/</t>
+  </si>
+  <si>
+    <t>Намунаи хутут ва расм. نمونهء خطوط و رسم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1641/</t>
+  </si>
+  <si>
+    <t>Сыхах аль-ахбар фи нисби ас-сада аль-фатыма аль-ахьяр. صحاح الاخبار في نسب السادة الفاطمية الاخيار</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Абдулла Махзуми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1640/</t>
+  </si>
+  <si>
+    <t>Китаб Гиззат мааб насыха ас-салихин. كتاب عزة مآب نصيحة الصالحين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1637/</t>
+  </si>
+  <si>
+    <t>Вагазляр. وعظلر</t>
+  </si>
+  <si>
+    <t>Габдулла Сулейман</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1636/</t>
+  </si>
+  <si>
+    <t>аль-Гакаид. العقائد</t>
+  </si>
+  <si>
+    <t>Абдуннасыр бин Ибрахим аль-Курсави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1635/</t>
+  </si>
+  <si>
+    <t>Камус турки. قاموس تركي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1634/</t>
+  </si>
+  <si>
+    <t>Хукам аль-гаус аш-шариф. حكم الغوث الشريف</t>
+  </si>
+  <si>
+    <t>Мухаммад Абу аль-Хади ар-Рифаги</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1633/</t>
+  </si>
+  <si>
+    <t>Рафраф аль-гиная. رفرف العناية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1632/</t>
+  </si>
+  <si>
+    <t>Рауда ан-назырин ва хуляса манакыб ас-салихин. روضة الناظرين وخلاصة مناقب الصالحين</t>
+  </si>
+  <si>
+    <t>Ахмад бин Мухаммад аль-Ватари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1631/</t>
+  </si>
+  <si>
+    <t>Алифба яна чишма яка асирляр чишмасе. الفبا ياكا چيشمه ياكه اسيرلر چيشمەسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1629/</t>
+  </si>
+  <si>
+    <t>Хадра аль-итлак фи макарим аль-ахляк. حضرة الإطلاق في مكارم الأخلاق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1628/</t>
+  </si>
+  <si>
+    <t>Танвир аль-абсар. تنوير الأبصار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1627/</t>
+  </si>
+  <si>
+    <t>Таштир аль-бурда. تشطير البردة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1626/</t>
+  </si>
+  <si>
+    <t>Тахмис. تخميس</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1624/</t>
+  </si>
+  <si>
+    <t>Хотбаляр маджмугасы. Том 1</t>
+  </si>
+  <si>
+    <t>Габделхабир Яруллин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1623/</t>
+  </si>
+  <si>
+    <t>Кыраат гарабия. قراءت عربية</t>
+  </si>
+  <si>
+    <t>Ахмаджан бин Мухаммаджан Мустафави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1622/</t>
+  </si>
+  <si>
+    <t>Арабско-татарско-русский словарь заимствований</t>
+  </si>
+  <si>
+    <t>М.М.Махмутов,Г.Ш.Сайфуллин,К.З. Хамзин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1619/</t>
+  </si>
+  <si>
+    <t>Тухва ар-рагыб фи сира джамига мин игьян ахль аль-байт аль-атъяб. تحفة الراغب فى سيرة جماعة من اعيان اهل البيت الاطايب</t>
+  </si>
+  <si>
+    <t>Шихабуддин аль-Кальюби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1618/</t>
+  </si>
+  <si>
+    <t>Русистан. روسستان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1616/</t>
+  </si>
+  <si>
+    <t>Шараитуль-иман</t>
+  </si>
+  <si>
+    <t>Гатаулла Баязитов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1615/</t>
+  </si>
+  <si>
+    <t>Хатира дафтаре</t>
+  </si>
+  <si>
+    <t>Галимджан Баруди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1614/</t>
+  </si>
+  <si>
+    <t>Хутба Адам (галяйхи-с-салям) хасыятляре берлян.</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1611/</t>
+  </si>
+  <si>
+    <t>Дуга сайфи хасыятляре берлян. دعاء سيفي حاصيت لرى برلن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1610/</t>
+  </si>
+  <si>
+    <t>Мугаллим. №1. №1 .معلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1609/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Абу Гали ибн Сина. هذا كتاب أبو علي ابن سينا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1608/</t>
+  </si>
+  <si>
+    <t>Дини ва иджтимагый масьаляляр. ديني و اجتماعي مسئله‌لر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1607/</t>
+  </si>
+  <si>
+    <t>Машхур хатынлар. مشهور خاتونلر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1604/</t>
+  </si>
+  <si>
+    <t>Кадын ва иркак. قادين و اركك</t>
+  </si>
+  <si>
+    <t>Ризаэтдин Фахретдин,Кая Нури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1603/</t>
+  </si>
+  <si>
+    <t>Хытабат усуллары. خطابت اصوللرلى</t>
+  </si>
+  <si>
+    <t>Джихангир Абызгилдин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1602/</t>
+  </si>
+  <si>
+    <t>Фауз ан-наджат. فوز النجات</t>
+  </si>
+  <si>
+    <t>Али Чукрый</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1601/</t>
+  </si>
+  <si>
+    <t>Усуль джаграфия кабир. اصول جغرافیاى كبیر</t>
+  </si>
+  <si>
+    <t>Каюм Насыри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1600/</t>
+  </si>
+  <si>
+    <t>Кавагид лисан аль-гараб. قواعد لسان العرب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1599/</t>
+  </si>
+  <si>
+    <t>Донья. 2-нче джуз. دنيا. 2-ن‏چي جزء</t>
+  </si>
+  <si>
+    <t>Мухиддин Курбангалиев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1598/</t>
+  </si>
+  <si>
+    <t>Сибирья халкы. سيبريه خلقى</t>
+  </si>
+  <si>
+    <t>Габдрашит Ибрахим</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1597/</t>
+  </si>
+  <si>
+    <t>Алифба турки. الفاى تركي</t>
+  </si>
+  <si>
+    <t>Ахмадкамал Хабибзада</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1596/</t>
+  </si>
+  <si>
+    <t>Абваб аль-афгаль. Джуз сани. أبواب الأفعال. جزء ثاني</t>
+  </si>
+  <si>
+    <t>Зуфар бин Мулла Ахмад Шакир Касими</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1595/</t>
+  </si>
+  <si>
+    <t>Рукопись 10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1592/</t>
+  </si>
+  <si>
+    <t>Рукопись 9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1591/</t>
+  </si>
+  <si>
+    <t>Адаб таглим. آداب تعليم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1590/</t>
+  </si>
+  <si>
+    <t>Шаджара чынгызия. شجرة ‏ݘنغزية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1587/</t>
+  </si>
+  <si>
+    <t>Язу кагыдаляре. يازو قاعد‏ه لرى</t>
+  </si>
+  <si>
+    <t>Фатих Садыков</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1586/</t>
+  </si>
+  <si>
+    <t>Мугаллим сани. معلم ثاني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1585/</t>
+  </si>
+  <si>
+    <t>Рукопись 8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1584/</t>
+  </si>
+  <si>
+    <t>Рукопись 7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1583/</t>
+  </si>
+  <si>
+    <t>Хивалеляр ва бухарилеляр. خيوه ليلر و بخارالير</t>
+  </si>
+  <si>
+    <t>Фатих Каримов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1582/</t>
+  </si>
+  <si>
+    <t>Нихая аль-кауль аль-муфид фи гильм ат-таджвид. نهاية القول المفيد في علم التجويد</t>
+  </si>
+  <si>
+    <t>Мухаммад Макки Наср Джурайси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1581/</t>
+  </si>
+  <si>
+    <t>Асбаб ва натаидж ва ахляк ва мавагыз. أسباب ونتائج وأخلاق ومواعظ</t>
+  </si>
+  <si>
+    <t>Касим Амин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1580/</t>
+  </si>
+  <si>
+    <t>Лягаб аль-гараб. لعب العرب</t>
+  </si>
+  <si>
+    <t>Ахмад Тимур-паша</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1579/</t>
+  </si>
+  <si>
+    <t>аль-Куран аль-Карим аль-хаттат хафиз Усман афанди. القرآن الكريم الخطاط حافظ عثمان أفندي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1578/</t>
+  </si>
+  <si>
+    <t>аш-Шифа би-тагриф хукук аль-Мустафа (рукопись). الشفا بتعريف حقوق المصطفى</t>
+  </si>
+  <si>
+    <t>аль-Кади Ийяд аль-Андалуси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1577/</t>
+  </si>
+  <si>
+    <t>аш-Шифа би-тагриф хукук аль-Мустафа (рукопись 2). الشفا بتعريف حقوق المصطفى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1576/</t>
+  </si>
+  <si>
+    <t>аш-Шифа би-тагриф хукук аль-Мустафа. الشفا بتعريف حقوق المصطفى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1575/</t>
+  </si>
+  <si>
+    <t>Маратиб ан-нафс. مراتب النفس</t>
+  </si>
+  <si>
+    <t>Абдульхалик Абдуссалям аш-Шабрави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1574/</t>
+  </si>
+  <si>
+    <t>Рукопись 6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1573/</t>
+  </si>
+  <si>
+    <t>Нур аль-иман. نور الإيمان</t>
+  </si>
+  <si>
+    <t>Мухаммадсабир Ибрахим</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1572/</t>
+  </si>
+  <si>
+    <t>Уставани китабы. اوستواني كتابى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1571/</t>
+  </si>
+  <si>
+    <t>Рукопись 5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1569/</t>
+  </si>
+  <si>
+    <t>Китаб Гызза мааб. Насыха ас-салихин. كتاب عزة مآب. نصيحة الصالحين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1568/</t>
+  </si>
+  <si>
+    <t>Любаб тарджемасе. Фатх аль-любаб. لباب ترجمەسى . فتح اللباب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1567/</t>
+  </si>
+  <si>
+    <t>Мактап. مكتاب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1565/</t>
+  </si>
+  <si>
+    <t>Бад аль-амани, Гакаид манзума, Аллаяр суфинын мунаджате. بدء الأماني, عقائد منظومة, الله يار صوفي ننك مناجاتى</t>
+  </si>
+  <si>
+    <t>Фахретдин Нуркави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1564/</t>
+  </si>
+  <si>
+    <t>Гакаид ислямия. عقائد إسلامية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1563/</t>
+  </si>
+  <si>
+    <t>Китаб Саранджам сакарат аль-маут. كتاب سرانجام سكرات الموت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1562/</t>
+  </si>
+  <si>
+    <t>Любаб. لباب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1559/</t>
+  </si>
+  <si>
+    <t>Дуалар. دعالار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1558/</t>
+  </si>
+  <si>
+    <t>Кыраа аль-Куран. قراءت القرآن</t>
+  </si>
+  <si>
+    <t>Назип Думави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1557/</t>
+  </si>
+  <si>
+    <t>Анвар аль-гашикын. أنوار العاشقين</t>
+  </si>
+  <si>
+    <t>Ахмад Биджан</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1556/</t>
+  </si>
+  <si>
+    <t>Тарих шаджара турк. تريخ شجرهء ترك</t>
+  </si>
+  <si>
+    <t>Габдулгаллям Фаизханов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1555/</t>
+  </si>
+  <si>
+    <t>Дуа марджан. دعاء مرجان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1554/</t>
+  </si>
+  <si>
+    <t>Дуа мубарак бахет ва сагадат-нама ошбудыр. دعاء مبارك بخت و سعادت نامه اوشبودر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1553/</t>
+  </si>
+  <si>
+    <t>Иман рисалясе хам Алифба рисалясе сабыйлар очен. امان معناسی وهم فضيلت‌لری وثوابلاری بیاننده‌در</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1552/</t>
+  </si>
+  <si>
+    <t>Китаб Мустатаб Шараф мааб аурад фатхия. كتاب مستطاب شرف مآب أوراد فتحية</t>
+  </si>
+  <si>
+    <t>Мирсаид Али Хамдани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1551/</t>
+  </si>
+  <si>
+    <t>аль-Матн аль-мусамма би-т-Танкых. المتن المسمى بالتنقيح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1550/</t>
+  </si>
+  <si>
+    <t>Джаграфия иджмали. جغراقية اجمالي</t>
+  </si>
+  <si>
+    <t>Мухаммадрахим аль-Ханафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1549/</t>
+  </si>
+  <si>
+    <t>Беллек йорты. بلك يورطى</t>
+  </si>
+  <si>
+    <t>Халим Искандеров</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1548/</t>
+  </si>
+  <si>
+    <t>Бухар-зада тарджемасе. بخار زاده ترجمه سى</t>
+  </si>
+  <si>
+    <t>Шейхульислам аль-Хамиди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1547/</t>
+  </si>
+  <si>
+    <t>Гайн аль-гильм тарджемасе. عين العلم ترجمه سى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1546/</t>
+  </si>
+  <si>
+    <t>Тафсир аль-Галлями. تفسير العلامي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1544/</t>
+  </si>
+  <si>
+    <t>Гакаид манзума. عقائد منظونة</t>
+  </si>
+  <si>
+    <t>Ибрахим Хаккы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1542/</t>
+  </si>
+  <si>
+    <t>Бад аль-амали. بدء الامالی</t>
+  </si>
+  <si>
+    <t>Усман бин аль-Уши</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1541/</t>
+  </si>
+  <si>
+    <t>Гильм халь. 2-нче кысым. علم حال. 2 نچى قسم</t>
+  </si>
+  <si>
+    <t>В.Хангилдин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1540/</t>
+  </si>
+  <si>
+    <t>Китаб ас-Сунна. كتاب السنة</t>
+  </si>
+  <si>
+    <t>Муса Бигиев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1539/</t>
+  </si>
+  <si>
+    <t>Иман магнасе ва хам фазылятляре ва саваблары баянындадыр. ايمان معناسى و هم فضيلتلرى و ثوابلارى بيانندہ در</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1536/</t>
+  </si>
+  <si>
+    <t>Тухфа ли-с-сыбьян би-баян аль-иман. تحفة للصبيان ببيان الايمان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1535/</t>
+  </si>
+  <si>
+    <t>Суаль ва джаваплы Йинел таджвид. سؤال و جوابلی یڭل تجوید</t>
+  </si>
+  <si>
+    <t>Вафа Лутфи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1534/</t>
+  </si>
+  <si>
+    <t>Кечек таджвид. کچك تجوید</t>
+  </si>
+  <si>
+    <t>Хусаин аль-Хасани аль-Бикави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1533/</t>
+  </si>
+  <si>
+    <t>Бидая джаграфия. بدايت جغرا فية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1532/</t>
+  </si>
+  <si>
+    <t>Тасхих аль-игтикад. تصحيح الاعتقاد</t>
+  </si>
+  <si>
+    <t>Сайфуддин бин Абу Бакр</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1531/</t>
+  </si>
+  <si>
+    <t>Шарх Гакыйда. شرح عقيدة</t>
+  </si>
+  <si>
+    <t>Сираджуддин аль-Хинди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1530/</t>
+  </si>
+  <si>
+    <t>Тагдиль-намада улган бер рисалядер. تعديل نامنده اولغن بر رساله در</t>
+  </si>
+  <si>
+    <t>Мухаммад Харрас Айдаров аль-Каргалый</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1529/</t>
+  </si>
+  <si>
+    <t>Фанни камус. فنی قاموس</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1527/</t>
+  </si>
+  <si>
+    <t>Кызлар тарбиясе. قزلر تربيه يسى</t>
+  </si>
+  <si>
+    <t>Фахрульбанат бинт Сибгатулла Сулеймания</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1526/</t>
+  </si>
+  <si>
+    <t>Гакаид. عقائد‎‏‎‏‎‏‎‏‎</t>
+  </si>
+  <si>
+    <t>Хабибрахман Абдулвалиевич Забири</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1525/</t>
+  </si>
+  <si>
+    <t>Габдульвали Яушев. عبد الولی یاوشف</t>
+  </si>
+  <si>
+    <t>Габдельбари Баттал</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1523/</t>
+  </si>
+  <si>
+    <t>Джаграфия гомуми. جغرافیاى عمومى</t>
+  </si>
+  <si>
+    <t>Габидулла Мухаммад Файзи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1522/</t>
+  </si>
+  <si>
+    <t>Таглим аль-адаб фи тарбия аль-валяд. تعليم الأدب في تربية الولد</t>
+  </si>
+  <si>
+    <t>Абу Абдулла Камаледдин аль-Ургагари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1521/</t>
+  </si>
+  <si>
+    <t>Мархум Гыйльман ахунд. مرحوم غلمان آخوند</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1520/</t>
+  </si>
+  <si>
+    <t>Тарджемаи халем ягни башыма киляннар. ترجمهء حالم يعنى باشمه كلن لر</t>
+  </si>
+  <si>
+    <t>Ибрахим Габдуррашит</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1517/</t>
+  </si>
+  <si>
+    <t>Таййибат-уль-азкар. طيبة الاذكار</t>
+  </si>
+  <si>
+    <t>Шикарзаде</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1516/</t>
+  </si>
+  <si>
+    <t>Сарф гараби. صرف عربي</t>
+  </si>
+  <si>
+    <t>Салихджан бин Мухаммад аль-Баруди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1515/</t>
+  </si>
+  <si>
+    <t>Ислам философлары: Мухаммад Габда аль-Мисри, Джамалуддин аль-Афгани. اسلام فيلسوفلرى: محمد عبده المصرى، جمال الدين الافغانى</t>
+  </si>
+  <si>
+    <t>Муса Габдулла</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1513/</t>
+  </si>
+  <si>
+    <t>Мухтасар джаграфия. مختصر جغرافيا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1512/</t>
+  </si>
+  <si>
+    <t>Тахрир аль-маръа яхуд Кадынлары асараттан азат иту. تحرير المراة ياخود، قادنلرى اسارتدن آزاد ايتو</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1511/</t>
+  </si>
+  <si>
+    <t>аль-Маръа аль-джадида яхуд Яна кадын. المرأة الجديدة ياخود، يكا قادين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1510/</t>
+  </si>
+  <si>
+    <t>Табака аль-муфассирин карам ва муалляфатихим. طبقات مفسرين كرام و مؤلفاتهم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1508/</t>
+  </si>
+  <si>
+    <t>Масаиль фикхия. مسائل فقهيه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1507/</t>
+  </si>
+  <si>
+    <t>ар-Рисаля халидия фи адаб ат-тарика ан-накшбандия. الرسالة الخالدية فى آداب الطريقة النقشبندية</t>
+  </si>
+  <si>
+    <t>Бахауддин Накшбанд</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1506/</t>
+  </si>
+  <si>
+    <t>Торек ыруглары. ترك اورغلری</t>
+  </si>
+  <si>
+    <t>Хасан-Гата Мухаммад Габаши</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1503/</t>
+  </si>
+  <si>
+    <t>Рахбар сабьян. رهبار صبيان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1501/</t>
+  </si>
+  <si>
+    <t>Тарих мукаддас. تارخ مقدس</t>
+  </si>
+  <si>
+    <t>Шакирджан Рахими</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1500/</t>
+  </si>
+  <si>
+    <t>Имам агзам ва имам Абу Юсуф хазратляренен тарджемаи халляре. امام اعظم و امام ابو یوسف حضرتلرینك ترجمهء حاللری</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1498/</t>
+  </si>
+  <si>
+    <t>Джуграфия Гыймрани. جغرافياى عمومى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1497/</t>
+  </si>
+  <si>
+    <t>Абу аль-Галя аль-Магари. ابو العلاء المعرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1496/</t>
+  </si>
+  <si>
+    <t>Гыйбадат ислямиядан “Абдаст ва намаз”. "عبادات ایسلام‌دن "آبدست و نماز</t>
+  </si>
+  <si>
+    <t>Шакиржан бин мулла Ахмаджан ат-Тахири</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1495/</t>
+  </si>
+  <si>
+    <t>Низам ва ислам. نظام و اسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1494/</t>
+  </si>
+  <si>
+    <t>Муляхаза. ملاحظة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1493/</t>
+  </si>
+  <si>
+    <t>Мускират масьаляляре, шаригат исламия назарында.</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1492/</t>
+  </si>
+  <si>
+    <t>Низаму-н-насиа гыйнд-ал-гараб кабля аль-ислам.  نظام النسيء عند العرب قبل الإسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1491/</t>
+  </si>
+  <si>
+    <t>Гакыйда. عقيدة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1490/</t>
+  </si>
+  <si>
+    <t>Хаят Мухаммад, галейхи-с-салям. حيات محمد عليه السلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1488/</t>
+  </si>
+  <si>
+    <t>Хуляса аль-масаиль ва мухимма ад-даляиль. خلصة المسائل و مهمة الدلائل</t>
+  </si>
+  <si>
+    <t>Гильман Тайиб бин Мулла</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1487/</t>
+  </si>
+  <si>
+    <t>аль-Катра мин бахр аль-хакаик фи тарджама ахваль машаих ат-тараик. القطرة من بحر الحقايق فى ترجمة احوال مشايخ الطرائق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1486/</t>
+  </si>
+  <si>
+    <t>Татарча расемле инша даресляре. تاتارچه رسملى انشاء درسلرى</t>
+  </si>
+  <si>
+    <t>Аббас Сайфуллин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1485/</t>
+  </si>
+  <si>
+    <t>Шарх Тахзиб аль-мантык. شرح تهذيب المنطق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1484/</t>
+  </si>
+  <si>
+    <t>Адгыя зиярат Мадина таййиба.  أدعية زيارة مدينة طيية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1483/</t>
+  </si>
+  <si>
+    <t>Суллям аль-кыраа. سلم القراءة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1482/</t>
+  </si>
+  <si>
+    <t>Торек-татар диалектолоджисы. تورك - تاتار دياله كتولوژيسى</t>
+  </si>
+  <si>
+    <t>Чубанзаде</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1481/</t>
+  </si>
+  <si>
+    <t>Гулюм, магариф, хонар ва ихтираг тарихы. علوم، معارف، هنر واختراع تاریخی</t>
+  </si>
+  <si>
+    <t>Худжатулла Джанбаев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1480/</t>
+  </si>
+  <si>
+    <t>Фальсафа игтикадия. فلسفهء اعتقدية</t>
+  </si>
+  <si>
+    <t>Зыяуддин аль-Камали</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1479/</t>
+  </si>
+  <si>
+    <t>Таварих хамса шаркый. تواريخ خمسهء شرقي</t>
+  </si>
+  <si>
+    <t>Курбангали Халид</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1477/</t>
+  </si>
+  <si>
+    <t>Хатын. خاتون</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1476/</t>
+  </si>
+  <si>
+    <t>1906 сана 16-21 августта иджтимаг итмеш Русия моселманларынын надвасе. 1906 سنه 16-21 آوغوست‌ده اجتماع ایتمش روسیا مسلمانلارینڭ ندوه‌سی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1475/</t>
+  </si>
+  <si>
+    <t>Ахмад бай. أحمد باي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1474/</t>
+  </si>
+  <si>
+    <t>Яджудж. ياجوج</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1473/</t>
+  </si>
+  <si>
+    <t>Мает якмак масъалясе. ميت ياقمق مسئەلسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1472/</t>
+  </si>
+  <si>
+    <t>Хутбаи джумга тарджемасе. خطبهء جمعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1471/</t>
+  </si>
+  <si>
+    <t>Бу вагаз-намэ рисалясе. بو وعظ نامه رسالەسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1470/</t>
+  </si>
+  <si>
+    <t>Маида. مائده</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1469/</t>
+  </si>
+  <si>
+    <t>Инсанларын гакыйда илахиияларена бер назар. انسنلرك عقيدة الهيەلرينە بر نظر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1468/</t>
+  </si>
+  <si>
+    <t>Хазерге татар руханилары хэм аларнын эшяре. حزرگى تاتار روحانيلارى هەم ئالارنڭ ئشلارى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1467/</t>
+  </si>
+  <si>
+    <t>Нур аль-азхар тарджама Фикх аль-акбар. نور الأزهر ترجمة فقه الأكبر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1466/</t>
+  </si>
+  <si>
+    <t>Дин ва ижтимагый масъаляляр. دين و اجتماعي مسئله لر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1464/</t>
+  </si>
+  <si>
+    <t>Ахмад Мидхад афанди. أحمد مدحت أفندي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1463/</t>
+  </si>
+  <si>
+    <t>Ахль гиял. أهل عيال</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1462/</t>
+  </si>
+  <si>
+    <t>Китаб аль-Игтибар. كتاب الإعتبار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1461/</t>
+  </si>
+  <si>
+    <t>Хатын-кыз масъалясе. خاتون-قز مسئله سى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1460/</t>
+  </si>
+  <si>
+    <t>Мизан аль-афкар. ميزان الأفكار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1459/</t>
+  </si>
+  <si>
+    <t>Алифба. الفبا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1458/</t>
+  </si>
+  <si>
+    <t>Журнал "Мактап". مكتب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1457/</t>
+  </si>
+  <si>
+    <t>Гыйльм халь. Игтикад. علم حال. اعتقاد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1456/</t>
+  </si>
+  <si>
+    <t>Гыйлем халь рисалясе аувалге сыйныф сабый балалары очен. علم حال رساله س اؤلكى صنف صبى بالالار اوجون</t>
+  </si>
+  <si>
+    <t>Мухаммад Садык аль-Гусмани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1455/</t>
+  </si>
+  <si>
+    <t>Гылем халь рисалясе икенче сыйныф шакертляре очен. علم حال رساله سى ايكنيى صنن شاكردلر ايجرن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1454/</t>
+  </si>
+  <si>
+    <t>Ике Гыйд хутба ва вагазляре. ايكى عيد خطبه و وعظلرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1453/</t>
+  </si>
+  <si>
+    <t>Китаб аль-мугджам. كتاب المعجم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1452/</t>
+  </si>
+  <si>
+    <t>Мухаммад Ханафи. محمد حنفي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1451/</t>
+  </si>
+  <si>
+    <t>Ана теле. Беренче булем. آنا ديلي. برنچى بولم</t>
+  </si>
+  <si>
+    <t>Габдулла Гисмати</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1450/</t>
+  </si>
+  <si>
+    <t>Ислам миллятлярена шанлы турк гаскаре. اسلام حلتلرينه شانلى ترك عسكرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1449/</t>
+  </si>
+  <si>
+    <t>Рисаля таварих Булгария ва зикр мауляна хазрат Аксак Тимур ва хараб шахар Булгар. رسالة تواريخ بلغارية و ذكر مولنا حضرت آقساق تيمر و حراب شهر بلغار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1448/</t>
+  </si>
+  <si>
+    <t>Таварих Булгария. تواريخ بلغارية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1447/</t>
+  </si>
+  <si>
+    <t>Телебезнен сарфы. تلبزنڭ صرفى</t>
+  </si>
+  <si>
+    <t>Гадбрахман Сагди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1446/</t>
+  </si>
+  <si>
+    <t>Турк ва татар тарихы. ترك و تاتار تاريخى</t>
+  </si>
+  <si>
+    <t>Ахмад-Заки Валиди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1444/</t>
+  </si>
+  <si>
+    <t>Шарх аль-хави галя Тафсир аль-Кады аль-Байдави. شرح الحاوي على تفسير القاضي البيضاوي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1443/</t>
+  </si>
+  <si>
+    <t>Сайр ан-Наби, галейхис-салям. سير النبي عليه السلام</t>
+  </si>
+  <si>
+    <t>мелла Сабирджан бин Габдульбадиг</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1442/</t>
+  </si>
+  <si>
+    <t>Мадхаль джаграфия. مدخل جغرفيا</t>
+  </si>
+  <si>
+    <t>Харис Файзи Чистополи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1441/</t>
+  </si>
+  <si>
+    <t>Хутбаи джумга. خطبهء جمعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1438/</t>
+  </si>
+  <si>
+    <t>Ана теле дареслале. آنا تلى دەرسلەرى</t>
+  </si>
+  <si>
+    <t>Мухиддин Курбангалиев,Габдульбадиг Ходжа</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1437/</t>
+  </si>
+  <si>
+    <t>Ана теле нахве. آنا تلى نحوى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1436/</t>
+  </si>
+  <si>
+    <t>Лугат. لغت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1432/</t>
+  </si>
+  <si>
+    <t>Кыскача расемле турк-татар тарихы. قسقەچە رسملى ترك-تاتار تاريخى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1431/</t>
+  </si>
+  <si>
+    <t>Тафсир Кады аль-Байдави. تفسير قاضي البيضاوي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1427/</t>
+  </si>
+  <si>
+    <t>Ислам философы Ибн Рушд. اسلام فيلسوفى ابن رشد</t>
+  </si>
+  <si>
+    <t>Кая Нури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1425/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-сани мин Маджмаг аль-анхар фи шарх Мультака аль-абхар. الجزء الثاني من مجمع الأنهر في شرح ملتقى الأبحر</t>
+  </si>
+  <si>
+    <t>Шейх-заде Дамад</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1424/</t>
+  </si>
+  <si>
+    <t>Дурр якта тарджемасе. در يكتا ترجمەسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1422/</t>
+  </si>
+  <si>
+    <t>Китаб Мухимма аз-заман. كتاب مهمة الزمان</t>
+  </si>
+  <si>
+    <t>Габдрахим Утыз Имяни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1421/</t>
+  </si>
+  <si>
+    <t>Кырык фард. قرق فرض</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1420/</t>
+  </si>
+  <si>
+    <t>Казан тарихы. قزان تالريخى</t>
+  </si>
+  <si>
+    <t>Карл Фукс</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1419/</t>
+  </si>
+  <si>
+    <t>Тел ачкычы. تل آچقچى</t>
+  </si>
+  <si>
+    <t>Хасан Гали</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1418/</t>
+  </si>
+  <si>
+    <t>Беренче мугаллим. برنچى معلم</t>
+  </si>
+  <si>
+    <t>Ш. Ахмадиев,А. Гафури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1417/</t>
+  </si>
+  <si>
+    <t>Турки уку. Беренче джуз. تركي اوقو. برنچى جزء</t>
+  </si>
+  <si>
+    <t>Мухаммад Марджани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1416/</t>
+  </si>
+  <si>
+    <t>Алифба хакында. الفبا حقنده</t>
+  </si>
+  <si>
+    <t>Зайнулла Расулев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1415/</t>
+  </si>
+  <si>
+    <t>Турки нахвы. تركي نحوى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1414/</t>
+  </si>
+  <si>
+    <t>Тел сабаклары.</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1412/</t>
+  </si>
+  <si>
+    <t>Фалсафа нукта назарындан дин. فلسفه نقطهء نظرندن دين</t>
+  </si>
+  <si>
+    <t>Мухаммад Тауфик Сыдкы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1411/</t>
+  </si>
+  <si>
+    <t>Асар. Беренче джуз. آثار. برنچى جزء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1410/</t>
+  </si>
+  <si>
+    <t>Закят. زكات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1409/</t>
+  </si>
+  <si>
+    <t>Русча дорст язу кагыйдаляре. 1 хэм 2 джуз. روس‏چه درست يازو قاعدەلرى. 1 هم 2 جزء‏‎</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1408/</t>
+  </si>
+  <si>
+    <t>Аек бул. آيق بول</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1405/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1404/</t>
+  </si>
+  <si>
+    <t>аль-Муганни фи тарджама аль-магза. المغنى في ترجمة المغزى</t>
+  </si>
+  <si>
+    <t>Мутыгулла бин мулла Гатаулла</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1403/</t>
+  </si>
+  <si>
+    <t>Баян аль-хакк фи хакк аль-хиджаб. بيان الحق في حق الحجاب</t>
+  </si>
+  <si>
+    <t>Хасанджан бин Ахмаджан аль-Хусайни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1402/</t>
+  </si>
+  <si>
+    <t>Татарча Куран тафсире</t>
+  </si>
+  <si>
+    <t>Мухаммад-Камаль аль-Мутыгый Тухватуллин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1400/</t>
+  </si>
+  <si>
+    <t>Мухтасар Кудури тарджемасе. مختصر قدوري ترجمەسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1399/</t>
+  </si>
+  <si>
+    <t>Кырк суаль. قرق سؤال</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1396/</t>
+  </si>
+  <si>
+    <t>Суаль ва джаваплы Кудури шариф тарджемасе. سؤال و جوبلى قدوري شريف ترجمه سي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1395/</t>
+  </si>
+  <si>
+    <t>Китаб аль-Гакд ас-самин фи фадаиль аль-баляд аль-амин. كتاب العقد الثمين في فضائل البلد الأمين</t>
+  </si>
+  <si>
+    <t>Ахмад бин Мухаммад аль-Хадрави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1393/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Кафия ли-Исфаханди. شرح الكافية لاصفهندي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1392/</t>
+  </si>
+  <si>
+    <t>Такриб аль-азхан мин таджвид аль-Куран. تقريب الاهذان من تجويد القرآن</t>
+  </si>
+  <si>
+    <t>Салихджан аль-Баруди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1391/</t>
+  </si>
+  <si>
+    <t>Расемле ва хариталы гусаманлы тарихы. رسملى و خريطه لى عثمنلى تاريخт</t>
+  </si>
+  <si>
+    <t>Ахмад Расим</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1390/</t>
+  </si>
+  <si>
+    <t>Намаз хужасы. نماز خوجەسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1389/</t>
+  </si>
+  <si>
+    <t>Кыссаи Сулейман галяйхис-салям. قصهء سليمان عليه السلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1388/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1386/</t>
+  </si>
+  <si>
+    <t>Бадау-ль-гыльм. بدء العلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1385/</t>
+  </si>
+  <si>
+    <t>Анмузадж фи-н-нахви. أنمذج في النحو</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1384/</t>
+  </si>
+  <si>
+    <t>Хулясат-уль-баян. خلاصة البيان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1383/</t>
+  </si>
+  <si>
+    <t>Маджмаг аль-газават. مجمع الغزوات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1382/</t>
+  </si>
+  <si>
+    <t>Иджазет. إعجازة</t>
+  </si>
+  <si>
+    <t>Худжетуль-ислам Хаккы бин Захираддин аль-Уфеви</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1380/</t>
+  </si>
+  <si>
+    <t>Иджазалар маджмугасы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1379/</t>
+  </si>
+  <si>
+    <t>Куран Газыйм на иля боерыр? قرأن عظیم نه ایله بیورور</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1378/</t>
+  </si>
+  <si>
+    <t>Шарх Илле дурт фард. شرح اللى درت فرض</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1377/</t>
+  </si>
+  <si>
+    <t>Тарбияле бала. تربیەلی بالا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1375/</t>
+  </si>
+  <si>
+    <t>Бахр аль-асрар шарх Хизб аль-абрар. بحر الاسرار شرح حزب الابرار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1374/</t>
+  </si>
+  <si>
+    <t>аль-Мухтасар аш-шафи галя матн аль-Кафи фи гилмай аль-гаруд ва аль-кавафи. مختصر الشافي على متن الكافي في علمي الغروض و القوافي</t>
+  </si>
+  <si>
+    <t>Мухаммад ад-Даманхури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1373/</t>
+  </si>
+  <si>
+    <t>Игтикад - иктигад. اعتقاد - اقتعاد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1372/</t>
+  </si>
+  <si>
+    <t>Тарих анбия. Кысм ауваль. تاريخ أنبياء. قسم أول</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1371/</t>
+  </si>
+  <si>
+    <t>Такмиля яхуд Кыраат туркия. تكمله يخود قرأت تركيه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1370/</t>
+  </si>
+  <si>
+    <t>Мен бер хадис. مڭ بر حديث</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1369/</t>
+  </si>
+  <si>
+    <t>Рукопись 4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1368/</t>
+  </si>
+  <si>
+    <t>Маджмуга асаре. مجموعهء آثارى</t>
+  </si>
+  <si>
+    <t>Габдулла Тукай</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1367/</t>
+  </si>
+  <si>
+    <t>Дыяу-ль-кулюб. 4 жуз. ضياء القلوب. 4 جزء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1366/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-сани мин Шарх Фатх аль-Кадир. الجزء الثاني من شرح فتح القادر</t>
+  </si>
+  <si>
+    <t>Камалюддин Мухаммад бин Масуд ас-Сиваси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1365/</t>
+  </si>
+  <si>
+    <t>Книга о воспитании. Китаб ат-тарбия</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1364/</t>
+  </si>
+  <si>
+    <t>Бадау-т-таглим нам Мукаммаль алифба. بدأ التعليم نام مكمل ألفبا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1363/</t>
+  </si>
+  <si>
+    <t>Казанские татары</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1362/</t>
+  </si>
+  <si>
+    <t>Бу маджмаг ад-дагават. بو مجمع الدعوت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1361/</t>
+  </si>
+  <si>
+    <t>Рукопись 3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1360/</t>
+  </si>
+  <si>
+    <t>Тарбия. تربيه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1359/</t>
+  </si>
+  <si>
+    <t>Гыйлем калям даресляре. علم كلام درسلرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1358/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин китаб Аби Абдилля Мухаммад бин Исмаил аль-Бухари. الجزء الأول من كتاب أبي عبد الله محمد بن إسماعيل البخاري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1357/</t>
+  </si>
+  <si>
+    <t>Джамиг аль-хутаб. جميع الخطب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1356/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-хамис мин шархай Сахих аль-имам аль-Бухари. الجزء الخامس من شرحى صحيح الإمام البخاري</t>
+  </si>
+  <si>
+    <t>Шихабуддин аль-Касталяни,Закария аль-Ансари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1355/</t>
+  </si>
+  <si>
+    <t>Ихтари кабир (второй вариант). اختري كبير</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1354/</t>
+  </si>
+  <si>
+    <t>Рукопись 2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1353/</t>
+  </si>
+  <si>
+    <t>Рукопись 1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1352/</t>
+  </si>
+  <si>
+    <t>Китаб Тазкира аль-маудугат. كتاب تذكرة الموضوعات</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Тахир аль-Макдиси (аль-Кайсарани)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1350/</t>
+  </si>
+  <si>
+    <t>Исгаф аль-мубаттаа би-риджаль аль-Муватта. إسعاف المبطأ برجال الموطأ</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1349/</t>
+  </si>
+  <si>
+    <t>Аглям ахлюль гаср би-ахкам ракагатай аль-фаджр. أعلام أهل العصر بأحكام ركعتي الفجر</t>
+  </si>
+  <si>
+    <t>Мухаммад Шамсульхакк Абади</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1348/</t>
+  </si>
+  <si>
+    <t>аль-Умам ли-иказ аль-химам. الأمم لإيقاظ الهمم</t>
+  </si>
+  <si>
+    <t>Ибрахим бин Хасан аль-Курани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1347/</t>
+  </si>
+  <si>
+    <t>Русия тарихы. روسية تاريخى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1346/</t>
+  </si>
+  <si>
+    <t>Хашия галя Марак аль-фалях шарх Нур аль-идах. حاشية على مراق الفلاح شرح نور الإيضاح</t>
+  </si>
+  <si>
+    <t>Ахмад бин Мухаммад бин Исмаиль ат-Тахтави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1345/</t>
+  </si>
+  <si>
+    <t>Эпиграфические памятники Татарской Каргалы. Книга 1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1344/</t>
+  </si>
+  <si>
+    <t>Сиялкути галя аль-Хаяли. سيالكوتي على الخيالي</t>
+  </si>
+  <si>
+    <t>Абдульхаким бин Шамсуддин Сиялкути</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1343/</t>
+  </si>
+  <si>
+    <t>Дело шейха Зайнуллы Расулева. Власть и суфизм в пореформенной Башкирии</t>
+  </si>
+  <si>
+    <t>М.Н. Фархшатов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1341/</t>
+  </si>
+  <si>
+    <t>Тарбияле ата. تربيەلي آتا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1340/</t>
+  </si>
+  <si>
+    <t>Шамиль. شامل</t>
+  </si>
+  <si>
+    <t>Мелла Абдулла</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1339/</t>
+  </si>
+  <si>
+    <t>Мунтахаб таджвид. منتخب تجويد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1338/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Фикх аль-Кайдани. شرح الفقه الكيداني</t>
+  </si>
+  <si>
+    <t>Шамсуддин Мухаммд аль-Кухистани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1337/</t>
+  </si>
+  <si>
+    <t>Рисаляи шафия. رسالهء شافيه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1336/</t>
+  </si>
+  <si>
+    <t>Калям шариф. كلام شريف.</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1335/</t>
+  </si>
+  <si>
+    <t>Инсаларын гакыйда иляхиялярена бер назар. انسانلرك عقيدهء الهيەلرېنە بر نظر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1334/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1333/</t>
+  </si>
+  <si>
+    <t>Фахрульбанат ас-Сулеймания. Микраз ат-тагассыб фи радд Миръа ат-таъассуф. مقراض التعصب في رد مرأت التأسف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1332/</t>
+  </si>
+  <si>
+    <t>Матн аш-Шатыбия. متن الشاطبية</t>
+  </si>
+  <si>
+    <t>Абу Мухаммад аш-Шатыби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1331/</t>
+  </si>
+  <si>
+    <t>Тахзиб ахляк ас-сыбьян. تهذيب أخلاق الصبيان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1330/</t>
+  </si>
+  <si>
+    <t>Татарча Куран тафсире. 2-нче кисэк. تاتارچه قرآن تفسيرى. 2نچى كېسەك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1329/</t>
+  </si>
+  <si>
+    <t>Маймуна бану радыя-Ллаху ганханен хикаятедер. ميمونه بانو رضي الله تعالى عنهانڭ حكايتى در</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1328/</t>
+  </si>
+  <si>
+    <t>Хазрати Марьям радыя-Ллаху ганха. حضرت مريم رضي الله تعالى عنها</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1327/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Талькын гахд ислам. هذا كتاب تلقين عهد اسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1326/</t>
+  </si>
+  <si>
+    <t>Китаб аль-васыя. كتاب الوصية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1325/</t>
+  </si>
+  <si>
+    <t>Тарджемаи Амали. ترجمهء امالي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1324/</t>
+  </si>
+  <si>
+    <t>Сувар мин аль-Куран хасиятляре берлян. خاصيت لرى برلن سور من القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1323/</t>
+  </si>
+  <si>
+    <t>Дуга-и Кадх ан-нур ва Тафсир Абджад.دعاء قدح النور و تفسير ابجد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1322/</t>
+  </si>
+  <si>
+    <t>Хафтияк шариф. هفتيك شريف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1321/</t>
+  </si>
+  <si>
+    <t>Китаб Тарих джаридаи джадида. كتاب تارېخ جرېدەء جديده</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1319/</t>
+  </si>
+  <si>
+    <t>Назурат аль-хакк фи фардыйа аль-гиша ва ин лям йагыб аш-шафак. ناظورة الحق في فرضية العشاء و إن لم يغب الشفق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1318/</t>
+  </si>
+  <si>
+    <t>Джалджалутия догасы. جلجلوتية دعاسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1317/</t>
+  </si>
+  <si>
+    <t>Джаннат аль-асма. جنة الأسماء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1316/</t>
+  </si>
+  <si>
+    <t>Хизб аль-бахр. Шарх турки. حزب البحر. شرح تركي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1315/</t>
+  </si>
+  <si>
+    <t>Хизб аль-бахр. حزب البحر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1314/</t>
+  </si>
+  <si>
+    <t>Маулид ан-Наби байраме хакында бер-ике суз. مولد النبي بيرامى حقنده بر ايكى سوز</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1313/</t>
+  </si>
+  <si>
+    <t>Маглюмат. معلومات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1312/</t>
+  </si>
+  <si>
+    <t>Гыйлем аль-ахляк. علم الأخلاق</t>
+  </si>
+  <si>
+    <t>Адудуддин аль-Иджи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1311/</t>
+  </si>
+  <si>
+    <t>Кыраат гарабия. قراءة عربية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1310/</t>
+  </si>
+  <si>
+    <t>Маджма аль-абваб. مجمع الأبواب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1309/</t>
+  </si>
+  <si>
+    <t>Хазаин аль-афкар. خزائن الأفكار</t>
+  </si>
+  <si>
+    <t>Абу Абдулла Мухаммад аль-Кудаги</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1308/</t>
+  </si>
+  <si>
+    <t>Китаб Шараф мааб Хафтияк тафсире. كتاب شرف مآب هفتياك تفسيرى</t>
+  </si>
+  <si>
+    <t>Ахмед Биджан</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1307/</t>
+  </si>
+  <si>
+    <t>Кызлар доньясы. قزلر دنياسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1304/</t>
+  </si>
+  <si>
+    <t>Гараб нахуы. عرب نحوى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1303/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ал-ауваль мин китаб Хусуль аль-арбаб фи нахви лисан аль-гараб. الجزء الأول من كتاب حصول الارب فی نحو لسان العرب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1302/</t>
+  </si>
+  <si>
+    <t>Намунаи хисаб. نمومهءِ حساب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1300/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-самин мин Натаидж аль-афкар. الجزء الثامن من نتائج الأفكار</t>
+  </si>
+  <si>
+    <t>Ахмад ибн Махмуд Кади-заде</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1299/</t>
+  </si>
+  <si>
+    <t>Шаех Зайнулла хазратнен тарджемаи хале. شيخ زين الله حضرتڭ ترجمۀ حالى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1298/</t>
+  </si>
+  <si>
+    <t>Жир йозе. یر یوزی</t>
+  </si>
+  <si>
+    <t>Мухаммад-Али бин Мухаммад-шакир Абдуррахим</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1297/</t>
+  </si>
+  <si>
+    <t>Адаб аль-мардыйя фи тарика ан-накшбандия. أدب المرضية في طريقة النقشبندية</t>
+  </si>
+  <si>
+    <t>Джамалуддин аль-Гамукы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1296/</t>
+  </si>
+  <si>
+    <t>Мухтасар тарих каум турки. Джуз ауваль. مختصر تارخ قوم تركي. جزء أول</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1295/</t>
+  </si>
+  <si>
+    <t>Истанбул мактубляре. استانبول مكتوبلرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1294/</t>
+  </si>
+  <si>
+    <t>аль-Хизб аль-агзам. الحزب الأعظم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1293/</t>
+  </si>
+  <si>
+    <t>Даляиль хайрат, Касыда аль-бурда. دلائل خيرات, قصيدة البردة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1292/</t>
+  </si>
+  <si>
+    <t>Курра гуйун аль-ахъяр. قرة عيون الأخيار</t>
+  </si>
+  <si>
+    <t>Мухаммад Амин бин Умар бин Абдульазиз бин Абидин (Ибн Абидин)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1291/</t>
+  </si>
+  <si>
+    <t>Таглим аль-мутагаллим. تعليم المتعلم</t>
+  </si>
+  <si>
+    <t>Бурханульислам аз-Зарнуджи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1290/</t>
+  </si>
+  <si>
+    <t>Китаб Мустатаб ва Шараф мааб, Субат аль-аджизин. كتاب مستطاب و شرف ماب ثبات العاجيزين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1289/</t>
+  </si>
+  <si>
+    <t>аль-Фаваид аль-мухимма лиль-муридин ан-накшбандия ва аль-аурад аль-лисания ва салят аль-магсура. الفوائد المهمة للمريدين النقشبندية و الاوراد اللسانية و الصلوات المأثورة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1288/</t>
+  </si>
+  <si>
+    <t>Гарабляр. عربلر</t>
+  </si>
+  <si>
+    <t>Феофил Феофилович Пуцыкович</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1287/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-салис мин хашия Радд аль-мухтар галя дурр аль-мухтар. الجزء الثّالث من خاشية ردّ المختار على درّ المختار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1285/</t>
+  </si>
+  <si>
+    <t>Шарх Абъят ат-талхыс ва аль-мухтасар. شرح ابيات التلخيص والمختصر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1284/</t>
+  </si>
+  <si>
+    <t>Мубарак кичаляр. مبارك كيچەلر</t>
+  </si>
+  <si>
+    <t>Губайдулла Радуди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1283/</t>
+  </si>
+  <si>
+    <t>Гавамиль аль-миа. عوامل مائة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1282/</t>
+  </si>
+  <si>
+    <t>Халь ат-таракиб. حل التركيب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1281/</t>
+  </si>
+  <si>
+    <t>Кавагид аль-играб. قواعد الإعراب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1280/</t>
+  </si>
+  <si>
+    <t>Китаб Макарим аль-ахляк. كتاب مكارم الأخلاق</t>
+  </si>
+  <si>
+    <t>Абу Наср ат-Табриси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1279/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Мунья аль-мусалли. هذا كتاب منية المصلي</t>
+  </si>
+  <si>
+    <t>Абдульбакый Кашгари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1278/</t>
+  </si>
+  <si>
+    <t>Панд-намэ. پندنامه</t>
+  </si>
+  <si>
+    <t>Фарид-ад-дин Мухаммед бин Ибрахим Аттар</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1277/</t>
+  </si>
+  <si>
+    <t>Русско-татарский словарь</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1276/</t>
+  </si>
+  <si>
+    <t>Ахляк рисалясе хам фуруд мугтакыдат рисалясе ва дахи Ахадис кудсиядан маугызлардыр.  أخلاق رساله سى و هم فروض معتقدات رساله سى و دخى أحاديث قدسيه دن موعظلردر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1275/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1274/</t>
+  </si>
+  <si>
+    <t>Ахырзаман. أخرزمان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1273/</t>
+  </si>
+  <si>
+    <t>Фадаиль аш-шухур. فضائل الشّهور</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1272/</t>
+  </si>
+  <si>
+    <t>Махр шариф хасиятляре берлян асма асхаб Кахф хасиятляре ва хам дога Кандж аль-Гарш хасиятляре берлн хар кайсы мубарак дугалардыр. مهر شرف خاصيتلرى برلان أسماء أصحب كهف خاصيتلرى و هم دعاء كنج العرش خاصيتلرى برلان هر قايسى مبارك دعالردور</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1271/</t>
+  </si>
+  <si>
+    <t>Рисаля фи баян фадыля дуга мустаджаб. رسالة في بيان فضيلة دعاء مستجاب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1270/</t>
+  </si>
+  <si>
+    <t>Аркан ислам. Иман. أركان إسلام. إيمان</t>
+  </si>
+  <si>
+    <t>Имад Чиркили</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1269/</t>
+  </si>
+  <si>
+    <t>Суфи Аллайар. صوفي الله يار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1268/</t>
+  </si>
+  <si>
+    <t>аль-Касыда ас-сания фи аль-гакыда ас-сунния ва шархиха. القصيدة السّنية في العقيدة السّنّية و شرحها</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1267/</t>
+  </si>
+  <si>
+    <t>Шарх аль-гараби. شرح العربي</t>
+  </si>
+  <si>
+    <t>Садеттин Масуд бин Умар ат-Тафтазани,Абдульваххаб бин Ибрахим аз-Занджани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1266/</t>
+  </si>
+  <si>
+    <t>Тадж-намэ китабы. تاج نامه كتابى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1265/</t>
+  </si>
+  <si>
+    <t>Маджмаг ал-латаиф. مجمع اللّطائف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1264/</t>
+  </si>
+  <si>
+    <t>Китаб аль-Любаб мага аль-арджуза. كتاب اللّباب مع الأرجوزة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1263/</t>
+  </si>
+  <si>
+    <t>Таглим ас-саля. تعليم الصّلوة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1262/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин Гукуд аль-джавахир аль-мунифа.الجزء الأول من عقود الجواهر المنيفة</t>
+  </si>
+  <si>
+    <t>Мухаммад Муртада аз-Забиди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1261/</t>
+  </si>
+  <si>
+    <t>Мухтасар аль-Хави. مختصر الحاوي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1260/</t>
+  </si>
+  <si>
+    <t>Исбах аль-мисбах. اصباح المصباح</t>
+  </si>
+  <si>
+    <t>Абу ан-Накыб ат-Тунтари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1259/</t>
+  </si>
+  <si>
+    <t>аль-Джильд ас-сани мин аль-Хидая мага аль-Кифая. الجلد الثّاني من الهداية مع الكفاية</t>
+  </si>
+  <si>
+    <t>Джалалуддин аль-Хаваризми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1258/</t>
+  </si>
+  <si>
+    <t>Дурра ан-насыхын. درّة النّاصحين</t>
+  </si>
+  <si>
+    <t>Усман бин Хасан аль-Хубави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1257/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин китаб ат-Тауших хашия ат-Таудых ва ат-талвих. الجزء الأوّل من كتاب التّوشيح حاشية التّوضيح و التّلويح</t>
+  </si>
+  <si>
+    <t>Ишмухаммад ат-Тунтари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1256/</t>
+  </si>
+  <si>
+    <t>Хазина аль-асрар джалиля аль-азкар. خزينة الأسرار جليلة الأذكار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1255/</t>
+  </si>
+  <si>
+    <t>Лявакых аль-анвар аль-кадисия фи баян аль-гухуд аль-мухаммадия. لواقح الأنوار القدسية في بيان العهود المحمدية</t>
+  </si>
+  <si>
+    <t>Абдульваххаб аш-Шаграни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1254/</t>
+  </si>
+  <si>
+    <t>Хашия шарх аль-Исагуджи. حاشية شرح الايساغوجي</t>
+  </si>
+  <si>
+    <t>Мелла Мухаммад Садыйк</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1253/</t>
+  </si>
+  <si>
+    <t>Имтихан дустуре. امتحان دستورى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1252/</t>
+  </si>
+  <si>
+    <t>Мактап, ва закят, хазина ва земство. مكتب و زكات, خزينة و زمسنتوا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1251/</t>
+  </si>
+  <si>
+    <t>Джамиг ар-румуз. جامع الروموز</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1250/</t>
+  </si>
+  <si>
+    <t>Магрифатнама. معرفتنامه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1249/</t>
+  </si>
+  <si>
+    <t>Рукопись (тафсир)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1248/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-сани мин тафсир...Любаб ат-тавиль фи магани ат-танзиль. الجزء الثاني من تفسير...لباب التأويل في معاني التنزيل</t>
+  </si>
+  <si>
+    <t>Аляуддин Мухаммад бин Ибрахим аль-Хазин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1247/</t>
+  </si>
+  <si>
+    <t>Джавамигуль калим шархе. جوامع الكلم شرحى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1246/</t>
+  </si>
+  <si>
+    <t>Анвар аль-ашикыннам китаб хакыйкат нисаблары. انوار العاشقين نام كتاب حقيقت نصابلرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1245/</t>
+  </si>
+  <si>
+    <t>аль-Джавахир фи гукуба ахлюль-кабаир. الجواهر في عقوبة أهل الكبائر</t>
+  </si>
+  <si>
+    <t>Зайнуддин аль-Малибари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1244/</t>
+  </si>
+  <si>
+    <t>Утыз вагазь. اوتوز وعظ</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1243/</t>
+  </si>
+  <si>
+    <t>Мадхаль гарабия. Сарф кысме. مدخل عربية. صرف قسمى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1242/</t>
+  </si>
+  <si>
+    <t>Мадхаль гарабия. Наху кысме. مدخل عربية. نحو قسمى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1241/</t>
+  </si>
+  <si>
+    <t>Хадика аль-асар. حديقة الاثار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1240/</t>
+  </si>
+  <si>
+    <t>Тарих анбия. تاريخ انبیاء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1239/</t>
+  </si>
+  <si>
+    <t>Марах аль-арвах. مراح الأرواح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1238/</t>
+  </si>
+  <si>
+    <t>аль-Фатава аль-Хиндия. الفتاوى الهندية</t>
+  </si>
+  <si>
+    <t>Фахруддин Хасан Узгендий</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1237/</t>
+  </si>
+  <si>
+    <t>Мират аш-шурух шарх Суллям аль-гулюм. مرآة الشروح شرح سُلّم العلوم</t>
+  </si>
+  <si>
+    <t>Мухаммад Мубин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1236/</t>
+  </si>
+  <si>
+    <t>Хадия ас-суглук шарх Тухфатуль-мулюк. هدية الصُّعلوق شرح تحفة الملوك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1235/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1234/</t>
+  </si>
+  <si>
+    <t>Гисма галя аль-джами. عصمت على الجامي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1233/</t>
+  </si>
+  <si>
+    <t>Хашия галя Шарх аль-Гакаид. حاشية على شرح العقائد</t>
+  </si>
+  <si>
+    <t>Шамсуддин аль-Хыяли</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1232/</t>
+  </si>
+  <si>
+    <t>Шарх матн аль-Гакаид. شرح متن العقائد</t>
+  </si>
+  <si>
+    <t>Садеттин Масуд бин Умар ат-Тафтазани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1231/</t>
+  </si>
+  <si>
+    <t>Фараид ас-Саджаунди мага багды шурухихи. فرائد السجاوندي مع بعض شروحه</t>
+  </si>
+  <si>
+    <t>Сираджуддин Мухаммад ас-Саджаванди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1230/</t>
+  </si>
+  <si>
+    <t>Дурус аль-баляга ли-талямиза аль-мадарис ас-санавия. دروس البلاغة لتلامذة المدارس الثانوية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1229/</t>
+  </si>
+  <si>
+    <t>Ислам дине. اسلام دينى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1228/</t>
+  </si>
+  <si>
+    <t>ад-Дурус аш-шифахия. دروس الشفاهية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1227/</t>
+  </si>
+  <si>
+    <t>Балаларга кыраат. بالالرغه قرائت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1225/</t>
+  </si>
+  <si>
+    <t>Кырык хадис тарджемасе. Тахдид. قرق حدیث ترجمه‌سی. تهدید</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1224/</t>
+  </si>
+  <si>
+    <t>Фикх Кайдани тарджемасе. فقه کیدانی ترجمه‌سی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1223/</t>
+  </si>
+  <si>
+    <t>Калям шариф. аль-Джуз ас-сабиг ва гышрун. كلام شريف. الجزء السابع و عشرون</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1222/</t>
+  </si>
+  <si>
+    <t>Мухтасар аль-Викая фи масаиль аль-хидая. مختصر الوقاية في مسائل الهداية</t>
+  </si>
+  <si>
+    <t>Убейдулла бин Масуд бин Таджушшариа</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1221/</t>
+  </si>
+  <si>
+    <t>Яна хам жинел тартипта телебезнен сарфы. یاڭی هم یڭل ترتیبده تلبزنڭ صرفی</t>
+  </si>
+  <si>
+    <t>Абдуррахман Сагди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1220/</t>
+  </si>
+  <si>
+    <t>Нур аль-иман. نور الامان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1219/</t>
+  </si>
+  <si>
+    <t>Муаллим аш-шарига. معلم الشريعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1218/</t>
+  </si>
+  <si>
+    <t>Адаб аль-масджид. آداب المسجد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1217/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин тафсир...Любаб ат-тавиль фи магани ат-танзиль. الجزء الأول من تفسير...لباب التأويل في معاني التنزيل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1216/</t>
+  </si>
+  <si>
+    <t>аш-Шифа аш-шариф. الشفاء الشريف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1215/</t>
+  </si>
+  <si>
+    <t>Фатх ат-таджвид. فتح التجوید</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1214/</t>
+  </si>
+  <si>
+    <t>Тагбир-намэ</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1213/</t>
+  </si>
+  <si>
+    <t>Хаза ибарат-намэ ва шокер-намэ мин аят ахмадия. هذا عبرت نامه وشکر نامه من ابیات احمدیه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1212/</t>
+  </si>
+  <si>
+    <t>Гуляма-и тарихы. علماء تاریخی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1211/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1210/</t>
+  </si>
+  <si>
+    <t>Тарджемам. ترجمه‌م</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1208/</t>
+  </si>
+  <si>
+    <t>Уфада оченче махаллядаге мачет джамиг белян дживарындагы "мадраса-и Хасания"нен 1914 елдан 1915 ел июльга кадар булган хисабы. اوفاده اوچنچی محله‌ده‌گی مسجد جامع ایله جوارنده‌گی «مدرسهٔ حسنیه» نڭ ۱۹۱۴ یل اییولدن ١٩١۵ یل اییولگه قدر بولغان حسابی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1207/</t>
+  </si>
+  <si>
+    <t>аль-Вашига. الوشيعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1206/</t>
+  </si>
+  <si>
+    <t>Таудых маа хашиятихи ат-Талвих ва шарх аш-шарх. توضيح مع حاشيته التلويح و شرح الشرح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1205/</t>
+  </si>
+  <si>
+    <t>Рамуз аль-ахадис. راموز الأحاديث</t>
+  </si>
+  <si>
+    <t>Ахмад Зияуддин аль-Гюмушханеви</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1204/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-хамис мин Хашия Ибн Габидин. الجزء الخامس من حاشية ابن عابدين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1203/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-салис мин тафсир Любаб ат-тавиль фи магани ат-танзиль. الجزء الثالث من تفسير لباب التأويل في معاني التنزيل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1202/</t>
+  </si>
+  <si>
+    <t>Коран. Перевод с арабского языка</t>
+  </si>
+  <si>
+    <t>Гордий Семёнович Саблуков</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1201/</t>
+  </si>
+  <si>
+    <t>Татарча сарф. تاتارجا صرف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1200/</t>
+  </si>
+  <si>
+    <t>Татар нахуы. تاتار نحوى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1199/</t>
+  </si>
+  <si>
+    <t>Татарча уку.تاتارجا اوقو</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1198/</t>
+  </si>
+  <si>
+    <t>Мухаммад алейхис-салям тарихы. محمد عليه السلام تاريخى</t>
+  </si>
+  <si>
+    <t>М.Садык Саратави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1197/</t>
+  </si>
+  <si>
+    <t>Мугаллим аш-шарига. معلم الشريعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1196/</t>
+  </si>
+  <si>
+    <t>Тарих анбия, галейхим ас-салям. تارخ أنبيأ - عليهم السلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1195/</t>
+  </si>
+  <si>
+    <t>Тахарат. طهارة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1194/</t>
+  </si>
+  <si>
+    <t>Руза, закят ва хадж. روزه,زكات و حج</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1193/</t>
+  </si>
+  <si>
+    <t>Намаз. نماز</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1192/</t>
+  </si>
+  <si>
+    <t>Шакертлек адабе. 5 джуз. شاگردلك آدابی. 5 جزء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1191/</t>
+  </si>
+  <si>
+    <t>Диван Риза-и. دیوان رضائی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1190/</t>
+  </si>
+  <si>
+    <t>Мен бер хадис шариф тарджемасе. مڭ بر حديث شريف ترجمه سى</t>
+  </si>
+  <si>
+    <t>Габдрахман Кабир</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1189/</t>
+  </si>
+  <si>
+    <t>Насыйхат. Беренче. Балалар очен. نصيحت. برنچى بالار ايجون</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1188/</t>
+  </si>
+  <si>
+    <t>Тасхиль аль-баян фи тафсир аль-Куран. تسهيل البيان في تفسير القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1187/</t>
+  </si>
+  <si>
+    <t>Субател-гажизин китабы. ثبات العاجزين كتابى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1186/</t>
+  </si>
+  <si>
+    <t>Маджлис хукамаи Ислам. مجلس حكماى اسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1185/</t>
+  </si>
+  <si>
+    <t>Имам Агзам ва имам Абу Йусуф хазратляренен тарджемаи халляре. امام اعظم و امام ابو یوسف حضرتلرینك ترجمهء حاللری</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1183/</t>
+  </si>
+  <si>
+    <t>Йусуф бин Исмагил ан-Набхани касыдасе. یوسف بن اسماعیل النبهانی قصیدەسی</t>
+  </si>
+  <si>
+    <t>Юсуф бин Исмаиль ан-Набхани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1182/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1181/</t>
+  </si>
+  <si>
+    <t>Маулид ан-Наби китабы. موليد النبي كتابى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1180/</t>
+  </si>
+  <si>
+    <t>Ислам тарихы. اسلام تاريخى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1179/</t>
+  </si>
+  <si>
+    <t>Муфассал гильм халь. مفصل علم حال</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1178/</t>
+  </si>
+  <si>
+    <t>Шараит аль-иман ва Йа син шариф. شرائط الايمان و يس شريف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1177/</t>
+  </si>
+  <si>
+    <t>Хуласа аль-масаиль ва мухимма ад-даляиль. خلاصة المسائل و مهمة الدلائل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1176/</t>
+  </si>
+  <si>
+    <t>Дурт хикая. دورت حكايه</t>
+  </si>
+  <si>
+    <t>Хасан Габдуш</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1175/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ар-рабиг мин Миркат аль-мафатих шарх Мифтах аль-масабих. الجزء الرابع من مرقاة المفاتح شرح مفتاح المصابح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1174/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ар-рабиг мин Тафсир...Любаб ат-Тавиль фи магани ат-танзиль. االجزء الرابع من تفسير...لباب التأويل في معاني التنزيل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1173/</t>
+  </si>
+  <si>
+    <t>Фан таджвид. فان تجويد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1172/</t>
+  </si>
+  <si>
+    <t>Джамагат. جماعت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1171/</t>
+  </si>
+  <si>
+    <t>Бадавам шариф китабы. بدوام شريف كتابى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1170/</t>
+  </si>
+  <si>
+    <t>Балалар буляге. بالالار بوله كى</t>
+  </si>
+  <si>
+    <t>Абдулла Углы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1169/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1168/</t>
+  </si>
+  <si>
+    <t>Ахры заман китабы. آخرى زمان كتابى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1167/</t>
+  </si>
+  <si>
+    <t>Имам вазыйфасе ва хам фазыйлятляре ва сабаплары баянындадыр. ايمان معناسی وهم فضيلت‌لری وثوابلاری بیاننده‌در</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1166/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-сани мин аль-Ахадис аш-шарифа. الجزء الثاني من الأحاديث الشريفة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1165/</t>
+  </si>
+  <si>
+    <t>Мухтасар тарих мукаддас. مختصر تاريخ مقدس</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1163/</t>
+  </si>
+  <si>
+    <t>Гильм халь. Тахарат. علم حال. طهارت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1162/</t>
+  </si>
+  <si>
+    <t>Йоз бер хадис. يوز بر حديث</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1161/</t>
+  </si>
+  <si>
+    <t>аль-Иткан фи тарджама аль-Куран. الإتقان في ترجمة القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1160/</t>
+  </si>
+  <si>
+    <t>Китаб Мустатаб рахат дел. كتاب مستطاب راحت دل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1159/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1158/</t>
+  </si>
+  <si>
+    <t>Ике гает хутба ва вагазляре. ايكي عيد خطبة و وعظلري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1157/</t>
+  </si>
+  <si>
+    <t>Дин даресляре. دين درسله رلي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1156/</t>
+  </si>
+  <si>
+    <t>Болгар харабаляре. بلغار خرابه لرى هم برونغى بلغارلر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1155/</t>
+  </si>
+  <si>
+    <t>Курга-намэ. قرعة نامه</t>
+  </si>
+  <si>
+    <t>Джафар Садык</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1154/</t>
+  </si>
+  <si>
+    <t>Тазкира ат-Табайин фи аль-вагаз ва ат-таглим. تذكرة التبيين في الوعظ و التعليم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1153/</t>
+  </si>
+  <si>
+    <t>Китаб Бухар-зада. كتاب بخار زاده</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1152/</t>
+  </si>
+  <si>
+    <t>Хикая фи мадх имам агзам рахимаху-Лла. حكايت في مدح امام اعظم رحمه الله تعالى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1151/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Дурр аль-аджаиб. خذا كتاب در العجائب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1150/</t>
+  </si>
+  <si>
+    <t>Тафсир Хафтияк. تفسير هفتيك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1149/</t>
+  </si>
+  <si>
+    <t>Ходай Тагалянен мен да бер исемляре хасыятляре берлян. حداي تعالى نك منكدخ بر اسملرى حصيتلرى برلان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1148/</t>
+  </si>
+  <si>
+    <t>Хаза кыссаи хадрат Ахтам. هذا قصهء خضرت اختم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1147/</t>
+  </si>
+  <si>
+    <t>Исереклек халляре баянында гибаратнама. ايسركلك حاللري بياننده عبرت نامه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1146/</t>
+  </si>
+  <si>
+    <t>Хавас аль-Куран. خواص القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1145/</t>
+  </si>
+  <si>
+    <t>Бина аль-ислям. بتاء الإسلام</t>
+  </si>
+  <si>
+    <t>Мухаммад Карим Дибирдеев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1144/</t>
+  </si>
+  <si>
+    <t>Кудури. قدوري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1143/</t>
+  </si>
+  <si>
+    <t>Исем. اسم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1142/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1141/</t>
+  </si>
+  <si>
+    <t>Тасхих аль-игтикад. تصحيح الإعتقاد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1140/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Мухимма аль-муслимин. هذا كتاب مهمّة المسلمين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1139/</t>
+  </si>
+  <si>
+    <t>Кафия. كافية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1138/</t>
+  </si>
+  <si>
+    <t>Шараит аль-Ислям. شرائط الإسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1137/</t>
+  </si>
+  <si>
+    <t>Аурад гарифан яка тазкира накшбандия. اوراد عارفان ياكه تذكره ء نقشبنديه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1136/</t>
+  </si>
+  <si>
+    <t>Малика китабы. ملكه كتابي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1135/</t>
+  </si>
+  <si>
+    <t>Намаз хаваджасы. نماز خواجه سى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1134/</t>
+  </si>
+  <si>
+    <t>Иман магнасе ва хам фазылятляре ва савапларындадыр. ايمان معناسى و هم فضيلت لارى و ثوابلارى بياننده در</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1133/</t>
+  </si>
+  <si>
+    <t>Бадавам. بدوام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1132/</t>
+  </si>
+  <si>
+    <t>Китаб Шурут ас-саля. كتاب شروط الصلوة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1131/</t>
+  </si>
+  <si>
+    <t>Гибарат ва шукурнама мин аят ахмадия. عبرت و شكرنامه من ايات احمدية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1130/</t>
+  </si>
+  <si>
+    <t>Хаза китаб фи баян Унбер ахмад исемляре. هذا كتاب في بيان اونبر احمد ايسمله رى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1129/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1128/</t>
+  </si>
+  <si>
+    <t>аль-Кавагид аль-гарабия. аль-Джуз-ас-салис. القواعد العربيّة. الجزء الثّالث</t>
+  </si>
+  <si>
+    <t>Иса Атаулла,Али Хасан Ауда,Ибрахим Йасин аль-Каттан</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1127/</t>
+  </si>
+  <si>
+    <t>Хашия Ибн Габидин. حاشية ابن عابدين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1126/</t>
+  </si>
+  <si>
+    <t>Калям шариф. كلام شريف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1125/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1124/</t>
+  </si>
+  <si>
+    <t>Рахмат иляхия бурханлары. رحمة إلاهيّة برهانلرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1123/</t>
+  </si>
+  <si>
+    <t>Макалят аль-буляга. مقالات البلغأ</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1122/</t>
+  </si>
+  <si>
+    <t>Шурут ас-саля тарджемасе. شروط الصلوة ترجمه سي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1121/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1120/</t>
+  </si>
+  <si>
+    <t>Китаб аш-Шифа би-тагриф хукук аль-Мустафа. كتاب الشفاء بتعريف حقوق المصطفى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1119/</t>
+  </si>
+  <si>
+    <t>Шифа-и шариф.Şifa-i Şerif</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1118/</t>
+  </si>
+  <si>
+    <t>Фадаиль аш-шухур. فضائل الشهور</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1117/</t>
+  </si>
+  <si>
+    <t>Кысса-и забурия. قصهء زبوریة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1116/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1115/</t>
+  </si>
+  <si>
+    <t>Хакк дини Куран дили. حقّ ديني قرآن ديلي</t>
+  </si>
+  <si>
+    <t>Мухаммад Хамди Альмалылы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1114/</t>
+  </si>
+  <si>
+    <t>Кауль анна Хыдр алейхи-с-салям хаййун. قول أن الخضر عليه السلام حي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1113/</t>
+  </si>
+  <si>
+    <t>Джавахир аль-хикаят ва аль-асиля ва латаиф ар-риваят ва аль-амсиля. جواهر الحكايات و الاسئلة و لطايف الرّوايات و الامثلة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1112/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1111/</t>
+  </si>
+  <si>
+    <t>Мугаллимнарга урнак яки гомуми программ. Алты сыйныфлы хам русчада укыла торган ир ва кыз мактабляре очен. معلم فاتح سیفی. معلملرگه اورنه‌ك یاکه عمومی پروکرام. آلتی صنفلی هم روسچه‌ده اوقلا طورغان ایر وقز مکتبلری اوچون</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1110/</t>
+  </si>
+  <si>
+    <t>Алты еллык ибтидаи мактаб программасы. الطی یللق ابتدائی مکتب پروغرامماسی</t>
+  </si>
+  <si>
+    <t>Гали Яушев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1109/</t>
+  </si>
+  <si>
+    <t>Тальфик аль-ахбар ва талькых аль-асар фи вакаиг Казан ва Булгар ва мулюк ат-татар. تلفيق الأخبار و تلقيح الأثار في وقائع قازان و بلغار و ملوك التّتار</t>
+  </si>
+  <si>
+    <t>Мурат Рамзи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1108/</t>
+  </si>
+  <si>
+    <t>аль-Каванин ан-нахвия. القوانین النحویة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1107/</t>
+  </si>
+  <si>
+    <t>Тел белеге. تل بلگی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1106/</t>
+  </si>
+  <si>
+    <t>Истикмаль. استكمال</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1105/</t>
+  </si>
+  <si>
+    <t>Тарджама Гайн аль-ильм. ترجمة عين العلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1104/</t>
+  </si>
+  <si>
+    <t>Салима яки гыйффат. سلیمه یاکه عِفت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1103/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-сани мин Китаб Баркыя махмудия фи шарх ат-Тарика аль-мухаммадия. الجزء الثّاني من كتاب بريقة محمودية فى شرح طريقة محمدية</t>
+  </si>
+  <si>
+    <t>Абу Саид аль-Хадими</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1102/</t>
+  </si>
+  <si>
+    <t>Исагуджи. اساغوجي</t>
+  </si>
+  <si>
+    <t>Асируддин аль-Абхари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1101/</t>
+  </si>
+  <si>
+    <t>Кыраат Куран. قرآت قرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1100/</t>
+  </si>
+  <si>
+    <t>Лайха мукатиб диния. لائحه مکاتب دینیه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1099/</t>
+  </si>
+  <si>
+    <t>Гуния аль-мутамалли шарх Муния аль-мусалли. غنية المتملّي شرح منيّة المصلّي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1098/</t>
+  </si>
+  <si>
+    <t>Кавагид аль-играб ва аль-гавамиль мага шурухихима. قواعد الإعراب و العوامل مع شروحهما</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1097/</t>
+  </si>
+  <si>
+    <t>Гильм халь. Алтынчы кысым. علم حال. آلتنجي قسم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1096/</t>
+  </si>
+  <si>
+    <t>Хашия аль-Каланбави галя шарх аль-Гадуддия ли-д-диван. حاشية الكلنبوى على شرح العضدية للدوانى</t>
+  </si>
+  <si>
+    <t>Исмаил бин Мустафа аль-Каланбави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1095/</t>
+  </si>
+  <si>
+    <t>Мишкат аль-масабих. مشقات المصابح</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Абдулла аль-Хатыйб ат-Табризи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1094/</t>
+  </si>
+  <si>
+    <t>Китаб Мифтах ат-таварих. كتاب مفتاح التواريخ</t>
+  </si>
+  <si>
+    <t>Хабибуннаджар аль-Истарлитамаки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1093/</t>
+  </si>
+  <si>
+    <t>Маудугат Гали аль-Кари. موضوعات علي القاري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1092/</t>
+  </si>
+  <si>
+    <t>Оченче июнь вакыйга моассифасе. اوچنچی اییون واقعه مؤسفه‌سی</t>
+  </si>
+  <si>
+    <t>Юсуф Акчура</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1091/</t>
+  </si>
+  <si>
+    <t>Дин моназарларында иркенчелек хакында. دین مناظره‌لرنده ایرکنچلك حقنده</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1090/</t>
+  </si>
+  <si>
+    <t>Маукуфият хатираляре. موقوفیت خاطره‌لری</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1089/</t>
+  </si>
+  <si>
+    <t>Дамелла Галимжан аль-Баруди. Тарджемаи хале. Беренче джуз. داملا عالم جان البارودی. ترجمه حالی. برنچی جزء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1088/</t>
+  </si>
+  <si>
+    <t>Голум ва тарих. علوم وتاريخ</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1087/</t>
+  </si>
+  <si>
+    <t>Люгат саляс. لغات ثلاث</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1085/</t>
+  </si>
+  <si>
+    <t>Хаза китаб аль-Анмузадж. هذا كتاب الانموذج</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1084/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин шарх аль-Мухаммадия аль-мусамма би-Фарх ар-рух. الجزء الأوّل من شرح المحمدية المسمّى بفرح الرّوح</t>
+  </si>
+  <si>
+    <t>Исмаил Хаккы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1083/</t>
+  </si>
+  <si>
+    <t>Мира аль-усуль. مرآة الاصول</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1082/</t>
+  </si>
+  <si>
+    <t>аль-Джильд ас-сани мин Джаухара ан-найирия галя Мухтасар аль-Кудури. الجلد الثّاني من جوهرة النّيّيريّة على مختصر القدوري</t>
+  </si>
+  <si>
+    <t>Абу Бакр бин Али бин Мухаммад аль-Хаддад аз-Забиди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1081/</t>
+  </si>
+  <si>
+    <t>Рауда аль-ахбаб. Джильд ауваль. روضة الأحباب. جلد أوّل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1080/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-садис мин Тафсир ар-Рази. الجزء السادس من تفسير الرّازي</t>
+  </si>
+  <si>
+    <t>Фахруддин Абу Абдуллах Мухаммад ибн Умар ар-Рази</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1079/</t>
+  </si>
+  <si>
+    <t>Шарх Гайн аль-гильм. Джильд ас-сани. شرح عين العلم. جلد الثّاني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1078/</t>
+  </si>
+  <si>
+    <t>аль-Джильд аль-ауваль мин шарх Гайн аль-гильм. الجلد الأوّل من شرح عين العلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1077/</t>
+  </si>
+  <si>
+    <t>Тафсир ат-Табари. تفسير الطبري</t>
+  </si>
+  <si>
+    <t>Абу Джагфар ат-Табари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1076/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-салис мин Шарх Фатх аль-кадир. الجزء الثّالث من شرح فتح القادر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1075/</t>
+  </si>
+  <si>
+    <t>Мухарадат ва мутарахат аль-багды мавагиз аль-футухат. محاضرات ومطارحات علی بعض مواضع الفتوحات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1074/</t>
+  </si>
+  <si>
+    <t>Торекляр. ترکلر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1073/</t>
+  </si>
+  <si>
+    <t>Болгар харабаляре хам борынгы болгарлар. بلغار خرابه‌لری هم برونغی بلغارلر</t>
+  </si>
+  <si>
+    <t>Эдвард Трейси Турнерелли</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1072/</t>
+  </si>
+  <si>
+    <t>Йусуф кыссасы. يوسف قصّاصى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1071/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Гакаид мага хашия аль-мавляви Ахмад аль-Джунди. شرح العقائد مع حاشية المولوي أحمد الجندي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1070/</t>
+  </si>
+  <si>
+    <t>Марсия. مرثية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1069/</t>
+  </si>
+  <si>
+    <t>Хашия галя матн аль-Бурда аль-магариф. حاشية على متن البردة المعارف</t>
+  </si>
+  <si>
+    <t>Ибрахим аль-Баджури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1068/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1067/</t>
+  </si>
+  <si>
+    <t>Тарф аль-адабия. طرف الأدبيّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1066/</t>
+  </si>
+  <si>
+    <t>Мафатих аль-гайб. مفاتيح الغيب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1065/</t>
+  </si>
+  <si>
+    <t>Даира хиндия. دائرة هندية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1064/</t>
+  </si>
+  <si>
+    <t>Китаб Рисаля фи джанаиз. كتاب رسالة في جنايز</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1063/</t>
+  </si>
+  <si>
+    <t>Китаб Тахараттан джуз ауваль. كتاب طهارتدن جزء اوّل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1062/</t>
+  </si>
+  <si>
+    <t>Савадхаван такмилясе. Джуз ауваль. سوادخوان تكمله سي. جزء أوّل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1061/</t>
+  </si>
+  <si>
+    <t>Тарджама Дакаик аль-ахбар. ترجمة دقائق الأخبار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1060/</t>
+  </si>
+  <si>
+    <t>Унбер ахмад исемляре. اون بر احمد اسملري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1059/</t>
+  </si>
+  <si>
+    <t>Хатм худжа ва дуга хатм. ختم خواجه و دعاءِ ختم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1058/</t>
+  </si>
+  <si>
+    <t>Шурут ас-саля тарджемасе. شروط الصّلوة ترجمه سي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1057/</t>
+  </si>
+  <si>
+    <t>Шакертлек адабе. شاكردلك آدابي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1056/</t>
+  </si>
+  <si>
+    <t>Ахкам ислам. احكام اسلام</t>
+  </si>
+  <si>
+    <t>Ахмадфазыл Ахмад Карим углы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1055/</t>
+  </si>
+  <si>
+    <t>Мифтах кунуз аль-Куран. مفتاح كنوز القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1054/</t>
+  </si>
+  <si>
+    <t>Торек ва татар тарихы. تورك و تاتار تاريحي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1053/</t>
+  </si>
+  <si>
+    <t>Китаб Гариб аль-Куран аль-мусамма би-Нузхат аль-кулюб. كتاب غريب القرآن المسمّى بنزهة القلوب</t>
+  </si>
+  <si>
+    <t>Абу Дауд Сулейман бин аль-Ашас аль-Азди ас-Сиджистани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1052/</t>
+  </si>
+  <si>
+    <t>Татар тарихы. Болгарлар, татарлар, Боек Магул императорлыгы, Алтын Урда дауляте, Казан падшахлыгы. تاتار تاریخی بلغارلر، تاتارلر، بیوك ماغول ایمپیراطورلغی، آلتون اوردا دولتی، قزان پادشاهلغی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1051/</t>
+  </si>
+  <si>
+    <t>Даляиль аль-хайрат. دلائل الخيرات</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Сулейман аль-Джазули</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1050/</t>
+  </si>
+  <si>
+    <t>Сарф торки. صرق تركي</t>
+  </si>
+  <si>
+    <t>Абдуррахман Тауфик бин Мухаммаджан</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1049/</t>
+  </si>
+  <si>
+    <t>Танзыймат. تنظيمات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1048/</t>
+  </si>
+  <si>
+    <t>Тадрисат ибтидаийя котебханасе.  (утыз тугызынчысы) Тартиб джадид гыйлавале рисаляи ахляк. تَدریسات إِبتِدائیِّه كتبخٰانه‌سی  (اوتوز طقوزنچیسی)  ترتیب جديد غلاوه‌لی رساله‌ءِ اخلاق</t>
+  </si>
+  <si>
+    <t>Гали Назыйма</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1047/</t>
+  </si>
+  <si>
+    <t>Тарджама Джильд ауваль аз Мактубат ли-хадрат Мухаммад Магсум. ترجمة جلد أوّل از مكتوبات لحضرة محمّد معصوم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1046/</t>
+  </si>
+  <si>
+    <t>Тафсир Тибьян ва Тафсир аль-Мавакиб. تفسير تبيان و تفسير المواكب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1045/</t>
+  </si>
+  <si>
+    <t>Тарджама Мактубат аль-магсум. Джильд салис. ترجمة مكتبات المعصوم</t>
+  </si>
+  <si>
+    <t>Имам ар-Раббани Ахмад аль-Фарукы ас-Сирхинди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1044/</t>
+  </si>
+  <si>
+    <t>Мактубат Раббани. مكتوبات ربّاني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1043/</t>
+  </si>
+  <si>
+    <t>Хаза китаб ат-Таджвид Карабаши. هذا كتاب التّجويد قره باشي</t>
+  </si>
+  <si>
+    <t>Габдрахман Карабаши</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1042/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Фараид ас-Сираджия. شرح فرائض السراجية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1041/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1040/</t>
+  </si>
+  <si>
+    <t>Тартиб зиба. ترتيب زيبا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1039/</t>
+  </si>
+  <si>
+    <t>Вагазлярдан. Закят. وعظلردن. زكات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1038/</t>
+  </si>
+  <si>
+    <t>Мират гулюм. مرات علوم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1037/</t>
+  </si>
+  <si>
+    <t>Абу Гали Сина. أبو علي سينا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1036/</t>
+  </si>
+  <si>
+    <t>Мунаббихат. منبّهات</t>
   </si>
   <si>
     <t>Ахмад бин Али бин Хаджар аль-Аскаляни</t>
   </si>
   <si>
-    <t>http://darul-kutub.com/books/1735/</t>
-[...1466 lines deleted...]
-    <t>ат-Танзиль ва хакаик ат-тавиль. التنزيل و حقائق التؤيل</t>
+    <t>http://darul-kutub.com/books/1035/</t>
+  </si>
+  <si>
+    <t>Маджмаг ад-дагават ва аль-азкар. مجمع الدّعوات و الأذكار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1034/</t>
+  </si>
+  <si>
+    <t>Мухтасар иман. مختصر امان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1033/</t>
+  </si>
+  <si>
+    <t>Дин даресляре. Джуз 1. دين درسلري. جزء 1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1032/</t>
+  </si>
+  <si>
+    <t>Мухтасар тазкира. مختصر تذكيرة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1030/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ар-рабиг мин тафсир аль-Куран аль-мусамма би-Рух аль-баян. الجزء الرّابع من تفسير القرآن المسمّى بروح البيان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1029/</t>
+  </si>
+  <si>
+    <t>Китаб Аджаиб аль-махлюкат. كتاب عجائب المخلوقات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1028/</t>
+  </si>
+  <si>
+    <t>Тафсир Багави. تفسير البغوي</t>
+  </si>
+  <si>
+    <t>Абу Мухаммад аль-Багави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1027/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин Мафатих аль-гайб. الجزء الأوّل من مفاتح الغيب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1026/</t>
+  </si>
+  <si>
+    <t>Джамиг аль-баян фи тафсир аль-Куран. جميع البيان في تفسير القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1025/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Викая. شرح الوقاية</t>
+  </si>
+  <si>
+    <t>Убейдулла бин Масуд бин Садрушшариа</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1024/</t>
+  </si>
+  <si>
+    <t>Джильд ас-сани аз Тарих Джаудат. جلد الثّاني آز تريح جودة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1023/</t>
+  </si>
+  <si>
+    <t>Тарджема аль-камус. ترجمة القموس</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1021/</t>
+  </si>
+  <si>
+    <t>ат-Тафсират аль-ахмадия фи баян аль-аят аш-шаргия. التّفسيرات الأحمدية في بيان الأيات الشّرعية</t>
+  </si>
+  <si>
+    <t>Ахмад мелла Дживан ас-Садыйк аль-Хинди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1020/</t>
+  </si>
+  <si>
+    <t>ат-Тафсират аль-ахмадия фи баян аль-аят аш-шаргия. التفسيرات الأحمدية في بيان الآيات الشّرعية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1019/</t>
+  </si>
+  <si>
+    <t>Китаб Кудури. كتاب قدوري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1018/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1017/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Фикх аль-акбар ли Гали аль-Кари. شرح الفقه الأكبر لعلي القاري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1016/</t>
+  </si>
+  <si>
+    <t>Ахмадбиджан хазратляренен Анвар аль-гашикыйннам китаб хакыкат нисаблары.  احمدبيجان حضرتلرنيك انوار العاشقيننام كتاب حقيقت نصابلري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1015/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-салис мин хашия аль-мусамма Радд аль-мухтар галя дурр аль-мухтар. الجزء الثّالث من خاشية المسمّى ردّ المختار على درّ المختار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1014/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Мартка киткян кызынын вакыйгалары баянында. هذا كتاب مرتكا كيتكان قزنينك واقيعه لارى بياننده</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1013/</t>
+  </si>
+  <si>
+    <t>Кырык вазир кыссасы. قرق وزير قصّه سي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1012/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Мукаддима ли Аби аль-Ляйс ас-Самарканди ва шарх аль-Фараид ли-ль-галяма аль-Фанари. شرح المقدمة لابی لیث السمرقندی و شرح الفرائض العلامة الفناری</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1011/</t>
+  </si>
+  <si>
+    <t>Китаб Мустатаб шарх нукая Мухтасар аль-Викая. كتاب مستطاب شرح نقاية مختصر الوقاية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1010/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ар-рабиг мин Мафатих аль-гайб. الجزء الرابع من مفاتح الغيب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1008/</t>
+  </si>
+  <si>
+    <t>Китаб Мукаддима Бидан маа шарх Габдулла. كتاب مقدّمة بدان مع شرح عبداللّه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1006/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Тухфат аль-мулюк. هذا كتاب تحفة الملوك</t>
+  </si>
+  <si>
+    <t>Зайнуддин Мухаммад бин Абу Бакр бин Абдулькадир ар-Рази</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1005/</t>
+  </si>
+  <si>
+    <t>аль-Иткан фи тафсир аль-Куран. الإتقان في تفسير القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1004/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-хамис мин китаб тафсир аль-Куран аль-мусамма би-Рух аль-баян аль-фадыль аль-камиль. الجزء الخامس من كتاب تفسير القرآن المسمّى بروح البيان الفاضل الكامل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1003/</t>
+  </si>
+  <si>
+    <t>Дакаик аль-ахбар. دقائق الأخبار</t>
+  </si>
+  <si>
+    <t>Абдуррахман бин Ахмад аль-Кадый</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1002/</t>
+  </si>
+  <si>
+    <t>Ауваль джильд мин Тарих джаудат. أوّل جلد من تاريح جودت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/1000/</t>
+  </si>
+  <si>
+    <t>Адапле бала. ادبلی بالا</t>
+  </si>
+  <si>
+    <t>Мухаммад Йусуф Арсланзаде</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/999/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Манар фи-ль-усуль.  شرح المنار في الأصول</t>
+  </si>
+  <si>
+    <t>Ибн аль-Малик</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/998/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин тафсир аль-Куран аль-Джалиль аль-мусамма Любаб ат-тавиль фи магани ат-танзиль. الجزء الأوّل من تفسير القرآن الكريم المسمّى لباب التّأويل في معاني التّنزيل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/997/</t>
+  </si>
+  <si>
+    <t>Шарх матн аш-Шамсия. شرح متن الشّمسيّة</t>
+  </si>
+  <si>
+    <t>Кутбаддин ар-Рази</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/996/</t>
+  </si>
+  <si>
+    <t>Китаб Рисаля фи-ль-джанаиз. كتاب رسالة في الجنايز</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/995/</t>
+  </si>
+  <si>
+    <t>ад-Дин ва аль-адаб. الدّين و الأدب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/994/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-салис мин китаб тафсир аль-Куран аль-мусамма би-Рух аль-баян аль-фадыль аль-камиль. الجزء الثّالث من طتاب تفسير القرآن المسمّى بروج البيان الفاصل الكامل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/993/</t>
+  </si>
+  <si>
+    <t>аль-Ашбах ва ан-назаир. الأشباه و النظائر</t>
+  </si>
+  <si>
+    <t>Зайнутдин бин Ибрахим бин Мухаммад аль-Ханафи бин Нуджейм (Ибн Нуджейм)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/992/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин Зад аль-магад фи хади хайр аль-гибад. الجزء الأوّل زاد المعاد في هدي خير العباد</t>
+  </si>
+  <si>
+    <t>Ибн аль-Каййим аль-Джаузия</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/991/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-сани мин Шарх Мухтасар аль-Викая. الجزء الثّاني من شرح مختصر الوقاية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/990/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин Хашия галяма Мухаммад Амин аш-шахир би Ибн Габиддин аль-мусамма Радд аль-мухтар галя ад-Дурр аль-мухтар. الجزء الأوّل من حاشية العلاقة الفقيه محمّد أمين الشّهير بابن عابدّين المسمّاة ردّ المختار على الدّر المختار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/989/</t>
+  </si>
+  <si>
+    <t>Машариг аль-усуль фи машариб аль-фусуль. مشارع الأصول في مشارب الفصول</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/988/</t>
+  </si>
+  <si>
+    <t>Муфассал тарих каум турки. مفصّل تاريخ قوم تورکی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/987/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин тафсир Анвар ат-танзиль ва асрар ат-тавиль. الجزء الأوّل من تفسير أنوار التّنزيل و أسرار التّأويل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/986/</t>
+  </si>
+  <si>
+    <t>Тафсир аль-Куран аль-джалиль аль-мусамма Любаб ат-тавиль фи магани ат-танзиль. تفسير  القرآن الجليل المسمّة لباب التّأويل في معاني التنزيل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/985/</t>
+  </si>
+  <si>
+    <t>Сиасет-намэ. Книга о правлении вазира XI-го столетия Низам ал-Мулька</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/984/</t>
+  </si>
+  <si>
+    <t>Яурупа сугышы халляренен байте. Икенче табгы. یاوروپا صوغشی حللرینݣ بيتی</t>
+  </si>
+  <si>
+    <t>Мухаммад Абдуллатыф аль-Курмаши</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/983/</t>
+  </si>
+  <si>
+    <t>Яна имля мугаллиме. ياڭی املا معلمی</t>
+  </si>
+  <si>
+    <t>Шакирзян ас-Сагиди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/981/</t>
+  </si>
+  <si>
+    <t>Китаб Нур аль-йакын фи сира сайид аль-мурсалин. كتاب نور اليقين في سيرة سيّد المرسلين</t>
+  </si>
+  <si>
+    <t>Мухаммад аль-Худари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/979/</t>
+  </si>
+  <si>
+    <t>Журнал "Маглюмат". معلومات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/978/</t>
+  </si>
+  <si>
+    <t>Халык назарына бернича масаля. خلق نظرينه برنيچه مسئله</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/977/</t>
+  </si>
+  <si>
+    <t>Шаригать. Ахкам шаргия маджмугасынын 8-нче джузедер. شريعت. أحکام شرعية مجموعه‌سینڭ ۸ نچی جزءدر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/976/</t>
+  </si>
+  <si>
+    <t>Фан тарих (Тарих анбия кысме). (فن تاريخ (تاریخ أنبیة قسمی</t>
+  </si>
+  <si>
+    <t>Г. Джалиль</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/975/</t>
+  </si>
+  <si>
+    <t>Хизб аль-агзам аль-мубарак. حزب الأعظم المبارك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/974/</t>
+  </si>
+  <si>
+    <t>Тарджама Танбих аль-гафилин.ترجمة تنبيه الغافلين</t>
+  </si>
+  <si>
+    <t>Абу Касым Мухаммад бин Юсуф ас-Самарканди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/973/</t>
+  </si>
+  <si>
+    <t>Фатава Абдуррахим. فتاوى عبدالرّحيم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/972/</t>
+  </si>
+  <si>
+    <t>Асар.Икенче джильд. آثار. ایکنچی جلد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/971/</t>
+  </si>
+  <si>
+    <t>Таудых мага ат-Талвих. توضيح مع التّلويح</t>
+  </si>
+  <si>
+    <t>Садеттин Масуд бин Умар ат-Тафтазани,Абидулла бин Масуд Садрушшариа</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/970/</t>
+  </si>
+  <si>
+    <t>Табайин аль-хакаик шарх Канз ад-дакаик. تبيين الحقائق شرح كنز الدقائق</t>
+  </si>
+  <si>
+    <t>Усман бин Али аз-Зайлаи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/969/</t>
+  </si>
+  <si>
+    <t>Рихля аль-Марджани. رحلة المرجانی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/968/</t>
+  </si>
+  <si>
+    <t>Гарапча-татарча-русча алымнар сузлеге</t>
+  </si>
+  <si>
+    <t>М.М.Махмутов,К.З.Хамзин,Г.Ш.Сайфуллин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/967/</t>
+  </si>
+  <si>
+    <t>Бад аль-маариф. بدء المعارف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/966/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Хасыя дога риджаль аль-гайб. هذا كتاب خصية دعاء رجال الغيب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/965/</t>
+  </si>
+  <si>
+    <t>Фикх Кайдани. فقه كيداني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/964/</t>
+  </si>
+  <si>
+    <t>Таглим ас-салят. تعلم الصلوة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/963/</t>
+  </si>
+  <si>
+    <t>Рисаля дурр аль-гакаид ва фиха фаваид касир ли аль-гакаид. رسالة درّ العقائد و فيها فوائد كثير للعقائد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/962/</t>
+  </si>
+  <si>
+    <t>Насыхатнама ли ахли замана. نصيحت نامه لأهل زمانه</t>
+  </si>
+  <si>
+    <t>Махарави бинт Абдульвали</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/961/</t>
+  </si>
+  <si>
+    <t>Мухтасар гильм халь. مختصر علم حال</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/960/</t>
+  </si>
+  <si>
+    <t>Джаннат аль-асма. جنّة الأسماء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/959/</t>
+  </si>
+  <si>
+    <t>Ахляк рисалясе. أخلاق رساله سي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/958/</t>
+  </si>
+  <si>
+    <t>Ахляк. أخلاق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/957/</t>
+  </si>
+  <si>
+    <t>Азкар шарифа. أذكار شريفة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/956/</t>
+  </si>
+  <si>
+    <t>Журнал "Ислам"</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/955/</t>
+  </si>
+  <si>
+    <t>Шехабеддин Мерджани ве Казан культуры. Şehabeddin Mercani ve Kazan Kültürü</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/954/</t>
+  </si>
+  <si>
+    <t>Гусманлы-рус сафары. عثمانلى-روس سفرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/953/</t>
+  </si>
+  <si>
+    <t>Тазйин аль-'ибарат ли тахсин аль-ишарат. تزیین العبارة لتحسين الاشارة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/952/</t>
+  </si>
+  <si>
+    <t>Методическое пособие для изучения татарского языка для русскоязычных</t>
+  </si>
+  <si>
+    <t>Мухиддин Курбангалиев,Риза Газизов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/951/</t>
+  </si>
+  <si>
+    <t>Тазиин аль-гибадат ли-тахсин аль-ишарат. تزیین العبارة لتحسين الاشارة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/950/</t>
+  </si>
+  <si>
+    <t>Гаср сагада. عصر سعادة</t>
+  </si>
+  <si>
+    <t>Шахар Шараф</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/949/</t>
+  </si>
+  <si>
+    <t>Дунья. دنيا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/947/</t>
+  </si>
+  <si>
+    <t>Турки сарфы. تركي صرفي</t>
+  </si>
+  <si>
+    <t>Ахматжан Мухамматрахим</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/946/</t>
+  </si>
+  <si>
+    <t>Кыраат турки. قرات تركي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/945/</t>
+  </si>
+  <si>
+    <t>Сад панди. صد ﭘند</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/944/</t>
+  </si>
+  <si>
+    <t>Фальсафаи гыйбадат. فلسفهء عبادات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/940/</t>
+  </si>
+  <si>
+    <t>Манасыб диния. مناصب دينية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/939/</t>
+  </si>
+  <si>
+    <t>Ахадис кудсия. أحادیث قدسيّة</t>
+  </si>
+  <si>
+    <t>Зариф аль-Амирхани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/938/</t>
+  </si>
+  <si>
+    <t>Гаср сагада. عصر سعادت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/937/</t>
+  </si>
+  <si>
+    <t>Инсаф. انصاف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/936/</t>
+  </si>
+  <si>
+    <t>Гараби имля кагыйдляре. عربی املا قاعده‌لاری</t>
+  </si>
+  <si>
+    <t>Файзрахман Ахмад аль-Амири</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/935/</t>
+  </si>
+  <si>
+    <t>Рахмат иляхия масалясе. رحمت الهيه مسئله‌سی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/934/</t>
+  </si>
+  <si>
+    <t>Муталяга. مطالعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/933/</t>
+  </si>
+  <si>
+    <t>Кутуб ситта ва муаллифлары. كتب ستّة مؤلّفلرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/932/</t>
+  </si>
+  <si>
+    <t>Гаиля. عائله</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/931/</t>
+  </si>
+  <si>
+    <t>Адабият гарабия иля гулюм ислямия. أدبيات عربیه ايله علوم اسلامية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/930/</t>
+  </si>
+  <si>
+    <t>Манакыб Аби Ханифа. مناقب أبي حنيفة</t>
+  </si>
+  <si>
+    <t>Бадр ад-Дин бин мулла Имран аль-Парави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/929/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/927/</t>
+  </si>
+  <si>
+    <t>аль-Ахляк аль-кабиха ва аль-ахля аль-хусна. الأخلاق القبيحة و الأخلاق الحسنة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/926/</t>
+  </si>
+  <si>
+    <t>Марджани китапханасе</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/891/</t>
+  </si>
+  <si>
+    <t>Татимма. تتمة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/890/</t>
+  </si>
+  <si>
+    <t>аль-Кифая фи шарх аль-Хидая. الكفاية في شرح الهداية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/888/</t>
+  </si>
+  <si>
+    <t>Ан-нихайя фи гариб аль-хадис ва-ль-асар. النّهاية في غريب الحديث والأثر</t>
+  </si>
+  <si>
+    <t>Мадждаддин бин аль-Асир</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/887/</t>
+  </si>
+  <si>
+    <t>Дога маджмугасы. دعا مجموعه سي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/886/</t>
+  </si>
+  <si>
+    <t>Махр шариф хасиятляре берлян асма Асхаб Кахф хасиятляре ва хам Канз аль-Гарш хасиятляре берлян Хирка Йусуф мубарак догаларыдыр</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/885/</t>
+  </si>
+  <si>
+    <t>Рисаляи Нурнама. رسالهء نورنامه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/884/</t>
+  </si>
+  <si>
+    <t>Хаза хасыя дуга дауля. هذا خاصية دعاء دولة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/883/</t>
+  </si>
+  <si>
+    <t>Хазихи гибаратнама ва шукрнама мин аят ахмадия. هذه عبرت نامه من أيات أحمدية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/882/</t>
+  </si>
+  <si>
+    <t>Рисаля фи баян фадыля дога мустаджаб. رسالة في بيان فضيلة دعاء مستجاب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/881/</t>
+  </si>
+  <si>
+    <t>Гибарат ва шукурнама мин аят ахмадия. عبرت و شكر نامة من أيات أحمدية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/880/</t>
+  </si>
+  <si>
+    <t>Куран шариф тахлилляре ва дога гаджиб аль-истигфар ва салават шариф ва башка шариф догалар баяненда. قرآن شريف تهليل لرى و دعاء عجايب الاستغفار و صلوت شريف و باشقه شريف دعالر بياننده</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/879/</t>
+  </si>
+  <si>
+    <t>Рисаля фард гайн хам дагават</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/878/</t>
+  </si>
+  <si>
+    <t>Дога исме агзам ва хам башка шариф догалар</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/877/</t>
+  </si>
+  <si>
+    <t>Радднама. رد نامه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/876/</t>
+  </si>
+  <si>
+    <t>Калям шариф. Казан басмасы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/875/</t>
+  </si>
+  <si>
+    <t>Рисаля фард гайн хам дагават. رسالة فرض عين هم دعوات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/874/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/873/</t>
+  </si>
+  <si>
+    <t>Дога гаджаиб аль-истигфар дахи Куранда улан тахлилляр. دعاء عجايب الاستغفار دخى قرآنده اولان تهليل لر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/872/</t>
+  </si>
+  <si>
+    <t>Суввар мин аль-Куран. سور من القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/871/</t>
+  </si>
+  <si>
+    <t>Хавас асма Алла аль-хусна. خواص أسماء الله الحسنى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/870/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/869/</t>
+  </si>
+  <si>
+    <t>Бадг аль-игтикад фи таджсим ва аль-ирджа. بدع الإعتقاد في التجسيم والإرجاء</t>
+  </si>
+  <si>
+    <t>Салахуддин бин Ахмад аль-Идлиби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/866/</t>
+  </si>
+  <si>
+    <t>Гакаид ислямия. عقائد اسلامية</t>
+  </si>
+  <si>
+    <t>Ахмадшакир Абдуннафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/864/</t>
+  </si>
+  <si>
+    <t>Салатын ислям. Часть 1. سلاطين اسلام</t>
+  </si>
+  <si>
+    <t>Садык Иманкули</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/863/</t>
+  </si>
+  <si>
+    <t>Дакаик аль-ахбар ва хакаик аль-игтибар. دقائق الأخبار وحقائق الإعتبار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/862/</t>
+  </si>
+  <si>
+    <t>Асхаб кирам. Часть 1. أصحاب كرام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/861/</t>
+  </si>
+  <si>
+    <t>Материальная культура казанских татар</t>
+  </si>
+  <si>
+    <t>Н.И.Воробьев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/860/</t>
+  </si>
+  <si>
+    <t>аль-Васит фи аль-гакаид аль-имам аль-Матуриди</t>
+  </si>
+  <si>
+    <t>Мухаммад Халиль ан-Нувайхи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/859/</t>
+  </si>
+  <si>
+    <t>Бадаи ас-санаи фи тартиб аш-Шараиг. بدائع الصنائع في ترتيب الشرائع</t>
+  </si>
+  <si>
+    <t>Аляуддин Абу Бакр аль-Касани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/858/</t>
+  </si>
+  <si>
+    <t>Сабга маджалис. مجالس سبعة</t>
+  </si>
+  <si>
+    <t>Джалалуддин Руми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/857/</t>
+  </si>
+  <si>
+    <t>Мактубат. مكتوبات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/856/</t>
+  </si>
+  <si>
+    <t>Фихи ма фих. فيه ما فيه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/855/</t>
+  </si>
+  <si>
+    <t>аль-Хидая ва би-хамишиха хашиятуха аль-Кифая. الهداية و بهامشها حاشيتها الكفاية</t>
+  </si>
+  <si>
+    <t>Бурханутдин Али бин Абу Бакр аль-Маргинани,Джалалуддин аль-Хаваризми</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/854/</t>
+  </si>
+  <si>
+    <t>Мактубат. مكتبات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/853/</t>
+  </si>
+  <si>
+    <t>Таййиба ан-нашр фи аль-гашр. طيّبة النّشر في العشر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/852/</t>
+  </si>
+  <si>
+    <t>Маулид ан-Наби. موليد النّبي</t>
+  </si>
+  <si>
+    <t>Джафар бин Хасан аль-Барзанджи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/851/</t>
+  </si>
+  <si>
+    <t>Китаб шараф мааб Маулид ан-Наби галейхи ас-салям. كتاب شرف مآب مولد النبي عليه السلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/850/</t>
+  </si>
+  <si>
+    <t>Татарча маулюд. تاتارجه مولود</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/849/</t>
+  </si>
+  <si>
+    <t>Хаза китаб фи баян магариф Набий салляллаху галейхи ва саллям. هذا كتاب في بيان معارف نبي صلّى اللّه عليه و سلّم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/848/</t>
+  </si>
+  <si>
+    <t>Марак аль-фалях. Шарх Нур аль-идах. مراقي الفلاح شرح نور الايضاح</t>
+  </si>
+  <si>
+    <t>Абу аль-Баракат Хасан бин Аммар аш-Шурунбуляли</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/847/</t>
+  </si>
+  <si>
+    <t>Терджумат аль-Викая, Игтикадия.Tercümet ül-Viḳāye, I’tiḳādiyāt</t>
+  </si>
+  <si>
+    <t>Ахмед бин Мухаммет Шемси Паша</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/846/</t>
+  </si>
+  <si>
+    <t>Варда аль-джуюб фи аль-салах ала аль-Хабиб. وردة الجيوب في الصلاة على الحبيب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/845/</t>
+  </si>
+  <si>
+    <t>Даляиль аль-хайрат ва шаварик аль-анвар фи ас-салят галя ан-Наби аль-Мухтар.دلائل الخيرات وشوارق الانوار في الصلاة على النبي المختار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/844/</t>
+  </si>
+  <si>
+    <t>Тахмис аль-Бурда. تخميس البردة</t>
+  </si>
+  <si>
+    <t>Шараф ад-Дин Мухаммад аль-Бусыри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/843/</t>
+  </si>
+  <si>
+    <t>Мифтах ан-наджах аль-муканна би аль-василя иля кулли хизб ва фалях. مفتاح النجاح المكنى بالوسيلة الى كل حزب وفلاح</t>
+  </si>
+  <si>
+    <t>Али бин Абу Талиб</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/842/</t>
+  </si>
+  <si>
+    <t>Диван-и Хикмат. ديوان حكمت</t>
+  </si>
+  <si>
+    <t>Ахмад Ясави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/841/</t>
+  </si>
+  <si>
+    <t>Мафатих аль-джинан: шарх Ширгат аль-Ислам. مفاتح الجنان: شرح شرعة الإسلام</t>
+  </si>
+  <si>
+    <t>Якуб бин Саид Али аль-Бурсави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/840/</t>
+  </si>
+  <si>
+    <t>Шарх Фатх аль-Кадир. شرح فتح القدير</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/839/</t>
+  </si>
+  <si>
+    <t>Хуласат аль-масаиль ва мухиммат ад-даляиль. خلاصة المسائل و مهمة الدّلائل</t>
+  </si>
+  <si>
+    <t>Хусам ад-Дин аль-Булгари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/838/</t>
+  </si>
+  <si>
+    <t>Джамиг ар-румуз: шарх Мухтасар аль-Викая. شرح مختصر الوقاية: جامع الرّموز</t>
+  </si>
+  <si>
+    <t>Шамс ад-Дин Мухаммад аль-Кухустани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/836/</t>
+  </si>
+  <si>
+    <t>Касыда "аль-Бурда". قصيدة البردة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/835/</t>
+  </si>
+  <si>
+    <t>Абу Абдулла аль-Джазули</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/833/</t>
+  </si>
+  <si>
+    <t>Тазкир ан-насин. Фадаиль йасин. تذكير الناسين. فضائل يسين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/831/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-хамис мин шарх Фатх аль-кадир. الجزء الخامس من شرح فتح القادر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/830/</t>
+  </si>
+  <si>
+    <t>аль-Джильд ас-сани мин Тасхиль аль-баян. الجلد الثاني من تسهيل البيان</t>
+  </si>
+  <si>
+    <t>Мухаммадсадык бин Шахахмад Иманкули</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/829/</t>
+  </si>
+  <si>
+    <t>Ихтари кабир. اختري كبير</t>
+  </si>
+  <si>
+    <t>Хусейн Рамзи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/827/</t>
+  </si>
+  <si>
+    <t>Таухид. توحيد</t>
+  </si>
+  <si>
+    <t>Мухаммад Абдо</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/826/</t>
+  </si>
+  <si>
+    <t>Китаб Шараф мааб. Хафтияк тафсире торки теленда. كتاب شرف مأب. هفتيك تفسيري تركي تلنده</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/825/</t>
+  </si>
+  <si>
+    <t>Кучюк Луга наджи (Малый арабско-персидско-оттоманский словарь). كوجك لغة ناجي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/824/</t>
+  </si>
+  <si>
+    <t>Священный Коран (Тунисское издание)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/823/</t>
+  </si>
+  <si>
+    <t>Турк юрды. تورك يوردي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/822/</t>
+  </si>
+  <si>
+    <t>Китаб ас-Сунна. كتاب السنّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/821/</t>
+  </si>
+  <si>
+    <t>Шарх Мухтасар аль-манар. شرح مختصر المنار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/820/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Гакаид аль-джадида. شرح العقائد الجديدة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/819/</t>
+  </si>
+  <si>
+    <t>Рисаля фи сарф ли Куран аль-Карим. رسالة في صرف القرآن الكريم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/818/</t>
+  </si>
+  <si>
+    <t>аль-Барк аль-вамид аля аль-багыйд аль-мусамма би-н-накыйд. البرق الوميض على البغيض المسمى بالنقيض</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/817/</t>
+  </si>
+  <si>
+    <t>Китаб ан-насаих. كتاب النسائح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/815/</t>
+  </si>
+  <si>
+    <t>Китаб ал-лаваих. كتاب اللوائح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/814/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/813/</t>
+  </si>
+  <si>
+    <t>Лутфаллах Насафи аль-Фазиль аль-Кайдани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/812/</t>
+  </si>
+  <si>
+    <t>Джавахир аль-хикаят ва аль-асиля ва латаиф ар-риваят ва аль-амсаль. جواهر الحكايات والأسئلة و لطائف الرواية والأمثال</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/811/</t>
+  </si>
+  <si>
+    <t>Мактубат кудсия. مكتبات قدسية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/809/</t>
+  </si>
+  <si>
+    <t>Татар ханлары. تاتار خانلاري</t>
+  </si>
+  <si>
+    <t>Мухаммадьяр Султанов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/808/</t>
+  </si>
+  <si>
+    <t>Диван Куддуси. ديوان قدوسي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/807/</t>
+  </si>
+  <si>
+    <t>Даляиль нубувва мухаммади ва шамаиль фатва ахмади. دلائل نبوّة محمّدي و شمائل فتوة أحمدي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/806/</t>
+  </si>
+  <si>
+    <t>Калям шариф тафсире. كلام شريف تفسيري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/805/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/804/</t>
+  </si>
+  <si>
+    <t>Таргыйб аль-фудаля иля тахлис аш-шарига ган аухамат иттихаф аль-удаба. ترغب الفضلأ إلى تخليص الشريعة عن أوهامات اتخاف الأدباء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/803/</t>
+  </si>
+  <si>
+    <t>Кыссаи "Сейф аль-мулюк". قصهء سيف الملوك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/801/</t>
+  </si>
+  <si>
+    <t>Шурут ас-салят. شروط الصلواة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/800/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ар-раби' мин тафсир аль-Кур'ан аль-джалиль аль-мусамма Любаб ат-та'виль фи ма'ани ат-танзиль</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/799/</t>
+  </si>
+  <si>
+    <t>Зубдат аль-масаиль ва мухимма ад-даляиль. زبدة المسائل و مهمة الدلائل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/798/</t>
+  </si>
+  <si>
+    <t>Хусейн афанди аль-Джисри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/797/</t>
+  </si>
+  <si>
+    <t>Рисаля фи хакк аль-байг ва аш-шира. رسالة في حقّ البيع و الشراء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/796/</t>
+  </si>
+  <si>
+    <t>Мин икама аль-бурхан аля арбаб ас-субуль ва аль-аухам. من اقامة البرهان على أرباب السبل و الأوهام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/795/</t>
+  </si>
+  <si>
+    <t>Бидагат хафиза. بضاعة حافظة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/794/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/793/</t>
+  </si>
+  <si>
+    <t>Иикаг аз-зук ва ат-тараб би тард ал-ликаа ар-рагб ва аль-ляхб. ايقاع الذوق ة الطرب بطرد الّقاء الرعب و اللّهب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/792/</t>
+  </si>
+  <si>
+    <t>Китаб Шамг ад-дыя фи тазкира кайм ахль ад-дыя. كتاب شمع الضياء في تدكرة قيم أهل الضياء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/791/</t>
+  </si>
+  <si>
+    <t>Хадис арбагин шарх Гасфури. حديث أربعين شرح عصفوري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/790/</t>
+  </si>
+  <si>
+    <t>Тарджама аль-Масаиль ва джаваб ас-саиль. ترجمة اللمسائل و جواب السائل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/789/</t>
+  </si>
+  <si>
+    <t>Мин таснифат Мухаммад бин Пир Али машхур Пиргали. من تصنيفات محمّد بير علي المشهور بركلي</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Пир-Али бин Искандер аль-Баркави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/788/</t>
+  </si>
+  <si>
+    <t>Джалалуддин Руми маснави шарифеннан сайлама. جلال الدين الرومي مثنوى شريفندن صايلامه</t>
+  </si>
+  <si>
+    <t>Исмаил Гаспринский</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/787/</t>
+  </si>
+  <si>
+    <t>Тәнбиһул гафилин (Гафилләрне уяту). Часть 2</t>
+  </si>
+  <si>
+    <t>Абу аль-Ляйс Самарканди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/786/</t>
+  </si>
+  <si>
+    <t>Танбихуль гафилин (Пробуждение беспечных) Часть 2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/785/</t>
+  </si>
+  <si>
+    <t>Танбихуль гафилин (Пробуждение беспечных) Часть 1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/784/</t>
+  </si>
+  <si>
+    <t>Китаб аль-Арбагин фи аль-хадис. كتاب الأربعين في الحديث</t>
+  </si>
+  <si>
+    <t>Абу Закария Йахья бин Шарафутдин ан-Навави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/783/</t>
+  </si>
+  <si>
+    <t>Натаидж анзар аль-фукаха аль-кирам фи тахрим худур ан-ниса маджлис аль-имтихан. نتائج أنظار الفقهاء الكرام في تحريف حضور النّساء مجلس الامتحان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/782/</t>
+  </si>
+  <si>
+    <t>Фаваид ас-самия фи шарх ан-назм аль-мусамма би-ль-фараид ас-сунния. فوائد السّامية في شرح النظم المسمّة بالفرائد السّنّية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/781/</t>
+  </si>
+  <si>
+    <t>Амали. امالي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/780/</t>
+  </si>
+  <si>
+    <t>Бертуган Бубыйлар һәм Иж-Бубый мәдрәсәсе: Тарихи-документаль җыентык</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/779/</t>
+  </si>
+  <si>
+    <t>Анваруль ашикин. Envâru'l-Âşıkîn</t>
+  </si>
+  <si>
+    <t>Язычоглу Ахмет Бичан</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/778/</t>
+  </si>
+  <si>
+    <t>Китаб Джамиг ар-рамуз ва гывас аль-бахрейн. كتاب جامع الرموز و غواص البحرين</t>
+  </si>
+  <si>
+    <t>Шамсуддин Мухаммд аль-Кухистани,Фахруддин бин Ибрахим-эфенди аль-Казани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/777/</t>
+  </si>
+  <si>
+    <t>аль-Аурад аль-бахаия, Хизб аль-бахр. الأورد البهائية, حزب البحر</t>
+  </si>
+  <si>
+    <t>Бахауддин Накшбанд,Абу Хасан аш-Шазили</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/776/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №23, 24</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/774/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №22</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/773/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №21</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/772/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №20</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/771/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №19</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/770/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/769/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №17</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/768/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/767/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/766/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/765/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/764/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/763/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/762/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/761/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/760/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/759/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/758/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/757/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/756/</t>
+  </si>
+  <si>
+    <t>"Шура", 1917 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/755/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №24</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/754/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №23</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/753/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №22</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/752/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №21</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/751/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №20</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/750/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №19</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/749/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/748/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №17</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/747/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/746/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/745/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/744/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/743/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/742/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/741/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/740/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/739/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/738/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/737/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/736/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/735/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/734/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/733/</t>
+  </si>
+  <si>
+    <t>"Шура", 1916 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/732/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №24</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/731/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №23</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/730/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №22</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/729/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №21</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/728/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №20</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/727/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №19</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/726/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/725/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №17</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/724/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/723/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/722/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/721/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/720/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/719/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/718/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/717/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/716/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/715/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/714/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/713/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/712/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/711/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/710/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/709/</t>
+  </si>
+  <si>
+    <t>"Шура", 1915 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/708/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №24</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/707/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №23</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/706/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №22</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/705/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №21</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/704/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №20</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/703/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №19</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/702/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/701/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №17</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/700/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/699/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/698/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/697/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/696/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/695/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/694/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/693/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/692/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/691/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/690/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/689/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/688/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/687/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/686/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/685/</t>
+  </si>
+  <si>
+    <t>"Шура", 1914 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/684/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №24</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/683/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №23</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/682/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №22</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/681/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №21</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/680/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №20</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/679/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №19</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/678/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/677/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №17</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/676/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/675/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/674/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/673/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/672/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/671/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/670/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/669/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/668/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/667/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/666/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/665/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/664/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/663/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/662/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/661/</t>
+  </si>
+  <si>
+    <t>"Шура", 1913 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/660/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №24</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/659/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №23</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/658/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №22</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/657/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №21</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/656/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №20</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/655/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №19</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/654/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/653/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №17</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/652/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/651/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/650/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/649/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/648/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/647/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/646/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/645/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/644/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/643/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/642/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/641/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/640/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/639/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/638/</t>
+  </si>
+  <si>
+    <t>"Шура", 1912 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/637/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №24</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/636/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №23</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/635/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №22</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/634/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №21</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/633/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №20</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/632/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №19</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/631/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/630/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №17</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/629/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/628/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/627/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/626/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/625/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/624/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/623/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/622/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/621/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/620/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/619/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/618/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/617/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/616/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/615/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/614/</t>
+  </si>
+  <si>
+    <t>"Шура", 1911 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/613/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №24</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/612/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №23</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/611/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №22</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/610/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №21</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/609/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №20</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/608/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №19</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/607/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/606/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №17</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/605/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/604/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/603/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/602/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/601/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/600/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/599/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/598/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. № 9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/597/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. № 8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/596/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. № 7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/595/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/594/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/593/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/592/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/591/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/590/</t>
+  </si>
+  <si>
+    <t>"Шура", 1910 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/589/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №24</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/588/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №23</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/587/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №22</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/586/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №21</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/585/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №20</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/584/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №19</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/583/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/582/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №17</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/581/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/580/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/579/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/578/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/577/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/576/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/575/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/574/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/573/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/572/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/571/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/570/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/569/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №5</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/568/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/567/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/566/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №2</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/565/</t>
+  </si>
+  <si>
+    <t>"Шура", 1909 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/564/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №18</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/563/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №16</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/562/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №15</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/561/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №14</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/560/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №13</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/559/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №12</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/558/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №11</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/557/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №10</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/556/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №9</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/555/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №8</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/554/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №7</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/553/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №6</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/552/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №4</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/551/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №3</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/550/</t>
+  </si>
+  <si>
+    <t>"Шура", 1908 г. №1</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/549/</t>
+  </si>
+  <si>
+    <t>Казан ханлыгы. قزان خانلغي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/548/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин аль-Джамиг ас-сагыр фи ахадис аль-башир ва назир. الجزء الأول من الجميع الصغير في أحديث البشير و نذير</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/547/</t>
+  </si>
+  <si>
+    <t>Хакк аль-магрифа ва хуснуль-идрак. حقّ المعرفة و حسن الإدراك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/546/</t>
+  </si>
+  <si>
+    <t>Ильджам аль-авам ан ильм аль-калям. إلجام العوام عن علم الكلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/544/</t>
+  </si>
+  <si>
+    <t>Тафсир аль-Джаляляйн. تفسير الجلالين</t>
+  </si>
+  <si>
+    <t>Джалалетдин Мухаммад бин Ахмад аль-Махалли,Джалаледдин Абдуррахман бин Абу Бакр ас-Суютый</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/543/</t>
+  </si>
+  <si>
+    <t>Аль-Хадара аль-ислямия фи Казан асыма Татарстан. الحضارة الإسلامية في قازان عاصمة تتارستان</t>
+  </si>
+  <si>
+    <t>Раби Ридван аль-Умари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/542/</t>
+  </si>
+  <si>
+    <t>Ат-Татар шавахид далиль ва шаахид намузиджан фи аль-гарба Казан асыма Татарстан. التتار شواهد دليل و شاهد نموذجا في الغربة قازان عاصمة تتارستان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/541/</t>
+  </si>
+  <si>
+    <t>Китаб ат-Таухид. كتاب التوحيد</t>
+  </si>
+  <si>
+    <t>Абу Мансур Мухаммад ибн Мухаммад ибн Махмуд аль-Матуриди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/540/</t>
+  </si>
+  <si>
+    <t>Шавахид аль-хакк фи аль-истигаса би сайид аль-хальк. شواهد الحق في الاستغاثة بسيد الخلق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/536/</t>
+  </si>
+  <si>
+    <t>Тафсир аль-Джаляляйн.الجزء الأول من تفسير الحلالين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/535/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/533/</t>
+  </si>
+  <si>
+    <t>Гыймадуль ислам фи арканиль хамса. عماد الإسلام في أركان الخمسة</t>
+  </si>
+  <si>
+    <t>Габдульгазиз эфенди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/531/</t>
+  </si>
+  <si>
+    <t>Хаза китаб фи баян миградж ан-Наби, саллялЛаху галейхи ва саллям. هذا كتاب في بيان معراج النّبيّ صلّى الله عليه و سلّم</t>
+  </si>
+  <si>
+    <t>Мухаммад Тайиб бин Мулла Гыйльман</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/530/</t>
+  </si>
+  <si>
+    <t>Хуласат аль-масаиль ва мухиммат ад-далаиль. خلاصة المسائل و محمّة الدّلائل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/529/</t>
+  </si>
+  <si>
+    <t>Дурар аль-масаиль ва кашкуль ад-далаиль. درر المسائل و كشكول الدّلائل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/528/</t>
+  </si>
+  <si>
+    <t>Джавамигуль калим. جوامع الكلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/527/</t>
+  </si>
+  <si>
+    <t>аль-Фикх аль-акбар. الفقه الاكبار</t>
+  </si>
+  <si>
+    <t>Абу Ханифа ан-Нугман бин Сабит аль-Куфи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/521/</t>
+  </si>
+  <si>
+    <t>Хаят аль-хаяван. حيات الحيوان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/520/</t>
+  </si>
+  <si>
+    <t>Тафсир фаваид. تفسير فوائد</t>
+  </si>
+  <si>
+    <t>Мухаммад-Зариф Амирхан</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/519/</t>
+  </si>
+  <si>
+    <t>Ислам хам гыйбадат. ئيسلام هەم عيبادەت</t>
+  </si>
+  <si>
+    <t>Шакир Шайхисламович Хиялетдинов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/518/</t>
+  </si>
+  <si>
+    <t>Мухтасар аль-макаль галя шарх аль-Фикх аль-акбар. مختصر المقال على شرح الفقه الاكبر</t>
+  </si>
+  <si>
+    <t>Абу аль-Хасан Атаулла аль-Курсави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/517/</t>
+  </si>
+  <si>
+    <t>Гакаид. Гибадат ислямия. عقائد. عبادات اسلامية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/516/</t>
+  </si>
+  <si>
+    <t>Руза, закят ва хадж. روزه زكات وحج</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/515/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/514/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/513/</t>
+  </si>
+  <si>
+    <t>Тахарат. طهارت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/512/</t>
+  </si>
+  <si>
+    <t>Ихтари кабир. اخترى كبير</t>
+  </si>
+  <si>
+    <t>Мустафа бин Шамсуддин аль-Ихтари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/511/</t>
+  </si>
+  <si>
+    <t>Мишкат аль-масабих. مشكوة المصابيح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/510/</t>
+  </si>
+  <si>
+    <t>Шарх Гайн аль-гильм. شرح عين العلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/509/</t>
+  </si>
+  <si>
+    <t>Усман бин Али аз-Зайляи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/504/</t>
+  </si>
+  <si>
+    <t>Касас аль-анбия. قصص الانبياء</t>
+  </si>
+  <si>
+    <t>Насыруддин бин Бурхануддин Рабгузи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/503/</t>
+  </si>
+  <si>
+    <t>аль-Хиярат аль-хисан фи манакыб Аби Ханифа. الخيرات الحسان في مناقب أبي حنيفة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/502/</t>
+  </si>
+  <si>
+    <t>Хашия ли Исмаил аль-Каланбави галя джаляль аль-гакаид. حاشية لاسماعيل الكلنبوي على الجلال العقائد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/501/</t>
+  </si>
+  <si>
+    <t>Баян ас-сунна. بيان السنة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/498/</t>
+  </si>
+  <si>
+    <t>Хадия ас-саглук матне тарджемасе. هدية الصعلوك متني ترجمه سي</t>
+  </si>
+  <si>
+    <t>Шихабуддин бин Абдульазиз</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/493/</t>
+  </si>
+  <si>
+    <t>"Мифтах аль-Куран". II том</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/490/</t>
+  </si>
+  <si>
+    <t>"Мифтах аль-Куран". I том "Калям Шариф"</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/489/</t>
+  </si>
+  <si>
+    <t>Фикх аль-Куран. فقه القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/487/</t>
+  </si>
+  <si>
+    <t>Низам ат-таквим фи-ль-ислам. نظام التقويم في الاسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/482/</t>
+  </si>
+  <si>
+    <t>Муфассаль гыйльм халь («Подробное изложение насущного знания»). مفصّل علم حال</t>
+  </si>
+  <si>
+    <t>Губайдулла Мухаммад Файзи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/481/</t>
+  </si>
+  <si>
+    <t>Рисаля фи аль-джанаиз. رسالة في الجنائز</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/476/</t>
+  </si>
+  <si>
+    <t>Татар алифбасы. تاتار ألفباسى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/475/</t>
+  </si>
+  <si>
+    <t>аль-Муртаабу. المرتأب</t>
+  </si>
+  <si>
+    <t>Шакирзян ат-Тахири</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/474/</t>
+  </si>
+  <si>
+    <t>Бина аль-ислам. بناء الاسلام</t>
+  </si>
+  <si>
+    <t>Мухаммадкарим Дибирдеев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/472/</t>
+  </si>
+  <si>
+    <t>Кырк сюаль (Сорок вопросов)</t>
+  </si>
+  <si>
+    <t>Фурати</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/471/</t>
+  </si>
+  <si>
+    <t>аль-Арбагинат аль-мутасалсиля. الاربعينات المتسلسلة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/468/</t>
+  </si>
+  <si>
+    <t>Ахадис набавия. أحاديث نبويّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/467/</t>
+  </si>
+  <si>
+    <t>Ахадис мунтахаба. احاديث منتخبه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/466/</t>
+  </si>
+  <si>
+    <t>Муаллим аль-гибадат. معلم العبادات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/465/</t>
+  </si>
+  <si>
+    <t>аль-Укуд ас-саляс: никах, талак, йамин. العقود الثلاث نكاح طلاق يمين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/463/</t>
+  </si>
+  <si>
+    <t>Рахбар Ислам. رهبر اسلام</t>
+  </si>
+  <si>
+    <t>Якуб Халили</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/462/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/461/</t>
+  </si>
+  <si>
+    <t>Китаб Аййухаль-валяд. كتاب ايها الولد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/460/</t>
+  </si>
+  <si>
+    <t>аль-Арбагин ан-Навави. الاربعين النووي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/459/</t>
+  </si>
+  <si>
+    <t>Хутбалар маджмугасы. خطبه لر مجموعه سى</t>
+  </si>
+  <si>
+    <t>Абдуррахман Ниязи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/458/</t>
+  </si>
+  <si>
+    <t>Манбит аль-магариф. منبت المعارف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/457/</t>
+  </si>
+  <si>
+    <t>Мен да бер хадис. 1001 حديث</t>
+  </si>
+  <si>
+    <t>Гариф Бик</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/456/</t>
+  </si>
+  <si>
+    <t>Мабда-уль-кыраа. مبدأ القراءة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/455/</t>
+  </si>
+  <si>
+    <t>Мухтасар тарих ислам. مختصر تريخ اسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/454/</t>
+  </si>
+  <si>
+    <t>аль-Ахляк аль-кабиха ва аль-ахляк аль-хасана. الاخلاق القبيحة والاخلاق الحسنة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/453/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/452/</t>
+  </si>
+  <si>
+    <t>Мугаллим шарига. معلم الشريعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/451/</t>
+  </si>
+  <si>
+    <t>Мунтазым кыраат китабы. منتظم قرائت كتابى</t>
+  </si>
+  <si>
+    <t>Султан Рахманкулов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/450/</t>
+  </si>
+  <si>
+    <t>Наху тарджемасе. نحو ترجمەسى</t>
+  </si>
+  <si>
+    <t>Хайрулла бин Усман</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/449/</t>
+  </si>
+  <si>
+    <t>Фан тадрис. فن تدريس</t>
+  </si>
+  <si>
+    <t>Абдулла Шанаси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/448/</t>
+  </si>
+  <si>
+    <t>Мукаддима аль-Джазари. مقدمة الجزري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/447/</t>
+  </si>
+  <si>
+    <t>Полный русско-татарский словарь</t>
+  </si>
+  <si>
+    <t>Абдуррахман Карам,Султан Рахманкулов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/446/</t>
+  </si>
+  <si>
+    <t>История ислама с основания до новейших времен</t>
+  </si>
+  <si>
+    <t>Мюллер Фридрих Август</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/445/</t>
+  </si>
+  <si>
+    <t>Мабда-ун-наху. مبدأ النحو</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/444/</t>
+  </si>
+  <si>
+    <t>Мабда-ус-сарф. مبدأ الصرف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/443/</t>
+  </si>
+  <si>
+    <t>Явная истина</t>
+  </si>
+  <si>
+    <t>Усама ас-Саид Махмуд аль-Азхари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/438/</t>
+  </si>
+  <si>
+    <t>аль-Ихтиляф би мавалид аль-анбия. الاحتلاف بموالد الانبياء</t>
+  </si>
+  <si>
+    <t>Ахмад Мухаммад Нурсайф аль-Махири</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/436/</t>
+  </si>
+  <si>
+    <t>ан-Нур аль-мубин фи кавагид гакаид ад-дин. النور المبين في قواعد عقائد الدين</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Ахмад аль-Кальби аль-Гарнатый</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/434/</t>
+  </si>
+  <si>
+    <t>Тавил мушкилят аль-Бухари. تأويل مشكلات البخاري</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Юсуф ас-Сануси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/433/</t>
+  </si>
+  <si>
+    <t>Тавилят аль-Куран. تأويلات القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/432/</t>
+  </si>
+  <si>
+    <t>аль-Хакк аль-мубин фи ар-радд галя ман талагаба би ад-дин. الحقّ المبين في الردّ على من تلاعب بالدّين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/431/</t>
+  </si>
+  <si>
+    <t>Балаларга үгет нәсыйхәт</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/430/</t>
+  </si>
+  <si>
+    <t>Беренче китаб. برنجي كتاب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/428/</t>
+  </si>
+  <si>
+    <t>Китаб Салят очен татимма. كتاب صلوة أيجون تتمّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/427/</t>
+  </si>
+  <si>
+    <t>Казан тарихы. قزان تاريحي</t>
+  </si>
+  <si>
+    <t>Гайнутдин Ахмеров</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/426/</t>
+  </si>
+  <si>
+    <t>Усуль джаграфия кабир. أصول جغرفياى كبير</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/425/</t>
+  </si>
+  <si>
+    <t>Тарбияле хатын. تربيه‌لى خاتون</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/424/</t>
+  </si>
+  <si>
+    <t>Мадхаль гарабия. مدخل عربية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/422/</t>
+  </si>
+  <si>
+    <t>Мактап ва закят. Хазина ва земства ярдаме. مكتب و زكات. خزينة و زيمستوا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/421/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин китаб Хусуль аль-араб фи наху лисан аль-гараб. الجزء الأوّل من كتاب حصول الأرب في نحو لسان العرب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/420/</t>
+  </si>
+  <si>
+    <t>Хасан аль-машраб фи сарф лисан аль-гараб. حسن المشرب في صرف العرب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/419/</t>
+  </si>
+  <si>
+    <t>Гильм джабар. علم جبر</t>
+  </si>
+  <si>
+    <t>Тахир Ахмад Ильяси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/418/</t>
+  </si>
+  <si>
+    <t>Кавагид аль-хисаб. قواعد الحساب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/417/</t>
+  </si>
+  <si>
+    <t>Савадхаван. سواد خوان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/416/</t>
+  </si>
+  <si>
+    <t>Хулясаи тарих ислам. خلاصاء تارخ الإسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/415/</t>
+  </si>
+  <si>
+    <t>Тарджама Мухтасар аль-Викая. ترجمة مختصر الوقاية</t>
+  </si>
+  <si>
+    <t>Мухаммад Салях</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/414/</t>
+  </si>
+  <si>
+    <t>"Тухфат аль-мулюк" тарджемасе. تحفة الملوك ترجمه سي تركيبيه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/413/</t>
+  </si>
+  <si>
+    <t>Мухтасар аль-Кудури. مختصر القدوري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/412/</t>
+  </si>
+  <si>
+    <t>Истифтах. استفتاح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/411/</t>
+  </si>
+  <si>
+    <t>Кыйссасел-анбия или история пророков</t>
+  </si>
+  <si>
+    <t>Джагфар Мубарак</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/410/</t>
+  </si>
+  <si>
+    <t>аль-Муфид. المفيد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/409/</t>
+  </si>
+  <si>
+    <t>Ислам настоящий и вымышленный</t>
+  </si>
+  <si>
+    <t>Фарид Салман</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/408/</t>
+  </si>
+  <si>
+    <t>Мөселманнар Бөек Ватан сугышында. Мусульмане в Великой Отечественной войне</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/407/</t>
+  </si>
+  <si>
+    <t>"...Мин кулыма Китап алам" ("...Я беру в руки Книгу")</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/406/</t>
+  </si>
+  <si>
+    <t>ас-Сайф аль-машхур фи шарх гакыйда Аби Мансур. السيف المشهور في شرح عقيدة أبي منصور</t>
+  </si>
+  <si>
+    <t>Абу Мансур аль-Ваххаб бин Али ас-Субки</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/405/</t>
+  </si>
+  <si>
+    <t>Китаб Хазрати Юсуф алейхи ас-салям. كتاب حضرت يوسف عليه السلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/404/</t>
+  </si>
+  <si>
+    <t>Китаб аль-Фаваид аль-мухимма. كتاب الفوائد المهمّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/403/</t>
+  </si>
+  <si>
+    <t>Китаб Мунтахаб ал-вафийа. كتاب منتخب الوفية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/402/</t>
+  </si>
+  <si>
+    <t>Китаб Хакк аль-марифа ва хусн аль-идрак. كتاب حقّ المعرفة و حسن الإدراك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/401/</t>
+  </si>
+  <si>
+    <t>Намунаи ахляк. نمونهء أخلاق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/400/</t>
+  </si>
+  <si>
+    <t>ад-Дурус аш-шифахия ч.2 الدروس الشفهية الجزء الثاني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/399/</t>
+  </si>
+  <si>
+    <t>Дунья маглюматы. دنيا معلوماتي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/398/</t>
+  </si>
+  <si>
+    <t>Себер тарихы. سبير تاريخي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/397/</t>
+  </si>
+  <si>
+    <t>Тафсир Нугмани.تقسير نعماني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/396/</t>
+  </si>
+  <si>
+    <t>Тафсир Нугмани. تفسير نعماني</t>
+  </si>
+  <si>
+    <t>Нугман бин Амир бин Усман</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/395/</t>
+  </si>
+  <si>
+    <t>Исламские течения и группы</t>
+  </si>
+  <si>
+    <t>Дамир Шагавиев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/394/</t>
+  </si>
+  <si>
+    <t>Хашия Абдульгафур аля аль-Джами. حاشية عبدالغفور على جميع</t>
+  </si>
+  <si>
+    <t>Абдульгафур аль-Ляри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/393/</t>
+  </si>
+  <si>
+    <t>Касас аль-анбия. قصص الأنبياء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/392/</t>
+  </si>
+  <si>
+    <t>Касас аль-анбия Рабгузи. قصص الأنبياء ربغوزي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/391/</t>
+  </si>
+  <si>
+    <t>аль-Хашия галя аль-Джами. الحاشية على الجميع</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/390/</t>
+  </si>
+  <si>
+    <t>Арабо-мусульманский мир: история, география, общество</t>
+  </si>
+  <si>
+    <t>Марина Анатольевна Сапронова</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/386/</t>
+  </si>
+  <si>
+    <t>Йуз кавагид фикхия ва йуз кавагид усулия далил ва масаилляре иля. يوز قواعد فقهية و يوز قواعد أصولية دلايل و مسائل لاري ايله</t>
+  </si>
+  <si>
+    <t>Нургали бин Хасан бин Ахсилаль-Буави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/384/</t>
+  </si>
+  <si>
+    <t>аль-Гаватыф аль-хамидия фи ас-саяхат ан-нурия. العواطف الحميدية في السّياحات النّوريّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/383/</t>
+  </si>
+  <si>
+    <t>Джаулан. جولان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/382/</t>
+  </si>
+  <si>
+    <t>Шарх Ширгат аль-ислам. شرح شرعة الإسلام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/381/</t>
+  </si>
+  <si>
+    <t>Хәзрәти Мөхәммәд (аңа Аллаһының салаваты һәм сәламе булсын)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/380/</t>
+  </si>
+  <si>
+    <t>Корбан</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/379/</t>
+  </si>
+  <si>
+    <t>Сихердән сак булыгыз!</t>
+  </si>
+  <si>
+    <t>Нияз Сабиров,Руслан Фахретдинов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/378/</t>
+  </si>
+  <si>
+    <t>Что такое Ислам?</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/377/</t>
+  </si>
+  <si>
+    <t>Что такое халяль?</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/376/</t>
+  </si>
+  <si>
+    <t>Сорок основных хадисов ханафитского мазхаба в вопросах поклонения</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/375/</t>
+  </si>
+  <si>
+    <t>Гыйбадəт кылуга кагылышлы кырык хәдис</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/374/</t>
+  </si>
+  <si>
+    <t>Мәүлид китабы</t>
+  </si>
+  <si>
+    <t>Нияз Сабиров</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/373/</t>
+  </si>
+  <si>
+    <t>Паспорт ахирата для путника вечности</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/372/</t>
+  </si>
+  <si>
+    <t>Мәңгелеккә юл тотучының ахирәт паспорты</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/371/</t>
+  </si>
+  <si>
+    <t>Пәйгамбәр-намә</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/370/</t>
+  </si>
+  <si>
+    <t>Акыда</t>
+  </si>
+  <si>
+    <t>Абдулла Адыгамов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/369/</t>
+  </si>
+  <si>
+    <t>Гакыйдә</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/368/</t>
+  </si>
+  <si>
+    <t>Что такое мазхаб?</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/367/</t>
+  </si>
+  <si>
+    <t>Рисәләи газизә</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/366/</t>
+  </si>
+  <si>
+    <t>Наставления Лукмана Хакима</t>
+  </si>
+  <si>
+    <t>Джалиль Фазлыев</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/365/</t>
+  </si>
+  <si>
+    <t>Тәһарәт һәм намаз</t>
+  </si>
+  <si>
+    <t>Ильдус Фаизов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/364/</t>
+  </si>
+  <si>
+    <t>Аятел-Көрси тәфсире</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/363/</t>
+  </si>
+  <si>
+    <t>Хадисы, которые по согласию большинства являются вмышленными</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/362/</t>
+  </si>
+  <si>
+    <t>Назурат аль-хакк фи фардыйа аль-гиша ва ин лям йагыб аш-шафак. ناظورة الحقّ في فرضيّة العشاء و إن لم يغب الشّفق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/361/</t>
+  </si>
+  <si>
+    <t>Авыр вакытта укыла торган догалар</t>
+  </si>
+  <si>
+    <t>Рауф Пахлеван</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/360/</t>
+  </si>
+  <si>
+    <t>Коръән догалары</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/359/</t>
+  </si>
+  <si>
+    <t>Пәйгамбәребез өйрәткән көндәлек догалар</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/358/</t>
+  </si>
+  <si>
+    <t>Локман Хәким нәсыйхәтләре</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/357/</t>
+  </si>
+  <si>
+    <t>Ураза</t>
+  </si>
+  <si>
+    <t>Камиль Самигуллин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/356/</t>
+  </si>
+  <si>
+    <t>Рассказы и назидания из тафсира «Рухуль-Байан»</t>
+  </si>
+  <si>
+    <t>Реджеп Тутар</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/355/</t>
+  </si>
+  <si>
+    <t>Тәварихы болгария (Болгар тарихы)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/354/</t>
+  </si>
+  <si>
+    <t>Тахарат и намаз</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/353/</t>
+  </si>
+  <si>
+    <t>Словарь исламских терминов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/352/</t>
+  </si>
+  <si>
+    <t>Положение о богослужениях</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/351/</t>
+  </si>
+  <si>
+    <t>Мухаммад (да благословит его Аллах и да приветствует)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/350/</t>
+  </si>
+  <si>
+    <t>Ишанларга хитаб! ايشانلرغه خطاب!</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/349/</t>
+  </si>
+  <si>
+    <t>Изхар аль-хакк. اظهار الحقّ</t>
+  </si>
+  <si>
+    <t>Рахматулла бин Халилуррахман Кайруани аль-Хинди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/348/</t>
+  </si>
+  <si>
+    <t>аль-Джуз ас-сани мин Шарх Мухтасар аль-викая. الجزء الثاني من شرح مختصر الوقاية</t>
+  </si>
+  <si>
+    <t>Убайдулла ибн Масуд ибн Таджушшариа</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/347/</t>
+  </si>
+  <si>
+    <t>Табсыра аль-муршидин. تبصرة المرشدين</t>
+  </si>
+  <si>
+    <t>Мухаммад-Закир бин Абдульваххаб аль-Чистави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/346/</t>
+  </si>
+  <si>
+    <t>Мухаммадия. محمّديّة</t>
+  </si>
+  <si>
+    <t>Мухаммад Челеби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/345/</t>
+  </si>
+  <si>
+    <t>аль-Джуз аль-ауваль мин Джами ас-сагыйр фи ахадис аль-башир ан-назир. الجزء الأوّل من جميع الصغير في أحاديث البشير النّذير</t>
+  </si>
+  <si>
+    <t>Абдуррахман ибн Абу Бакр ас-Суютый</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/344/</t>
+  </si>
+  <si>
+    <t>Китаб Мухтасар аль-Викая фи масаил аль-хидая. كتاب مختصر الوقاية في مسائل الهداية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/343/</t>
+  </si>
+  <si>
+    <t>Наджм ат-таварих. نجم التّواريح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/342/</t>
+  </si>
+  <si>
+    <t>Хукм тарджама аль-Куран аль-газыйм. حكم ترجمة القرآن العظيم</t>
+  </si>
+  <si>
+    <t>Мухаммад бин аль-Хасан аль-Хаджави аль-Магриби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/341/</t>
+  </si>
+  <si>
+    <t>аль-Джильд аль-ауваль мин Шарх Гайн аль-гильм. الجلد الأوّل من شرح عين العلم</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/340/</t>
+  </si>
+  <si>
+    <t>Тәһрәттән башлыйк (Әүвәл нәзафәт)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/336/</t>
+  </si>
+  <si>
+    <t>Ислам тарихы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/335/</t>
+  </si>
+  <si>
+    <t>Лисан аль-гараб. لسان العرب</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Мукаррам ибн Манзур</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/334/</t>
+  </si>
+  <si>
+    <t>аль-Хакк аль-мубин фи махасин аудаг ад-дин. الحقّ المبين في محاسن أوضاع الدّين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/332/</t>
+  </si>
+  <si>
+    <t>Хакк аль-магрифа ва хуснуль-идрак бима яльзиму фи вуджуб аль-фитр ва аль-имсак. حقّ المعرفة و حسن الإدراك بنا يلزم في وجوب الفطر و الإمساك</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/331/</t>
+  </si>
+  <si>
+    <t>Полный русско-арабский словарь</t>
+  </si>
+  <si>
+    <t>Пантелеймон Крестович Жузе</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/330/</t>
+  </si>
+  <si>
+    <t>аль-Ахилля: назра шумулия ва дирасат фалакия. الأهلّة: نظرة شموليّة و درسات فلكيّة</t>
+  </si>
+  <si>
+    <t>Аднан Абдульмуним Кадый</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/328/</t>
+  </si>
+  <si>
+    <t>Шарх ас-Сияр аль-кабир. شرح السّير الكبير</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/322/</t>
+  </si>
+  <si>
+    <t>Иршад ас-сара иля манасик Мулла Али аль-Кари. إرشاد السارى إلى مناسك ملّا علي القاري</t>
+  </si>
+  <si>
+    <t>Хусейн бин Мухаммадсаид Абдульгани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/321/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/320/</t>
+  </si>
+  <si>
+    <t>Мухтасар аль-Кудури тарджемасе. مختصر القدوري ترجمه سي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/319/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/318/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/312/</t>
+  </si>
+  <si>
+    <t>Мухтасар тарих гомумы. مختصر تاريح عمومي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/304/</t>
+  </si>
+  <si>
+    <t>Джуграфия гомумы. جغرافياى عمومي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/303/</t>
+  </si>
+  <si>
+    <t>Мугаллим сани. معلّم ثاني</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/301/</t>
+  </si>
+  <si>
+    <t>Бадавам китабы. بدوام كتابي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/296/</t>
+  </si>
+  <si>
+    <t>Фан ат-таджвид. فن التّجويد</t>
+  </si>
+  <si>
+    <t>Шахид Ауни</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/295/</t>
+  </si>
+  <si>
+    <t>Шарк тарихы. شرق تاريخي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/294/</t>
+  </si>
+  <si>
+    <t>Койле иман. كويلي ايمان</t>
+  </si>
+  <si>
+    <t>Ахмадгарай бин Мухаммадгата</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/293/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/292/</t>
+  </si>
+  <si>
+    <t>Таудых мага хашиятайхи ат-Талвих ва Шарх аш-шарх. توضيح مع حشيتيه التلويح و شرح الشرح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/280/</t>
+  </si>
+  <si>
+    <t>Хаза китаб Гайн аль-гильм. هذا كتاب عين العلم</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Усман аль-Хинди</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/278/</t>
+  </si>
+  <si>
+    <t>Китаб аль-Фикх аль-акбар. كتاب الفقه الأكبر</t>
+  </si>
+  <si>
+    <t>Али бин Султан Мухаммад аль-Кари,Абу Ханифа ан-Нуман бин Сабит аль-Куфи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/276/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Фикх аль-акбар ли Аби Ханифа ан-Нугман. شرح الفقه الأكبر لأبي حنبفة النّعمان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/258/</t>
+  </si>
+  <si>
+    <t>Макана аль-имам Аби Ханифа байна аль-мухаддисин. مكانة الإمام أبي حنيفة بين المحدّثين</t>
+  </si>
+  <si>
+    <t>Мухаммад Касим аль-Хариси</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/257/</t>
+  </si>
+  <si>
+    <t>Маджмуга расаил аль-Лякнави. مجموعة رسائل اللّكناوي</t>
+  </si>
+  <si>
+    <t>Абдульхай аль-Лякнави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/256/</t>
+  </si>
+  <si>
+    <t>Ихтиляф Аби Ханифа ва ибн Аби Ляйля. اختلاف أبي حنيفة و ابن أبي ليلى</t>
+  </si>
+  <si>
+    <t>Абу Йусуф Йакуб бин Ибрахим аль-Ансари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/255/</t>
+  </si>
+  <si>
+    <t>Озын коннарда руза. اوزون كونلرده روزه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/247/</t>
+  </si>
+  <si>
+    <t>Уфак фикерляр. اوفق فكرلر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/246/</t>
+  </si>
+  <si>
+    <t>Шаригать ни очен руъяте игтибар итмеш? شريعت نيجون رؤينى اعتبار ايتمش</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/245/</t>
+  </si>
+  <si>
+    <t>аль-Лузумиййат. اللّزوميّات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/244/</t>
+  </si>
+  <si>
+    <t>Закят</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/243/</t>
+  </si>
+  <si>
+    <t>Хукук асасия. حقوق اساسية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/241/</t>
+  </si>
+  <si>
+    <t>Ибн Гараби. ابن عربي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/237/</t>
+  </si>
+  <si>
+    <t>"Шура"нын тел ярышы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/236/</t>
+  </si>
+  <si>
+    <t>Имам Газали</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/235/</t>
+  </si>
+  <si>
+    <t>Шейх Зайнулла</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/234/</t>
+  </si>
+  <si>
+    <t>"Тальфик аль-ахбар ва талькых аль-асар фи вакаи Казан ва Булгар ва мулюк ат-татар"</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/233/</t>
+  </si>
+  <si>
+    <t>Джавами аль-калим шархы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/229/</t>
+  </si>
+  <si>
+    <t>Муаллим ауваль</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/228/</t>
+  </si>
+  <si>
+    <t>"Тарика Мухаммадия" тарджемасе</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/227/</t>
+  </si>
+  <si>
+    <t>Намаз</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/215/</t>
+  </si>
+  <si>
+    <t>Гарби алифба</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/214/</t>
+  </si>
+  <si>
+    <t>Гакаид</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/213/</t>
+  </si>
+  <si>
+    <t>Китаб аль-Кудури</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/212/</t>
+  </si>
+  <si>
+    <t>Гарабият</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/211/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/209/</t>
+  </si>
+  <si>
+    <t>Расемле джаграфия</t>
+  </si>
+  <si>
+    <t>Закир Шакиров</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/208/</t>
+  </si>
+  <si>
+    <t>Кутуб ситта ва муаллифляры</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/207/</t>
+  </si>
+  <si>
+    <t>Муфассаль гильм халь. مفصل علم حال</t>
+  </si>
+  <si>
+    <t>Зуфар бин Мулла Ахмад Шакир Касими,мелла Сабирджан бин Габдульбадиг</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/206/</t>
+  </si>
+  <si>
+    <t>Фан ат-таджвид</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/187/</t>
+  </si>
+  <si>
+    <t>Гыйбратле хикаяляр</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/186/</t>
+  </si>
+  <si>
+    <t>Тарих анбия. تاريح انبياء</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/185/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/184/</t>
+  </si>
+  <si>
+    <t>Хаза маджамаг аль-фаваид ва сура аль-хасаис. هذا مجمع الفوائد و سورة الخصائص</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/183/</t>
+  </si>
+  <si>
+    <t>Хазаин аль-изан. خزائن الايذان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/182/</t>
+  </si>
+  <si>
+    <t>Хаза Китаб ат-тыбб фи хасыя багды аль-адвия</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/181/</t>
+  </si>
+  <si>
+    <t>Дога маджмугасы</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/180/</t>
+  </si>
+  <si>
+    <t>"Навадир" тарджемасе</t>
+  </si>
+  <si>
+    <t>Шихабуддин бин Саляма аль-Мисри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/179/</t>
+  </si>
+  <si>
+    <t>Мухтасар иман</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/178/</t>
+  </si>
+  <si>
+    <t>Ахляк рисалясе</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/177/</t>
+  </si>
+  <si>
+    <t>Мунияту аль-мусалли тарджемасе туркича. منية المصلى ترجمەسى تركېچە</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/176/</t>
+  </si>
+  <si>
+    <t>Китаб Хадия ас-саглук шарх Тухфат аль-мулюк. كتاب هدية الصعلوك شرح تحفة الملوك</t>
+  </si>
+  <si>
+    <t>Ахмад бин Мухаммад бин Ариф аз-Зайли</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/172/</t>
+  </si>
+  <si>
+    <t>Хазрати Мухаммад. حضرت محمد (صلى الله عليه و سلم)</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/169/</t>
+  </si>
+  <si>
+    <t>Китаб Баян ас-сунна гакаид Тахавия. كتاب بيان السنة عقائد طحاوية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/167/</t>
+  </si>
+  <si>
+    <t>Раудат аль-гуляма</t>
+  </si>
+  <si>
+    <t>Али бин Яхья бин Мухаммад аз-Зандависти аль-Бухари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/166/</t>
+  </si>
+  <si>
+    <t>Хиляль. هلال</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/165/</t>
+  </si>
+  <si>
+    <t>Асхаб кирам. أصحاب كرام</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/164/</t>
+  </si>
+  <si>
+    <t>Тальфик аль-ахбар ва талькых аль-асар фи вакаи' Казан ва Булгар ва мулюк ат-татар. تلفيق الأخبار و تلقيح الأثار في وقائع قازان و بلغار و ملوك التّتار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/163/</t>
+  </si>
+  <si>
+    <t>аль-Китаб аль-Хикма аль-балига аль-джанния фи шарх аль-Гакаид аль-ханафийа. الكتاب الحكمة البالغة الجنّيّة في شرح العقائد الحنفيّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/162/</t>
+  </si>
+  <si>
+    <t>аль-Джаннату ва нагимуха ли ман йусалли ва йусаллиму галейхи. الجنة ونعيمها لمن يصلي و يسلم عليه</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/161/</t>
+  </si>
+  <si>
+    <t>Алим бин Аляульансари аль-Хинди ад-Дехляви</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/159/</t>
+  </si>
+  <si>
+    <t>аль-Мультакат фи аль-фатава аль-ханафия</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/157/</t>
+  </si>
+  <si>
+    <t>Татар аль-Фулга: тарих ва хадара (Татары Поволжья: история и культура)</t>
+  </si>
+  <si>
+    <t>Саид Ибрахим Каридия</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/153/</t>
+  </si>
+  <si>
+    <t>Гарабча наху татар теленда</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/152/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/150/</t>
+  </si>
+  <si>
+    <t>Тюркская касыда "Мавлид ан-Наби" (да благославит его Аллах и да приветствует)</t>
+  </si>
+  <si>
+    <t>Кывам-карый Зульфакари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/144/</t>
+  </si>
+  <si>
+    <t>ат-Танбихат аль-мухимма галя багды инас хайри аль-умма. التّنبيهات المهمّة على بعض إناس خير الأمّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/143/</t>
+  </si>
+  <si>
+    <t>Шаригать хам заман. شريعت هم زمان</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/141/</t>
+  </si>
+  <si>
+    <t>Кавагид фикхия. قواعد فقهيّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/140/</t>
+  </si>
+  <si>
+    <t>Шарх аль-Гакаид. شرح العقائد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/139/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/138/</t>
+  </si>
+  <si>
+    <t>Рисаля-и газиза шарх Сабат-уль-гаджизин. رسالهء عزيزه شرح ثبات العاجزين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/136/</t>
+  </si>
+  <si>
+    <t>Таглимат Курания. تعليمات قرآنية</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/135/</t>
+  </si>
+  <si>
+    <t>Хадия ас-саглук матне тарджемасе. هديّة الصعلوق متنى ترجمه سى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/134/</t>
+  </si>
+  <si>
+    <t>Китаб аль-Мугамалят. كتاب المعاملات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/133/</t>
+  </si>
+  <si>
+    <t>Гибадат саляс. عبادات ثلاث</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/132/</t>
+  </si>
+  <si>
+    <t>Бадау аль-магариф. بدء المعارف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/131/</t>
+  </si>
+  <si>
+    <t>Мушкилят аль-Кудури. مشكلات القدوري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/129/</t>
+  </si>
+  <si>
+    <t>Хамса расаиль фи аль-фирак ва аль-мазахиб. خمس رسائل في الفرق و المذاهب</t>
+  </si>
+  <si>
+    <t>Шамсуддин бин Ахмад бин Сулейман бин Камаль Паша</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/128/</t>
+  </si>
+  <si>
+    <t>аль-Джаухара ан-найира: шарх Мухтасар аль-Кудури фи фуруг аль-ханафия. الجوهرة النّيّرة شرح مختصر القدوري في فروع الحنفيّة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/127/</t>
+  </si>
+  <si>
+    <t>Тасхих расм хатт аль-Куран. تصحيح رسم خطّ القرآن</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/126/</t>
+  </si>
+  <si>
+    <t>Хафтияк тафсире. حفتيك تفسيرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/125/</t>
+  </si>
+  <si>
+    <t>Макалят аль-Каусари. مقالات الكوثري</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/124/</t>
+  </si>
+  <si>
+    <t>Мавлид ан-Наби. مولد النّبي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/123/</t>
+  </si>
+  <si>
+    <t>аль-Иршад ли-ль-гибад. الارشاد للعباد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/122/</t>
+  </si>
+  <si>
+    <t>аль-Мирсад фи тараджим риджаль аль-иршад. المرصاد في تراجم رجال الإرشاد</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/121/</t>
+  </si>
+  <si>
+    <t>Ширга аль-ислам. شرعة الإسلام</t>
+  </si>
+  <si>
+    <t>Мухаммад бин Абу Бакр имам Зада аль-Ханафи</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/120/</t>
+  </si>
+  <si>
+    <t>аль-Мувафакат. الموافقات</t>
+  </si>
+  <si>
+    <t>Абу Исхак Ибрахим бин Муса аш-Шатыби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/119/</t>
+  </si>
+  <si>
+    <t>аль-Мактубат. المكتوبات</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/118/</t>
+  </si>
+  <si>
+    <t>Бакырган китабы. باقرغان كتابى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/117/</t>
+  </si>
+  <si>
+    <t>Усуль аль-Баздави. أصول البزدوي</t>
+  </si>
+  <si>
+    <t>Фахруль-ислам Али бин Мухаммад аль-Ханафи аль-Баздави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/116/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/113/</t>
+  </si>
+  <si>
+    <t>Мустафад аль-ахбар фи ахваль Казан ва Булгар. Часть вторая.القسم الثّاني من كتاب مستفاد الأخبار في أحوال قازان و بلغار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/112/</t>
+  </si>
+  <si>
+    <t>Мустафад аль-ахбар фи ахваль Казан ва Булгар. Часть первая. القسم الأوّل من كتاب مستفاد الأخبار في أحوال قازان و بلغار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/111/</t>
+  </si>
+  <si>
+    <t>Алты бармак китабы. آلتى بارمق كتابى</t>
+  </si>
+  <si>
+    <t>Муинуддин Ферахи Хирави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/110/</t>
+  </si>
+  <si>
+    <t>Мугаллим сарф лисан аль-гараб. معلّم صرف لسان العرب</t>
+  </si>
+  <si>
+    <t>Абдуррахман бин Исмаил Гумари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/109/</t>
+  </si>
+  <si>
+    <t>"Мукаддима ли ибн аль-Джазари" тарджемасе. مقدّمة لابن الجزاري ترجمه‌سى</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гатаулла Губайдуллин </t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/108/</t>
+  </si>
+  <si>
+    <t>Шаригать асаслары. شريعة اساسلرى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/107/</t>
+  </si>
+  <si>
+    <t>Куран ва табагат. قرآن و طباعة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/106/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/105/</t>
+  </si>
+  <si>
+    <t>"Тухфат аль-мулюк" тарджемасе. تحفة الملوك ترجمه سى</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/104/</t>
+  </si>
+  <si>
+    <t>Адабият ва ахляк хасана даресляреннан "Нур Мухаммад". "أدبيات و أخلاق حسنة درسلرى دن "نور محمّد</t>
+  </si>
+  <si>
+    <t>Мухаммад Сабир бин мулла Ибрахим аль-Аксави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/103/</t>
+  </si>
+  <si>
+    <t>Сахни-неку (Хорошая сцена). سخن نيكو</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/102/</t>
+  </si>
+  <si>
+    <t>Календарь. كالندار</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/101/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/100/</t>
+  </si>
+  <si>
+    <t>Дини тадбирляр. دينى تدبيرلر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/99/</t>
+  </si>
+  <si>
+    <t>"Саджанджаль аль-кулюб" ("Зеркало сердец"). سجنجل القلوب</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/98/</t>
+  </si>
+  <si>
+    <t>Тарих ислам. تاريح اسلام</t>
+  </si>
+  <si>
+    <t>Мухаммад Шакир бин Мухаммад Закир Сулеймани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/96/</t>
+  </si>
+  <si>
+    <t>Мультака аль-абхур. ملتقى الأبحر</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/94/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/91/</t>
+  </si>
+  <si>
+    <t>Нур аль-идах. نور الايضاح</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/90/</t>
+  </si>
+  <si>
+    <t>Игля ас-сунан. إعلاء السّنن</t>
+  </si>
+  <si>
+    <t>Ахмад аль-Усмани ат-Тахавани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/89/</t>
+  </si>
+  <si>
+    <t>Муснад аль-имам Аби Ханифа. مسند الإمام أبي  حنيفة</t>
+  </si>
+  <si>
+    <t>Абу Нуайм Ахмад бин Абдулла аль-Асбахани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/87/</t>
+  </si>
+  <si>
+    <t>Маджмуат расаиль Ибн Габидин. مجموعات رسائل ابن عابدين</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/85/</t>
+  </si>
+  <si>
+    <t>Тараккы фунун ва маариф динсезлеге муджибме? ترقّى فنون و معارف دنسلكى موجبمى؟</t>
+  </si>
+  <si>
+    <t>Габдулла Буби</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/84/</t>
+  </si>
+  <si>
+    <t>Татарча хотба уку доресме? تاتارجى خطبه اوقو  درستمى؟</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/83/</t>
+  </si>
+  <si>
+    <t>Хусну-ль-гыйбада.  حسن العبادة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/82/</t>
+  </si>
+  <si>
+    <t>Хакыйкат, яхуд тугрылык (пятая часть). حقيقت ياحود طوغريلق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/81/</t>
+  </si>
+  <si>
+    <t>Азкар ас-саля. أذكار الصّلوة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/80/</t>
+  </si>
+  <si>
+    <t>Ауваль назафа фи масаиль ат-тахара. أوّل نظافة في مسائل الطّهارة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/79/</t>
+  </si>
+  <si>
+    <t>Оч масаля. او‏ݘ مسئلة</t>
+  </si>
+  <si>
+    <t>Абдулла Надим</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/78/</t>
+  </si>
+  <si>
+    <t>Шарх Гукуд расм аль-муфти. شرح عقود رسم المفتي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/64/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/58/</t>
+  </si>
+  <si>
+    <t>Суаль ва джаваплы хуснуль гибада. سؤال و جوابلى حسن العبادة</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/55/</t>
+  </si>
+  <si>
+    <t>Матн бидая аль-мубтади. من بداية المبتدي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/46/</t>
+  </si>
+  <si>
+    <t>Мухтасар гунья аль-мутамалли шарх мунья аль-мусалли. مختصر غنية المتملّي شرح منية المصلّي</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/45/</t>
+  </si>
+  <si>
+    <t>Китаб ар-рикак. كتاب الرّقاق</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/44/</t>
+  </si>
+  <si>
+    <t>Бадаиг ас-санаиг фи тартиб аш-шараиг</t>
+  </si>
+  <si>
+    <t>Аляутдин Абу Бакр бин Масуд аль-Касани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/42/</t>
+  </si>
+  <si>
+    <t>Сборник статей к 100-летию Шихабутдина Марджани</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/22/</t>
+  </si>
+  <si>
+    <t>Хукук аль-ислам фи-ль-ибадат. حقوق الإسلام في العبادات</t>
+  </si>
+  <si>
+    <t>Усман аль-Азхари</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/20/</t>
+  </si>
+  <si>
+    <t>Куддус Абдурахманов</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/16/</t>
+  </si>
+  <si>
+    <t>Минах ар-рауд аль-азхар фи шарх аль-Фикх аль-акбар</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/15/</t>
+  </si>
+  <si>
+    <t>Тарих аль-Куран ва аль-масахиф. تاريخ القرآن و المصاحف</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/14/</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/13/</t>
+  </si>
+  <si>
+    <t>Тафсир ан-Насафи. تفسير النسفي</t>
   </si>
   <si>
     <t>Абдулла бин Ахмад ан-Насафи</t>
   </si>
   <si>
-    <t>http://darul-kutub.com/books/1537/</t>
-[...8137 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/11/</t>
   </si>
   <si>
     <t>Кунуз аль-хакаик. كنوز الحقائق</t>
+  </si>
+  <si>
+    <t>Мухаммад Абдуррауф аль-Мунави</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/10/</t>
   </si>
   <si>
     <t>Мабди аль-усуль. مبدئ الأصول</t>
   </si>
   <si>
     <t>Абдульхамид бин Бадис</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/9/</t>
   </si>
   <si>
     <t>аль-Любаб фи шарх аль-китаб. اللباب في شرح الكتاب</t>
   </si>
   <si>
     <t>Абдульгани бин Талиб бин Хамада бин Ибрахим бин Сулейман аль-Майдани</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/8/</t>
   </si>
   <si>
     <t>Заман иджтихад мункаридме тугелме? زمان اجتهاد منقرضمى دكلمى</t>
   </si>
@@ -10157,14877 +12932,18575 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1751/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1750/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1749/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1748/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1747/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1746/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1745/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1744/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1743/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1742/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1741/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1740/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1739/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1738/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1737/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1736/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1735/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1734/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1733/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1732/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1731/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1730/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1729/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1728/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1727/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1726/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1725/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1724/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1723/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1722/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1721/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1720/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1719/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1718/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1717/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1716/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1715/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1714/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1713/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1712/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1711/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1710/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1709/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1708/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1707/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1706/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1705/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1704/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1703/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1702/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1701/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1700/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1699/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1698/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1697/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1696/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1695/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1694/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1693/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1692/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1691/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1690/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1689/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1688/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1687/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1686/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1685/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1684/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1683/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1682/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1681/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1680/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1679/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1678/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1677/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1676/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1675/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1674/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1673/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1672/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1671/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1670/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1669/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1668/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1667/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1666/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1665/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1664/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1663/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1662/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1661/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1660/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1659/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1658/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1657/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1656/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1655/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1654/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1653/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1652/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1651/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1650/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1649/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1648/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1647/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1646/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1645/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1644/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1643/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1642/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1641/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1640/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1639/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1638/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1637/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1636/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1635/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1634/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1633/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1632/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1631/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1630/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1629/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1628/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1627/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1626/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1625/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1624/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1623/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1622/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1621/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1620/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1619/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1618/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1617/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1616/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1615/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1614/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1613/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1612/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1611/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1610/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1609/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1608/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1607/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1606/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1605/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1604/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1603/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1602/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1601/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1600/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1599/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1598/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1597/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1596/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1595/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1594/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1593/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1592/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1591/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1590/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1589/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1588/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1587/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1586/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1585/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1584/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1583/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1582/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1581/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1580/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1579/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1578/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1577/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1576/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1575/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1574/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1573/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1572/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1571/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1570/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1569/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1568/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1567/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1566/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1565/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1564/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1563/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1562/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1561/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1560/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1559/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1558/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1557/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1556/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1555/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1554/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1553/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1552/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1551/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1550/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1549/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1548/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1547/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1546/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1545/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1544/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1543/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1542/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1541/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1540/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1539/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1538/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1537/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1536/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1535/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1534/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1533/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1532/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1531/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1530/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1529/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1528/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1527/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1526/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1525/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1524/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1523/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1522/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1521/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1520/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1519/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1518/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1517/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1516/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1515/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1514/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1513/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1512/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1511/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1510/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1509/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1508/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1507/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1506/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1505/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1504/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1503/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1502/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1501/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1500/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1499/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1498/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1497/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1496/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1495/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1494/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1493/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1492/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1491/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1490/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1489/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1488/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1487/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1486/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1485/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1484/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1483/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1482/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1481/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1480/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1479/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1478/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1477/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1476/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1475/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1474/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1473/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1472/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1471/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1470/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1469/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1468/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1467/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1466/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1465/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1464/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1463/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1462/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1461/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1460/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1459/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1458/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1457/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1456/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1455/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1454/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1453/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1452/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1451/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1450/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1449/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1448/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1447/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1446/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1445/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1444/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1443/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1442/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1441/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1439/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1438/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1437/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1436/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1435/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1434/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1433/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1432/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1431/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1430/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1429/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1428/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1427/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1426/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1425/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1424/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1423/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1422/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1421/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1420/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1419/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1418/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1417/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1416/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1415/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1414/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1413/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1412/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1411/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1410/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1409/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1408/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1407/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1406/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1405/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1404/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1403/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1402/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1401/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1400/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1399/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1398/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1397/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1396/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1395/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1394/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1393/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1392/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1391/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1390/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1389/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1388/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1387/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1386/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1385/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1384/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1383/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1382/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1381/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1380/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1379/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1378/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1377/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1375/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1374/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1373/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1372/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1371/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1370/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1369/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1368/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1367/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1366/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1365/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1364/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1363/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1362/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1361/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1360/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1359/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1358/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1357/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1356/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1355/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1354/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1353/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1352/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1351/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1350/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1349/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1348/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1347/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1346/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1345/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1344/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1343/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1341/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1340/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1339/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1338/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1337/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1336/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1335/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1334/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1333/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1332/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1331/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1330/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1329/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1328/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1327/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1326/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1325/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1324/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1323/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1322/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1321/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1319/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1318/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1317/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1316/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1315/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1314/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1313/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1312/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1311/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1310/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1309/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1308/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1307/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1306/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1304/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1303/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1302/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1301/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1300/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1299/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1298/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1297/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1296/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1295/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1294/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1293/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1292/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1291/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1290/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1289/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1288/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1287/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1285/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1284/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1283/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1282/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1281/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1280/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1279/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1278/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1277/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1276/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1275/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1274/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1273/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1272/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1271/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1270/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1269/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1268/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1267/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1266/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1265/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1264/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1263/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1262/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1261/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1260/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1259/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1258/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1257/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1256/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1255/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1254/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1253/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1252/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1251/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1250/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1249/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1248/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1247/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1246/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1245/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1244/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1243/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1242/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1241/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1240/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1239/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1238/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1237/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1236/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1235/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1234/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1233/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1232/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1231/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1230/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1229/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1228/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1227/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1225/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1224/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1223/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1222/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1221/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1220/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1219/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1218/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1217/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1216/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1215/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1214/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1213/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1212/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1211/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1210/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1209/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1208/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1207/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1206/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1205/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1204/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1203/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1202/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1201/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1200/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1199/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1198/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1197/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1196/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1195/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1194/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1193/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1192/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1191/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1190/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1189/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1188/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1187/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1186/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1185/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1183/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1182/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1181/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1180/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1179/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1178/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1177/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1176/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1175/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1174/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1173/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1172/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1171/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1170/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1169/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1168/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1167/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1166/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1165/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1164/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1163/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1162/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1161/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1160/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1159/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1158/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1157/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1156/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1155/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1154/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1153/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1152/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1151/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1150/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1149/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1148/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1147/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1146/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1145/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1144/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1143/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1142/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1141/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1140/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1139/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1138/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1137/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1136/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1135/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1134/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1133/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1132/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1131/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1130/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1129/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1128/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1127/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1126/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1125/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1124/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1123/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1122/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1121/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1120/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1119/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1118/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1117/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1116/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1115/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1114/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1113/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1112/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1111/" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1110/" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1109/" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1108/" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1107/" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1106/" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1105/" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1104/" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1103/" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1102/" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1101/" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1100/" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1099/" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1098/" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1097/" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1096/" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1095/" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1094/" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1093/" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1092/" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1091/" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1090/" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1089/" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1088/" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1087/" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1085/" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1084/" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1083/" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1082/" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1081/" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1080/" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1079/" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1078/" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1077/" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1076/" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1075/" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1074/" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1073/" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1072/" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1071/" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1070/" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1069/" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1068/" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1067/" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1066/" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1065/" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1064/" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1063/" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1062/" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1061/" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1060/" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1059/" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1058/" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1057/" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1056/" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1055/" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1054/" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1053/" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1052/" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1051/" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1050/" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1049/" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1048/" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1047/" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1046/" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1045/" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1044/" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1043/" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1042/" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1041/" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1040/" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1039/" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1038/" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1037/" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1036/" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1035/" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1034/" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1033/" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1032/" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1030/" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1029/" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1028/" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1027/" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1026/" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1025/" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1024/" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1023/" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1021/" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1020/" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1019/" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1018/" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1017/" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1016/" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1015/" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1014/" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1013/" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1012/" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1011/" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1010/" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1008/" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1006/" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1005/" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1004/" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1003/" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1002/" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1000/" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/999/" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/998/" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/997/" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/996/" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/995/" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/994/" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/993/" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/992/" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/991/" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/990/" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/989/" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/988/" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/987/" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/986/" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/985/" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/984/" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/983/" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/981/" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/979/" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/978/" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/977/" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/976/" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/975/" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/974/" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/973/" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/972/" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/971/" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/970/" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/969/" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/968/" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/967/" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/966/" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/965/" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/964/" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/963/" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/962/" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/961/" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/960/" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/959/" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/958/" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/957/" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/956/" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/955/" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/954/" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/953/" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/952/" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/951/" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/950/" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/949/" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/947/" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/946/" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/945/" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/944/" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/943/" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/941/" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/940/" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/939/" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/938/" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/937/" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/936/" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/935/" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/934/" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/933/" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/932/" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/931/" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/930/" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/929/" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/928/" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/927/" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/926/" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/891/" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/890/" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/888/" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/887/" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/886/" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/885/" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/884/" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/883/" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/882/" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/881/" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/880/" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/879/" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/878/" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/877/" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/876/" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/875/" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/874/" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/873/" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/872/" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/871/" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/870/" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/869/" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/866/" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/864/" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/863/" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/862/" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/861/" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/860/" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/859/" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/858/" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/857/" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/856/" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/855/" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/854/" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/853/" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/852/" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/851/" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/850/" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/849/" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/848/" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/847/" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/846/" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/845/" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/844/" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/843/" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/842/" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/841/" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/840/" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/839/" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/838/" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/836/" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/835/" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/833/" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/831/" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/830/" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/829/" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/827/" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/826/" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/825/" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/824/" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/823/" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/822/" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/821/" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/820/" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/819/" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/818/" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/817/" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/815/" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/814/" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/813/" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/812/" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/811/" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/809/" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/808/" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/807/" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/806/" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/805/" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/804/" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/803/" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/801/" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/800/" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/799/" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/798/" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/797/" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/796/" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/795/" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/794/" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/793/" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/792/" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/791/" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/790/" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/789/" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/788/" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/787/" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/786/" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/785/" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/784/" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/783/" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/782/" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/781/" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/780/" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/779/" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/778/" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/777/" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/776/" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/774/" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/773/" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/772/" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/771/" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/770/" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/769/" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/768/" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/767/" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/766/" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/765/" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/764/" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/763/" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/762/" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/761/" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/760/" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/759/" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/758/" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/757/" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/756/" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/755/" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/754/" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/753/" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/752/" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/751/" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/750/" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/749/" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/748/" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/747/" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/746/" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/745/" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/744/" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/743/" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/742/" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/741/" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/740/" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/739/" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/738/" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/737/" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/736/" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/735/" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/734/" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/733/" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/732/" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/731/" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/730/" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/729/" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/728/" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/727/" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/726/" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/725/" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/724/" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/723/" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/722/" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/721/" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/720/" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/719/" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/718/" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/717/" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/716/" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/715/" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/714/" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/713/" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/712/" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/711/" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/710/" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/709/" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/708/" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/707/" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/706/" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/705/" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/704/" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/703/" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/702/" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/701/" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/700/" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/699/" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/698/" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/697/" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/696/" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/695/" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/694/" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/693/" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/692/" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/691/" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/690/" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/689/" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/688/" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/687/" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/686/" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/685/" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/684/" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/683/" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/682/" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/681/" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/680/" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/679/" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/678/" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/677/" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/676/" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/675/" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/674/" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/673/" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/672/" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/671/" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/670/" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/669/" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/668/" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/667/" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/666/" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/665/" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/664/" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/663/" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/662/" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/661/" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/660/" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/659/" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/658/" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/657/" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/656/" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/655/" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/654/" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/653/" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/652/" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/651/" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/650/" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/649/" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/648/" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/647/" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/646/" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/645/" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/644/" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/643/" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/642/" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/641/" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/640/" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/639/" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/638/" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/637/" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/636/" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/635/" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/634/" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/633/" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/632/" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/631/" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/630/" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/629/" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/628/" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/627/" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/626/" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/625/" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/624/" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/623/" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/622/" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/621/" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/620/" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/619/" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/618/" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/617/" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/616/" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/615/" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/614/" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/613/" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/612/" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/611/" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/610/" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/609/" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/608/" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/607/" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/606/" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/605/" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/604/" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/603/" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/602/" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/601/" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/600/" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/599/" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/598/" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/597/" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/596/" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/595/" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/594/" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/593/" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/592/" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/591/" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/590/" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/589/" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/588/" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/587/" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/586/" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/585/" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/584/" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/583/" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/582/" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/581/" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/580/" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/579/" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/578/" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/577/" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/576/" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/575/" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/574/" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/573/" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/572/" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/571/" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/570/" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/569/" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/568/" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/567/" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/566/" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/565/" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/564/" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/563/" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/562/" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/561/" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/560/" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/559/" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/558/" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/557/" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/556/" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/555/" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/554/" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/553/" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/552/" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/551/" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/550/" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/549/" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/548/" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/547/" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/546/" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/544/" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/543/" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/542/" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/541/" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/540/" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/536/" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/535/" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/533/" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/531/" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/530/" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/529/" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/528/" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/527/" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/521/" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/520/" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/519/" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/518/" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/517/" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/516/" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/515/" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/514/" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/513/" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/512/" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/511/" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/510/" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/509/" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/504/" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/503/" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/502/" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/501/" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/498/" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/493/" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/490/" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/489/" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/487/" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/482/" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/481/" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/476/" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/475/" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/474/" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/472/" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/471/" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/468/" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/467/" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/466/" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/465/" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/464/" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/463/" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/462/" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/461/" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/460/" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/459/" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/458/" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/457/" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/456/" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/455/" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/454/" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/453/" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/452/" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/451/" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/450/" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/449/" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/448/" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/447/" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/446/" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/445/" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/444/" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/443/" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/438/" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/436/" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/434/" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/433/" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/432/" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/431/" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/430/" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/428/" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/427/" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/426/" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/425/" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/424/" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/422/" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/421/" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/420/" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/419/" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/418/" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/417/" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/416/" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/415/" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/414/" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/413/" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/412/" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/411/" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/410/" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/409/" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/408/" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/407/" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/406/" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/405/" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/404/" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/403/" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/402/" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/401/" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/400/" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/399/" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/398/" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/397/" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/396/" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/395/" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/394/" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/393/" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/392/" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/391/" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/390/" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/386/" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/384/" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/383/" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/382/" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/381/" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/380/" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/379/" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/378/" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/377/" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/376/" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/375/" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/374/" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/373/" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/372/" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/371/" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/370/" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/369/" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/368/" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/367/" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/366/" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/365/" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/364/" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/363/" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/362/" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/361/" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/360/" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/359/" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/358/" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/357/" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/356/" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/355/" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/354/" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/353/" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/352/" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/351/" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/350/" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/349/" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/348/" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/347/" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/346/" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/345/" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/344/" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/343/" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/342/" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/341/" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/340/" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/336/" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/335/" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/334/" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/332/" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/331/" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/330/" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/328/" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/322/" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/321/" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/320/" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/319/" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/318/" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/312/" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/304/" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/303/" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/301/" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/296/" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/295/" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/294/" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/293/" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/292/" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/280/" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/278/" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/276/" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/258/" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/257/" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/256/" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/255/" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/247/" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/246/" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/245/" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/244/" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/243/" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/241/" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/237/" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/236/" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/235/" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/233/" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/229/" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/228/" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/227/" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/215/" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/214/" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/213/" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/212/" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/211/" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/209/" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/208/" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/207/" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/206/" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/204/" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/187/" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/186/" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/185/" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/184/" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/183/" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/182/" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/181/" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/180/" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/179/" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/178/" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/177/" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/176/" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/172/" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/169/" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/167/" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/166/" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/165/" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/164/" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/163/" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/162/" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/161/" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/159/" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/157/" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/153/" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/152/" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/150/" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/144/" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/143/" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/141/" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/140/" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/139/" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/138/" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/136/" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/135/" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/134/" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/133/" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/132/" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/131/" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/129/" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/128/" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/127/" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/126/" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/125/" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/124/" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/123/" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/122/" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/121/" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/120/" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/119/" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/118/" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/117/" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/116/" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/113/" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/112/" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/111/" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/110/" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/109/" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/108/" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/107/" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/106/" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/105/" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/104/" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/103/" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/102/" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/101/" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/100/" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/99/" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/98/" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/96/" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/94/" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/91/" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/90/" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/89/" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/87/" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/85/" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/84/" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/83/" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/82/" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/81/" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/80/" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/79/" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/78/" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/64/" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/58/" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/55/" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/46/" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/45/" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/44/" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/42/" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/22/" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/20/" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/16/" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/15/" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/14/" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/13/" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/11/" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/10/" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/9/" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/8/" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/7/" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/6/" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/5/" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/4/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2210/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2209/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2208/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2207/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2206/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2205/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2204/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2203/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2202/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2201/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2200/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2199/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2198/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2197/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2196/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2195/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2194/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2193/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2192/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2191/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2190/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2189/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2188/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2187/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2186/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2185/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2184/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2183/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2182/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2181/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2180/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2179/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2178/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2177/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2176/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2175/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2174/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2173/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2172/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2171/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2170/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2169/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2168/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2167/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2166/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2165/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2164/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2163/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2162/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2161/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2160/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2159/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2158/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2157/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2156/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2155/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2154/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2153/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2152/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2151/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2150/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2149/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2148/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2147/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2146/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2145/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2144/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2143/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2142/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2141/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2140/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2139/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2138/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2137/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2136/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2135/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2134/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2133/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2132/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2131/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2130/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2129/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2128/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2127/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2126/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2125/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2124/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2123/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2122/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2121/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2120/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2119/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2118/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2117/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2116/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2115/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2114/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2113/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2112/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2111/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2110/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2109/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2108/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2107/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2106/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2105/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2104/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2103/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2102/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2101/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2100/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2099/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2098/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2097/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2096/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2095/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2094/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2093/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2092/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2091/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2090/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2089/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2088/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2087/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2086/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2085/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2084/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2083/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2082/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2081/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2080/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2079/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2078/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2077/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2076/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2075/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2074/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2073/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2072/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2071/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2070/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2069/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2068/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2067/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2066/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2065/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2064/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2063/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2062/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2061/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2060/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2059/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2058/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2057/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2056/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2055/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2054/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2053/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2052/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2051/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2050/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2049/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2048/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2047/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2046/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2045/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2044/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2043/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2042/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2041/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2040/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2039/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2038/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2037/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2036/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2035/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2034/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2033/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2032/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2031/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2030/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2029/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2028/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2027/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2026/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2025/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2024/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2023/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2022/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2021/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2020/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2019/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2018/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2017/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2016/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2015/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2013/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2012/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2011/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2010/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2009/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2008/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2007/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2006/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2005/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2004/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2003/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2002/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2001/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2000/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1999/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1998/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1997/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1996/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1995/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1994/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1993/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1992/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1991/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1990/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1989/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1988/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1987/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1985/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1984/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1983/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1982/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1981/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1980/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1979/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1978/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1977/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1976/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1975/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1974/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1973/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1972/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1971/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1970/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1969/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1968/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1967/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1966/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1965/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1964/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1963/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1962/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1961/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1960/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1959/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1958/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1957/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1956/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1955/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1954/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1953/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1952/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1951/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1950/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1949/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1948/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1947/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1946/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1945/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1944/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1943/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1942/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1941/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1939/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1938/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1937/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1936/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1935/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1934/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1933/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1932/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1931/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1930/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1929/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1928/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1927/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1926/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1925/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1924/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1923/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1922/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1921/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1920/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1919/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1918/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1917/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1916/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1915/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1914/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1913/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1912/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1911/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1910/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1909/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1908/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1907/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1906/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1905/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1904/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1903/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1902/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1901/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1900/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1899/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1898/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1897/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1896/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1895/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1894/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1893/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1892/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1891/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1890/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1889/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1888/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1887/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1886/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1885/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1884/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1883/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1882/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1881/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1880/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1879/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1878/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1877/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1876/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1875/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1874/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1873/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1872/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1871/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1870/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1868/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1867/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1866/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1865/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1864/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1863/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1862/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1861/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1860/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1859/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1858/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1857/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1856/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1855/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1854/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1853/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1852/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1851/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1850/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1849/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1847/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1846/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1845/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1844/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1843/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1842/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1841/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1840/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1839/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1838/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1837/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1836/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1835/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1834/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1833/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1832/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1831/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1830/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1829/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1828/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1827/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1826/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1825/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1824/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1823/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1822/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1821/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1820/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1819/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1818/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1817/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1816/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1815/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1814/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1813/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1812/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1811/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1810/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1808/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1807/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1806/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1805/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1804/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1802/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1800/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1799/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1797/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1796/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1795/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1793/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1791/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1790/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1789/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1788/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1787/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1786/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1785/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1784/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1783/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1782/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1781/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1780/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1779/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1778/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1777/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1776/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1775/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1773/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1772/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1771/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1770/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1768/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1767/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1764/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1763/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1761/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1760/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1759/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1758/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1756/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1755/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1754/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1753/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1746/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1745/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1744/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1742/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1739/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1738/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1737/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1734/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1733/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1732/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1730/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1729/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1726/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1722/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1719/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1718/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1716/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1714/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1713/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1712/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1711/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1710/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1709/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1708/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1707/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1706/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1704/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1702/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1700/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1699/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1698/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1697/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1696/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1695/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1692/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1691/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1689/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1688/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1687/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1686/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1685/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1684/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1683/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1682/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1681/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1680/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1679/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1678/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1677/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1676/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1675/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1674/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1673/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1672/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1671/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1670/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1669/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1668/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1666/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1665/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1664/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1662/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1661/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1660/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1659/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1658/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1657/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1656/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1655/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1654/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1652/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1651/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1648/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1647/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1646/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1645/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1644/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1643/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1641/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1640/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1637/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1636/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1635/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1634/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1633/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1632/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1631/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1629/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1628/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1627/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1626/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1624/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1623/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1622/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1619/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1618/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1616/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1615/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1614/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1611/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1610/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1609/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1608/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1607/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1604/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1603/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1602/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1601/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1600/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1599/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1598/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1597/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1596/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1595/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1592/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1591/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1590/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1587/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1586/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1585/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1584/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1583/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1582/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1581/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1580/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1579/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1578/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1577/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1576/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1575/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1574/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1573/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1572/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1571/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1569/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1568/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1567/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1565/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1564/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1563/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1562/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1559/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1558/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1557/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1556/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1555/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1554/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1553/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1552/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1551/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1550/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1549/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1548/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1547/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1546/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1544/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1542/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1541/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1540/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1539/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1536/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1535/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1534/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1533/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1532/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1531/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1530/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1529/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1527/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1526/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1525/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1523/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1522/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1521/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1520/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1517/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1516/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1515/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1513/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1512/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1511/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1510/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1508/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1507/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1506/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1503/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1501/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1500/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1498/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1497/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1496/" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1495/" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1494/" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1493/" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1492/" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1491/" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1490/" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1488/" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1487/" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1486/" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1485/" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1484/" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1483/" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1482/" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1481/" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1480/" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1479/" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1477/" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1476/" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1475/" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1474/" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1473/" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1472/" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1471/" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1470/" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1469/" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1468/" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1467/" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1466/" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1464/" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1463/" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1462/" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1461/" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1460/" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1459/" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1458/" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1457/" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1456/" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1455/" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1454/" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1453/" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1452/" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1451/" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1450/" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1449/" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1448/" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1447/" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1446/" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1444/" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1443/" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1442/" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1441/" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1438/" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1437/" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1436/" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1432/" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1431/" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1427/" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1425/" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1424/" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1422/" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1421/" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1420/" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1419/" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1418/" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1417/" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1416/" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1415/" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1414/" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1412/" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1411/" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1410/" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1409/" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1408/" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1405/" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1404/" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1403/" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1402/" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1400/" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1399/" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1396/" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1395/" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1393/" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1392/" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1391/" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1390/" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1389/" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1388/" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1386/" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1385/" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1384/" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1383/" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1382/" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1380/" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1379/" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1378/" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1377/" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1375/" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1374/" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1373/" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1372/" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1371/" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1370/" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1369/" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1368/" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1367/" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1366/" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1365/" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1364/" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1363/" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1362/" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1361/" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1360/" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1359/" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1358/" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1357/" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1356/" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1355/" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1354/" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1353/" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1352/" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1350/" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1349/" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1348/" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1347/" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1346/" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1345/" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1344/" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1343/" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1341/" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1340/" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1339/" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1338/" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1337/" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1336/" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1335/" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1334/" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1333/" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1332/" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1331/" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1330/" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1329/" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1328/" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1327/" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1326/" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1325/" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1324/" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1323/" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1322/" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1321/" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1319/" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1318/" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1317/" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1316/" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1315/" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1314/" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1313/" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1312/" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1311/" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1310/" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1309/" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1308/" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1307/" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1304/" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1303/" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1302/" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1300/" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1299/" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1298/" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1297/" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1296/" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1295/" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1294/" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1293/" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1292/" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1291/" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1290/" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1289/" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1288/" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1287/" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1285/" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1284/" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1283/" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1282/" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1281/" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1280/" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1279/" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1278/" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1277/" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1276/" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1275/" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1274/" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1273/" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1272/" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1271/" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1270/" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1269/" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1268/" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1267/" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1266/" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1265/" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1264/" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1263/" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1262/" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1261/" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1260/" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1259/" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1258/" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1257/" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1256/" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1255/" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1254/" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1253/" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1252/" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1251/" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1250/" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1249/" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1248/" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1247/" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1246/" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1245/" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1244/" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1243/" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1242/" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1241/" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1240/" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1239/" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1238/" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1237/" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1236/" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1235/" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1234/" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1233/" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1232/" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1231/" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1230/" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1229/" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1228/" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1227/" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1225/" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1224/" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1223/" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1222/" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1221/" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1220/" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1219/" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1218/" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1217/" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1216/" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1215/" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1214/" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1213/" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1212/" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1211/" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1210/" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1208/" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1207/" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1206/" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1205/" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1204/" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1203/" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1202/" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1201/" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1200/" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1199/" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1198/" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1197/" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1196/" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1195/" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1194/" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1193/" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1192/" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1191/" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1190/" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1189/" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1188/" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1187/" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1186/" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1185/" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1183/" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1182/" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1181/" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1180/" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1179/" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1178/" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1177/" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1176/" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1175/" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1174/" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1173/" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1172/" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1171/" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1170/" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1169/" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1168/" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1167/" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1166/" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1165/" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1163/" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1162/" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1161/" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1160/" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1159/" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1158/" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1157/" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1156/" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1155/" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1154/" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1153/" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1152/" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1151/" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1150/" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1149/" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1148/" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1147/" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1146/" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1145/" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1144/" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1143/" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1142/" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1141/" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1140/" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1139/" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1138/" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1137/" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1136/" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1135/" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1134/" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1133/" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1132/" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1131/" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1130/" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1129/" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1128/" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1127/" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1126/" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1125/" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1124/" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1123/" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1122/" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1121/" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1120/" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1119/" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1118/" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1117/" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1116/" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1115/" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1114/" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1113/" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1112/" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1111/" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1110/" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1109/" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1108/" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1107/" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1106/" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1105/" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1104/" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1103/" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1102/" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1101/" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1100/" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1099/" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1098/" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1097/" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1096/" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1095/" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1094/" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1093/" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1092/" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1091/" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1090/" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1089/" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1088/" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1087/" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1085/" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1084/" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1083/" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1082/" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1081/" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1080/" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1079/" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1078/" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1077/" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1076/" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1075/" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1074/" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1073/" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1072/" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1071/" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1070/" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1069/" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1068/" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1067/" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1066/" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1065/" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1064/" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1063/" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1062/" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1061/" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1060/" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1059/" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1058/" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1057/" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1056/" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1055/" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1054/" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1053/" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1052/" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1051/" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1050/" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1049/" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1048/" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1047/" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1046/" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1045/" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1044/" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1043/" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1042/" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1041/" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1040/" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1039/" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1038/" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1037/" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1036/" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1035/" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1034/" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1033/" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1032/" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1030/" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1029/" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1028/" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1027/" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1026/" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1025/" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1024/" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1023/" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1021/" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1020/" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1019/" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1018/" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1017/" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1016/" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1015/" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1014/" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1013/" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1012/" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1011/" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1010/" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1008/" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1006/" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1005/" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1004/" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1003/" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1002/" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1000/" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/999/" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/998/" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/997/" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/996/" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/995/" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/994/" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/993/" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/992/" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/991/" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/990/" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/989/" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/988/" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/987/" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/986/" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/985/" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/984/" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/983/" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/981/" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/979/" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/978/" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/977/" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/976/" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/975/" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/974/" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/973/" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/972/" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/971/" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/970/" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/969/" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/968/" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/967/" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/966/" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/965/" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/964/" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/963/" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/962/" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/961/" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/960/" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/959/" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/958/" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/957/" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/956/" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/955/" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/954/" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/953/" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/952/" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/951/" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/950/" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/949/" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/947/" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/946/" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/945/" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/944/" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/940/" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/939/" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/938/" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/937/" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/936/" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/935/" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/934/" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/933/" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/932/" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/931/" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/930/" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/929/" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/927/" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/926/" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/891/" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/890/" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/888/" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/887/" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/886/" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/885/" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/884/" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/883/" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/882/" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/881/" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/880/" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/879/" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/878/" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/877/" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/876/" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/875/" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/874/" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/873/" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/872/" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/871/" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/870/" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/869/" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/866/" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/864/" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/863/" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/862/" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/861/" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/860/" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/859/" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/858/" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/857/" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/856/" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/855/" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/854/" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/853/" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/852/" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/851/" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/850/" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/849/" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/848/" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/847/" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/846/" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/845/" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/844/" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/843/" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/842/" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/841/" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/840/" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/839/" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/838/" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/836/" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/835/" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/833/" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/831/" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/830/" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/829/" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/827/" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/826/" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/825/" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/824/" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/823/" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/822/" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/821/" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/820/" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/819/" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/818/" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/817/" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/815/" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/814/" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/813/" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/812/" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/811/" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/809/" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/808/" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/807/" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/806/" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/805/" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/804/" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/803/" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/801/" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/800/" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/799/" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/798/" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/797/" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/796/" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/795/" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/794/" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/793/" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/792/" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/791/" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/790/" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/789/" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/788/" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/787/" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/786/" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/785/" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/784/" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/783/" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/782/" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/781/" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/780/" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/779/" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/778/" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/777/" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/776/" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/774/" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/773/" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/772/" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/771/" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/770/" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/769/" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/768/" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/767/" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/766/" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/765/" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/764/" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/763/" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/762/" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/761/" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/760/" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/759/" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/758/" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/757/" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/756/" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/755/" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/754/" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/753/" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/752/" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/751/" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/750/" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/749/" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/748/" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/747/" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/746/" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/745/" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/744/" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/743/" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/742/" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/741/" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/740/" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/739/" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/738/" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/737/" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/736/" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/735/" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/734/" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/733/" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/732/" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/731/" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/730/" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/729/" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/728/" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/727/" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/726/" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/725/" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/724/" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/723/" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/722/" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/721/" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/720/" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/719/" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/718/" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/717/" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/716/" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/715/" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/714/" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/713/" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/712/" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/711/" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/710/" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/709/" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/708/" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/707/" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/706/" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/705/" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/704/" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/703/" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/702/" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/701/" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/700/" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/699/" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/698/" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/697/" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/696/" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/695/" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/694/" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/693/" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/692/" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/691/" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/690/" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/689/" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/688/" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/687/" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/686/" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/685/" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/684/" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/683/" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/682/" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/681/" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/680/" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/679/" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/678/" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/677/" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/676/" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/675/" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/674/" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/673/" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/672/" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/671/" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/670/" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/669/" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/668/" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/667/" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/666/" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/665/" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/664/" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/663/" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/662/" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/661/" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/660/" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/659/" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/658/" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/657/" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/656/" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/655/" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/654/" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/653/" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/652/" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/651/" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/650/" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/649/" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/648/" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/647/" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/646/" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/645/" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/644/" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/643/" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/642/" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/641/" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/640/" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/639/" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/638/" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/637/" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/636/" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/635/" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/634/" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/633/" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/632/" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/631/" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/630/" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/629/" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/628/" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/627/" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/626/" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/625/" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/624/" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/623/" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/622/" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/621/" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/620/" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/619/" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/618/" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/617/" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/616/" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/615/" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/614/" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/613/" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/612/" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/611/" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/610/" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/609/" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/608/" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/607/" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/606/" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/605/" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/604/" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/603/" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/602/" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/601/" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/600/" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/599/" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/598/" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/597/" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/596/" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/595/" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/594/" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/593/" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/592/" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/591/" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/590/" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/589/" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/588/" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/587/" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/586/" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/585/" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/584/" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/583/" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/582/" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/581/" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/580/" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/579/" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/578/" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/577/" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/576/" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/575/" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/574/" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/573/" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/572/" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/571/" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/570/" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/569/" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/568/" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/567/" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/566/" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/565/" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/564/" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/563/" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/562/" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/561/" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/560/" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/559/" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/558/" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/557/" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/556/" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/555/" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/554/" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/553/" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/552/" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/551/" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/550/" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/549/" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/548/" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/547/" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/546/" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/544/" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/543/" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/542/" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/541/" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/540/" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/536/" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/535/" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/533/" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/531/" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/530/" TargetMode="External"/><Relationship Id="rId_hyperlink_1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/529/" TargetMode="External"/><Relationship Id="rId_hyperlink_1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/528/" TargetMode="External"/><Relationship Id="rId_hyperlink_1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/527/" TargetMode="External"/><Relationship Id="rId_hyperlink_1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/521/" TargetMode="External"/><Relationship Id="rId_hyperlink_1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/520/" TargetMode="External"/><Relationship Id="rId_hyperlink_1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/519/" TargetMode="External"/><Relationship Id="rId_hyperlink_1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/518/" TargetMode="External"/><Relationship Id="rId_hyperlink_1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/517/" TargetMode="External"/><Relationship Id="rId_hyperlink_1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/516/" TargetMode="External"/><Relationship Id="rId_hyperlink_1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/515/" TargetMode="External"/><Relationship Id="rId_hyperlink_1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/514/" TargetMode="External"/><Relationship Id="rId_hyperlink_1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/513/" TargetMode="External"/><Relationship Id="rId_hyperlink_1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/512/" TargetMode="External"/><Relationship Id="rId_hyperlink_1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/511/" TargetMode="External"/><Relationship Id="rId_hyperlink_1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/510/" TargetMode="External"/><Relationship Id="rId_hyperlink_1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/509/" TargetMode="External"/><Relationship Id="rId_hyperlink_1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/504/" TargetMode="External"/><Relationship Id="rId_hyperlink_1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/503/" TargetMode="External"/><Relationship Id="rId_hyperlink_1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/502/" TargetMode="External"/><Relationship Id="rId_hyperlink_1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/501/" TargetMode="External"/><Relationship Id="rId_hyperlink_1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/498/" TargetMode="External"/><Relationship Id="rId_hyperlink_1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/493/" TargetMode="External"/><Relationship Id="rId_hyperlink_1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/490/" TargetMode="External"/><Relationship Id="rId_hyperlink_1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/489/" TargetMode="External"/><Relationship Id="rId_hyperlink_1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/487/" TargetMode="External"/><Relationship Id="rId_hyperlink_1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/482/" TargetMode="External"/><Relationship Id="rId_hyperlink_1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/481/" TargetMode="External"/><Relationship Id="rId_hyperlink_1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/476/" TargetMode="External"/><Relationship Id="rId_hyperlink_1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/475/" TargetMode="External"/><Relationship Id="rId_hyperlink_1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/474/" TargetMode="External"/><Relationship Id="rId_hyperlink_1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/472/" TargetMode="External"/><Relationship Id="rId_hyperlink_1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/471/" TargetMode="External"/><Relationship Id="rId_hyperlink_1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/468/" TargetMode="External"/><Relationship Id="rId_hyperlink_1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/467/" TargetMode="External"/><Relationship Id="rId_hyperlink_1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/466/" TargetMode="External"/><Relationship Id="rId_hyperlink_1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/465/" TargetMode="External"/><Relationship Id="rId_hyperlink_1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/463/" TargetMode="External"/><Relationship Id="rId_hyperlink_1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/462/" TargetMode="External"/><Relationship Id="rId_hyperlink_1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/461/" TargetMode="External"/><Relationship Id="rId_hyperlink_1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/460/" TargetMode="External"/><Relationship Id="rId_hyperlink_1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/459/" TargetMode="External"/><Relationship Id="rId_hyperlink_1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/458/" TargetMode="External"/><Relationship Id="rId_hyperlink_1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/457/" TargetMode="External"/><Relationship Id="rId_hyperlink_1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/456/" TargetMode="External"/><Relationship Id="rId_hyperlink_1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/455/" TargetMode="External"/><Relationship Id="rId_hyperlink_1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/454/" TargetMode="External"/><Relationship Id="rId_hyperlink_1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/453/" TargetMode="External"/><Relationship Id="rId_hyperlink_1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/452/" TargetMode="External"/><Relationship Id="rId_hyperlink_1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/451/" TargetMode="External"/><Relationship Id="rId_hyperlink_1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/450/" TargetMode="External"/><Relationship Id="rId_hyperlink_1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/449/" TargetMode="External"/><Relationship Id="rId_hyperlink_1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/448/" TargetMode="External"/><Relationship Id="rId_hyperlink_1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/447/" TargetMode="External"/><Relationship Id="rId_hyperlink_1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/446/" TargetMode="External"/><Relationship Id="rId_hyperlink_1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/445/" TargetMode="External"/><Relationship Id="rId_hyperlink_1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/444/" TargetMode="External"/><Relationship Id="rId_hyperlink_1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/443/" TargetMode="External"/><Relationship Id="rId_hyperlink_1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/438/" TargetMode="External"/><Relationship Id="rId_hyperlink_1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/436/" TargetMode="External"/><Relationship Id="rId_hyperlink_1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/434/" TargetMode="External"/><Relationship Id="rId_hyperlink_1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/433/" TargetMode="External"/><Relationship Id="rId_hyperlink_1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/432/" TargetMode="External"/><Relationship Id="rId_hyperlink_1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/431/" TargetMode="External"/><Relationship Id="rId_hyperlink_1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/430/" TargetMode="External"/><Relationship Id="rId_hyperlink_1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/428/" TargetMode="External"/><Relationship Id="rId_hyperlink_1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/427/" TargetMode="External"/><Relationship Id="rId_hyperlink_1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/426/" TargetMode="External"/><Relationship Id="rId_hyperlink_1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/425/" TargetMode="External"/><Relationship Id="rId_hyperlink_1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/424/" TargetMode="External"/><Relationship Id="rId_hyperlink_1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/422/" TargetMode="External"/><Relationship Id="rId_hyperlink_1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/421/" TargetMode="External"/><Relationship Id="rId_hyperlink_1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/420/" TargetMode="External"/><Relationship Id="rId_hyperlink_1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/419/" TargetMode="External"/><Relationship Id="rId_hyperlink_1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/418/" TargetMode="External"/><Relationship Id="rId_hyperlink_1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/417/" TargetMode="External"/><Relationship Id="rId_hyperlink_1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/416/" TargetMode="External"/><Relationship Id="rId_hyperlink_1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/415/" TargetMode="External"/><Relationship Id="rId_hyperlink_1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/414/" TargetMode="External"/><Relationship Id="rId_hyperlink_1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/413/" TargetMode="External"/><Relationship Id="rId_hyperlink_1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/412/" TargetMode="External"/><Relationship Id="rId_hyperlink_1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/411/" TargetMode="External"/><Relationship Id="rId_hyperlink_1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/410/" TargetMode="External"/><Relationship Id="rId_hyperlink_1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/409/" TargetMode="External"/><Relationship Id="rId_hyperlink_1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/408/" TargetMode="External"/><Relationship Id="rId_hyperlink_1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/407/" TargetMode="External"/><Relationship Id="rId_hyperlink_1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/406/" TargetMode="External"/><Relationship Id="rId_hyperlink_1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/405/" TargetMode="External"/><Relationship Id="rId_hyperlink_1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/404/" TargetMode="External"/><Relationship Id="rId_hyperlink_1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/403/" TargetMode="External"/><Relationship Id="rId_hyperlink_1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/402/" TargetMode="External"/><Relationship Id="rId_hyperlink_1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/401/" TargetMode="External"/><Relationship Id="rId_hyperlink_1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/400/" TargetMode="External"/><Relationship Id="rId_hyperlink_1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/399/" TargetMode="External"/><Relationship Id="rId_hyperlink_1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/398/" TargetMode="External"/><Relationship Id="rId_hyperlink_1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/397/" TargetMode="External"/><Relationship Id="rId_hyperlink_1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/396/" TargetMode="External"/><Relationship Id="rId_hyperlink_1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/395/" TargetMode="External"/><Relationship Id="rId_hyperlink_1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/394/" TargetMode="External"/><Relationship Id="rId_hyperlink_1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/393/" TargetMode="External"/><Relationship Id="rId_hyperlink_1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/392/" TargetMode="External"/><Relationship Id="rId_hyperlink_1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/391/" TargetMode="External"/><Relationship Id="rId_hyperlink_1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/390/" TargetMode="External"/><Relationship Id="rId_hyperlink_1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/386/" TargetMode="External"/><Relationship Id="rId_hyperlink_1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/384/" TargetMode="External"/><Relationship Id="rId_hyperlink_1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/383/" TargetMode="External"/><Relationship Id="rId_hyperlink_1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/382/" TargetMode="External"/><Relationship Id="rId_hyperlink_1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/381/" TargetMode="External"/><Relationship Id="rId_hyperlink_1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/380/" TargetMode="External"/><Relationship Id="rId_hyperlink_1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/379/" TargetMode="External"/><Relationship Id="rId_hyperlink_1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/378/" TargetMode="External"/><Relationship Id="rId_hyperlink_1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/377/" TargetMode="External"/><Relationship Id="rId_hyperlink_1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/376/" TargetMode="External"/><Relationship Id="rId_hyperlink_1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/375/" TargetMode="External"/><Relationship Id="rId_hyperlink_1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/374/" TargetMode="External"/><Relationship Id="rId_hyperlink_1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/373/" TargetMode="External"/><Relationship Id="rId_hyperlink_1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/372/" TargetMode="External"/><Relationship Id="rId_hyperlink_1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/371/" TargetMode="External"/><Relationship Id="rId_hyperlink_1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/370/" TargetMode="External"/><Relationship Id="rId_hyperlink_1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/369/" TargetMode="External"/><Relationship Id="rId_hyperlink_1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/368/" TargetMode="External"/><Relationship Id="rId_hyperlink_1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/367/" TargetMode="External"/><Relationship Id="rId_hyperlink_1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/366/" TargetMode="External"/><Relationship Id="rId_hyperlink_1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/365/" TargetMode="External"/><Relationship Id="rId_hyperlink_1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/364/" TargetMode="External"/><Relationship Id="rId_hyperlink_1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/363/" TargetMode="External"/><Relationship Id="rId_hyperlink_1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/362/" TargetMode="External"/><Relationship Id="rId_hyperlink_1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/361/" TargetMode="External"/><Relationship Id="rId_hyperlink_1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/360/" TargetMode="External"/><Relationship Id="rId_hyperlink_1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/359/" TargetMode="External"/><Relationship Id="rId_hyperlink_1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/358/" TargetMode="External"/><Relationship Id="rId_hyperlink_1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/357/" TargetMode="External"/><Relationship Id="rId_hyperlink_1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/356/" TargetMode="External"/><Relationship Id="rId_hyperlink_1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/355/" TargetMode="External"/><Relationship Id="rId_hyperlink_1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/354/" TargetMode="External"/><Relationship Id="rId_hyperlink_1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/353/" TargetMode="External"/><Relationship Id="rId_hyperlink_1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/352/" TargetMode="External"/><Relationship Id="rId_hyperlink_1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/351/" TargetMode="External"/><Relationship Id="rId_hyperlink_1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/350/" TargetMode="External"/><Relationship Id="rId_hyperlink_1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/349/" TargetMode="External"/><Relationship Id="rId_hyperlink_1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/348/" TargetMode="External"/><Relationship Id="rId_hyperlink_1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/347/" TargetMode="External"/><Relationship Id="rId_hyperlink_1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/346/" TargetMode="External"/><Relationship Id="rId_hyperlink_1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/345/" TargetMode="External"/><Relationship Id="rId_hyperlink_1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/344/" TargetMode="External"/><Relationship Id="rId_hyperlink_1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/343/" TargetMode="External"/><Relationship Id="rId_hyperlink_1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/342/" TargetMode="External"/><Relationship Id="rId_hyperlink_1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/341/" TargetMode="External"/><Relationship Id="rId_hyperlink_1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/340/" TargetMode="External"/><Relationship Id="rId_hyperlink_1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/336/" TargetMode="External"/><Relationship Id="rId_hyperlink_1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/335/" TargetMode="External"/><Relationship Id="rId_hyperlink_1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/334/" TargetMode="External"/><Relationship Id="rId_hyperlink_1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/332/" TargetMode="External"/><Relationship Id="rId_hyperlink_1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/331/" TargetMode="External"/><Relationship Id="rId_hyperlink_1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/330/" TargetMode="External"/><Relationship Id="rId_hyperlink_1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/328/" TargetMode="External"/><Relationship Id="rId_hyperlink_1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/322/" TargetMode="External"/><Relationship Id="rId_hyperlink_1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/321/" TargetMode="External"/><Relationship Id="rId_hyperlink_1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/320/" TargetMode="External"/><Relationship Id="rId_hyperlink_1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/319/" TargetMode="External"/><Relationship Id="rId_hyperlink_1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/318/" TargetMode="External"/><Relationship Id="rId_hyperlink_1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/312/" TargetMode="External"/><Relationship Id="rId_hyperlink_1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/304/" TargetMode="External"/><Relationship Id="rId_hyperlink_1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/303/" TargetMode="External"/><Relationship Id="rId_hyperlink_1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/301/" TargetMode="External"/><Relationship Id="rId_hyperlink_1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/296/" TargetMode="External"/><Relationship Id="rId_hyperlink_1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/295/" TargetMode="External"/><Relationship Id="rId_hyperlink_1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/294/" TargetMode="External"/><Relationship Id="rId_hyperlink_1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/293/" TargetMode="External"/><Relationship Id="rId_hyperlink_1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/292/" TargetMode="External"/><Relationship Id="rId_hyperlink_1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/280/" TargetMode="External"/><Relationship Id="rId_hyperlink_1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/278/" TargetMode="External"/><Relationship Id="rId_hyperlink_1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/276/" TargetMode="External"/><Relationship Id="rId_hyperlink_1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/258/" TargetMode="External"/><Relationship Id="rId_hyperlink_1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/257/" TargetMode="External"/><Relationship Id="rId_hyperlink_1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/256/" TargetMode="External"/><Relationship Id="rId_hyperlink_1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/255/" TargetMode="External"/><Relationship Id="rId_hyperlink_1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/247/" TargetMode="External"/><Relationship Id="rId_hyperlink_1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/246/" TargetMode="External"/><Relationship Id="rId_hyperlink_1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/245/" TargetMode="External"/><Relationship Id="rId_hyperlink_1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/244/" TargetMode="External"/><Relationship Id="rId_hyperlink_1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/243/" TargetMode="External"/><Relationship Id="rId_hyperlink_1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/241/" TargetMode="External"/><Relationship Id="rId_hyperlink_1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/237/" TargetMode="External"/><Relationship Id="rId_hyperlink_1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/236/" TargetMode="External"/><Relationship Id="rId_hyperlink_1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/235/" TargetMode="External"/><Relationship Id="rId_hyperlink_1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/234/" TargetMode="External"/><Relationship Id="rId_hyperlink_1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/233/" TargetMode="External"/><Relationship Id="rId_hyperlink_1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/229/" TargetMode="External"/><Relationship Id="rId_hyperlink_1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/228/" TargetMode="External"/><Relationship Id="rId_hyperlink_1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/227/" TargetMode="External"/><Relationship Id="rId_hyperlink_1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/215/" TargetMode="External"/><Relationship Id="rId_hyperlink_1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/214/" TargetMode="External"/><Relationship Id="rId_hyperlink_1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/213/" TargetMode="External"/><Relationship Id="rId_hyperlink_1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/212/" TargetMode="External"/><Relationship Id="rId_hyperlink_1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/211/" TargetMode="External"/><Relationship Id="rId_hyperlink_1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/209/" TargetMode="External"/><Relationship Id="rId_hyperlink_1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/208/" TargetMode="External"/><Relationship Id="rId_hyperlink_1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/207/" TargetMode="External"/><Relationship Id="rId_hyperlink_1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/206/" TargetMode="External"/><Relationship Id="rId_hyperlink_1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/187/" TargetMode="External"/><Relationship Id="rId_hyperlink_1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/186/" TargetMode="External"/><Relationship Id="rId_hyperlink_1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/185/" TargetMode="External"/><Relationship Id="rId_hyperlink_1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/184/" TargetMode="External"/><Relationship Id="rId_hyperlink_1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/183/" TargetMode="External"/><Relationship Id="rId_hyperlink_1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/182/" TargetMode="External"/><Relationship Id="rId_hyperlink_1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/181/" TargetMode="External"/><Relationship Id="rId_hyperlink_1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/180/" TargetMode="External"/><Relationship Id="rId_hyperlink_1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/179/" TargetMode="External"/><Relationship Id="rId_hyperlink_1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/178/" TargetMode="External"/><Relationship Id="rId_hyperlink_1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/177/" TargetMode="External"/><Relationship Id="rId_hyperlink_1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/176/" TargetMode="External"/><Relationship Id="rId_hyperlink_1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/172/" TargetMode="External"/><Relationship Id="rId_hyperlink_1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/169/" TargetMode="External"/><Relationship Id="rId_hyperlink_1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/167/" TargetMode="External"/><Relationship Id="rId_hyperlink_1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/166/" TargetMode="External"/><Relationship Id="rId_hyperlink_1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/165/" TargetMode="External"/><Relationship Id="rId_hyperlink_1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/164/" TargetMode="External"/><Relationship Id="rId_hyperlink_1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/163/" TargetMode="External"/><Relationship Id="rId_hyperlink_1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/162/" TargetMode="External"/><Relationship Id="rId_hyperlink_1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/161/" TargetMode="External"/><Relationship Id="rId_hyperlink_1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/159/" TargetMode="External"/><Relationship Id="rId_hyperlink_1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/157/" TargetMode="External"/><Relationship Id="rId_hyperlink_1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/153/" TargetMode="External"/><Relationship Id="rId_hyperlink_1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/152/" TargetMode="External"/><Relationship Id="rId_hyperlink_1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/150/" TargetMode="External"/><Relationship Id="rId_hyperlink_1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/144/" TargetMode="External"/><Relationship Id="rId_hyperlink_1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/143/" TargetMode="External"/><Relationship Id="rId_hyperlink_1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/141/" TargetMode="External"/><Relationship Id="rId_hyperlink_1728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/140/" TargetMode="External"/><Relationship Id="rId_hyperlink_1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/139/" TargetMode="External"/><Relationship Id="rId_hyperlink_1730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/138/" TargetMode="External"/><Relationship Id="rId_hyperlink_1731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/136/" TargetMode="External"/><Relationship Id="rId_hyperlink_1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/135/" TargetMode="External"/><Relationship Id="rId_hyperlink_1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/134/" TargetMode="External"/><Relationship Id="rId_hyperlink_1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/133/" TargetMode="External"/><Relationship Id="rId_hyperlink_1735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/132/" TargetMode="External"/><Relationship Id="rId_hyperlink_1736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/131/" TargetMode="External"/><Relationship Id="rId_hyperlink_1737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/129/" TargetMode="External"/><Relationship Id="rId_hyperlink_1738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/128/" TargetMode="External"/><Relationship Id="rId_hyperlink_1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/127/" TargetMode="External"/><Relationship Id="rId_hyperlink_1740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/126/" TargetMode="External"/><Relationship Id="rId_hyperlink_1741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/125/" TargetMode="External"/><Relationship Id="rId_hyperlink_1742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/124/" TargetMode="External"/><Relationship Id="rId_hyperlink_1743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/123/" TargetMode="External"/><Relationship Id="rId_hyperlink_1744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/122/" TargetMode="External"/><Relationship Id="rId_hyperlink_1745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/121/" TargetMode="External"/><Relationship Id="rId_hyperlink_1746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/120/" TargetMode="External"/><Relationship Id="rId_hyperlink_1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/119/" TargetMode="External"/><Relationship Id="rId_hyperlink_1748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/118/" TargetMode="External"/><Relationship Id="rId_hyperlink_1749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/117/" TargetMode="External"/><Relationship Id="rId_hyperlink_1750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/116/" TargetMode="External"/><Relationship Id="rId_hyperlink_1751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/113/" TargetMode="External"/><Relationship Id="rId_hyperlink_1752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/112/" TargetMode="External"/><Relationship Id="rId_hyperlink_1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/111/" TargetMode="External"/><Relationship Id="rId_hyperlink_1754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/110/" TargetMode="External"/><Relationship Id="rId_hyperlink_1755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/109/" TargetMode="External"/><Relationship Id="rId_hyperlink_1756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/108/" TargetMode="External"/><Relationship Id="rId_hyperlink_1757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/107/" TargetMode="External"/><Relationship Id="rId_hyperlink_1758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/106/" TargetMode="External"/><Relationship Id="rId_hyperlink_1759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/105/" TargetMode="External"/><Relationship Id="rId_hyperlink_1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/104/" TargetMode="External"/><Relationship Id="rId_hyperlink_1761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/103/" TargetMode="External"/><Relationship Id="rId_hyperlink_1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/102/" TargetMode="External"/><Relationship Id="rId_hyperlink_1763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/101/" TargetMode="External"/><Relationship Id="rId_hyperlink_1764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/100/" TargetMode="External"/><Relationship Id="rId_hyperlink_1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/99/" TargetMode="External"/><Relationship Id="rId_hyperlink_1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/98/" TargetMode="External"/><Relationship Id="rId_hyperlink_1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/96/" TargetMode="External"/><Relationship Id="rId_hyperlink_1768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/94/" TargetMode="External"/><Relationship Id="rId_hyperlink_1769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/91/" TargetMode="External"/><Relationship Id="rId_hyperlink_1770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/90/" TargetMode="External"/><Relationship Id="rId_hyperlink_1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/89/" TargetMode="External"/><Relationship Id="rId_hyperlink_1772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/87/" TargetMode="External"/><Relationship Id="rId_hyperlink_1773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/85/" TargetMode="External"/><Relationship Id="rId_hyperlink_1774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/84/" TargetMode="External"/><Relationship Id="rId_hyperlink_1775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/83/" TargetMode="External"/><Relationship Id="rId_hyperlink_1776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/82/" TargetMode="External"/><Relationship Id="rId_hyperlink_1777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/81/" TargetMode="External"/><Relationship Id="rId_hyperlink_1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/80/" TargetMode="External"/><Relationship Id="rId_hyperlink_1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/79/" TargetMode="External"/><Relationship Id="rId_hyperlink_1780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/78/" TargetMode="External"/><Relationship Id="rId_hyperlink_1781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/64/" TargetMode="External"/><Relationship Id="rId_hyperlink_1782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/58/" TargetMode="External"/><Relationship Id="rId_hyperlink_1783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/55/" TargetMode="External"/><Relationship Id="rId_hyperlink_1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/46/" TargetMode="External"/><Relationship Id="rId_hyperlink_1785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/45/" TargetMode="External"/><Relationship Id="rId_hyperlink_1786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/44/" TargetMode="External"/><Relationship Id="rId_hyperlink_1787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/42/" TargetMode="External"/><Relationship Id="rId_hyperlink_1788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/22/" TargetMode="External"/><Relationship Id="rId_hyperlink_1789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/20/" TargetMode="External"/><Relationship Id="rId_hyperlink_1790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/16/" TargetMode="External"/><Relationship Id="rId_hyperlink_1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/15/" TargetMode="External"/><Relationship Id="rId_hyperlink_1792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/14/" TargetMode="External"/><Relationship Id="rId_hyperlink_1793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/13/" TargetMode="External"/><Relationship Id="rId_hyperlink_1794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/11/" TargetMode="External"/><Relationship Id="rId_hyperlink_1795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/10/" TargetMode="External"/><Relationship Id="rId_hyperlink_1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/9/" TargetMode="External"/><Relationship Id="rId_hyperlink_1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/8/" TargetMode="External"/><Relationship Id="rId_hyperlink_1798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/7/" TargetMode="External"/><Relationship Id="rId_hyperlink_1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/6/" TargetMode="External"/><Relationship Id="rId_hyperlink_1800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/5/" TargetMode="External"/><Relationship Id="rId_hyperlink_1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/4/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C1456"/>
+  <dimension ref="A1:C1802"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="true" style="0"/>
     <col min="2" max="2" width="85" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B2"/>
+      <c r="C2" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" t="s">
         <v>6</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>9</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
         <v>27</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
         <v>30</v>
       </c>
-      <c r="B12"/>
       <c r="C12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>35</v>
       </c>
-      <c r="B14"/>
+      <c r="B14" t="s">
+        <v>36</v>
+      </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="B15"/>
+        <v>38</v>
+      </c>
+      <c r="B15" t="s">
+        <v>39</v>
+      </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" t="s">
         <v>39</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>48</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>50</v>
       </c>
-      <c r="B20"/>
+      <c r="B20" t="s">
+        <v>51</v>
+      </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="B21"/>
+        <v>53</v>
+      </c>
+      <c r="B21" t="s">
+        <v>54</v>
+      </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="B23"/>
+        <v>59</v>
+      </c>
+      <c r="B23" t="s">
+        <v>60</v>
+      </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="B25"/>
+        <v>65</v>
+      </c>
+      <c r="B25" t="s">
+        <v>66</v>
+      </c>
       <c r="C25" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="B26"/>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="B27"/>
+        <v>70</v>
+      </c>
+      <c r="B27" t="s">
+        <v>71</v>
+      </c>
       <c r="C27" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="B29"/>
       <c r="C29" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="B30"/>
       <c r="C30" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B31" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B33" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C33" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B34" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C34" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="B35"/>
+        <v>92</v>
+      </c>
+      <c r="B35" t="s">
+        <v>93</v>
+      </c>
       <c r="C35" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B36" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C36" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="B37"/>
+        <v>98</v>
+      </c>
+      <c r="B37" t="s">
+        <v>99</v>
+      </c>
       <c r="C37" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B38" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C38" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="B39"/>
+        <v>104</v>
+      </c>
+      <c r="B39" t="s">
+        <v>105</v>
+      </c>
       <c r="C39" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B40" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C40" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="B43"/>
       <c r="C43" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="B45"/>
       <c r="C45" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="B46"/>
+        <v>120</v>
+      </c>
+      <c r="B46" t="s">
+        <v>121</v>
+      </c>
       <c r="C46" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="B47"/>
       <c r="C47" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B48" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C48" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B49"/>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="B50"/>
+        <v>130</v>
+      </c>
+      <c r="B50" t="s">
+        <v>131</v>
+      </c>
       <c r="C50" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C51" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B52"/>
+        <v>136</v>
+      </c>
+      <c r="B52" t="s">
+        <v>137</v>
+      </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B53"/>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B54" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C54" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="B55"/>
+        <v>144</v>
+      </c>
+      <c r="B55" t="s">
+        <v>145</v>
+      </c>
       <c r="C55" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="B56" t="s">
-        <v>141</v>
+        <v>84</v>
       </c>
       <c r="C56" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B57" t="s">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="C57" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="B58"/>
+        <v>151</v>
+      </c>
+      <c r="B58" t="s">
+        <v>152</v>
+      </c>
       <c r="C58" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B59" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C59" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B60" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C60" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="B61"/>
+        <v>160</v>
+      </c>
+      <c r="B61" t="s">
+        <v>161</v>
+      </c>
       <c r="C61" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="B62" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="C62" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B63" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="C63" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="B64"/>
+        <v>169</v>
+      </c>
+      <c r="B64" t="s">
+        <v>170</v>
+      </c>
       <c r="C64" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B65" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C65" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B66" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="C66" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B67" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="C67" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="B68" t="s">
-        <v>168</v>
+        <v>182</v>
       </c>
       <c r="C68" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="B69" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="C69" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="B70" t="s">
-        <v>168</v>
+        <v>188</v>
       </c>
       <c r="C70" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="B71" t="s">
-        <v>168</v>
+        <v>191</v>
       </c>
       <c r="C71" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="B72" t="s">
-        <v>168</v>
+        <v>194</v>
       </c>
       <c r="C72" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="B73" t="s">
-        <v>168</v>
+        <v>194</v>
       </c>
       <c r="C73" t="s">
-        <v>183</v>
+        <v>197</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="B74" t="s">
-        <v>168</v>
+        <v>199</v>
       </c>
       <c r="C74" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="B75" t="s">
-        <v>168</v>
+        <v>202</v>
       </c>
       <c r="C75" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="B76" t="s">
-        <v>168</v>
+        <v>205</v>
       </c>
       <c r="C76" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>190</v>
+        <v>207</v>
       </c>
       <c r="B77" t="s">
-        <v>168</v>
+        <v>208</v>
       </c>
       <c r="C77" t="s">
-        <v>191</v>
+        <v>209</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>192</v>
+        <v>210</v>
       </c>
       <c r="B78" t="s">
-        <v>168</v>
+        <v>208</v>
       </c>
       <c r="C78" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="B79" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="C79" t="s">
-        <v>195</v>
+        <v>214</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="B80" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="C80" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="B81" t="s">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="C81" t="s">
-        <v>201</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="B82"/>
+        <v>221</v>
+      </c>
+      <c r="B82" t="s">
+        <v>194</v>
+      </c>
       <c r="C82" t="s">
-        <v>203</v>
+        <v>222</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="B83" t="s">
-        <v>200</v>
+        <v>224</v>
       </c>
       <c r="C83" t="s">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="B84"/>
+        <v>226</v>
+      </c>
+      <c r="B84" t="s">
+        <v>227</v>
+      </c>
       <c r="C84" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="B85"/>
+        <v>229</v>
+      </c>
+      <c r="B85" t="s">
+        <v>230</v>
+      </c>
       <c r="C85" t="s">
-        <v>209</v>
+        <v>231</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>210</v>
+        <v>232</v>
       </c>
       <c r="B86" t="s">
-        <v>211</v>
+        <v>227</v>
       </c>
       <c r="C86" t="s">
-        <v>212</v>
+        <v>233</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>213</v>
+        <v>234</v>
       </c>
       <c r="B87" t="s">
-        <v>214</v>
+        <v>235</v>
       </c>
       <c r="C87" t="s">
-        <v>215</v>
+        <v>236</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="B88"/>
+        <v>237</v>
+      </c>
+      <c r="B88" t="s">
+        <v>238</v>
+      </c>
       <c r="C88" t="s">
-        <v>217</v>
+        <v>239</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="B89"/>
+        <v>240</v>
+      </c>
+      <c r="B89" t="s">
+        <v>241</v>
+      </c>
       <c r="C89" t="s">
-        <v>219</v>
+        <v>242</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>220</v>
+        <v>243</v>
       </c>
       <c r="B90" t="s">
-        <v>82</v>
+        <v>244</v>
       </c>
       <c r="C90" t="s">
-        <v>221</v>
+        <v>245</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="B91"/>
+        <v>246</v>
+      </c>
+      <c r="B91" t="s">
+        <v>247</v>
+      </c>
       <c r="C91" t="s">
-        <v>223</v>
+        <v>248</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="B92"/>
+        <v>249</v>
+      </c>
+      <c r="B92" t="s">
+        <v>250</v>
+      </c>
       <c r="C92" t="s">
-        <v>225</v>
+        <v>251</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="B93"/>
+        <v>252</v>
+      </c>
+      <c r="B93" t="s">
+        <v>253</v>
+      </c>
       <c r="C93" t="s">
-        <v>227</v>
+        <v>254</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="B94"/>
+        <v>255</v>
+      </c>
+      <c r="B94" t="s">
+        <v>256</v>
+      </c>
       <c r="C94" t="s">
-        <v>229</v>
+        <v>257</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>230</v>
+        <v>258</v>
       </c>
       <c r="B95" t="s">
-        <v>231</v>
+        <v>259</v>
       </c>
       <c r="C95" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>233</v>
+        <v>261</v>
       </c>
       <c r="B96" t="s">
-        <v>234</v>
+        <v>262</v>
       </c>
       <c r="C96" t="s">
-        <v>235</v>
+        <v>263</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="B97"/>
+        <v>264</v>
+      </c>
+      <c r="B97" t="s">
+        <v>265</v>
+      </c>
       <c r="C97" t="s">
-        <v>237</v>
+        <v>266</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="B98"/>
+        <v>267</v>
+      </c>
+      <c r="B98" t="s">
+        <v>268</v>
+      </c>
       <c r="C98" t="s">
-        <v>239</v>
+        <v>269</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="B99"/>
+        <v>270</v>
+      </c>
+      <c r="B99" t="s">
+        <v>271</v>
+      </c>
       <c r="C99" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="B100" t="s">
-        <v>243</v>
+        <v>274</v>
       </c>
       <c r="C100" t="s">
-        <v>244</v>
+        <v>275</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>245</v>
+        <v>276</v>
       </c>
       <c r="B101" t="s">
-        <v>246</v>
+        <v>277</v>
       </c>
       <c r="C101" t="s">
-        <v>247</v>
+        <v>278</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>248</v>
+        <v>279</v>
       </c>
       <c r="B102" t="s">
-        <v>249</v>
+        <v>280</v>
       </c>
       <c r="C102" t="s">
-        <v>250</v>
+        <v>281</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>251</v>
+        <v>282</v>
       </c>
       <c r="B103" t="s">
-        <v>7</v>
+        <v>283</v>
       </c>
       <c r="C103" t="s">
-        <v>252</v>
+        <v>284</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="B104"/>
+        <v>285</v>
+      </c>
+      <c r="B104" t="s">
+        <v>286</v>
+      </c>
       <c r="C104" t="s">
-        <v>254</v>
+        <v>287</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>255</v>
+        <v>288</v>
       </c>
       <c r="B105" t="s">
-        <v>246</v>
+        <v>289</v>
       </c>
       <c r="C105" t="s">
-        <v>256</v>
+        <v>290</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>257</v>
+        <v>291</v>
       </c>
       <c r="B106" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="C106" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>260</v>
+        <v>294</v>
       </c>
       <c r="B107" t="s">
-        <v>249</v>
+        <v>295</v>
       </c>
       <c r="C107" t="s">
-        <v>261</v>
+        <v>296</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>262</v>
+        <v>297</v>
       </c>
       <c r="B108" t="s">
-        <v>263</v>
+        <v>298</v>
       </c>
       <c r="C108" t="s">
-        <v>264</v>
+        <v>299</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>265</v>
+        <v>300</v>
       </c>
       <c r="B109" t="s">
-        <v>249</v>
+        <v>301</v>
       </c>
       <c r="C109" t="s">
-        <v>266</v>
+        <v>302</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>267</v>
+        <v>303</v>
       </c>
       <c r="B110" t="s">
-        <v>249</v>
+        <v>304</v>
       </c>
       <c r="C110" t="s">
-        <v>268</v>
+        <v>305</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="B111"/>
       <c r="C111" t="s">
-        <v>271</v>
+        <v>307</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="B112"/>
+        <v>308</v>
+      </c>
+      <c r="B112" t="s">
+        <v>309</v>
+      </c>
       <c r="C112" t="s">
-        <v>273</v>
+        <v>310</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>274</v>
+        <v>311</v>
       </c>
       <c r="B113" t="s">
-        <v>275</v>
+        <v>304</v>
       </c>
       <c r="C113" t="s">
-        <v>276</v>
+        <v>312</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>277</v>
+        <v>313</v>
       </c>
       <c r="B114" t="s">
-        <v>278</v>
+        <v>314</v>
       </c>
       <c r="C114" t="s">
-        <v>279</v>
+        <v>315</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>280</v>
+        <v>316</v>
       </c>
       <c r="B115" t="s">
-        <v>281</v>
+        <v>317</v>
       </c>
       <c r="C115" t="s">
-        <v>282</v>
+        <v>318</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="B116"/>
+        <v>319</v>
+      </c>
+      <c r="B116" t="s">
+        <v>320</v>
+      </c>
       <c r="C116" t="s">
-        <v>284</v>
+        <v>321</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>285</v>
+        <v>322</v>
       </c>
       <c r="B117" t="s">
-        <v>286</v>
+        <v>323</v>
       </c>
       <c r="C117" t="s">
-        <v>287</v>
+        <v>324</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>288</v>
+        <v>325</v>
       </c>
       <c r="B118" t="s">
-        <v>289</v>
+        <v>326</v>
       </c>
       <c r="C118" t="s">
-        <v>290</v>
+        <v>327</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="B119"/>
+        <v>328</v>
+      </c>
+      <c r="B119" t="s">
+        <v>329</v>
+      </c>
       <c r="C119" t="s">
-        <v>292</v>
+        <v>330</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>293</v>
+        <v>331</v>
       </c>
       <c r="B120" t="s">
-        <v>294</v>
+        <v>332</v>
       </c>
       <c r="C120" t="s">
-        <v>295</v>
+        <v>333</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="B121"/>
+        <v>334</v>
+      </c>
+      <c r="B121" t="s">
+        <v>335</v>
+      </c>
       <c r="C121" t="s">
-        <v>297</v>
+        <v>336</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="B122"/>
       <c r="C122" t="s">
-        <v>300</v>
+        <v>338</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>301</v>
+        <v>339</v>
       </c>
       <c r="B123" t="s">
-        <v>302</v>
+        <v>340</v>
       </c>
       <c r="C123" t="s">
-        <v>303</v>
+        <v>341</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>304</v>
+        <v>342</v>
       </c>
       <c r="B124"/>
       <c r="C124" t="s">
-        <v>305</v>
+        <v>343</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>306</v>
+        <v>344</v>
       </c>
       <c r="B125" t="s">
-        <v>249</v>
+        <v>345</v>
       </c>
       <c r="C125" t="s">
-        <v>307</v>
+        <v>346</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="B126"/>
       <c r="C126" t="s">
-        <v>309</v>
+        <v>348</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>310</v>
+        <v>349</v>
       </c>
       <c r="B127" t="s">
-        <v>249</v>
+        <v>350</v>
       </c>
       <c r="C127" t="s">
-        <v>311</v>
+        <v>351</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>210</v>
+        <v>352</v>
       </c>
       <c r="B128" t="s">
-        <v>211</v>
+        <v>353</v>
       </c>
       <c r="C128" t="s">
-        <v>312</v>
+        <v>354</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>313</v>
+        <v>355</v>
       </c>
       <c r="B129" t="s">
-        <v>294</v>
+        <v>356</v>
       </c>
       <c r="C129" t="s">
-        <v>314</v>
+        <v>357</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>315</v>
+        <v>358</v>
       </c>
       <c r="B130" t="s">
-        <v>316</v>
+        <v>359</v>
       </c>
       <c r="C130" t="s">
-        <v>317</v>
+        <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>318</v>
+        <v>361</v>
       </c>
       <c r="B131" t="s">
-        <v>319</v>
+        <v>362</v>
       </c>
       <c r="C131" t="s">
-        <v>320</v>
+        <v>363</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>321</v>
+        <v>364</v>
       </c>
       <c r="B132" t="s">
-        <v>322</v>
+        <v>365</v>
       </c>
       <c r="C132" t="s">
-        <v>323</v>
+        <v>366</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>324</v>
+        <v>367</v>
       </c>
       <c r="B133" t="s">
-        <v>325</v>
+        <v>365</v>
       </c>
       <c r="C133" t="s">
-        <v>326</v>
+        <v>368</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>327</v>
+        <v>369</v>
       </c>
       <c r="B134" t="s">
-        <v>328</v>
+        <v>365</v>
       </c>
       <c r="C134" t="s">
-        <v>329</v>
+        <v>370</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>330</v>
+        <v>371</v>
       </c>
       <c r="B135" t="s">
-        <v>331</v>
+        <v>372</v>
       </c>
       <c r="C135" t="s">
-        <v>332</v>
+        <v>373</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>333</v>
+        <v>374</v>
       </c>
       <c r="B136" t="s">
-        <v>243</v>
+        <v>375</v>
       </c>
       <c r="C136" t="s">
-        <v>334</v>
+        <v>376</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>335</v>
+        <v>377</v>
       </c>
       <c r="B137" t="s">
-        <v>336</v>
+        <v>375</v>
       </c>
       <c r="C137" t="s">
-        <v>337</v>
+        <v>378</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>338</v>
+        <v>379</v>
       </c>
       <c r="B138" t="s">
-        <v>339</v>
+        <v>375</v>
       </c>
       <c r="C138" t="s">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>341</v>
+        <v>381</v>
       </c>
       <c r="B139" t="s">
-        <v>342</v>
+        <v>382</v>
       </c>
       <c r="C139" t="s">
-        <v>343</v>
+        <v>383</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="B140" t="s">
-        <v>345</v>
+        <v>385</v>
       </c>
       <c r="C140" t="s">
-        <v>346</v>
+        <v>386</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>347</v>
+        <v>387</v>
       </c>
       <c r="B141" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="C141" t="s">
-        <v>349</v>
+        <v>388</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="B142"/>
+        <v>389</v>
+      </c>
+      <c r="B142" t="s">
+        <v>390</v>
+      </c>
       <c r="C142" t="s">
-        <v>351</v>
+        <v>391</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="B143"/>
+        <v>392</v>
+      </c>
+      <c r="B143" t="s">
+        <v>393</v>
+      </c>
       <c r="C143" t="s">
-        <v>353</v>
+        <v>394</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="B144"/>
+        <v>395</v>
+      </c>
+      <c r="B144" t="s">
+        <v>396</v>
+      </c>
       <c r="C144" t="s">
-        <v>355</v>
+        <v>397</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="B145"/>
+        <v>398</v>
+      </c>
+      <c r="B145" t="s">
+        <v>399</v>
+      </c>
       <c r="C145" t="s">
-        <v>357</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>358</v>
+        <v>401</v>
       </c>
       <c r="B146" t="s">
-        <v>359</v>
+        <v>402</v>
       </c>
       <c r="C146" t="s">
-        <v>360</v>
+        <v>403</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>361</v>
+        <v>404</v>
       </c>
       <c r="B147" t="s">
-        <v>7</v>
+        <v>405</v>
       </c>
       <c r="C147" t="s">
-        <v>362</v>
+        <v>406</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>363</v>
+        <v>407</v>
       </c>
       <c r="B148" t="s">
-        <v>7</v>
+        <v>408</v>
       </c>
       <c r="C148" t="s">
-        <v>364</v>
+        <v>409</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>365</v>
+        <v>410</v>
       </c>
       <c r="B149" t="s">
-        <v>359</v>
+        <v>411</v>
       </c>
       <c r="C149" t="s">
-        <v>366</v>
+        <v>412</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="B150"/>
       <c r="C150" t="s">
-        <v>369</v>
+        <v>414</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>370</v>
+        <v>415</v>
       </c>
       <c r="B151" t="s">
-        <v>371</v>
+        <v>416</v>
       </c>
       <c r="C151" t="s">
-        <v>372</v>
+        <v>417</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>373</v>
+        <v>418</v>
       </c>
       <c r="B152" t="s">
-        <v>374</v>
+        <v>419</v>
       </c>
       <c r="C152" t="s">
-        <v>375</v>
+        <v>420</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>376</v>
+        <v>421</v>
       </c>
       <c r="B153" t="s">
-        <v>377</v>
+        <v>422</v>
       </c>
       <c r="C153" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>379</v>
+        <v>424</v>
       </c>
       <c r="B154" t="s">
-        <v>377</v>
+        <v>425</v>
       </c>
       <c r="C154" t="s">
-        <v>380</v>
+        <v>426</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>381</v>
+        <v>427</v>
       </c>
       <c r="B155" t="s">
-        <v>382</v>
+        <v>428</v>
       </c>
       <c r="C155" t="s">
-        <v>383</v>
+        <v>429</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>384</v>
+        <v>430</v>
       </c>
       <c r="B156" t="s">
-        <v>385</v>
+        <v>431</v>
       </c>
       <c r="C156" t="s">
-        <v>386</v>
+        <v>432</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>387</v>
+        <v>433</v>
       </c>
       <c r="B157" t="s">
-        <v>388</v>
+        <v>434</v>
       </c>
       <c r="C157" t="s">
-        <v>389</v>
+        <v>435</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>390</v>
+        <v>436</v>
       </c>
       <c r="B158" t="s">
-        <v>391</v>
+        <v>437</v>
       </c>
       <c r="C158" t="s">
-        <v>392</v>
+        <v>438</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>393</v>
+        <v>439</v>
       </c>
       <c r="B159" t="s">
-        <v>7</v>
+        <v>440</v>
       </c>
       <c r="C159" t="s">
-        <v>394</v>
+        <v>441</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>395</v>
+        <v>442</v>
       </c>
       <c r="B160" t="s">
-        <v>396</v>
+        <v>443</v>
       </c>
       <c r="C160" t="s">
-        <v>397</v>
+        <v>444</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="B161"/>
+        <v>445</v>
+      </c>
+      <c r="B161" t="s">
+        <v>446</v>
+      </c>
       <c r="C161" t="s">
-        <v>399</v>
+        <v>447</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="B162"/>
+        <v>448</v>
+      </c>
+      <c r="B162" t="s">
+        <v>449</v>
+      </c>
       <c r="C162" t="s">
-        <v>401</v>
+        <v>450</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>402</v>
+        <v>451</v>
       </c>
       <c r="B163" t="s">
-        <v>359</v>
+        <v>452</v>
       </c>
       <c r="C163" t="s">
-        <v>403</v>
+        <v>453</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>404</v>
+        <v>454</v>
       </c>
       <c r="B164" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="C164" t="s">
-        <v>406</v>
+        <v>455</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>407</v>
+        <v>456</v>
       </c>
       <c r="B165" t="s">
-        <v>408</v>
+        <v>457</v>
       </c>
       <c r="C165" t="s">
-        <v>409</v>
+        <v>458</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="B166"/>
+        <v>459</v>
+      </c>
+      <c r="B166" t="s">
+        <v>460</v>
+      </c>
       <c r="C166" t="s">
-        <v>411</v>
+        <v>461</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>412</v>
+        <v>462</v>
       </c>
       <c r="B167" t="s">
-        <v>413</v>
+        <v>463</v>
       </c>
       <c r="C167" t="s">
-        <v>414</v>
+        <v>464</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="B168"/>
+        <v>465</v>
+      </c>
+      <c r="B168" t="s">
+        <v>466</v>
+      </c>
       <c r="C168" t="s">
-        <v>416</v>
+        <v>467</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="B169"/>
+        <v>468</v>
+      </c>
+      <c r="B169" t="s">
+        <v>469</v>
+      </c>
       <c r="C169" t="s">
-        <v>418</v>
+        <v>470</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="B170"/>
+        <v>471</v>
+      </c>
+      <c r="B170" t="s">
+        <v>472</v>
+      </c>
       <c r="C170" t="s">
-        <v>420</v>
+        <v>473</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>421</v>
+        <v>474</v>
       </c>
       <c r="B171" t="s">
-        <v>422</v>
+        <v>194</v>
       </c>
       <c r="C171" t="s">
-        <v>423</v>
+        <v>475</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>424</v>
+        <v>476</v>
       </c>
       <c r="B172" t="s">
-        <v>425</v>
+        <v>477</v>
       </c>
       <c r="C172" t="s">
-        <v>426</v>
+        <v>478</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>427</v>
+        <v>479</v>
       </c>
       <c r="B173" t="s">
-        <v>428</v>
+        <v>480</v>
       </c>
       <c r="C173" t="s">
-        <v>429</v>
+        <v>481</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>482</v>
+      </c>
+      <c r="B174"/>
       <c r="C174" t="s">
-        <v>432</v>
+        <v>483</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="B175"/>
+        <v>484</v>
+      </c>
+      <c r="B175" t="s">
+        <v>485</v>
+      </c>
       <c r="C175" t="s">
-        <v>434</v>
+        <v>486</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>435</v>
+        <v>487</v>
       </c>
       <c r="B176" t="s">
-        <v>436</v>
+        <v>488</v>
       </c>
       <c r="C176" t="s">
-        <v>437</v>
+        <v>489</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>438</v>
+        <v>490</v>
       </c>
       <c r="B177" t="s">
-        <v>436</v>
+        <v>491</v>
       </c>
       <c r="C177" t="s">
-        <v>439</v>
+        <v>492</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>440</v>
+        <v>493</v>
       </c>
       <c r="B178" t="s">
-        <v>436</v>
+        <v>494</v>
       </c>
       <c r="C178" t="s">
-        <v>441</v>
+        <v>495</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>442</v>
+        <v>496</v>
       </c>
       <c r="B179" t="s">
-        <v>443</v>
+        <v>497</v>
       </c>
       <c r="C179" t="s">
-        <v>444</v>
+        <v>498</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="B180"/>
+        <v>499</v>
+      </c>
+      <c r="B180" t="s">
+        <v>500</v>
+      </c>
       <c r="C180" t="s">
-        <v>446</v>
+        <v>501</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>447</v>
+        <v>502</v>
       </c>
       <c r="B181" t="s">
-        <v>448</v>
+        <v>503</v>
       </c>
       <c r="C181" t="s">
-        <v>449</v>
+        <v>504</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>450</v>
-[...1 lines deleted...]
-      <c r="B182"/>
+        <v>505</v>
+      </c>
+      <c r="B182" t="s">
+        <v>506</v>
+      </c>
       <c r="C182" t="s">
-        <v>451</v>
+        <v>507</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>452</v>
+        <v>508</v>
       </c>
       <c r="B183" t="s">
-        <v>453</v>
+        <v>509</v>
       </c>
       <c r="C183" t="s">
-        <v>454</v>
+        <v>510</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="B184"/>
+        <v>511</v>
+      </c>
+      <c r="B184" t="s">
+        <v>512</v>
+      </c>
       <c r="C184" t="s">
-        <v>456</v>
+        <v>513</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="B185"/>
+        <v>514</v>
+      </c>
+      <c r="B185" t="s">
+        <v>515</v>
+      </c>
       <c r="C185" t="s">
-        <v>458</v>
+        <v>516</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>459</v>
+        <v>517</v>
       </c>
       <c r="B186" t="s">
-        <v>460</v>
+        <v>518</v>
       </c>
       <c r="C186" t="s">
-        <v>461</v>
+        <v>519</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>462</v>
+        <v>520</v>
       </c>
       <c r="B187" t="s">
-        <v>46</v>
+        <v>521</v>
       </c>
       <c r="C187" t="s">
-        <v>463</v>
+        <v>522</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="B188"/>
+        <v>523</v>
+      </c>
+      <c r="B188" t="s">
+        <v>524</v>
+      </c>
       <c r="C188" t="s">
-        <v>465</v>
+        <v>525</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>466</v>
+        <v>526</v>
       </c>
       <c r="B189" t="s">
-        <v>467</v>
+        <v>527</v>
       </c>
       <c r="C189" t="s">
-        <v>468</v>
+        <v>528</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>469</v>
+        <v>529</v>
       </c>
       <c r="B190" t="s">
-        <v>336</v>
+        <v>530</v>
       </c>
       <c r="C190" t="s">
-        <v>470</v>
+        <v>531</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="B191"/>
+        <v>532</v>
+      </c>
+      <c r="B191" t="s">
+        <v>533</v>
+      </c>
       <c r="C191" t="s">
-        <v>472</v>
+        <v>534</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>473</v>
+        <v>535</v>
       </c>
       <c r="B192" t="s">
-        <v>474</v>
+        <v>536</v>
       </c>
       <c r="C192" t="s">
-        <v>475</v>
+        <v>537</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>476</v>
+        <v>538</v>
       </c>
       <c r="B193" t="s">
-        <v>477</v>
+        <v>539</v>
       </c>
       <c r="C193" t="s">
-        <v>478</v>
+        <v>540</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>479</v>
+        <v>541</v>
       </c>
       <c r="B194"/>
       <c r="C194" t="s">
-        <v>480</v>
+        <v>542</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="B195"/>
+        <v>543</v>
+      </c>
+      <c r="B195" t="s">
+        <v>544</v>
+      </c>
       <c r="C195" t="s">
-        <v>482</v>
+        <v>545</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>483</v>
+        <v>546</v>
       </c>
       <c r="B196" t="s">
-        <v>484</v>
+        <v>547</v>
       </c>
       <c r="C196" t="s">
-        <v>485</v>
+        <v>548</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>486</v>
+        <v>549</v>
       </c>
       <c r="B197" t="s">
-        <v>487</v>
+        <v>550</v>
       </c>
       <c r="C197" t="s">
-        <v>488</v>
+        <v>551</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>489</v>
+        <v>552</v>
       </c>
       <c r="B198" t="s">
-        <v>490</v>
+        <v>553</v>
       </c>
       <c r="C198" t="s">
-        <v>491</v>
+        <v>554</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="B199"/>
+        <v>555</v>
+      </c>
+      <c r="B199" t="s">
+        <v>556</v>
+      </c>
       <c r="C199" t="s">
-        <v>493</v>
+        <v>557</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B200"/>
+        <v>558</v>
+      </c>
+      <c r="B200" t="s">
+        <v>559</v>
+      </c>
       <c r="C200" t="s">
-        <v>495</v>
+        <v>560</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>496</v>
-[...1 lines deleted...]
-      <c r="B201"/>
+        <v>561</v>
+      </c>
+      <c r="B201" t="s">
+        <v>562</v>
+      </c>
       <c r="C201" t="s">
-        <v>497</v>
+        <v>563</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>498</v>
+        <v>564</v>
       </c>
       <c r="B202" t="s">
-        <v>499</v>
+        <v>457</v>
       </c>
       <c r="C202" t="s">
-        <v>500</v>
+        <v>565</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="B203"/>
+        <v>566</v>
+      </c>
+      <c r="B203" t="s">
+        <v>457</v>
+      </c>
       <c r="C203" t="s">
-        <v>502</v>
+        <v>567</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>503</v>
+        <v>568</v>
       </c>
       <c r="B204" t="s">
-        <v>504</v>
+        <v>457</v>
       </c>
       <c r="C204" t="s">
-        <v>505</v>
+        <v>569</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>506</v>
+        <v>570</v>
       </c>
       <c r="B205" t="s">
-        <v>507</v>
+        <v>457</v>
       </c>
       <c r="C205" t="s">
-        <v>508</v>
+        <v>571</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>509</v>
+        <v>572</v>
       </c>
       <c r="B206" t="s">
-        <v>510</v>
+        <v>457</v>
       </c>
       <c r="C206" t="s">
-        <v>511</v>
+        <v>573</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>512</v>
+        <v>574</v>
       </c>
       <c r="B207" t="s">
-        <v>510</v>
+        <v>457</v>
       </c>
       <c r="C207" t="s">
-        <v>513</v>
+        <v>575</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="B208"/>
+        <v>576</v>
+      </c>
+      <c r="B208" t="s">
+        <v>457</v>
+      </c>
       <c r="C208" t="s">
-        <v>515</v>
+        <v>577</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="B209"/>
+        <v>578</v>
+      </c>
+      <c r="B209" t="s">
+        <v>579</v>
+      </c>
       <c r="C209" t="s">
-        <v>517</v>
+        <v>580</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>518</v>
+        <v>581</v>
       </c>
       <c r="B210" t="s">
-        <v>519</v>
+        <v>582</v>
       </c>
       <c r="C210" t="s">
-        <v>520</v>
+        <v>583</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>521</v>
+        <v>584</v>
       </c>
       <c r="B211" t="s">
-        <v>522</v>
+        <v>585</v>
       </c>
       <c r="C211" t="s">
-        <v>523</v>
+        <v>586</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>524</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="B212"/>
       <c r="C212" t="s">
-        <v>526</v>
+        <v>588</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>527</v>
+        <v>589</v>
       </c>
       <c r="B213" t="s">
-        <v>528</v>
+        <v>590</v>
       </c>
       <c r="C213" t="s">
-        <v>529</v>
+        <v>591</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>530</v>
+        <v>592</v>
       </c>
       <c r="B214" t="s">
-        <v>531</v>
+        <v>593</v>
       </c>
       <c r="C214" t="s">
-        <v>532</v>
+        <v>594</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>533</v>
+        <v>595</v>
       </c>
       <c r="B215" t="s">
-        <v>534</v>
+        <v>596</v>
       </c>
       <c r="C215" t="s">
-        <v>535</v>
+        <v>597</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>536</v>
+        <v>598</v>
       </c>
       <c r="B216" t="s">
-        <v>537</v>
+        <v>599</v>
       </c>
       <c r="C216" t="s">
-        <v>538</v>
+        <v>600</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="B217"/>
+        <v>601</v>
+      </c>
+      <c r="B217" t="s">
+        <v>602</v>
+      </c>
       <c r="C217" t="s">
-        <v>540</v>
+        <v>603</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="B218"/>
+        <v>604</v>
+      </c>
+      <c r="B218" t="s">
+        <v>605</v>
+      </c>
       <c r="C218" t="s">
-        <v>542</v>
+        <v>606</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>543</v>
+        <v>607</v>
       </c>
       <c r="B219" t="s">
-        <v>544</v>
+        <v>608</v>
       </c>
       <c r="C219" t="s">
-        <v>545</v>
+        <v>609</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>546</v>
+        <v>610</v>
       </c>
       <c r="B220" t="s">
-        <v>547</v>
+        <v>611</v>
       </c>
       <c r="C220" t="s">
-        <v>548</v>
+        <v>612</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>549</v>
-[...1 lines deleted...]
-      <c r="B221"/>
+        <v>613</v>
+      </c>
+      <c r="B221" t="s">
+        <v>614</v>
+      </c>
       <c r="C221" t="s">
-        <v>550</v>
+        <v>615</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>551</v>
+        <v>616</v>
       </c>
       <c r="B222" t="s">
-        <v>552</v>
+        <v>422</v>
       </c>
       <c r="C222" t="s">
-        <v>553</v>
+        <v>617</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>554</v>
+        <v>618</v>
       </c>
       <c r="B223" t="s">
-        <v>555</v>
+        <v>619</v>
       </c>
       <c r="C223" t="s">
-        <v>556</v>
+        <v>620</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>557</v>
+        <v>621</v>
       </c>
       <c r="B224" t="s">
-        <v>558</v>
+        <v>622</v>
       </c>
       <c r="C224" t="s">
-        <v>559</v>
+        <v>623</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>560</v>
+        <v>624</v>
       </c>
       <c r="B225" t="s">
-        <v>561</v>
+        <v>625</v>
       </c>
       <c r="C225" t="s">
-        <v>562</v>
+        <v>626</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>563</v>
+        <v>627</v>
       </c>
       <c r="B226" t="s">
-        <v>336</v>
+        <v>628</v>
       </c>
       <c r="C226" t="s">
-        <v>564</v>
+        <v>629</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>565</v>
+        <v>630</v>
       </c>
       <c r="B227" t="s">
-        <v>566</v>
+        <v>631</v>
       </c>
       <c r="C227" t="s">
-        <v>567</v>
+        <v>632</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>568</v>
+        <v>633</v>
       </c>
       <c r="B228" t="s">
-        <v>569</v>
+        <v>634</v>
       </c>
       <c r="C228" t="s">
-        <v>570</v>
+        <v>635</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>571</v>
+        <v>636</v>
       </c>
       <c r="B229" t="s">
-        <v>572</v>
+        <v>637</v>
       </c>
       <c r="C229" t="s">
-        <v>573</v>
+        <v>638</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>574</v>
+        <v>639</v>
       </c>
       <c r="B230" t="s">
-        <v>575</v>
+        <v>491</v>
       </c>
       <c r="C230" t="s">
-        <v>576</v>
+        <v>640</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>577</v>
+        <v>641</v>
       </c>
       <c r="B231" t="s">
-        <v>578</v>
+        <v>642</v>
       </c>
       <c r="C231" t="s">
-        <v>579</v>
+        <v>643</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>580</v>
+        <v>644</v>
       </c>
       <c r="B232" t="s">
-        <v>581</v>
+        <v>645</v>
       </c>
       <c r="C232" t="s">
-        <v>582</v>
+        <v>646</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>583</v>
+        <v>647</v>
       </c>
       <c r="B233" t="s">
-        <v>422</v>
+        <v>648</v>
       </c>
       <c r="C233" t="s">
-        <v>584</v>
+        <v>649</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>9</v>
+        <v>650</v>
       </c>
       <c r="B234" t="s">
-        <v>7</v>
+        <v>651</v>
       </c>
       <c r="C234" t="s">
-        <v>585</v>
+        <v>652</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>586</v>
+        <v>653</v>
       </c>
       <c r="B235" t="s">
-        <v>534</v>
+        <v>654</v>
       </c>
       <c r="C235" t="s">
-        <v>587</v>
+        <v>655</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>588</v>
+        <v>656</v>
       </c>
       <c r="B236" t="s">
-        <v>589</v>
+        <v>657</v>
       </c>
       <c r="C236" t="s">
-        <v>590</v>
+        <v>658</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>591</v>
+        <v>364</v>
       </c>
       <c r="B237" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C237" t="s">
-        <v>593</v>
+        <v>659</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>594</v>
+        <v>660</v>
       </c>
       <c r="B238" t="s">
-        <v>595</v>
+        <v>661</v>
       </c>
       <c r="C238" t="s">
-        <v>596</v>
+        <v>662</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>597</v>
+        <v>663</v>
       </c>
       <c r="B239" t="s">
-        <v>598</v>
+        <v>664</v>
       </c>
       <c r="C239" t="s">
-        <v>599</v>
+        <v>665</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>600</v>
+        <v>666</v>
       </c>
       <c r="B240" t="s">
-        <v>601</v>
+        <v>667</v>
       </c>
       <c r="C240" t="s">
-        <v>602</v>
+        <v>668</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>603</v>
+        <v>669</v>
       </c>
       <c r="B241" t="s">
-        <v>422</v>
+        <v>670</v>
       </c>
       <c r="C241" t="s">
-        <v>604</v>
+        <v>671</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>605</v>
+        <v>672</v>
       </c>
       <c r="B242" t="s">
-        <v>606</v>
+        <v>673</v>
       </c>
       <c r="C242" t="s">
-        <v>607</v>
+        <v>674</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>608</v>
+        <v>675</v>
       </c>
       <c r="B243" t="s">
-        <v>606</v>
+        <v>676</v>
       </c>
       <c r="C243" t="s">
-        <v>609</v>
+        <v>677</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>610</v>
+        <v>678</v>
       </c>
       <c r="B244" t="s">
-        <v>611</v>
+        <v>679</v>
       </c>
       <c r="C244" t="s">
-        <v>612</v>
+        <v>680</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="B245"/>
+        <v>681</v>
+      </c>
+      <c r="B245" t="s">
+        <v>682</v>
+      </c>
       <c r="C245" t="s">
-        <v>614</v>
+        <v>683</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="B246"/>
+        <v>684</v>
+      </c>
+      <c r="B246" t="s">
+        <v>685</v>
+      </c>
       <c r="C246" t="s">
-        <v>616</v>
+        <v>686</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>617</v>
+        <v>687</v>
       </c>
       <c r="B247" t="s">
-        <v>618</v>
+        <v>688</v>
       </c>
       <c r="C247" t="s">
-        <v>619</v>
+        <v>689</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>620</v>
-[...1 lines deleted...]
-      <c r="B248"/>
+        <v>690</v>
+      </c>
+      <c r="B248" t="s">
+        <v>691</v>
+      </c>
       <c r="C248" t="s">
-        <v>621</v>
+        <v>692</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>622</v>
+        <v>693</v>
       </c>
       <c r="B249" t="s">
-        <v>7</v>
+        <v>694</v>
       </c>
       <c r="C249" t="s">
-        <v>623</v>
+        <v>695</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>624</v>
+        <v>696</v>
       </c>
       <c r="B250" t="s">
-        <v>625</v>
+        <v>697</v>
       </c>
       <c r="C250" t="s">
-        <v>626</v>
+        <v>698</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>627</v>
+        <v>699</v>
       </c>
       <c r="B251" t="s">
-        <v>628</v>
+        <v>700</v>
       </c>
       <c r="C251" t="s">
-        <v>629</v>
+        <v>701</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>630</v>
-[...1 lines deleted...]
-      <c r="B252"/>
+        <v>702</v>
+      </c>
+      <c r="B252" t="s">
+        <v>703</v>
+      </c>
       <c r="C252" t="s">
-        <v>631</v>
+        <v>704</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>632</v>
+        <v>705</v>
       </c>
       <c r="B253" t="s">
-        <v>633</v>
+        <v>706</v>
       </c>
       <c r="C253" t="s">
-        <v>634</v>
+        <v>707</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>627</v>
+        <v>708</v>
       </c>
       <c r="B254" t="s">
-        <v>628</v>
+        <v>709</v>
       </c>
       <c r="C254" t="s">
-        <v>635</v>
+        <v>710</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>636</v>
-[...1 lines deleted...]
-      <c r="B255"/>
+        <v>711</v>
+      </c>
+      <c r="B255" t="s">
+        <v>712</v>
+      </c>
       <c r="C255" t="s">
-        <v>637</v>
+        <v>713</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>638</v>
+        <v>714</v>
       </c>
       <c r="B256" t="s">
-        <v>422</v>
+        <v>715</v>
       </c>
       <c r="C256" t="s">
-        <v>639</v>
+        <v>716</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>640</v>
+        <v>717</v>
       </c>
       <c r="B257" t="s">
-        <v>359</v>
+        <v>718</v>
       </c>
       <c r="C257" t="s">
-        <v>641</v>
+        <v>719</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>642</v>
+        <v>720</v>
       </c>
       <c r="B258" t="s">
-        <v>643</v>
+        <v>721</v>
       </c>
       <c r="C258" t="s">
-        <v>644</v>
+        <v>722</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>645</v>
+        <v>723</v>
       </c>
       <c r="B259" t="s">
-        <v>606</v>
+        <v>259</v>
       </c>
       <c r="C259" t="s">
-        <v>646</v>
+        <v>724</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>647</v>
+        <v>725</v>
       </c>
       <c r="B260" t="s">
-        <v>531</v>
+        <v>259</v>
       </c>
       <c r="C260" t="s">
-        <v>648</v>
+        <v>726</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>649</v>
+        <v>727</v>
       </c>
       <c r="B261" t="s">
-        <v>531</v>
+        <v>728</v>
       </c>
       <c r="C261" t="s">
-        <v>650</v>
+        <v>729</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>651</v>
+        <v>730</v>
       </c>
       <c r="B262" t="s">
-        <v>531</v>
+        <v>731</v>
       </c>
       <c r="C262" t="s">
-        <v>652</v>
+        <v>732</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>653</v>
+        <v>733</v>
       </c>
       <c r="B263" t="s">
-        <v>359</v>
+        <v>734</v>
       </c>
       <c r="C263" t="s">
-        <v>654</v>
+        <v>735</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>655</v>
+        <v>736</v>
       </c>
       <c r="B264" t="s">
-        <v>656</v>
+        <v>737</v>
       </c>
       <c r="C264" t="s">
-        <v>657</v>
+        <v>738</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>658</v>
+        <v>739</v>
       </c>
       <c r="B265" t="s">
-        <v>606</v>
+        <v>740</v>
       </c>
       <c r="C265" t="s">
-        <v>659</v>
+        <v>741</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>660</v>
+        <v>742</v>
       </c>
       <c r="B266" t="s">
-        <v>661</v>
+        <v>743</v>
       </c>
       <c r="C266" t="s">
-        <v>662</v>
+        <v>744</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="B267"/>
+        <v>745</v>
+      </c>
+      <c r="B267" t="s">
+        <v>746</v>
+      </c>
       <c r="C267" t="s">
-        <v>664</v>
+        <v>747</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>665</v>
+        <v>748</v>
       </c>
       <c r="B268" t="s">
-        <v>666</v>
+        <v>749</v>
       </c>
       <c r="C268" t="s">
-        <v>667</v>
+        <v>750</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>668</v>
-[...1 lines deleted...]
-      <c r="B269"/>
+        <v>751</v>
+      </c>
+      <c r="B269" t="s">
+        <v>749</v>
+      </c>
       <c r="C269" t="s">
-        <v>669</v>
+        <v>752</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>670</v>
-[...1 lines deleted...]
-      <c r="B270"/>
+        <v>753</v>
+      </c>
+      <c r="B270" t="s">
+        <v>749</v>
+      </c>
       <c r="C270" t="s">
-        <v>671</v>
+        <v>754</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="B271"/>
+        <v>755</v>
+      </c>
+      <c r="B271" t="s">
+        <v>749</v>
+      </c>
       <c r="C271" t="s">
-        <v>673</v>
+        <v>756</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>674</v>
-[...3 lines deleted...]
-      </c>
+        <v>757</v>
+      </c>
+      <c r="B272"/>
       <c r="C272" t="s">
-        <v>676</v>
+        <v>758</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>677</v>
+        <v>759</v>
       </c>
       <c r="B273" t="s">
-        <v>678</v>
+        <v>760</v>
       </c>
       <c r="C273" t="s">
-        <v>679</v>
+        <v>761</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>680</v>
-[...3 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="B274"/>
       <c r="C274" t="s">
-        <v>682</v>
+        <v>763</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>683</v>
-[...3 lines deleted...]
-      </c>
+        <v>764</v>
+      </c>
+      <c r="B275"/>
       <c r="C275" t="s">
-        <v>685</v>
+        <v>765</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>686</v>
+        <v>766</v>
       </c>
       <c r="B276" t="s">
-        <v>687</v>
+        <v>767</v>
       </c>
       <c r="C276" t="s">
-        <v>688</v>
+        <v>768</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>689</v>
-[...1 lines deleted...]
-      <c r="B277"/>
+        <v>769</v>
+      </c>
+      <c r="B277" t="s">
+        <v>770</v>
+      </c>
       <c r="C277" t="s">
-        <v>690</v>
+        <v>771</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>691</v>
+        <v>772</v>
       </c>
       <c r="B278" t="s">
-        <v>531</v>
+        <v>773</v>
       </c>
       <c r="C278" t="s">
-        <v>692</v>
+        <v>774</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>693</v>
-[...3 lines deleted...]
-      </c>
+        <v>775</v>
+      </c>
+      <c r="B279"/>
       <c r="C279" t="s">
-        <v>694</v>
+        <v>776</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>695</v>
+        <v>777</v>
       </c>
       <c r="B280"/>
       <c r="C280" t="s">
-        <v>696</v>
+        <v>778</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>697</v>
+        <v>779</v>
       </c>
       <c r="B281" t="s">
-        <v>531</v>
+        <v>780</v>
       </c>
       <c r="C281" t="s">
-        <v>698</v>
+        <v>781</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>699</v>
-[...1 lines deleted...]
-      <c r="B282"/>
+        <v>782</v>
+      </c>
+      <c r="B282" t="s">
+        <v>783</v>
+      </c>
       <c r="C282" t="s">
-        <v>700</v>
+        <v>784</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>701</v>
+        <v>785</v>
       </c>
       <c r="B283"/>
       <c r="C283" t="s">
-        <v>702</v>
+        <v>786</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>703</v>
+        <v>787</v>
       </c>
       <c r="B284" t="s">
-        <v>531</v>
+        <v>788</v>
       </c>
       <c r="C284" t="s">
-        <v>704</v>
+        <v>789</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>705</v>
+        <v>790</v>
       </c>
       <c r="B285" t="s">
-        <v>531</v>
+        <v>791</v>
       </c>
       <c r="C285" t="s">
-        <v>706</v>
+        <v>792</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>707</v>
+        <v>793</v>
       </c>
       <c r="B286" t="s">
-        <v>484</v>
+        <v>794</v>
       </c>
       <c r="C286" t="s">
-        <v>708</v>
+        <v>795</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>709</v>
+        <v>796</v>
       </c>
       <c r="B287" t="s">
-        <v>460</v>
+        <v>797</v>
       </c>
       <c r="C287" t="s">
-        <v>710</v>
+        <v>798</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>711</v>
+        <v>799</v>
       </c>
       <c r="B288" t="s">
-        <v>712</v>
+        <v>800</v>
       </c>
       <c r="C288" t="s">
-        <v>713</v>
+        <v>801</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>714</v>
-[...3 lines deleted...]
-      </c>
+        <v>802</v>
+      </c>
+      <c r="B289"/>
       <c r="C289" t="s">
-        <v>715</v>
+        <v>803</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>716</v>
+        <v>804</v>
       </c>
       <c r="B290" t="s">
-        <v>359</v>
+        <v>805</v>
       </c>
       <c r="C290" t="s">
-        <v>717</v>
+        <v>806</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>718</v>
+        <v>807</v>
       </c>
       <c r="B291" t="s">
-        <v>359</v>
+        <v>808</v>
       </c>
       <c r="C291" t="s">
-        <v>719</v>
+        <v>809</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>720</v>
-[...1 lines deleted...]
-      <c r="B292"/>
+        <v>810</v>
+      </c>
+      <c r="B292" t="s">
+        <v>760</v>
+      </c>
       <c r="C292" t="s">
-        <v>721</v>
+        <v>811</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>722</v>
-[...3 lines deleted...]
-      </c>
+        <v>812</v>
+      </c>
+      <c r="B293"/>
       <c r="C293" t="s">
-        <v>723</v>
+        <v>813</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>724</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="B294"/>
       <c r="C294" t="s">
-        <v>725</v>
+        <v>815</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="B295"/>
+        <v>816</v>
+      </c>
+      <c r="B295" t="s">
+        <v>619</v>
+      </c>
       <c r="C295" t="s">
-        <v>727</v>
+        <v>817</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
-        <v>728</v>
+        <v>818</v>
       </c>
       <c r="B296"/>
       <c r="C296" t="s">
-        <v>729</v>
+        <v>819</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="B297"/>
+        <v>820</v>
+      </c>
+      <c r="B297" t="s">
+        <v>821</v>
+      </c>
       <c r="C297" t="s">
-        <v>731</v>
+        <v>822</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
-        <v>732</v>
+        <v>823</v>
       </c>
       <c r="B298" t="s">
-        <v>733</v>
+        <v>449</v>
       </c>
       <c r="C298" t="s">
-        <v>734</v>
+        <v>824</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>735</v>
+        <v>825</v>
       </c>
       <c r="B299" t="s">
-        <v>733</v>
+        <v>826</v>
       </c>
       <c r="C299" t="s">
-        <v>736</v>
+        <v>827</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>737</v>
+        <v>828</v>
       </c>
       <c r="B300"/>
       <c r="C300" t="s">
-        <v>738</v>
+        <v>829</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>739</v>
+        <v>830</v>
       </c>
       <c r="B301"/>
       <c r="C301" t="s">
-        <v>740</v>
+        <v>831</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>741</v>
+        <v>832</v>
       </c>
       <c r="B302"/>
       <c r="C302" t="s">
-        <v>742</v>
+        <v>833</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>743</v>
+        <v>834</v>
       </c>
       <c r="B303" t="s">
-        <v>744</v>
+        <v>835</v>
       </c>
       <c r="C303" t="s">
-        <v>745</v>
+        <v>836</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>746</v>
-[...1 lines deleted...]
-      <c r="B304"/>
+        <v>837</v>
+      </c>
+      <c r="B304" t="s">
+        <v>838</v>
+      </c>
       <c r="C304" t="s">
-        <v>747</v>
+        <v>839</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>748</v>
+        <v>840</v>
       </c>
       <c r="B305"/>
       <c r="C305" t="s">
-        <v>749</v>
+        <v>841</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="B306"/>
+        <v>842</v>
+      </c>
+      <c r="B306" t="s">
+        <v>843</v>
+      </c>
       <c r="C306" t="s">
-        <v>751</v>
+        <v>844</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>752</v>
+        <v>845</v>
       </c>
       <c r="B307" t="s">
-        <v>753</v>
+        <v>846</v>
       </c>
       <c r="C307" t="s">
-        <v>754</v>
+        <v>847</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>755</v>
+        <v>848</v>
       </c>
       <c r="B308"/>
       <c r="C308" t="s">
-        <v>756</v>
+        <v>849</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>757</v>
-[...3 lines deleted...]
-      </c>
+        <v>850</v>
+      </c>
+      <c r="B309"/>
       <c r="C309" t="s">
-        <v>759</v>
+        <v>851</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>760</v>
+        <v>852</v>
       </c>
       <c r="B310" t="s">
-        <v>761</v>
+        <v>853</v>
       </c>
       <c r="C310" t="s">
-        <v>762</v>
+        <v>854</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>763</v>
+        <v>855</v>
       </c>
       <c r="B311" t="s">
-        <v>764</v>
+        <v>856</v>
       </c>
       <c r="C311" t="s">
-        <v>765</v>
+        <v>857</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>766</v>
+        <v>858</v>
       </c>
       <c r="B312" t="s">
-        <v>767</v>
+        <v>494</v>
       </c>
       <c r="C312" t="s">
-        <v>768</v>
+        <v>859</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>769</v>
+        <v>860</v>
       </c>
       <c r="B313" t="s">
-        <v>770</v>
+        <v>861</v>
       </c>
       <c r="C313" t="s">
-        <v>771</v>
+        <v>862</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>772</v>
-[...1 lines deleted...]
-      <c r="B314"/>
+        <v>863</v>
+      </c>
+      <c r="B314" t="s">
+        <v>864</v>
+      </c>
       <c r="C314" t="s">
-        <v>773</v>
+        <v>865</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>774</v>
+        <v>866</v>
       </c>
       <c r="B315" t="s">
-        <v>775</v>
+        <v>867</v>
       </c>
       <c r="C315" t="s">
-        <v>776</v>
+        <v>868</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>777</v>
+        <v>869</v>
       </c>
       <c r="B316" t="s">
-        <v>775</v>
+        <v>870</v>
       </c>
       <c r="C316" t="s">
-        <v>778</v>
+        <v>871</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>779</v>
+        <v>872</v>
       </c>
       <c r="B317" t="s">
-        <v>780</v>
+        <v>873</v>
       </c>
       <c r="C317" t="s">
-        <v>781</v>
+        <v>874</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="B318"/>
+        <v>875</v>
+      </c>
+      <c r="B318" t="s">
+        <v>876</v>
+      </c>
       <c r="C318" t="s">
-        <v>783</v>
+        <v>877</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>280</v>
+        <v>878</v>
       </c>
       <c r="B319" t="s">
-        <v>281</v>
+        <v>879</v>
       </c>
       <c r="C319" t="s">
-        <v>784</v>
+        <v>880</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>785</v>
-[...1 lines deleted...]
-      <c r="B320"/>
+        <v>881</v>
+      </c>
+      <c r="B320" t="s">
+        <v>808</v>
+      </c>
       <c r="C320" t="s">
-        <v>786</v>
+        <v>882</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>787</v>
+        <v>883</v>
       </c>
       <c r="B321" t="s">
-        <v>758</v>
+        <v>884</v>
       </c>
       <c r="C321" t="s">
-        <v>788</v>
+        <v>885</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="B322"/>
+        <v>886</v>
+      </c>
+      <c r="B322" t="s">
+        <v>887</v>
+      </c>
       <c r="C322" t="s">
-        <v>790</v>
+        <v>888</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>791</v>
+        <v>889</v>
       </c>
       <c r="B323"/>
       <c r="C323" t="s">
-        <v>792</v>
+        <v>890</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>793</v>
+        <v>891</v>
       </c>
       <c r="B324" t="s">
-        <v>7</v>
+        <v>826</v>
       </c>
       <c r="C324" t="s">
-        <v>794</v>
+        <v>892</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>795</v>
+        <v>893</v>
       </c>
       <c r="B325" t="s">
-        <v>211</v>
+        <v>894</v>
       </c>
       <c r="C325" t="s">
-        <v>796</v>
+        <v>895</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>797</v>
+        <v>896</v>
       </c>
       <c r="B326" t="s">
-        <v>798</v>
+        <v>897</v>
       </c>
       <c r="C326" t="s">
-        <v>799</v>
+        <v>898</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>800</v>
+        <v>899</v>
       </c>
       <c r="B327" t="s">
-        <v>801</v>
+        <v>900</v>
       </c>
       <c r="C327" t="s">
-        <v>802</v>
+        <v>901</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>803</v>
+        <v>902</v>
       </c>
       <c r="B328" t="s">
-        <v>804</v>
+        <v>903</v>
       </c>
       <c r="C328" t="s">
-        <v>805</v>
+        <v>904</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>806</v>
-[...1 lines deleted...]
-      <c r="B329"/>
+        <v>905</v>
+      </c>
+      <c r="B329" t="s">
+        <v>906</v>
+      </c>
       <c r="C329" t="s">
-        <v>807</v>
+        <v>907</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>808</v>
-[...1 lines deleted...]
-      <c r="B330"/>
+        <v>908</v>
+      </c>
+      <c r="B330" t="s">
+        <v>909</v>
+      </c>
       <c r="C330" t="s">
-        <v>809</v>
+        <v>910</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>810</v>
+        <v>911</v>
       </c>
       <c r="B331" t="s">
-        <v>811</v>
+        <v>912</v>
       </c>
       <c r="C331" t="s">
-        <v>812</v>
+        <v>913</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>813</v>
-[...1 lines deleted...]
-      <c r="B332"/>
+        <v>914</v>
+      </c>
+      <c r="B332" t="s">
+        <v>915</v>
+      </c>
       <c r="C332" t="s">
-        <v>814</v>
+        <v>916</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>815</v>
+        <v>917</v>
       </c>
       <c r="B333" t="s">
-        <v>816</v>
+        <v>912</v>
       </c>
       <c r="C333" t="s">
-        <v>817</v>
+        <v>918</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>818</v>
+        <v>919</v>
       </c>
       <c r="B334" t="s">
-        <v>819</v>
+        <v>920</v>
       </c>
       <c r="C334" t="s">
-        <v>820</v>
+        <v>921</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>821</v>
+        <v>922</v>
       </c>
       <c r="B335" t="s">
-        <v>822</v>
+        <v>923</v>
       </c>
       <c r="C335" t="s">
-        <v>823</v>
+        <v>924</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>824</v>
-[...3 lines deleted...]
-      </c>
+        <v>925</v>
+      </c>
+      <c r="B336"/>
       <c r="C336" t="s">
-        <v>826</v>
+        <v>926</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>827</v>
+        <v>927</v>
       </c>
       <c r="B337" t="s">
-        <v>828</v>
+        <v>928</v>
       </c>
       <c r="C337" t="s">
-        <v>829</v>
+        <v>929</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>830</v>
+        <v>930</v>
       </c>
       <c r="B338" t="s">
-        <v>336</v>
+        <v>931</v>
       </c>
       <c r="C338" t="s">
-        <v>831</v>
+        <v>932</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>832</v>
+        <v>933</v>
       </c>
       <c r="B339" t="s">
-        <v>345</v>
+        <v>934</v>
       </c>
       <c r="C339" t="s">
-        <v>833</v>
+        <v>935</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>834</v>
+        <v>936</v>
       </c>
       <c r="B340"/>
       <c r="C340" t="s">
-        <v>835</v>
+        <v>937</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>836</v>
+        <v>938</v>
       </c>
       <c r="B341" t="s">
-        <v>837</v>
+        <v>939</v>
       </c>
       <c r="C341" t="s">
-        <v>838</v>
+        <v>940</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>839</v>
+        <v>941</v>
       </c>
       <c r="B342" t="s">
-        <v>359</v>
+        <v>942</v>
       </c>
       <c r="C342" t="s">
-        <v>840</v>
+        <v>943</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>841</v>
+        <v>944</v>
       </c>
       <c r="B343" t="s">
-        <v>286</v>
+        <v>945</v>
       </c>
       <c r="C343" t="s">
-        <v>842</v>
+        <v>946</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>843</v>
+        <v>947</v>
       </c>
       <c r="B344"/>
       <c r="C344" t="s">
-        <v>844</v>
+        <v>948</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>845</v>
-[...1 lines deleted...]
-      <c r="B345"/>
+        <v>949</v>
+      </c>
+      <c r="B345" t="s">
+        <v>950</v>
+      </c>
       <c r="C345" t="s">
-        <v>846</v>
+        <v>951</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>806</v>
+        <v>952</v>
       </c>
       <c r="B346"/>
       <c r="C346" t="s">
-        <v>847</v>
+        <v>953</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>848</v>
-[...1 lines deleted...]
-      <c r="B347"/>
+        <v>954</v>
+      </c>
+      <c r="B347" t="s">
+        <v>955</v>
+      </c>
       <c r="C347" t="s">
-        <v>849</v>
+        <v>956</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="B348"/>
+        <v>957</v>
+      </c>
+      <c r="B348" t="s">
+        <v>749</v>
+      </c>
       <c r="C348" t="s">
-        <v>850</v>
+        <v>958</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>851</v>
-[...3 lines deleted...]
-      </c>
+        <v>959</v>
+      </c>
+      <c r="B349"/>
       <c r="C349" t="s">
-        <v>853</v>
+        <v>960</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>854</v>
+        <v>961</v>
       </c>
       <c r="B350"/>
       <c r="C350" t="s">
-        <v>855</v>
+        <v>962</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>856</v>
+        <v>963</v>
       </c>
       <c r="B351" t="s">
-        <v>243</v>
+        <v>964</v>
       </c>
       <c r="C351" t="s">
-        <v>857</v>
+        <v>965</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>858</v>
-[...3 lines deleted...]
-      </c>
+        <v>966</v>
+      </c>
+      <c r="B352"/>
       <c r="C352" t="s">
-        <v>860</v>
+        <v>967</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
-        <v>861</v>
-[...1 lines deleted...]
-      <c r="B353"/>
+        <v>954</v>
+      </c>
+      <c r="B353" t="s">
+        <v>968</v>
+      </c>
       <c r="C353" t="s">
-        <v>862</v>
+        <v>969</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>863</v>
-[...3 lines deleted...]
-      </c>
+        <v>970</v>
+      </c>
+      <c r="B354"/>
       <c r="C354" t="s">
-        <v>864</v>
+        <v>971</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>865</v>
+        <v>972</v>
       </c>
       <c r="B355" t="s">
-        <v>866</v>
+        <v>973</v>
       </c>
       <c r="C355" t="s">
-        <v>867</v>
+        <v>974</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>868</v>
-[...1 lines deleted...]
-      <c r="B356"/>
+        <v>975</v>
+      </c>
+      <c r="B356" t="s">
+        <v>976</v>
+      </c>
       <c r="C356" t="s">
-        <v>869</v>
+        <v>977</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>870</v>
+        <v>978</v>
       </c>
       <c r="B357"/>
       <c r="C357" t="s">
-        <v>871</v>
+        <v>979</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>872</v>
+        <v>980</v>
       </c>
       <c r="B358" t="s">
-        <v>873</v>
+        <v>981</v>
       </c>
       <c r="C358" t="s">
-        <v>874</v>
+        <v>982</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>875</v>
+        <v>983</v>
       </c>
       <c r="B359" t="s">
-        <v>876</v>
+        <v>826</v>
       </c>
       <c r="C359" t="s">
-        <v>877</v>
+        <v>984</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="B360"/>
+        <v>985</v>
+      </c>
+      <c r="B360" t="s">
+        <v>986</v>
+      </c>
       <c r="C360" t="s">
-        <v>879</v>
+        <v>987</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>880</v>
+        <v>988</v>
       </c>
       <c r="B361" t="s">
-        <v>881</v>
+        <v>989</v>
       </c>
       <c r="C361" t="s">
-        <v>882</v>
+        <v>990</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>883</v>
+        <v>991</v>
       </c>
       <c r="B362" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="C362" t="s">
-        <v>885</v>
+        <v>992</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>886</v>
-[...1 lines deleted...]
-      <c r="B363"/>
+        <v>993</v>
+      </c>
+      <c r="B363" t="s">
+        <v>808</v>
+      </c>
       <c r="C363" t="s">
-        <v>887</v>
+        <v>994</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="B364"/>
+        <v>995</v>
+      </c>
+      <c r="B364" t="s">
+        <v>996</v>
+      </c>
       <c r="C364" t="s">
-        <v>889</v>
+        <v>997</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>890</v>
+        <v>998</v>
       </c>
       <c r="B365" t="s">
-        <v>891</v>
+        <v>999</v>
       </c>
       <c r="C365" t="s">
-        <v>892</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>893</v>
+        <v>1001</v>
       </c>
       <c r="B366"/>
       <c r="C366" t="s">
-        <v>894</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="B367"/>
+        <v>1003</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1004</v>
+      </c>
       <c r="C367" t="s">
-        <v>896</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="B368"/>
+        <v>1006</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1007</v>
+      </c>
       <c r="C368" t="s">
-        <v>898</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>899</v>
-[...1 lines deleted...]
-      <c r="B369"/>
+        <v>1009</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1010</v>
+      </c>
       <c r="C369" t="s">
-        <v>900</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>901</v>
-[...1 lines deleted...]
-      <c r="B370"/>
+        <v>1012</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1013</v>
+      </c>
       <c r="C370" t="s">
-        <v>902</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
-        <v>903</v>
+        <v>1015</v>
       </c>
       <c r="B371" t="s">
-        <v>345</v>
+        <v>968</v>
       </c>
       <c r="C371" t="s">
-        <v>904</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>905</v>
+        <v>1017</v>
       </c>
       <c r="B372" t="s">
-        <v>906</v>
+        <v>1018</v>
       </c>
       <c r="C372" t="s">
-        <v>907</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>908</v>
-[...1 lines deleted...]
-      <c r="B373"/>
+        <v>1020</v>
+      </c>
+      <c r="B373" t="s">
+        <v>923</v>
+      </c>
       <c r="C373" t="s">
-        <v>909</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>910</v>
-[...1 lines deleted...]
-      <c r="B374"/>
+        <v>1022</v>
+      </c>
+      <c r="B374" t="s">
+        <v>876</v>
+      </c>
       <c r="C374" t="s">
-        <v>911</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>912</v>
+        <v>1024</v>
       </c>
       <c r="B375"/>
       <c r="C375" t="s">
-        <v>913</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>914</v>
+        <v>1026</v>
       </c>
       <c r="B376" t="s">
-        <v>359</v>
+        <v>909</v>
       </c>
       <c r="C376" t="s">
-        <v>915</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>916</v>
+        <v>1028</v>
       </c>
       <c r="B377"/>
       <c r="C377" t="s">
-        <v>917</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>918</v>
-[...3 lines deleted...]
-      </c>
+        <v>1030</v>
+      </c>
+      <c r="B378"/>
       <c r="C378" t="s">
-        <v>920</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
-        <v>921</v>
+        <v>1032</v>
       </c>
       <c r="B379" t="s">
-        <v>922</v>
+        <v>870</v>
       </c>
       <c r="C379" t="s">
-        <v>923</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>924</v>
-[...1 lines deleted...]
-      <c r="B380"/>
+        <v>1034</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1035</v>
+      </c>
       <c r="C380" t="s">
-        <v>925</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>926</v>
-[...1 lines deleted...]
-      <c r="B381"/>
+        <v>1037</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1038</v>
+      </c>
       <c r="C381" t="s">
-        <v>927</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
-        <v>928</v>
-[...1 lines deleted...]
-      <c r="B382"/>
+        <v>1040</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1041</v>
+      </c>
       <c r="C382" t="s">
-        <v>929</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>930</v>
-[...1 lines deleted...]
-      <c r="B383"/>
+        <v>1043</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1044</v>
+      </c>
       <c r="C383" t="s">
-        <v>931</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>932</v>
-[...3 lines deleted...]
-      </c>
+        <v>1046</v>
+      </c>
+      <c r="B384"/>
       <c r="C384" t="s">
-        <v>934</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>935</v>
-[...1 lines deleted...]
-      <c r="B385"/>
+        <v>1048</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1049</v>
+      </c>
       <c r="C385" t="s">
-        <v>936</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>937</v>
+        <v>1051</v>
       </c>
       <c r="B386" t="s">
-        <v>938</v>
+        <v>1052</v>
       </c>
       <c r="C386" t="s">
-        <v>939</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>940</v>
+        <v>1054</v>
       </c>
       <c r="B387" t="s">
-        <v>377</v>
+        <v>1055</v>
       </c>
       <c r="C387" t="s">
-        <v>941</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>942</v>
+        <v>1057</v>
       </c>
       <c r="B388" t="s">
-        <v>643</v>
+        <v>1055</v>
       </c>
       <c r="C388" t="s">
-        <v>943</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>944</v>
+        <v>1059</v>
       </c>
       <c r="B389" t="s">
-        <v>816</v>
+        <v>622</v>
       </c>
       <c r="C389" t="s">
-        <v>945</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="B390"/>
+        <v>1061</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1062</v>
+      </c>
       <c r="C390" t="s">
-        <v>947</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>948</v>
+        <v>1064</v>
       </c>
       <c r="B391"/>
       <c r="C391" t="s">
-        <v>949</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>950</v>
+        <v>1066</v>
       </c>
       <c r="B392" t="s">
-        <v>606</v>
+        <v>1067</v>
       </c>
       <c r="C392" t="s">
-        <v>951</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>952</v>
+        <v>1069</v>
       </c>
       <c r="B393" t="s">
-        <v>606</v>
+        <v>1070</v>
       </c>
       <c r="C393" t="s">
-        <v>953</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>954</v>
+        <v>1072</v>
       </c>
       <c r="B394" t="s">
-        <v>955</v>
+        <v>1073</v>
       </c>
       <c r="C394" t="s">
-        <v>956</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="B395"/>
+        <v>1075</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1076</v>
+      </c>
       <c r="C395" t="s">
-        <v>958</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>959</v>
+        <v>1078</v>
       </c>
       <c r="B396" t="s">
-        <v>960</v>
+        <v>923</v>
       </c>
       <c r="C396" t="s">
-        <v>961</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>962</v>
-[...1 lines deleted...]
-      <c r="B397"/>
+        <v>1080</v>
+      </c>
+      <c r="B397" t="s">
+        <v>835</v>
+      </c>
       <c r="C397" t="s">
-        <v>963</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
-        <v>964</v>
-[...1 lines deleted...]
-      <c r="B398"/>
+        <v>1082</v>
+      </c>
+      <c r="B398" t="s">
+        <v>835</v>
+      </c>
       <c r="C398" t="s">
-        <v>965</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="B399"/>
+        <v>1084</v>
+      </c>
+      <c r="B399" t="s">
+        <v>835</v>
+      </c>
       <c r="C399" t="s">
-        <v>967</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>968</v>
+        <v>1086</v>
       </c>
       <c r="B400" t="s">
-        <v>969</v>
+        <v>835</v>
       </c>
       <c r="C400" t="s">
-        <v>970</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>971</v>
+        <v>1088</v>
       </c>
       <c r="B401" t="s">
-        <v>972</v>
+        <v>1089</v>
       </c>
       <c r="C401" t="s">
-        <v>973</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>974</v>
+        <v>1088</v>
       </c>
       <c r="B402" t="s">
-        <v>7</v>
+        <v>1091</v>
       </c>
       <c r="C402" t="s">
-        <v>975</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>976</v>
+        <v>1093</v>
       </c>
       <c r="B403" t="s">
-        <v>977</v>
+        <v>955</v>
       </c>
       <c r="C403" t="s">
-        <v>978</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>979</v>
+        <v>1095</v>
       </c>
       <c r="B404" t="s">
-        <v>980</v>
+        <v>968</v>
       </c>
       <c r="C404" t="s">
-        <v>981</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>982</v>
-[...1 lines deleted...]
-      <c r="B405"/>
+        <v>1097</v>
+      </c>
+      <c r="B405" t="s">
+        <v>835</v>
+      </c>
       <c r="C405" t="s">
-        <v>983</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>984</v>
+        <v>1099</v>
       </c>
       <c r="B406" t="s">
-        <v>985</v>
+        <v>1018</v>
       </c>
       <c r="C406" t="s">
-        <v>986</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>987</v>
+        <v>1101</v>
       </c>
       <c r="B407" t="s">
-        <v>168</v>
+        <v>968</v>
       </c>
       <c r="C407" t="s">
-        <v>988</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1103</v>
+      </c>
+      <c r="B408"/>
       <c r="C408" t="s">
-        <v>991</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>992</v>
+        <v>1105</v>
       </c>
       <c r="B409" t="s">
-        <v>993</v>
+        <v>968</v>
       </c>
       <c r="C409" t="s">
-        <v>994</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="B410"/>
+        <v>1107</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1108</v>
+      </c>
       <c r="C410" t="s">
-        <v>996</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>997</v>
+        <v>1110</v>
       </c>
       <c r="B411" t="s">
-        <v>998</v>
+        <v>835</v>
       </c>
       <c r="C411" t="s">
-        <v>999</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>1000</v>
-[...1 lines deleted...]
-      <c r="B412"/>
+        <v>1112</v>
+      </c>
+      <c r="B412" t="s">
+        <v>835</v>
+      </c>
       <c r="C412" t="s">
-        <v>1001</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>1002</v>
+        <v>1114</v>
       </c>
       <c r="B413" t="s">
-        <v>1003</v>
+        <v>1115</v>
       </c>
       <c r="C413" t="s">
-        <v>1004</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>1005</v>
-[...1 lines deleted...]
-      <c r="B414"/>
+        <v>1117</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1115</v>
+      </c>
       <c r="C414" t="s">
-        <v>1006</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>1007</v>
+        <v>1119</v>
       </c>
       <c r="B415"/>
       <c r="C415" t="s">
-        <v>1008</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>1009</v>
-[...3 lines deleted...]
-      </c>
+        <v>1121</v>
+      </c>
+      <c r="B416"/>
       <c r="C416" t="s">
-        <v>1010</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>213</v>
+        <v>1123</v>
       </c>
       <c r="B417"/>
       <c r="C417" t="s">
-        <v>1011</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>1012</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="B418"/>
       <c r="C418" t="s">
-        <v>1013</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>1014</v>
+        <v>1127</v>
       </c>
       <c r="B419" t="s">
-        <v>1015</v>
+        <v>1128</v>
       </c>
       <c r="C419" t="s">
-        <v>1016</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>1017</v>
+        <v>1130</v>
       </c>
       <c r="B420"/>
       <c r="C420" t="s">
-        <v>1018</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>1019</v>
+        <v>1132</v>
       </c>
       <c r="B421" t="s">
-        <v>859</v>
+        <v>1133</v>
       </c>
       <c r="C421" t="s">
-        <v>1020</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>1021</v>
-[...1 lines deleted...]
-      <c r="B422"/>
+        <v>1135</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1136</v>
+      </c>
       <c r="C422" t="s">
-        <v>1022</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>1023</v>
-[...1 lines deleted...]
-      <c r="B423"/>
+        <v>1138</v>
+      </c>
+      <c r="B423" t="s">
+        <v>915</v>
+      </c>
       <c r="C423" t="s">
-        <v>1024</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>1025</v>
-[...1 lines deleted...]
-      <c r="B424"/>
+        <v>1140</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1141</v>
+      </c>
       <c r="C424" t="s">
-        <v>1026</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>1027</v>
+        <v>1143</v>
       </c>
       <c r="B425"/>
       <c r="C425" t="s">
-        <v>1028</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>1029</v>
-[...1 lines deleted...]
-      <c r="B426"/>
+        <v>1145</v>
+      </c>
+      <c r="B426" t="s">
+        <v>989</v>
+      </c>
       <c r="C426" t="s">
-        <v>1030</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>1031</v>
-[...1 lines deleted...]
-      <c r="B427"/>
+        <v>1147</v>
+      </c>
+      <c r="B427" t="s">
+        <v>1148</v>
+      </c>
       <c r="C427" t="s">
-        <v>1032</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
-        <v>1033</v>
-[...1 lines deleted...]
-      <c r="B428"/>
+        <v>1150</v>
+      </c>
+      <c r="B428" t="s">
+        <v>1151</v>
+      </c>
       <c r="C428" t="s">
-        <v>1034</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>1035</v>
+        <v>1153</v>
       </c>
       <c r="B429"/>
       <c r="C429" t="s">
-        <v>1036</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="B430"/>
+        <v>1155</v>
+      </c>
+      <c r="B430" t="s">
+        <v>989</v>
+      </c>
       <c r="C430" t="s">
-        <v>1038</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>1039</v>
+        <v>1157</v>
       </c>
       <c r="B431" t="s">
-        <v>1040</v>
+        <v>1158</v>
       </c>
       <c r="C431" t="s">
-        <v>1041</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>1042</v>
+        <v>1160</v>
       </c>
       <c r="B432"/>
       <c r="C432" t="s">
-        <v>1043</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>1044</v>
+        <v>1162</v>
       </c>
       <c r="B433"/>
       <c r="C433" t="s">
-        <v>1045</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
-        <v>1046</v>
-[...1 lines deleted...]
-      <c r="B434"/>
+        <v>1164</v>
+      </c>
+      <c r="B434" t="s">
+        <v>1165</v>
+      </c>
       <c r="C434" t="s">
-        <v>1047</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
-        <v>1048</v>
+        <v>1167</v>
       </c>
       <c r="B435"/>
       <c r="C435" t="s">
-        <v>1049</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
-        <v>1050</v>
-[...3 lines deleted...]
-      </c>
+        <v>1169</v>
+      </c>
+      <c r="B436"/>
       <c r="C436" t="s">
-        <v>1051</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>1052</v>
+        <v>1171</v>
       </c>
       <c r="B437"/>
       <c r="C437" t="s">
-        <v>1053</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>1054</v>
-[...3 lines deleted...]
-      </c>
+        <v>1173</v>
+      </c>
+      <c r="B438"/>
       <c r="C438" t="s">
-        <v>1056</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
-        <v>1057</v>
-[...3 lines deleted...]
-      </c>
+        <v>1175</v>
+      </c>
+      <c r="B439"/>
       <c r="C439" t="s">
-        <v>1058</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
-        <v>1059</v>
+        <v>1177</v>
       </c>
       <c r="B440"/>
       <c r="C440" t="s">
-        <v>1060</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
-        <v>1061</v>
-[...3 lines deleted...]
-      </c>
+        <v>1179</v>
+      </c>
+      <c r="B441"/>
       <c r="C441" t="s">
-        <v>1063</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
-        <v>1064</v>
+        <v>1181</v>
       </c>
       <c r="B442" t="s">
-        <v>1065</v>
+        <v>1182</v>
       </c>
       <c r="C442" t="s">
-        <v>1066</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
-        <v>1067</v>
+        <v>1184</v>
       </c>
       <c r="B443" t="s">
-        <v>342</v>
+        <v>1185</v>
       </c>
       <c r="C443" t="s">
-        <v>1068</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>1069</v>
+        <v>1187</v>
       </c>
       <c r="B444" t="s">
-        <v>606</v>
+        <v>1188</v>
       </c>
       <c r="C444" t="s">
-        <v>1070</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
-        <v>1071</v>
-[...3 lines deleted...]
-      </c>
+        <v>1190</v>
+      </c>
+      <c r="B445"/>
       <c r="C445" t="s">
-        <v>1072</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
-        <v>1073</v>
+        <v>1192</v>
       </c>
       <c r="B446" t="s">
-        <v>342</v>
+        <v>1193</v>
       </c>
       <c r="C446" t="s">
-        <v>1074</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
-        <v>1075</v>
+        <v>1195</v>
       </c>
       <c r="B447" t="s">
-        <v>342</v>
+        <v>1196</v>
       </c>
       <c r="C447" t="s">
-        <v>1076</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>1077</v>
-[...3 lines deleted...]
-      </c>
+        <v>1198</v>
+      </c>
+      <c r="B448"/>
       <c r="C448" t="s">
-        <v>1078</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
-        <v>1079</v>
-[...3 lines deleted...]
-      </c>
+        <v>1200</v>
+      </c>
+      <c r="B449"/>
       <c r="C449" t="s">
-        <v>1081</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
-        <v>1082</v>
-[...1 lines deleted...]
-      <c r="B450"/>
+        <v>1202</v>
+      </c>
+      <c r="B450" t="s">
+        <v>1203</v>
+      </c>
       <c r="C450" t="s">
-        <v>1083</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
-        <v>1084</v>
-[...3 lines deleted...]
-      </c>
+        <v>1205</v>
+      </c>
+      <c r="B451"/>
       <c r="C451" t="s">
-        <v>1086</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
-        <v>1087</v>
-[...3 lines deleted...]
-      </c>
+        <v>1207</v>
+      </c>
+      <c r="B452"/>
       <c r="C452" t="s">
-        <v>1089</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
-        <v>1090</v>
-[...3 lines deleted...]
-      </c>
+        <v>1209</v>
+      </c>
+      <c r="B453"/>
       <c r="C453" t="s">
-        <v>1091</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
-        <v>1092</v>
-[...3 lines deleted...]
-      </c>
+        <v>1211</v>
+      </c>
+      <c r="B454"/>
       <c r="C454" t="s">
-        <v>1093</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
-        <v>1094</v>
+        <v>1213</v>
       </c>
       <c r="B455" t="s">
-        <v>243</v>
+        <v>1214</v>
       </c>
       <c r="C455" t="s">
-        <v>1095</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
-        <v>1096</v>
+        <v>1216</v>
       </c>
       <c r="B456"/>
       <c r="C456" t="s">
-        <v>1097</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>1098</v>
+        <v>1218</v>
       </c>
       <c r="B457" t="s">
-        <v>122</v>
+        <v>1219</v>
       </c>
       <c r="C457" t="s">
-        <v>1099</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>1100</v>
+        <v>1221</v>
       </c>
       <c r="B458" t="s">
-        <v>1101</v>
+        <v>1222</v>
       </c>
       <c r="C458" t="s">
-        <v>1102</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>1103</v>
+        <v>1224</v>
       </c>
       <c r="B459"/>
       <c r="C459" t="s">
-        <v>1104</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>1105</v>
-[...3 lines deleted...]
-      </c>
+        <v>1226</v>
+      </c>
+      <c r="B460"/>
       <c r="C460" t="s">
-        <v>1106</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>1107</v>
-[...3 lines deleted...]
-      </c>
+        <v>1228</v>
+      </c>
+      <c r="B461"/>
       <c r="C461" t="s">
-        <v>1109</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>1110</v>
+        <v>1230</v>
       </c>
       <c r="B462" t="s">
-        <v>122</v>
+        <v>1231</v>
       </c>
       <c r="C462" t="s">
-        <v>1111</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>1112</v>
+        <v>1233</v>
       </c>
       <c r="B463"/>
       <c r="C463" t="s">
-        <v>1113</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>1114</v>
-[...3 lines deleted...]
-      </c>
+        <v>1235</v>
+      </c>
+      <c r="B464"/>
       <c r="C464" t="s">
-        <v>1116</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>1117</v>
-[...1 lines deleted...]
-      <c r="B465"/>
+        <v>1237</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1238</v>
+      </c>
       <c r="C465" t="s">
-        <v>1118</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>1119</v>
+        <v>1240</v>
       </c>
       <c r="B466"/>
       <c r="C466" t="s">
-        <v>1120</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>1121</v>
-[...1 lines deleted...]
-      <c r="B467"/>
+        <v>1242</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1238</v>
+      </c>
       <c r="C467" t="s">
-        <v>1122</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>1123</v>
-[...3 lines deleted...]
-      </c>
+        <v>1244</v>
+      </c>
+      <c r="B468"/>
       <c r="C468" t="s">
-        <v>1125</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>1126</v>
+        <v>1246</v>
       </c>
       <c r="B469" t="s">
-        <v>1127</v>
+        <v>1247</v>
       </c>
       <c r="C469" t="s">
-        <v>1128</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>1129</v>
-[...3 lines deleted...]
-      </c>
+        <v>1249</v>
+      </c>
+      <c r="B470"/>
       <c r="C470" t="s">
-        <v>1131</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>1132</v>
-[...1 lines deleted...]
-      <c r="B471"/>
+        <v>1251</v>
+      </c>
+      <c r="B471" t="s">
+        <v>1252</v>
+      </c>
       <c r="C471" t="s">
-        <v>1133</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>1134</v>
-[...3 lines deleted...]
-      </c>
+        <v>1254</v>
+      </c>
+      <c r="B472"/>
       <c r="C472" t="s">
-        <v>1135</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>1000</v>
+        <v>1256</v>
       </c>
       <c r="B473" t="s">
-        <v>391</v>
+        <v>1257</v>
       </c>
       <c r="C473" t="s">
-        <v>1136</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>1137</v>
+        <v>1259</v>
       </c>
       <c r="B474"/>
       <c r="C474" t="s">
-        <v>1138</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>1139</v>
-[...1 lines deleted...]
-      <c r="B475"/>
+        <v>1261</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1262</v>
+      </c>
       <c r="C475" t="s">
-        <v>1140</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
-        <v>1141</v>
-[...1 lines deleted...]
-      <c r="B476"/>
+        <v>1264</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1265</v>
+      </c>
       <c r="C476" t="s">
-        <v>1142</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>1143</v>
+        <v>1267</v>
       </c>
       <c r="B477"/>
       <c r="C477" t="s">
-        <v>1144</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>1145</v>
-[...3 lines deleted...]
-      </c>
+        <v>1269</v>
+      </c>
+      <c r="B478"/>
       <c r="C478" t="s">
-        <v>1147</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>1148</v>
-[...1 lines deleted...]
-      <c r="B479"/>
+        <v>1271</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1272</v>
+      </c>
       <c r="C479" t="s">
-        <v>1149</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>1150</v>
-[...3 lines deleted...]
-      </c>
+        <v>1274</v>
+      </c>
+      <c r="B480"/>
       <c r="C480" t="s">
-        <v>1151</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>1152</v>
+        <v>1276</v>
       </c>
       <c r="B481" t="s">
-        <v>1153</v>
+        <v>1277</v>
       </c>
       <c r="C481" t="s">
-        <v>1154</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>1155</v>
-[...1 lines deleted...]
-      <c r="B482"/>
+        <v>1279</v>
+      </c>
+      <c r="B482" t="s">
+        <v>749</v>
+      </c>
       <c r="C482" t="s">
-        <v>1156</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>1157</v>
-[...1 lines deleted...]
-      <c r="B483"/>
+        <v>1281</v>
+      </c>
+      <c r="B483" t="s">
+        <v>749</v>
+      </c>
       <c r="C483" t="s">
-        <v>1158</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>1159</v>
-[...1 lines deleted...]
-      <c r="B484"/>
+        <v>1283</v>
+      </c>
+      <c r="B484" t="s">
+        <v>749</v>
+      </c>
       <c r="C484" t="s">
-        <v>1160</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>1161</v>
-[...1 lines deleted...]
-      <c r="B485"/>
+        <v>1285</v>
+      </c>
+      <c r="B485" t="s">
+        <v>749</v>
+      </c>
       <c r="C485" t="s">
-        <v>1162</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>1163</v>
+        <v>1287</v>
       </c>
       <c r="B486" t="s">
-        <v>1164</v>
+        <v>749</v>
       </c>
       <c r="C486" t="s">
-        <v>1165</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>1166</v>
-[...1 lines deleted...]
-      <c r="B487"/>
+        <v>1289</v>
+      </c>
+      <c r="B487" t="s">
+        <v>749</v>
+      </c>
       <c r="C487" t="s">
-        <v>1167</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>1168</v>
+        <v>1291</v>
       </c>
       <c r="B488" t="s">
-        <v>1169</v>
+        <v>749</v>
       </c>
       <c r="C488" t="s">
-        <v>1170</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>1171</v>
+        <v>1293</v>
       </c>
       <c r="B489" t="s">
-        <v>1172</v>
+        <v>749</v>
       </c>
       <c r="C489" t="s">
-        <v>1173</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>1174</v>
+        <v>1295</v>
       </c>
       <c r="B490" t="s">
-        <v>1175</v>
+        <v>749</v>
       </c>
       <c r="C490" t="s">
-        <v>1176</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>1177</v>
+        <v>1297</v>
       </c>
       <c r="B491" t="s">
-        <v>1178</v>
+        <v>749</v>
       </c>
       <c r="C491" t="s">
-        <v>1179</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
-        <v>1180</v>
+        <v>1299</v>
       </c>
       <c r="B492" t="s">
-        <v>1181</v>
+        <v>749</v>
       </c>
       <c r="C492" t="s">
-        <v>1182</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>1183</v>
+        <v>1301</v>
       </c>
       <c r="B493" t="s">
-        <v>1184</v>
+        <v>749</v>
       </c>
       <c r="C493" t="s">
-        <v>1185</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
-        <v>1186</v>
+        <v>1303</v>
       </c>
       <c r="B494" t="s">
-        <v>1187</v>
+        <v>749</v>
       </c>
       <c r="C494" t="s">
-        <v>1188</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
-        <v>1189</v>
-[...1 lines deleted...]
-      <c r="B495"/>
+        <v>1246</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1305</v>
+      </c>
       <c r="C495" t="s">
-        <v>1190</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>1191</v>
+        <v>1307</v>
       </c>
       <c r="B496" t="s">
-        <v>359</v>
+        <v>1308</v>
       </c>
       <c r="C496" t="s">
-        <v>1192</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>1193</v>
+        <v>1310</v>
       </c>
       <c r="B497" t="s">
-        <v>1003</v>
+        <v>1311</v>
       </c>
       <c r="C497" t="s">
-        <v>1194</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>1195</v>
+        <v>1313</v>
       </c>
       <c r="B498"/>
       <c r="C498" t="s">
-        <v>1196</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>1197</v>
-[...1 lines deleted...]
-      <c r="B499"/>
+        <v>1315</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1311</v>
+      </c>
       <c r="C499" t="s">
-        <v>1198</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>1199</v>
-[...3 lines deleted...]
-      </c>
+        <v>1317</v>
+      </c>
+      <c r="B500"/>
       <c r="C500" t="s">
-        <v>1201</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>1202</v>
-[...3 lines deleted...]
-      </c>
+        <v>1319</v>
+      </c>
+      <c r="B501"/>
       <c r="C501" t="s">
-        <v>1203</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>1204</v>
+        <v>1321</v>
       </c>
       <c r="B502" t="s">
-        <v>487</v>
+        <v>1322</v>
       </c>
       <c r="C502" t="s">
-        <v>1205</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>1206</v>
-[...3 lines deleted...]
-      </c>
+        <v>1324</v>
+      </c>
+      <c r="B503"/>
       <c r="C503" t="s">
-        <v>1208</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>1209</v>
-[...3 lines deleted...]
-      </c>
+        <v>1326</v>
+      </c>
+      <c r="B504"/>
       <c r="C504" t="s">
-        <v>1210</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>1211</v>
-[...3 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="B505"/>
       <c r="C505" t="s">
-        <v>1212</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>1213</v>
-[...3 lines deleted...]
-      </c>
+        <v>1330</v>
+      </c>
+      <c r="B506"/>
       <c r="C506" t="s">
-        <v>1214</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>1215</v>
-[...3 lines deleted...]
-      </c>
+        <v>1332</v>
+      </c>
+      <c r="B507"/>
       <c r="C507" t="s">
-        <v>1216</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>1217</v>
-[...3 lines deleted...]
-      </c>
+        <v>1334</v>
+      </c>
+      <c r="B508"/>
       <c r="C508" t="s">
-        <v>1218</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>1219</v>
-[...1 lines deleted...]
-      <c r="B509"/>
+        <v>1336</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1337</v>
+      </c>
       <c r="C509" t="s">
-        <v>1220</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
-        <v>1221</v>
+        <v>1339</v>
       </c>
       <c r="B510" t="s">
-        <v>1222</v>
+        <v>1340</v>
       </c>
       <c r="C510" t="s">
-        <v>1223</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
-        <v>1224</v>
-[...3 lines deleted...]
-      </c>
+        <v>1342</v>
+      </c>
+      <c r="B511"/>
       <c r="C511" t="s">
-        <v>1226</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>1227</v>
+        <v>1344</v>
       </c>
       <c r="B512"/>
       <c r="C512" t="s">
-        <v>1228</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>1229</v>
-[...3 lines deleted...]
-      </c>
+        <v>1346</v>
+      </c>
+      <c r="B513"/>
       <c r="C513" t="s">
-        <v>1230</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>1231</v>
-[...1 lines deleted...]
-      <c r="B514"/>
+        <v>1348</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1349</v>
+      </c>
       <c r="C514" t="s">
-        <v>1232</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
-        <v>1233</v>
+        <v>1351</v>
       </c>
       <c r="B515" t="s">
-        <v>1234</v>
+        <v>1352</v>
       </c>
       <c r="C515" t="s">
-        <v>1235</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>1236</v>
+        <v>1354</v>
       </c>
       <c r="B516" t="s">
-        <v>1237</v>
+        <v>1349</v>
       </c>
       <c r="C516" t="s">
-        <v>1238</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>1239</v>
+        <v>1356</v>
       </c>
       <c r="B517" t="s">
-        <v>1240</v>
+        <v>1357</v>
       </c>
       <c r="C517" t="s">
-        <v>1241</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
-        <v>1242</v>
-[...1 lines deleted...]
-      <c r="B518"/>
+        <v>1359</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1352</v>
+      </c>
       <c r="C518" t="s">
-        <v>1243</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
-        <v>1244</v>
-[...1 lines deleted...]
-      <c r="B519"/>
+        <v>1361</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1362</v>
+      </c>
       <c r="C519" t="s">
-        <v>1245</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
-        <v>1246</v>
+        <v>1364</v>
       </c>
       <c r="B520" t="s">
-        <v>336</v>
+        <v>1352</v>
       </c>
       <c r="C520" t="s">
-        <v>1247</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
-        <v>1248</v>
+        <v>1366</v>
       </c>
       <c r="B521" t="s">
-        <v>119</v>
+        <v>1352</v>
       </c>
       <c r="C521" t="s">
-        <v>1249</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>1250</v>
+        <v>1368</v>
       </c>
       <c r="B522"/>
       <c r="C522" t="s">
-        <v>1251</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>1252</v>
+        <v>1370</v>
       </c>
       <c r="B523" t="s">
-        <v>460</v>
+        <v>1371</v>
       </c>
       <c r="C523" t="s">
-        <v>1253</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>1254</v>
+        <v>1373</v>
       </c>
       <c r="B524"/>
       <c r="C524" t="s">
-        <v>1255</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>1256</v>
+        <v>1375</v>
       </c>
       <c r="B525" t="s">
-        <v>1257</v>
+        <v>1376</v>
       </c>
       <c r="C525" t="s">
-        <v>1258</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>1259</v>
+        <v>1378</v>
       </c>
       <c r="B526" t="s">
-        <v>1260</v>
+        <v>1379</v>
       </c>
       <c r="C526" t="s">
-        <v>1261</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>1262</v>
-[...3 lines deleted...]
-      </c>
+        <v>1381</v>
+      </c>
+      <c r="B527"/>
       <c r="C527" t="s">
-        <v>1263</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>1264</v>
+        <v>1383</v>
       </c>
       <c r="B528" t="s">
-        <v>569</v>
+        <v>1384</v>
       </c>
       <c r="C528" t="s">
-        <v>1265</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>1266</v>
+        <v>1386</v>
       </c>
       <c r="B529"/>
       <c r="C529" t="s">
-        <v>1267</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>1268</v>
+        <v>1388</v>
       </c>
       <c r="B530" t="s">
-        <v>1200</v>
+        <v>1389</v>
       </c>
       <c r="C530" t="s">
-        <v>1269</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>1270</v>
-[...3 lines deleted...]
-      </c>
+        <v>1391</v>
+      </c>
+      <c r="B531"/>
       <c r="C531" t="s">
-        <v>1271</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>1272</v>
+        <v>1393</v>
       </c>
       <c r="B532" t="s">
-        <v>881</v>
+        <v>1352</v>
       </c>
       <c r="C532" t="s">
-        <v>1273</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>1274</v>
-[...1 lines deleted...]
-      <c r="B533"/>
+        <v>1395</v>
+      </c>
+      <c r="B533" t="s">
+        <v>1352</v>
+      </c>
       <c r="C533" t="s">
-        <v>1275</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>1276</v>
-[...1 lines deleted...]
-      <c r="B534"/>
+        <v>1397</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1352</v>
+      </c>
       <c r="C534" t="s">
-        <v>1277</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>1278</v>
+        <v>1399</v>
       </c>
       <c r="B535" t="s">
-        <v>460</v>
+        <v>1384</v>
       </c>
       <c r="C535" t="s">
-        <v>1279</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="B536"/>
+        <v>1401</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1402</v>
+      </c>
       <c r="C536" t="s">
-        <v>1281</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>1282</v>
-[...1 lines deleted...]
-      <c r="B537"/>
+        <v>1404</v>
+      </c>
+      <c r="B537" t="s">
+        <v>1405</v>
+      </c>
       <c r="C537" t="s">
-        <v>1283</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>1284</v>
+        <v>1407</v>
       </c>
       <c r="B538" t="s">
-        <v>359</v>
+        <v>1408</v>
       </c>
       <c r="C538" t="s">
-        <v>1285</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>1286</v>
-[...1 lines deleted...]
-      <c r="B539"/>
+        <v>1410</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1411</v>
+      </c>
       <c r="C539" t="s">
-        <v>1287</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>1288</v>
+        <v>1413</v>
       </c>
       <c r="B540" t="s">
-        <v>531</v>
+        <v>579</v>
       </c>
       <c r="C540" t="s">
-        <v>1289</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>1290</v>
-[...1 lines deleted...]
-      <c r="B541"/>
+        <v>1415</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1416</v>
+      </c>
       <c r="C541" t="s">
-        <v>1291</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
-        <v>1292</v>
+        <v>1418</v>
       </c>
       <c r="B542" t="s">
-        <v>1293</v>
+        <v>1419</v>
       </c>
       <c r="C542" t="s">
-        <v>1294</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
-        <v>1295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1421</v>
+      </c>
+      <c r="B543"/>
       <c r="C543" t="s">
-        <v>1296</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
-        <v>1297</v>
-[...3 lines deleted...]
-      </c>
+        <v>1423</v>
+      </c>
+      <c r="B544"/>
       <c r="C544" t="s">
-        <v>1298</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
-        <v>1299</v>
-[...3 lines deleted...]
-      </c>
+        <v>1425</v>
+      </c>
+      <c r="B545"/>
       <c r="C545" t="s">
-        <v>1301</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
-        <v>1302</v>
-[...3 lines deleted...]
-      </c>
+        <v>1427</v>
+      </c>
+      <c r="B546"/>
       <c r="C546" t="s">
-        <v>1303</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
-        <v>1304</v>
+        <v>1429</v>
       </c>
       <c r="B547" t="s">
-        <v>234</v>
+        <v>1165</v>
       </c>
       <c r="C547" t="s">
-        <v>1305</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>1306</v>
+        <v>1431</v>
       </c>
       <c r="B548" t="s">
-        <v>382</v>
+        <v>1165</v>
       </c>
       <c r="C548" t="s">
-        <v>1307</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>1308</v>
+        <v>1433</v>
       </c>
       <c r="B549" t="s">
-        <v>1309</v>
+        <v>1434</v>
       </c>
       <c r="C549" t="s">
-        <v>1310</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
-        <v>1311</v>
+        <v>1436</v>
       </c>
       <c r="B550" t="s">
-        <v>569</v>
+        <v>1437</v>
       </c>
       <c r="C550" t="s">
-        <v>1312</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>1313</v>
+        <v>1439</v>
       </c>
       <c r="B551" t="s">
-        <v>119</v>
+        <v>1440</v>
       </c>
       <c r="C551" t="s">
-        <v>1314</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>1315</v>
+        <v>1442</v>
       </c>
       <c r="B552" t="s">
-        <v>336</v>
+        <v>1443</v>
       </c>
       <c r="C552" t="s">
-        <v>1316</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
-        <v>1317</v>
+        <v>1445</v>
       </c>
       <c r="B553" t="s">
-        <v>336</v>
+        <v>1443</v>
       </c>
       <c r="C553" t="s">
-        <v>1318</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
-        <v>1319</v>
+        <v>1447</v>
       </c>
       <c r="B554" t="s">
-        <v>336</v>
+        <v>1448</v>
       </c>
       <c r="C554" t="s">
-        <v>1320</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
-        <v>1321</v>
+        <v>1450</v>
       </c>
       <c r="B555" t="s">
-        <v>359</v>
+        <v>1451</v>
       </c>
       <c r="C555" t="s">
-        <v>1322</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
-        <v>1323</v>
-[...1 lines deleted...]
-      <c r="B556"/>
+        <v>1453</v>
+      </c>
+      <c r="B556" t="s">
+        <v>1454</v>
+      </c>
       <c r="C556" t="s">
-        <v>1324</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
-        <v>1325</v>
+        <v>1456</v>
       </c>
       <c r="B557" t="s">
-        <v>1326</v>
+        <v>1457</v>
       </c>
       <c r="C557" t="s">
-        <v>1327</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
-        <v>1328</v>
-[...3 lines deleted...]
-      </c>
+        <v>1459</v>
+      </c>
+      <c r="B558"/>
       <c r="C558" t="s">
-        <v>1329</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
-        <v>1330</v>
+        <v>1461</v>
       </c>
       <c r="B559"/>
       <c r="C559" t="s">
-        <v>1331</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>1332</v>
-[...1 lines deleted...]
-      <c r="B560"/>
+        <v>1463</v>
+      </c>
+      <c r="B560" t="s">
+        <v>1165</v>
+      </c>
       <c r="C560" t="s">
-        <v>1333</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>1334</v>
+        <v>1465</v>
       </c>
       <c r="B561"/>
       <c r="C561" t="s">
-        <v>1335</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>1336</v>
-[...1 lines deleted...]
-      <c r="B562"/>
+        <v>1467</v>
+      </c>
+      <c r="B562" t="s">
+        <v>1468</v>
+      </c>
       <c r="C562" t="s">
-        <v>1337</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>1338</v>
-[...3 lines deleted...]
-      </c>
+        <v>1470</v>
+      </c>
+      <c r="B563"/>
       <c r="C563" t="s">
-        <v>1340</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>893</v>
+        <v>1472</v>
       </c>
       <c r="B564"/>
       <c r="C564" t="s">
-        <v>1341</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>1342</v>
+        <v>1474</v>
       </c>
       <c r="B565"/>
       <c r="C565" t="s">
-        <v>1343</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>1344</v>
+        <v>1476</v>
       </c>
       <c r="B566" t="s">
-        <v>157</v>
+        <v>1477</v>
       </c>
       <c r="C566" t="s">
-        <v>1345</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>1346</v>
-[...1 lines deleted...]
-      <c r="B567"/>
+        <v>1479</v>
+      </c>
+      <c r="B567" t="s">
+        <v>1480</v>
+      </c>
       <c r="C567" t="s">
-        <v>1347</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>1348</v>
-[...1 lines deleted...]
-      <c r="B568"/>
+        <v>1482</v>
+      </c>
+      <c r="B568" t="s">
+        <v>1483</v>
+      </c>
       <c r="C568" t="s">
-        <v>1349</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>1350</v>
-[...1 lines deleted...]
-      <c r="B569"/>
+        <v>1485</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1486</v>
+      </c>
       <c r="C569" t="s">
-        <v>1351</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>1352</v>
-[...3 lines deleted...]
-      </c>
+        <v>1488</v>
+      </c>
+      <c r="B570"/>
       <c r="C570" t="s">
-        <v>1354</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>1355</v>
+        <v>1490</v>
       </c>
       <c r="B571" t="s">
-        <v>243</v>
+        <v>1491</v>
       </c>
       <c r="C571" t="s">
-        <v>1356</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>1357</v>
+        <v>1493</v>
       </c>
       <c r="B572" t="s">
-        <v>1200</v>
+        <v>1491</v>
       </c>
       <c r="C572" t="s">
-        <v>1358</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>1359</v>
-[...1 lines deleted...]
-      <c r="B573"/>
+        <v>1495</v>
+      </c>
+      <c r="B573" t="s">
+        <v>1491</v>
+      </c>
       <c r="C573" t="s">
-        <v>1360</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>1361</v>
+        <v>1497</v>
       </c>
       <c r="B574" t="s">
-        <v>336</v>
+        <v>1498</v>
       </c>
       <c r="C574" t="s">
-        <v>1362</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>1363</v>
+        <v>1500</v>
       </c>
       <c r="B575"/>
       <c r="C575" t="s">
-        <v>1364</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>1365</v>
+        <v>1502</v>
       </c>
       <c r="B576" t="s">
-        <v>1366</v>
+        <v>1503</v>
       </c>
       <c r="C576" t="s">
-        <v>1367</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>1035</v>
+        <v>1505</v>
       </c>
       <c r="B577"/>
       <c r="C577" t="s">
-        <v>1368</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>1369</v>
+        <v>1507</v>
       </c>
       <c r="B578"/>
       <c r="C578" t="s">
-        <v>1370</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>1371</v>
+        <v>1509</v>
       </c>
       <c r="B579"/>
       <c r="C579" t="s">
-        <v>1372</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>1373</v>
+        <v>1511</v>
       </c>
       <c r="B580" t="s">
-        <v>764</v>
+        <v>791</v>
       </c>
       <c r="C580" t="s">
-        <v>1374</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>1375</v>
-[...3 lines deleted...]
-      </c>
+        <v>1513</v>
+      </c>
+      <c r="B581"/>
       <c r="C581" t="s">
-        <v>1376</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>1377</v>
+        <v>1515</v>
       </c>
       <c r="B582" t="s">
-        <v>569</v>
+        <v>1516</v>
       </c>
       <c r="C582" t="s">
-        <v>1378</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>1379</v>
-[...1 lines deleted...]
-      <c r="B583"/>
+        <v>1518</v>
+      </c>
+      <c r="B583" t="s">
+        <v>579</v>
+      </c>
       <c r="C583" t="s">
-        <v>1380</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>1381</v>
+        <v>1520</v>
       </c>
       <c r="B584"/>
       <c r="C584" t="s">
-        <v>1382</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>1383</v>
+        <v>1522</v>
       </c>
       <c r="B585"/>
       <c r="C585" t="s">
-        <v>1384</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
-        <v>1385</v>
+        <v>1524</v>
       </c>
       <c r="B586"/>
       <c r="C586" t="s">
-        <v>1386</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
-        <v>1387</v>
-[...1 lines deleted...]
-      <c r="B587"/>
+        <v>1526</v>
+      </c>
+      <c r="B587" t="s">
+        <v>1527</v>
+      </c>
       <c r="C587" t="s">
-        <v>1388</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
-        <v>1389</v>
-[...1 lines deleted...]
-      <c r="B588"/>
+        <v>1529</v>
+      </c>
+      <c r="B588" t="s">
+        <v>1530</v>
+      </c>
       <c r="C588" t="s">
-        <v>1390</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
-        <v>1391</v>
+        <v>1532</v>
       </c>
       <c r="B589" t="s">
-        <v>157</v>
+        <v>1533</v>
       </c>
       <c r="C589" t="s">
-        <v>1392</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
-        <v>1393</v>
+        <v>1535</v>
       </c>
       <c r="B590"/>
       <c r="C590" t="s">
-        <v>1394</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
-        <v>1395</v>
-[...3 lines deleted...]
-      </c>
+        <v>1537</v>
+      </c>
+      <c r="B591"/>
       <c r="C591" t="s">
-        <v>1397</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
-        <v>1398</v>
-[...3 lines deleted...]
-      </c>
+        <v>1539</v>
+      </c>
+      <c r="B592"/>
       <c r="C592" t="s">
-        <v>1399</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="B593"/>
+        <v>1541</v>
+      </c>
+      <c r="B593" t="s">
+        <v>1542</v>
+      </c>
       <c r="C593" t="s">
-        <v>1401</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
-        <v>1402</v>
+        <v>1544</v>
       </c>
       <c r="B594"/>
       <c r="C594" t="s">
-        <v>1403</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
-        <v>1404</v>
-[...1 lines deleted...]
-      <c r="B595"/>
+        <v>1546</v>
+      </c>
+      <c r="B595" t="s">
+        <v>1547</v>
+      </c>
       <c r="C595" t="s">
-        <v>1405</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
-        <v>1406</v>
-[...1 lines deleted...]
-      <c r="B596"/>
+        <v>1549</v>
+      </c>
+      <c r="B596" t="s">
+        <v>1550</v>
+      </c>
       <c r="C596" t="s">
-        <v>1407</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="B597"/>
+        <v>1552</v>
+      </c>
+      <c r="B597" t="s">
+        <v>1553</v>
+      </c>
       <c r="C597" t="s">
-        <v>1409</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
-        <v>1410</v>
-[...1 lines deleted...]
-      <c r="B598"/>
+        <v>1555</v>
+      </c>
+      <c r="B598" t="s">
+        <v>1553</v>
+      </c>
       <c r="C598" t="s">
-        <v>1411</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
-        <v>1412</v>
+        <v>1557</v>
       </c>
       <c r="B599"/>
       <c r="C599" t="s">
-        <v>1413</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
-        <v>1414</v>
-[...1 lines deleted...]
-      <c r="B600"/>
+        <v>1559</v>
+      </c>
+      <c r="B600" t="s">
+        <v>1560</v>
+      </c>
       <c r="C600" t="s">
-        <v>1415</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
-        <v>1416</v>
+        <v>1562</v>
       </c>
       <c r="B601" t="s">
-        <v>1417</v>
+        <v>1563</v>
       </c>
       <c r="C601" t="s">
-        <v>1418</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
-        <v>1419</v>
+        <v>1565</v>
       </c>
       <c r="B602" t="s">
-        <v>1420</v>
+        <v>1566</v>
       </c>
       <c r="C602" t="s">
-        <v>1421</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
-        <v>1422</v>
-[...1 lines deleted...]
-      <c r="B603"/>
+        <v>1568</v>
+      </c>
+      <c r="B603" t="s">
+        <v>1569</v>
+      </c>
       <c r="C603" t="s">
-        <v>1423</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
-        <v>1139</v>
+        <v>1571</v>
       </c>
       <c r="B604"/>
       <c r="C604" t="s">
-        <v>1424</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
-        <v>1425</v>
+        <v>1573</v>
       </c>
       <c r="B605"/>
       <c r="C605" t="s">
-        <v>1426</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
-        <v>1427</v>
-[...1 lines deleted...]
-      <c r="B606"/>
+        <v>1575</v>
+      </c>
+      <c r="B606" t="s">
+        <v>1576</v>
+      </c>
       <c r="C606" t="s">
-        <v>1428</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
-        <v>1429</v>
-[...1 lines deleted...]
-      <c r="B607"/>
+        <v>1578</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1579</v>
+      </c>
       <c r="C607" t="s">
-        <v>1430</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
-        <v>1431</v>
+        <v>1581</v>
       </c>
       <c r="B608"/>
       <c r="C608" t="s">
-        <v>1432</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
-        <v>1433</v>
-[...1 lines deleted...]
-      <c r="B609"/>
+        <v>1583</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1584</v>
+      </c>
       <c r="C609" t="s">
-        <v>1434</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
-        <v>1435</v>
-[...1 lines deleted...]
-      <c r="B610"/>
+        <v>1586</v>
+      </c>
+      <c r="B610" t="s">
+        <v>1587</v>
+      </c>
       <c r="C610" t="s">
-        <v>1436</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
-        <v>1437</v>
-[...1 lines deleted...]
-      <c r="B611"/>
+        <v>1589</v>
+      </c>
+      <c r="B611" t="s">
+        <v>1590</v>
+      </c>
       <c r="C611" t="s">
-        <v>1438</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
-        <v>1439</v>
-[...1 lines deleted...]
-      <c r="B612"/>
+        <v>1592</v>
+      </c>
+      <c r="B612" t="s">
+        <v>579</v>
+      </c>
       <c r="C612" t="s">
-        <v>1440</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
-        <v>1441</v>
-[...1 lines deleted...]
-      <c r="B613"/>
+        <v>1594</v>
+      </c>
+      <c r="B613" t="s">
+        <v>1595</v>
+      </c>
       <c r="C613" t="s">
-        <v>1442</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
-        <v>1443</v>
-[...1 lines deleted...]
-      <c r="B614"/>
+        <v>1597</v>
+      </c>
+      <c r="B614" t="s">
+        <v>1598</v>
+      </c>
       <c r="C614" t="s">
-        <v>1444</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
-        <v>1445</v>
-[...1 lines deleted...]
-      <c r="B615"/>
+        <v>1600</v>
+      </c>
+      <c r="B615" t="s">
+        <v>1601</v>
+      </c>
       <c r="C615" t="s">
-        <v>1446</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
-        <v>1447</v>
-[...1 lines deleted...]
-      <c r="B616"/>
+        <v>1603</v>
+      </c>
+      <c r="B616" t="s">
+        <v>1604</v>
+      </c>
       <c r="C616" t="s">
-        <v>1448</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
-        <v>498</v>
+        <v>1606</v>
       </c>
       <c r="B617" t="s">
-        <v>499</v>
+        <v>1607</v>
       </c>
       <c r="C617" t="s">
-        <v>1449</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
-        <v>1450</v>
+        <v>1609</v>
       </c>
       <c r="B618" t="s">
-        <v>1451</v>
+        <v>1477</v>
       </c>
       <c r="C618" t="s">
-        <v>1452</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
-        <v>1453</v>
+        <v>1611</v>
       </c>
       <c r="B619" t="s">
-        <v>122</v>
+        <v>1612</v>
       </c>
       <c r="C619" t="s">
-        <v>1454</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
-        <v>1455</v>
-[...1 lines deleted...]
-      <c r="B620"/>
+        <v>1614</v>
+      </c>
+      <c r="B620" t="s">
+        <v>1615</v>
+      </c>
       <c r="C620" t="s">
-        <v>1456</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
-        <v>1455</v>
-[...1 lines deleted...]
-      <c r="B621"/>
+        <v>1617</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1618</v>
+      </c>
       <c r="C621" t="s">
-        <v>1457</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
-        <v>1458</v>
+        <v>1620</v>
       </c>
       <c r="B622" t="s">
-        <v>531</v>
+        <v>1621</v>
       </c>
       <c r="C622" t="s">
-        <v>1459</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
-        <v>1460</v>
+        <v>1623</v>
       </c>
       <c r="B623" t="s">
-        <v>460</v>
+        <v>1477</v>
       </c>
       <c r="C623" t="s">
-        <v>1461</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
-        <v>1462</v>
+        <v>1625</v>
       </c>
       <c r="B624" t="s">
-        <v>460</v>
+        <v>950</v>
       </c>
       <c r="C624" t="s">
-        <v>1463</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
-        <v>1453</v>
+        <v>1627</v>
       </c>
       <c r="B625" t="s">
-        <v>122</v>
+        <v>950</v>
       </c>
       <c r="C625" t="s">
-        <v>1464</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
-        <v>1465</v>
-[...3 lines deleted...]
-      </c>
+        <v>1629</v>
+      </c>
+      <c r="B626"/>
       <c r="C626" t="s">
-        <v>1466</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
-        <v>1467</v>
-[...3 lines deleted...]
-      </c>
+        <v>1631</v>
+      </c>
+      <c r="B627"/>
       <c r="C627" t="s">
-        <v>1468</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
-        <v>1469</v>
-[...1 lines deleted...]
-      <c r="B628"/>
+        <v>1633</v>
+      </c>
+      <c r="B628" t="s">
+        <v>1634</v>
+      </c>
       <c r="C628" t="s">
-        <v>1470</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
-        <v>1471</v>
-[...1 lines deleted...]
-      <c r="B629"/>
+        <v>1636</v>
+      </c>
+      <c r="B629" t="s">
+        <v>1637</v>
+      </c>
       <c r="C629" t="s">
-        <v>1472</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
-        <v>1455</v>
+        <v>1639</v>
       </c>
       <c r="B630"/>
       <c r="C630" t="s">
-        <v>1473</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
-        <v>1474</v>
+        <v>1641</v>
       </c>
       <c r="B631" t="s">
-        <v>1475</v>
+        <v>1642</v>
       </c>
       <c r="C631" t="s">
-        <v>1476</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
-        <v>1477</v>
-[...3 lines deleted...]
-      </c>
+        <v>1644</v>
+      </c>
+      <c r="B632"/>
       <c r="C632" t="s">
-        <v>1478</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
-        <v>1479</v>
+        <v>1646</v>
       </c>
       <c r="B633" t="s">
-        <v>377</v>
+        <v>1477</v>
       </c>
       <c r="C633" t="s">
-        <v>1480</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
-        <v>1229</v>
+        <v>1648</v>
       </c>
       <c r="B634" t="s">
-        <v>955</v>
+        <v>1165</v>
       </c>
       <c r="C634" t="s">
-        <v>1481</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
-        <v>1482</v>
+        <v>1650</v>
       </c>
       <c r="B635" t="s">
-        <v>1483</v>
+        <v>1651</v>
       </c>
       <c r="C635" t="s">
-        <v>1484</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
-        <v>1485</v>
+        <v>1653</v>
       </c>
       <c r="B636" t="s">
-        <v>1486</v>
+        <v>950</v>
       </c>
       <c r="C636" t="s">
-        <v>1487</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
-        <v>1488</v>
+        <v>1655</v>
       </c>
       <c r="B637" t="s">
-        <v>1489</v>
+        <v>1569</v>
       </c>
       <c r="C637" t="s">
-        <v>1490</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
-        <v>1491</v>
+        <v>1657</v>
       </c>
       <c r="B638" t="s">
-        <v>336</v>
+        <v>1569</v>
       </c>
       <c r="C638" t="s">
-        <v>1492</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
-        <v>1493</v>
+        <v>1659</v>
       </c>
       <c r="B639" t="s">
-        <v>336</v>
+        <v>1569</v>
       </c>
       <c r="C639" t="s">
-        <v>1494</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
-        <v>1495</v>
+        <v>1661</v>
       </c>
       <c r="B640" t="s">
-        <v>336</v>
+        <v>1165</v>
       </c>
       <c r="C640" t="s">
-        <v>1496</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
-        <v>1497</v>
-[...1 lines deleted...]
-      <c r="B641"/>
+        <v>1663</v>
+      </c>
+      <c r="B641" t="s">
+        <v>950</v>
+      </c>
       <c r="C641" t="s">
-        <v>1498</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
-        <v>1499</v>
+        <v>1665</v>
       </c>
       <c r="B642" t="s">
-        <v>359</v>
+        <v>1666</v>
       </c>
       <c r="C642" t="s">
-        <v>1500</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
-        <v>1501</v>
-[...3 lines deleted...]
-      </c>
+        <v>1668</v>
+      </c>
+      <c r="B643"/>
       <c r="C643" t="s">
-        <v>1503</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
-        <v>1504</v>
+        <v>1670</v>
       </c>
       <c r="B644" t="s">
-        <v>1505</v>
+        <v>1671</v>
       </c>
       <c r="C644" t="s">
-        <v>1506</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
-        <v>1507</v>
-[...3 lines deleted...]
-      </c>
+        <v>1673</v>
+      </c>
+      <c r="B645"/>
       <c r="C645" t="s">
-        <v>1508</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
-        <v>1509</v>
-[...3 lines deleted...]
-      </c>
+        <v>1675</v>
+      </c>
+      <c r="B646"/>
       <c r="C646" t="s">
-        <v>1510</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
-        <v>1511</v>
+        <v>1677</v>
       </c>
       <c r="B647"/>
       <c r="C647" t="s">
-        <v>1512</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
-        <v>1513</v>
-[...1 lines deleted...]
-      <c r="B648"/>
+        <v>1679</v>
+      </c>
+      <c r="B648" t="s">
+        <v>1680</v>
+      </c>
       <c r="C648" t="s">
-        <v>1514</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
-        <v>1515</v>
-[...1 lines deleted...]
-      <c r="B649"/>
+        <v>1682</v>
+      </c>
+      <c r="B649" t="s">
+        <v>1683</v>
+      </c>
       <c r="C649" t="s">
-        <v>1516</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
-        <v>1517</v>
+        <v>1685</v>
       </c>
       <c r="B650" t="s">
-        <v>1518</v>
+        <v>1686</v>
       </c>
       <c r="C650" t="s">
-        <v>1519</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
-        <v>1520</v>
+        <v>1688</v>
       </c>
       <c r="B651" t="s">
-        <v>1521</v>
+        <v>1689</v>
       </c>
       <c r="C651" t="s">
-        <v>1522</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
-        <v>1523</v>
-[...3 lines deleted...]
-      </c>
+        <v>1691</v>
+      </c>
+      <c r="B652"/>
       <c r="C652" t="s">
-        <v>1525</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
-        <v>1526</v>
+        <v>1693</v>
       </c>
       <c r="B653" t="s">
-        <v>243</v>
+        <v>1569</v>
       </c>
       <c r="C653" t="s">
-        <v>1527</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
-        <v>1528</v>
+        <v>1695</v>
       </c>
       <c r="B654" t="s">
-        <v>1529</v>
+        <v>1165</v>
       </c>
       <c r="C654" t="s">
-        <v>1530</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
-        <v>1531</v>
-[...3 lines deleted...]
-      </c>
+        <v>1697</v>
+      </c>
+      <c r="B655"/>
       <c r="C655" t="s">
-        <v>1532</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
-        <v>1533</v>
+        <v>1699</v>
       </c>
       <c r="B656" t="s">
-        <v>1529</v>
+        <v>1569</v>
       </c>
       <c r="C656" t="s">
-        <v>1534</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
-        <v>1535</v>
-[...3 lines deleted...]
-      </c>
+        <v>1701</v>
+      </c>
+      <c r="B657"/>
       <c r="C657" t="s">
-        <v>1536</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
-        <v>1537</v>
-[...3 lines deleted...]
-      </c>
+        <v>1703</v>
+      </c>
+      <c r="B658"/>
       <c r="C658" t="s">
-        <v>1538</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
-        <v>1539</v>
+        <v>1705</v>
       </c>
       <c r="B659" t="s">
-        <v>342</v>
+        <v>1569</v>
       </c>
       <c r="C659" t="s">
-        <v>1540</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
-        <v>1541</v>
-[...1 lines deleted...]
-      <c r="B660"/>
+        <v>1707</v>
+      </c>
+      <c r="B660" t="s">
+        <v>1569</v>
+      </c>
       <c r="C660" t="s">
-        <v>1542</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
-        <v>1543</v>
+        <v>1709</v>
       </c>
       <c r="B661" t="s">
-        <v>1544</v>
+        <v>1527</v>
       </c>
       <c r="C661" t="s">
-        <v>1545</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
-        <v>1546</v>
-[...1 lines deleted...]
-      <c r="B662"/>
+        <v>1711</v>
+      </c>
+      <c r="B662" t="s">
+        <v>791</v>
+      </c>
       <c r="C662" t="s">
-        <v>1547</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
-        <v>1548</v>
+        <v>1713</v>
       </c>
       <c r="B663" t="s">
-        <v>1549</v>
+        <v>1165</v>
       </c>
       <c r="C663" t="s">
-        <v>1550</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
-        <v>1551</v>
-[...1 lines deleted...]
-      <c r="B664"/>
+        <v>1715</v>
+      </c>
+      <c r="B664" t="s">
+        <v>1165</v>
+      </c>
       <c r="C664" t="s">
-        <v>1552</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
-        <v>1553</v>
+        <v>1717</v>
       </c>
       <c r="B665" t="s">
-        <v>270</v>
+        <v>1165</v>
       </c>
       <c r="C665" t="s">
-        <v>1554</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
-        <v>1555</v>
-[...3 lines deleted...]
-      </c>
+        <v>1719</v>
+      </c>
+      <c r="B666"/>
       <c r="C666" t="s">
-        <v>1556</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
-        <v>1557</v>
+        <v>1721</v>
       </c>
       <c r="B667" t="s">
-        <v>243</v>
+        <v>950</v>
       </c>
       <c r="C667" t="s">
-        <v>1558</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
-        <v>806</v>
+        <v>1723</v>
       </c>
       <c r="B668" t="s">
-        <v>1559</v>
+        <v>579</v>
       </c>
       <c r="C668" t="s">
-        <v>1560</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
-        <v>1561</v>
-[...3 lines deleted...]
-      </c>
+        <v>1725</v>
+      </c>
+      <c r="B669"/>
       <c r="C669" t="s">
-        <v>1562</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
-        <v>1563</v>
-[...3 lines deleted...]
-      </c>
+        <v>1727</v>
+      </c>
+      <c r="B670"/>
       <c r="C670" t="s">
-        <v>1564</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
-        <v>1565</v>
-[...3 lines deleted...]
-      </c>
+        <v>1729</v>
+      </c>
+      <c r="B671"/>
       <c r="C671" t="s">
-        <v>1566</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
-        <v>1567</v>
+        <v>1731</v>
       </c>
       <c r="B672" t="s">
-        <v>1568</v>
+        <v>1732</v>
       </c>
       <c r="C672" t="s">
-        <v>1569</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
-        <v>1570</v>
-[...1 lines deleted...]
-      <c r="B673"/>
+        <v>1734</v>
+      </c>
+      <c r="B673" t="s">
+        <v>1732</v>
+      </c>
       <c r="C673" t="s">
-        <v>1571</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
-        <v>1572</v>
+        <v>1736</v>
       </c>
       <c r="B674"/>
       <c r="C674" t="s">
-        <v>1573</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
-        <v>1574</v>
+        <v>1738</v>
       </c>
       <c r="B675"/>
       <c r="C675" t="s">
-        <v>1575</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
-        <v>1576</v>
-[...3 lines deleted...]
-      </c>
+        <v>1740</v>
+      </c>
+      <c r="B676"/>
       <c r="C676" t="s">
-        <v>1578</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
-        <v>1121</v>
-[...1 lines deleted...]
-      <c r="B677"/>
+        <v>1742</v>
+      </c>
+      <c r="B677" t="s">
+        <v>1743</v>
+      </c>
       <c r="C677" t="s">
-        <v>1579</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
-        <v>1580</v>
+        <v>1745</v>
       </c>
       <c r="B678"/>
       <c r="C678" t="s">
-        <v>1581</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
-        <v>1582</v>
-[...3 lines deleted...]
-      </c>
+        <v>1747</v>
+      </c>
+      <c r="B679"/>
       <c r="C679" t="s">
-        <v>1583</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
-        <v>1584</v>
+        <v>1749</v>
       </c>
       <c r="B680"/>
       <c r="C680" t="s">
-        <v>1585</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
-        <v>1586</v>
-[...1 lines deleted...]
-      <c r="B681"/>
+        <v>1751</v>
+      </c>
+      <c r="B681" t="s">
+        <v>1752</v>
+      </c>
       <c r="C681" t="s">
-        <v>1587</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
-        <v>1588</v>
+        <v>1754</v>
       </c>
       <c r="B682" t="s">
-        <v>764</v>
+        <v>1755</v>
       </c>
       <c r="C682" t="s">
-        <v>1589</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
-        <v>1590</v>
-[...1 lines deleted...]
-      <c r="B683"/>
+        <v>1757</v>
+      </c>
+      <c r="B683" t="s">
+        <v>808</v>
+      </c>
       <c r="C683" t="s">
-        <v>1591</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
-        <v>1592</v>
+        <v>1759</v>
       </c>
       <c r="B684" t="s">
-        <v>1062</v>
+        <v>1760</v>
       </c>
       <c r="C684" t="s">
-        <v>1593</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
-        <v>1594</v>
-[...1 lines deleted...]
-      <c r="B685"/>
+        <v>1762</v>
+      </c>
+      <c r="B685" t="s">
+        <v>1763</v>
+      </c>
       <c r="C685" t="s">
-        <v>1595</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
-        <v>1596</v>
+        <v>1765</v>
       </c>
       <c r="B686"/>
       <c r="C686" t="s">
-        <v>1597</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
-        <v>1598</v>
-[...1 lines deleted...]
-      <c r="B687"/>
+        <v>1767</v>
+      </c>
+      <c r="B687" t="s">
+        <v>1768</v>
+      </c>
       <c r="C687" t="s">
-        <v>1599</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
-        <v>1600</v>
+        <v>1770</v>
       </c>
       <c r="B688" t="s">
-        <v>359</v>
+        <v>1768</v>
       </c>
       <c r="C688" t="s">
-        <v>1601</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
-        <v>1602</v>
+        <v>1772</v>
       </c>
       <c r="B689"/>
       <c r="C689" t="s">
-        <v>1603</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
-        <v>1604</v>
-[...1 lines deleted...]
-      <c r="B690"/>
+        <v>1774</v>
+      </c>
+      <c r="B690" t="s">
+        <v>1755</v>
+      </c>
       <c r="C690" t="s">
-        <v>1605</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
-        <v>1606</v>
+        <v>1776</v>
       </c>
       <c r="B691" t="s">
-        <v>758</v>
+        <v>853</v>
       </c>
       <c r="C691" t="s">
-        <v>1607</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
-        <v>1608</v>
+        <v>1778</v>
       </c>
       <c r="B692" t="s">
-        <v>1609</v>
+        <v>1779</v>
       </c>
       <c r="C692" t="s">
-        <v>1610</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
-        <v>1611</v>
+        <v>1781</v>
       </c>
       <c r="B693" t="s">
-        <v>575</v>
+        <v>1782</v>
       </c>
       <c r="C693" t="s">
-        <v>1612</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
-        <v>1613</v>
-[...3 lines deleted...]
-      </c>
+        <v>1784</v>
+      </c>
+      <c r="B694"/>
       <c r="C694" t="s">
-        <v>1615</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
-        <v>1616</v>
+        <v>1786</v>
       </c>
       <c r="B695" t="s">
-        <v>1617</v>
+        <v>1787</v>
       </c>
       <c r="C695" t="s">
-        <v>1618</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
-        <v>1619</v>
-[...3 lines deleted...]
-      </c>
+        <v>1789</v>
+      </c>
+      <c r="B696"/>
       <c r="C696" t="s">
-        <v>1620</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
-        <v>1621</v>
+        <v>1791</v>
       </c>
       <c r="B697" t="s">
-        <v>1622</v>
+        <v>1792</v>
       </c>
       <c r="C697" t="s">
-        <v>1623</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
-        <v>1624</v>
-[...1 lines deleted...]
-      <c r="B698"/>
+        <v>1794</v>
+      </c>
+      <c r="B698" t="s">
+        <v>1795</v>
+      </c>
       <c r="C698" t="s">
-        <v>1625</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
-        <v>1626</v>
-[...1 lines deleted...]
-      <c r="B699"/>
+        <v>1797</v>
+      </c>
+      <c r="B699" t="s">
+        <v>1798</v>
+      </c>
       <c r="C699" t="s">
-        <v>1627</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
-        <v>1628</v>
+        <v>1800</v>
       </c>
       <c r="B700" t="s">
-        <v>1629</v>
+        <v>1801</v>
       </c>
       <c r="C700" t="s">
-        <v>1630</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
-        <v>1631</v>
+        <v>1803</v>
       </c>
       <c r="B701" t="s">
-        <v>1629</v>
+        <v>1804</v>
       </c>
       <c r="C701" t="s">
-        <v>1632</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
-        <v>1633</v>
+        <v>1806</v>
       </c>
       <c r="B702" t="s">
-        <v>1634</v>
+        <v>579</v>
       </c>
       <c r="C702" t="s">
-        <v>1635</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
-        <v>1636</v>
-[...3 lines deleted...]
-      </c>
+        <v>1808</v>
+      </c>
+      <c r="B703"/>
       <c r="C703" t="s">
-        <v>1637</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="B704"/>
+        <v>1810</v>
+      </c>
+      <c r="B704" t="s">
+        <v>1811</v>
+      </c>
       <c r="C704" t="s">
-        <v>1638</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="B705"/>
+        <v>1813</v>
+      </c>
+      <c r="B705" t="s">
+        <v>1165</v>
+      </c>
       <c r="C705" t="s">
-        <v>1639</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
-        <v>1640</v>
+        <v>1815</v>
       </c>
       <c r="B706" t="s">
-        <v>286</v>
+        <v>1376</v>
       </c>
       <c r="C706" t="s">
-        <v>1641</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
-        <v>1642</v>
+        <v>1817</v>
       </c>
       <c r="B707"/>
       <c r="C707" t="s">
-        <v>1643</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
-        <v>1644</v>
-[...3 lines deleted...]
-      </c>
+        <v>1819</v>
+      </c>
+      <c r="B708"/>
       <c r="C708" t="s">
-        <v>1645</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
-        <v>1646</v>
-[...3 lines deleted...]
-      </c>
+        <v>1261</v>
+      </c>
+      <c r="B709"/>
       <c r="C709" t="s">
-        <v>1647</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
-        <v>1648</v>
-[...1 lines deleted...]
-      <c r="B710"/>
+        <v>1822</v>
+      </c>
+      <c r="B710" t="s">
+        <v>1823</v>
+      </c>
       <c r="C710" t="s">
-        <v>1649</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
-        <v>1650</v>
-[...1 lines deleted...]
-      <c r="B711"/>
+        <v>1825</v>
+      </c>
+      <c r="B711" t="s">
+        <v>1826</v>
+      </c>
       <c r="C711" t="s">
-        <v>1651</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
-        <v>1652</v>
+        <v>1828</v>
       </c>
       <c r="B712" t="s">
-        <v>157</v>
+        <v>1829</v>
       </c>
       <c r="C712" t="s">
-        <v>1653</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
-        <v>1654</v>
-[...3 lines deleted...]
-      </c>
+        <v>1831</v>
+      </c>
+      <c r="B713"/>
       <c r="C713" t="s">
-        <v>1655</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
-        <v>1656</v>
-[...3 lines deleted...]
-      </c>
+        <v>1833</v>
+      </c>
+      <c r="B714"/>
       <c r="C714" t="s">
-        <v>1657</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
-        <v>1658</v>
+        <v>1835</v>
       </c>
       <c r="B715"/>
       <c r="C715" t="s">
-        <v>1659</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
-        <v>1660</v>
+        <v>1837</v>
       </c>
       <c r="B716" t="s">
-        <v>561</v>
+        <v>1838</v>
       </c>
       <c r="C716" t="s">
-        <v>1661</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
-        <v>1662</v>
-[...3 lines deleted...]
-      </c>
+        <v>1840</v>
+      </c>
+      <c r="B717"/>
       <c r="C717" t="s">
-        <v>1663</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
-        <v>1664</v>
+        <v>1842</v>
       </c>
       <c r="B718" t="s">
-        <v>1559</v>
+        <v>1843</v>
       </c>
       <c r="C718" t="s">
-        <v>1665</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
-        <v>1666</v>
+        <v>1845</v>
       </c>
       <c r="B719" t="s">
-        <v>1667</v>
+        <v>1846</v>
       </c>
       <c r="C719" t="s">
-        <v>1668</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
-        <v>1669</v>
+        <v>1848</v>
       </c>
       <c r="B720"/>
       <c r="C720" t="s">
-        <v>1670</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
-        <v>1671</v>
+        <v>1850</v>
       </c>
       <c r="B721"/>
       <c r="C721" t="s">
-        <v>1672</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
-        <v>1673</v>
-[...3 lines deleted...]
-      </c>
+        <v>925</v>
+      </c>
+      <c r="B722"/>
       <c r="C722" t="s">
-        <v>1675</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
-        <v>1676</v>
-[...3 lines deleted...]
-      </c>
+        <v>1853</v>
+      </c>
+      <c r="B723"/>
       <c r="C723" t="s">
-        <v>1677</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
-        <v>1678</v>
+        <v>1855</v>
       </c>
       <c r="B724"/>
       <c r="C724" t="s">
-        <v>1679</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
-        <v>1330</v>
+        <v>1857</v>
       </c>
       <c r="B725"/>
       <c r="C725" t="s">
-        <v>1680</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
-        <v>1681</v>
-[...3 lines deleted...]
-      </c>
+        <v>1859</v>
+      </c>
+      <c r="B726"/>
       <c r="C726" t="s">
-        <v>1682</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
-        <v>1683</v>
-[...1 lines deleted...]
-      <c r="B727"/>
+        <v>1861</v>
+      </c>
+      <c r="B727" t="s">
+        <v>1862</v>
+      </c>
       <c r="C727" t="s">
-        <v>1684</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
-        <v>1685</v>
-[...3 lines deleted...]
-      </c>
+        <v>1864</v>
+      </c>
+      <c r="B728"/>
       <c r="C728" t="s">
-        <v>1686</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
-        <v>1687</v>
+        <v>1866</v>
       </c>
       <c r="B729"/>
       <c r="C729" t="s">
-        <v>1688</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
-        <v>1689</v>
-[...3 lines deleted...]
-      </c>
+        <v>1868</v>
+      </c>
+      <c r="B730"/>
       <c r="C730" t="s">
-        <v>1690</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
-        <v>1691</v>
-[...1 lines deleted...]
-      <c r="B731"/>
+        <v>1870</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1165</v>
+      </c>
       <c r="C731" t="s">
-        <v>1692</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
-        <v>1693</v>
+        <v>1872</v>
       </c>
       <c r="B732"/>
       <c r="C732" t="s">
-        <v>1694</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
-        <v>1695</v>
+        <v>1874</v>
       </c>
       <c r="B733" t="s">
-        <v>270</v>
+        <v>1875</v>
       </c>
       <c r="C733" t="s">
-        <v>1696</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
-        <v>1697</v>
-[...1 lines deleted...]
-      <c r="B734"/>
+        <v>1877</v>
+      </c>
+      <c r="B734" t="s">
+        <v>791</v>
+      </c>
       <c r="C734" t="s">
-        <v>1698</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
-        <v>1699</v>
-[...3 lines deleted...]
-      </c>
+        <v>1879</v>
+      </c>
+      <c r="B735"/>
       <c r="C735" t="s">
-        <v>1701</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
-        <v>1702</v>
-[...3 lines deleted...]
-      </c>
+        <v>1881</v>
+      </c>
+      <c r="B736"/>
       <c r="C736" t="s">
-        <v>1703</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
-        <v>1704</v>
-[...3 lines deleted...]
-      </c>
+        <v>1883</v>
+      </c>
+      <c r="B737"/>
       <c r="C737" t="s">
-        <v>1705</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
-        <v>1706</v>
-[...3 lines deleted...]
-      </c>
+        <v>1885</v>
+      </c>
+      <c r="B738"/>
       <c r="C738" t="s">
-        <v>1708</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
-        <v>1709</v>
-[...1 lines deleted...]
-      <c r="B739"/>
+        <v>1887</v>
+      </c>
+      <c r="B739" t="s">
+        <v>1888</v>
+      </c>
       <c r="C739" t="s">
-        <v>1710</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
-        <v>1711</v>
-[...3 lines deleted...]
-      </c>
+        <v>1890</v>
+      </c>
+      <c r="B740"/>
       <c r="C740" t="s">
-        <v>1713</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
-        <v>1714</v>
+        <v>1892</v>
       </c>
       <c r="B741" t="s">
-        <v>1715</v>
+        <v>1893</v>
       </c>
       <c r="C741" t="s">
-        <v>1716</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
-        <v>1717</v>
+        <v>1895</v>
       </c>
       <c r="B742" t="s">
-        <v>1200</v>
+        <v>1443</v>
       </c>
       <c r="C742" t="s">
-        <v>1718</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
-        <v>1719</v>
+        <v>1897</v>
       </c>
       <c r="B743" t="s">
-        <v>1720</v>
+        <v>1651</v>
       </c>
       <c r="C743" t="s">
-        <v>1721</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
-        <v>1722</v>
-[...1 lines deleted...]
-      <c r="B744"/>
+        <v>1899</v>
+      </c>
+      <c r="B744" t="s">
+        <v>1792</v>
+      </c>
       <c r="C744" t="s">
-        <v>1723</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
-        <v>1724</v>
-[...3 lines deleted...]
-      </c>
+        <v>1901</v>
+      </c>
+      <c r="B745"/>
       <c r="C745" t="s">
-        <v>1725</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
-        <v>1726</v>
-[...3 lines deleted...]
-      </c>
+        <v>1903</v>
+      </c>
+      <c r="B746"/>
       <c r="C746" t="s">
-        <v>1727</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
-        <v>1728</v>
+        <v>1905</v>
       </c>
       <c r="B747" t="s">
-        <v>1729</v>
+        <v>950</v>
       </c>
       <c r="C747" t="s">
-        <v>1730</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
-        <v>1731</v>
+        <v>1907</v>
       </c>
       <c r="B748" t="s">
-        <v>1732</v>
+        <v>950</v>
       </c>
       <c r="C748" t="s">
-        <v>1733</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
-        <v>1734</v>
+        <v>1909</v>
       </c>
       <c r="B749" t="s">
-        <v>243</v>
+        <v>838</v>
       </c>
       <c r="C749" t="s">
-        <v>1735</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
-        <v>1736</v>
-[...3 lines deleted...]
-      </c>
+        <v>1911</v>
+      </c>
+      <c r="B750"/>
       <c r="C750" t="s">
-        <v>1737</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
-        <v>1738</v>
+        <v>1913</v>
       </c>
       <c r="B751" t="s">
-        <v>1040</v>
+        <v>1914</v>
       </c>
       <c r="C751" t="s">
-        <v>1739</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
-        <v>1740</v>
-[...3 lines deleted...]
-      </c>
+        <v>1916</v>
+      </c>
+      <c r="B752"/>
       <c r="C752" t="s">
-        <v>1741</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
-        <v>1742</v>
-[...3 lines deleted...]
-      </c>
+        <v>1918</v>
+      </c>
+      <c r="B753"/>
       <c r="C753" t="s">
-        <v>1743</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
-        <v>1744</v>
-[...3 lines deleted...]
-      </c>
+        <v>1920</v>
+      </c>
+      <c r="B754"/>
       <c r="C754" t="s">
-        <v>1745</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
-        <v>1746</v>
-[...1 lines deleted...]
-      <c r="B755"/>
+        <v>1922</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1923</v>
+      </c>
       <c r="C755" t="s">
-        <v>1747</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
-        <v>1748</v>
+        <v>1925</v>
       </c>
       <c r="B756" t="s">
-        <v>1749</v>
+        <v>1073</v>
       </c>
       <c r="C756" t="s">
-        <v>1750</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
-        <v>1751</v>
+        <v>1927</v>
       </c>
       <c r="B757" t="s">
-        <v>1752</v>
+        <v>1928</v>
       </c>
       <c r="C757" t="s">
-        <v>1753</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
-        <v>1754</v>
+        <v>1930</v>
       </c>
       <c r="B758" t="s">
-        <v>1755</v>
+        <v>1931</v>
       </c>
       <c r="C758" t="s">
-        <v>1756</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
-        <v>1757</v>
+        <v>1933</v>
       </c>
       <c r="B759"/>
       <c r="C759" t="s">
-        <v>1758</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
-        <v>1759</v>
+        <v>1935</v>
       </c>
       <c r="B760" t="s">
-        <v>531</v>
+        <v>1936</v>
       </c>
       <c r="C760" t="s">
-        <v>1760</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
-        <v>1761</v>
+        <v>1938</v>
       </c>
       <c r="B761" t="s">
-        <v>336</v>
+        <v>749</v>
       </c>
       <c r="C761" t="s">
-        <v>1762</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
-        <v>1763</v>
+        <v>1940</v>
       </c>
       <c r="B762" t="s">
-        <v>1764</v>
+        <v>1941</v>
       </c>
       <c r="C762" t="s">
-        <v>1765</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
-        <v>1766</v>
+        <v>1943</v>
       </c>
       <c r="B763" t="s">
-        <v>243</v>
+        <v>1944</v>
       </c>
       <c r="C763" t="s">
-        <v>1767</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
-        <v>1768</v>
-[...3 lines deleted...]
-      </c>
+        <v>1946</v>
+      </c>
+      <c r="B764"/>
       <c r="C764" t="s">
-        <v>1770</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
-        <v>1771</v>
-[...1 lines deleted...]
-      <c r="B765"/>
+        <v>1948</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1949</v>
+      </c>
       <c r="C765" t="s">
-        <v>1772</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
-        <v>1773</v>
-[...3 lines deleted...]
-      </c>
+        <v>1951</v>
+      </c>
+      <c r="B766"/>
       <c r="C766" t="s">
-        <v>1774</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
-        <v>1775</v>
+        <v>1953</v>
       </c>
       <c r="B767" t="s">
-        <v>1776</v>
+        <v>1954</v>
       </c>
       <c r="C767" t="s">
-        <v>1777</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
-        <v>1778</v>
-[...3 lines deleted...]
-      </c>
+        <v>1956</v>
+      </c>
+      <c r="B768"/>
       <c r="C768" t="s">
-        <v>1780</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
-        <v>1781</v>
-[...3 lines deleted...]
-      </c>
+        <v>1958</v>
+      </c>
+      <c r="B769"/>
       <c r="C769" t="s">
-        <v>1782</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
-        <v>1783</v>
+        <v>1960</v>
       </c>
       <c r="B770" t="s">
-        <v>1784</v>
+        <v>1569</v>
       </c>
       <c r="C770" t="s">
-        <v>1785</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
-        <v>1786</v>
+        <v>1321</v>
       </c>
       <c r="B771"/>
       <c r="C771" t="s">
-        <v>1787</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
-        <v>1788</v>
-[...1 lines deleted...]
-      <c r="B772"/>
+        <v>1963</v>
+      </c>
+      <c r="B772" t="s">
+        <v>1595</v>
+      </c>
       <c r="C772" t="s">
-        <v>1789</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
-        <v>1790</v>
-[...1 lines deleted...]
-      <c r="B773"/>
+        <v>1965</v>
+      </c>
+      <c r="B773" t="s">
+        <v>1966</v>
+      </c>
       <c r="C773" t="s">
-        <v>1791</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
-        <v>1792</v>
-[...1 lines deleted...]
-      <c r="B774"/>
+        <v>1968</v>
+      </c>
+      <c r="B774" t="s">
+        <v>791</v>
+      </c>
       <c r="C774" t="s">
-        <v>1793</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
-        <v>1794</v>
-[...1 lines deleted...]
-      <c r="B775"/>
+        <v>1970</v>
+      </c>
+      <c r="B775" t="s">
+        <v>1829</v>
+      </c>
       <c r="C775" t="s">
-        <v>1795</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
-        <v>1796</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="B776"/>
       <c r="C776" t="s">
-        <v>1798</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
-        <v>1799</v>
-[...3 lines deleted...]
-      </c>
+        <v>1974</v>
+      </c>
+      <c r="B777"/>
       <c r="C777" t="s">
-        <v>1800</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
-        <v>1801</v>
+        <v>1976</v>
       </c>
       <c r="B778"/>
       <c r="C778" t="s">
-        <v>1802</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
-        <v>1803</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="B779"/>
       <c r="C779" t="s">
-        <v>1804</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
-        <v>1805</v>
+        <v>1980</v>
       </c>
       <c r="B780"/>
       <c r="C780" t="s">
-        <v>1806</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
-        <v>1807</v>
+        <v>1982</v>
       </c>
       <c r="B781"/>
       <c r="C781" t="s">
-        <v>1808</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
-        <v>1809</v>
+        <v>1984</v>
       </c>
       <c r="B782"/>
       <c r="C782" t="s">
-        <v>1810</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
-        <v>1811</v>
+        <v>1986</v>
       </c>
       <c r="B783"/>
       <c r="C783" t="s">
-        <v>1812</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
-        <v>1813</v>
+        <v>1988</v>
       </c>
       <c r="B784"/>
       <c r="C784" t="s">
-        <v>1814</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
-        <v>1815</v>
+        <v>1990</v>
       </c>
       <c r="B785" t="s">
-        <v>243</v>
+        <v>870</v>
       </c>
       <c r="C785" t="s">
-        <v>1816</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
-        <v>1817</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="B786"/>
       <c r="C786" t="s">
-        <v>1819</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
-        <v>1820</v>
-[...3 lines deleted...]
-      </c>
+        <v>1994</v>
+      </c>
+      <c r="B787"/>
       <c r="C787" t="s">
-        <v>1821</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
-        <v>1822</v>
-[...3 lines deleted...]
-      </c>
+        <v>1996</v>
+      </c>
+      <c r="B788"/>
       <c r="C788" t="s">
-        <v>1824</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
-        <v>1825</v>
-[...3 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="B789"/>
       <c r="C789" t="s">
-        <v>1826</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
-        <v>1827</v>
+        <v>2000</v>
       </c>
       <c r="B790" t="s">
-        <v>1828</v>
+        <v>1419</v>
       </c>
       <c r="C790" t="s">
-        <v>1829</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
-        <v>1830</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="B791"/>
       <c r="C791" t="s">
-        <v>1831</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
-        <v>1832</v>
+        <v>2004</v>
       </c>
       <c r="B792" t="s">
-        <v>342</v>
+        <v>2005</v>
       </c>
       <c r="C792" t="s">
-        <v>1833</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
-        <v>1834</v>
+        <v>2007</v>
       </c>
       <c r="B793" t="s">
-        <v>342</v>
+        <v>1598</v>
       </c>
       <c r="C793" t="s">
-        <v>1835</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
-        <v>1836</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="B794"/>
       <c r="C794" t="s">
-        <v>1837</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
-        <v>1838</v>
+        <v>2011</v>
       </c>
       <c r="B795" t="s">
-        <v>681</v>
+        <v>2012</v>
       </c>
       <c r="C795" t="s">
-        <v>1839</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
-        <v>1840</v>
+        <v>2014</v>
       </c>
       <c r="B796" t="s">
-        <v>359</v>
+        <v>2015</v>
       </c>
       <c r="C796" t="s">
-        <v>1841</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
-        <v>1842</v>
+        <v>2017</v>
       </c>
       <c r="B797" t="s">
-        <v>1843</v>
+        <v>950</v>
       </c>
       <c r="C797" t="s">
-        <v>1844</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
-        <v>1845</v>
+        <v>2019</v>
       </c>
       <c r="B798" t="s">
-        <v>1823</v>
+        <v>950</v>
       </c>
       <c r="C798" t="s">
-        <v>1846</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
-        <v>1847</v>
+        <v>2021</v>
       </c>
       <c r="B799" t="s">
-        <v>1489</v>
+        <v>1419</v>
       </c>
       <c r="C799" t="s">
-        <v>1848</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
-        <v>1849</v>
+        <v>2023</v>
       </c>
       <c r="B800" t="s">
-        <v>1850</v>
+        <v>1419</v>
       </c>
       <c r="C800" t="s">
-        <v>1851</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
-        <v>1852</v>
+        <v>2025</v>
       </c>
       <c r="B801" t="s">
-        <v>359</v>
+        <v>2026</v>
       </c>
       <c r="C801" t="s">
-        <v>1853</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
-        <v>1854</v>
-[...3 lines deleted...]
-      </c>
+        <v>2028</v>
+      </c>
+      <c r="B802"/>
       <c r="C802" t="s">
-        <v>1855</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
-        <v>1856</v>
+        <v>2030</v>
       </c>
       <c r="B803" t="s">
-        <v>359</v>
+        <v>2031</v>
       </c>
       <c r="C803" t="s">
-        <v>1857</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
-        <v>1858</v>
+        <v>2033</v>
       </c>
       <c r="B804" t="s">
-        <v>359</v>
+        <v>2034</v>
       </c>
       <c r="C804" t="s">
-        <v>1859</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
-        <v>1860</v>
+        <v>2036</v>
       </c>
       <c r="B805" t="s">
-        <v>531</v>
+        <v>1637</v>
       </c>
       <c r="C805" t="s">
-        <v>1861</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
-        <v>1862</v>
+        <v>2038</v>
       </c>
       <c r="B806" t="s">
-        <v>1863</v>
+        <v>1477</v>
       </c>
       <c r="C806" t="s">
-        <v>1864</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
-        <v>1865</v>
+        <v>2040</v>
       </c>
       <c r="B807" t="s">
-        <v>342</v>
+        <v>619</v>
       </c>
       <c r="C807" t="s">
-        <v>1866</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
-        <v>1441</v>
+        <v>2042</v>
       </c>
       <c r="B808"/>
       <c r="C808" t="s">
-        <v>1867</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
-        <v>1868</v>
+        <v>2044</v>
       </c>
       <c r="B809" t="s">
-        <v>460</v>
+        <v>2045</v>
       </c>
       <c r="C809" t="s">
-        <v>1869</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
-        <v>1870</v>
-[...1 lines deleted...]
-      <c r="B810"/>
+        <v>2047</v>
+      </c>
+      <c r="B810" t="s">
+        <v>2048</v>
+      </c>
       <c r="C810" t="s">
-        <v>1871</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
-        <v>1872</v>
-[...3 lines deleted...]
-      </c>
+        <v>2050</v>
+      </c>
+      <c r="B811"/>
       <c r="C811" t="s">
-        <v>1873</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
-        <v>1874</v>
+        <v>2052</v>
       </c>
       <c r="B812" t="s">
-        <v>1172</v>
+        <v>1804</v>
       </c>
       <c r="C812" t="s">
-        <v>1875</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
-        <v>1876</v>
+        <v>2054</v>
       </c>
       <c r="B813" t="s">
-        <v>1877</v>
+        <v>2055</v>
       </c>
       <c r="C813" t="s">
-        <v>1878</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
-        <v>1879</v>
-[...1 lines deleted...]
-      <c r="B814"/>
+        <v>2057</v>
+      </c>
+      <c r="B814" t="s">
+        <v>2045</v>
+      </c>
       <c r="C814" t="s">
-        <v>1880</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
-        <v>1881</v>
+        <v>2059</v>
       </c>
       <c r="B815"/>
       <c r="C815" t="s">
-        <v>1882</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
-        <v>1883</v>
-[...1 lines deleted...]
-      <c r="B816"/>
+        <v>2061</v>
+      </c>
+      <c r="B816" t="s">
+        <v>2062</v>
+      </c>
       <c r="C816" t="s">
-        <v>1884</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
-        <v>1885</v>
+        <v>2064</v>
       </c>
       <c r="B817"/>
       <c r="C817" t="s">
-        <v>1886</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
-        <v>1887</v>
+        <v>2066</v>
       </c>
       <c r="B818"/>
       <c r="C818" t="s">
-        <v>1888</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
-        <v>1143</v>
+        <v>2068</v>
       </c>
       <c r="B819"/>
       <c r="C819" t="s">
-        <v>1889</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
-        <v>1890</v>
-[...1 lines deleted...]
-      <c r="B820"/>
+        <v>2070</v>
+      </c>
+      <c r="B820" t="s">
+        <v>2071</v>
+      </c>
       <c r="C820" t="s">
-        <v>1891</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
-        <v>1892</v>
-[...1 lines deleted...]
-      <c r="B821"/>
+        <v>2073</v>
+      </c>
+      <c r="B821" t="s">
+        <v>2074</v>
+      </c>
       <c r="C821" t="s">
-        <v>1893</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
-        <v>1894</v>
-[...1 lines deleted...]
-      <c r="B822"/>
+        <v>2076</v>
+      </c>
+      <c r="B822" t="s">
+        <v>2077</v>
+      </c>
       <c r="C822" t="s">
-        <v>1895</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
-        <v>1896</v>
+        <v>2079</v>
       </c>
       <c r="B823"/>
       <c r="C823" t="s">
-        <v>1897</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
-        <v>1898</v>
-[...1 lines deleted...]
-      <c r="B824"/>
+        <v>2081</v>
+      </c>
+      <c r="B824" t="s">
+        <v>1443</v>
+      </c>
       <c r="C824" t="s">
-        <v>1899</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
-        <v>1900</v>
-[...1 lines deleted...]
-      <c r="B825"/>
+        <v>1951</v>
+      </c>
+      <c r="B825" t="s">
+        <v>1457</v>
+      </c>
       <c r="C825" t="s">
-        <v>1901</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" t="s">
-        <v>1902</v>
+        <v>2084</v>
       </c>
       <c r="B826"/>
       <c r="C826" t="s">
-        <v>1903</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" t="s">
-        <v>1896</v>
+        <v>2086</v>
       </c>
       <c r="B827"/>
       <c r="C827" t="s">
-        <v>1904</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" t="s">
-        <v>1905</v>
+        <v>2088</v>
       </c>
       <c r="B828"/>
       <c r="C828" t="s">
-        <v>1906</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" t="s">
-        <v>1907</v>
+        <v>2090</v>
       </c>
       <c r="B829"/>
       <c r="C829" t="s">
-        <v>1908</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" t="s">
-        <v>1909</v>
-[...1 lines deleted...]
-      <c r="B830"/>
+        <v>2092</v>
+      </c>
+      <c r="B830" t="s">
+        <v>2093</v>
+      </c>
       <c r="C830" t="s">
-        <v>1910</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" t="s">
-        <v>1911</v>
+        <v>2095</v>
       </c>
       <c r="B831"/>
       <c r="C831" t="s">
-        <v>1912</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" t="s">
-        <v>1913</v>
+        <v>2097</v>
       </c>
       <c r="B832" t="s">
-        <v>1914</v>
+        <v>2074</v>
       </c>
       <c r="C832" t="s">
-        <v>1915</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" t="s">
-        <v>1916</v>
+        <v>2099</v>
       </c>
       <c r="B833" t="s">
-        <v>1917</v>
+        <v>2100</v>
       </c>
       <c r="C833" t="s">
-        <v>1918</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" t="s">
-        <v>1919</v>
-[...3 lines deleted...]
-      </c>
+        <v>2102</v>
+      </c>
+      <c r="B834"/>
       <c r="C834" t="s">
-        <v>1921</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" t="s">
-        <v>1922</v>
-[...3 lines deleted...]
-      </c>
+        <v>2104</v>
+      </c>
+      <c r="B835"/>
       <c r="C835" t="s">
-        <v>1923</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" t="s">
-        <v>1924</v>
-[...3 lines deleted...]
-      </c>
+        <v>2106</v>
+      </c>
+      <c r="B836"/>
       <c r="C836" t="s">
-        <v>1925</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" t="s">
-        <v>1926</v>
-[...3 lines deleted...]
-      </c>
+        <v>2108</v>
+      </c>
+      <c r="B837"/>
       <c r="C837" t="s">
-        <v>1928</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" t="s">
-        <v>1929</v>
+        <v>2110</v>
       </c>
       <c r="B838" t="s">
-        <v>1930</v>
+        <v>2111</v>
       </c>
       <c r="C838" t="s">
-        <v>1931</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" t="s">
-        <v>1932</v>
-[...3 lines deleted...]
-      </c>
+        <v>2113</v>
+      </c>
+      <c r="B839"/>
       <c r="C839" t="s">
-        <v>1934</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" t="s">
-        <v>1935</v>
+        <v>2115</v>
       </c>
       <c r="B840" t="s">
-        <v>1936</v>
+        <v>2116</v>
       </c>
       <c r="C840" t="s">
-        <v>1937</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" t="s">
-        <v>1938</v>
+        <v>2118</v>
       </c>
       <c r="B841" t="s">
-        <v>1936</v>
+        <v>2119</v>
       </c>
       <c r="C841" t="s">
-        <v>1939</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" t="s">
-        <v>1940</v>
+        <v>2121</v>
       </c>
       <c r="B842" t="s">
-        <v>1936</v>
+        <v>2122</v>
       </c>
       <c r="C842" t="s">
-        <v>1941</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" t="s">
-        <v>1942</v>
+        <v>2124</v>
       </c>
       <c r="B843" t="s">
-        <v>1943</v>
+        <v>2125</v>
       </c>
       <c r="C843" t="s">
-        <v>1944</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" t="s">
-        <v>1945</v>
+        <v>2127</v>
       </c>
       <c r="B844" t="s">
-        <v>1629</v>
+        <v>800</v>
       </c>
       <c r="C844" t="s">
-        <v>1946</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" t="s">
-        <v>1947</v>
+        <v>2129</v>
       </c>
       <c r="B845" t="s">
-        <v>531</v>
+        <v>2130</v>
       </c>
       <c r="C845" t="s">
-        <v>1948</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" t="s">
-        <v>1949</v>
+        <v>2132</v>
       </c>
       <c r="B846" t="s">
-        <v>1950</v>
+        <v>2133</v>
       </c>
       <c r="C846" t="s">
-        <v>1951</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" t="s">
-        <v>1952</v>
+        <v>2135</v>
       </c>
       <c r="B847"/>
       <c r="C847" t="s">
-        <v>1953</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" t="s">
-        <v>1954</v>
-[...1 lines deleted...]
-      <c r="B848"/>
+        <v>2137</v>
+      </c>
+      <c r="B848" t="s">
+        <v>1165</v>
+      </c>
       <c r="C848" t="s">
-        <v>1955</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" t="s">
-        <v>1956</v>
-[...1 lines deleted...]
-      <c r="B849"/>
+        <v>2139</v>
+      </c>
+      <c r="B849" t="s">
+        <v>1954</v>
+      </c>
       <c r="C849" t="s">
-        <v>1957</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" t="s">
-        <v>1958</v>
-[...3 lines deleted...]
-      </c>
+        <v>2141</v>
+      </c>
+      <c r="B850"/>
       <c r="C850" t="s">
-        <v>1960</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" t="s">
-        <v>1961</v>
-[...3 lines deleted...]
-      </c>
+        <v>2143</v>
+      </c>
+      <c r="B851"/>
       <c r="C851" t="s">
-        <v>1963</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" t="s">
-        <v>1964</v>
-[...1 lines deleted...]
-      <c r="B852"/>
+        <v>2145</v>
+      </c>
+      <c r="B852" t="s">
+        <v>2146</v>
+      </c>
       <c r="C852" t="s">
-        <v>1965</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" t="s">
-        <v>1966</v>
+        <v>2148</v>
       </c>
       <c r="B853" t="s">
-        <v>1614</v>
+        <v>1165</v>
       </c>
       <c r="C853" t="s">
-        <v>1967</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" t="s">
-        <v>1968</v>
+        <v>2150</v>
       </c>
       <c r="B854" t="s">
-        <v>1969</v>
+        <v>1530</v>
       </c>
       <c r="C854" t="s">
-        <v>1970</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" t="s">
-        <v>1971</v>
+        <v>2152</v>
       </c>
       <c r="B855" t="s">
-        <v>1972</v>
+        <v>2153</v>
       </c>
       <c r="C855" t="s">
-        <v>1973</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" t="s">
-        <v>1974</v>
+        <v>2155</v>
       </c>
       <c r="B856" t="s">
-        <v>1975</v>
+        <v>1443</v>
       </c>
       <c r="C856" t="s">
-        <v>1976</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" t="s">
-        <v>1977</v>
+        <v>2157</v>
       </c>
       <c r="B857" t="s">
-        <v>1978</v>
+        <v>1419</v>
       </c>
       <c r="C857" t="s">
-        <v>1979</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" t="s">
-        <v>1980</v>
+        <v>2159</v>
       </c>
       <c r="B858" t="s">
-        <v>938</v>
+        <v>1419</v>
       </c>
       <c r="C858" t="s">
-        <v>1981</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" t="s">
-        <v>1982</v>
+        <v>2161</v>
       </c>
       <c r="B859" t="s">
-        <v>1983</v>
+        <v>791</v>
       </c>
       <c r="C859" t="s">
-        <v>1984</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" t="s">
-        <v>1985</v>
+        <v>2163</v>
       </c>
       <c r="B860" t="s">
-        <v>1986</v>
+        <v>1419</v>
       </c>
       <c r="C860" t="s">
-        <v>1987</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" t="s">
-        <v>1988</v>
-[...3 lines deleted...]
-      </c>
+        <v>2165</v>
+      </c>
+      <c r="B861"/>
       <c r="C861" t="s">
-        <v>1989</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" t="s">
-        <v>1613</v>
+        <v>2167</v>
       </c>
       <c r="B862" t="s">
-        <v>1990</v>
+        <v>2168</v>
       </c>
       <c r="C862" t="s">
-        <v>1991</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="B863"/>
+        <v>2170</v>
+      </c>
+      <c r="B863" t="s">
+        <v>2171</v>
+      </c>
       <c r="C863" t="s">
-        <v>1993</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" t="s">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2173</v>
+      </c>
+      <c r="B864"/>
       <c r="C864" t="s">
-        <v>1995</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" t="s">
-        <v>1996</v>
+        <v>775</v>
       </c>
       <c r="B865" t="s">
-        <v>1997</v>
+        <v>838</v>
       </c>
       <c r="C865" t="s">
-        <v>1998</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" t="s">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2176</v>
+      </c>
+      <c r="B866"/>
       <c r="C866" t="s">
-        <v>2001</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" t="s">
-        <v>2002</v>
+        <v>2178</v>
       </c>
       <c r="B867" t="s">
-        <v>2003</v>
+        <v>2179</v>
       </c>
       <c r="C867" t="s">
-        <v>2004</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" t="s">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="B868"/>
+        <v>2181</v>
+      </c>
+      <c r="B868" t="s">
+        <v>2182</v>
+      </c>
       <c r="C868" t="s">
-        <v>2006</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" t="s">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="B869"/>
+        <v>2184</v>
+      </c>
+      <c r="B869" t="s">
+        <v>2185</v>
+      </c>
       <c r="C869" t="s">
-        <v>2008</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" t="s">
-        <v>2009</v>
+        <v>2187</v>
       </c>
       <c r="B870"/>
       <c r="C870" t="s">
-        <v>2010</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" t="s">
-        <v>2011</v>
+        <v>2189</v>
       </c>
       <c r="B871"/>
       <c r="C871" t="s">
-        <v>2012</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" t="s">
-        <v>2013</v>
+        <v>2191</v>
       </c>
       <c r="B872" t="s">
-        <v>531</v>
+        <v>579</v>
       </c>
       <c r="C872" t="s">
-        <v>2014</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" t="s">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="B873"/>
+        <v>2193</v>
+      </c>
+      <c r="B873" t="s">
+        <v>1247</v>
+      </c>
       <c r="C873" t="s">
-        <v>2016</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" t="s">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2195</v>
+      </c>
+      <c r="B874"/>
       <c r="C874" t="s">
-        <v>2018</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" t="s">
-        <v>2019</v>
+        <v>2197</v>
       </c>
       <c r="B875" t="s">
-        <v>531</v>
+        <v>791</v>
       </c>
       <c r="C875" t="s">
-        <v>2020</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" t="s">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2199</v>
+      </c>
+      <c r="B876"/>
       <c r="C876" t="s">
-        <v>2022</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" t="s">
-        <v>2023</v>
+        <v>2201</v>
       </c>
       <c r="B877" t="s">
-        <v>289</v>
+        <v>2202</v>
       </c>
       <c r="C877" t="s">
-        <v>2024</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" t="s">
-        <v>2025</v>
+        <v>2204</v>
       </c>
       <c r="B878" t="s">
-        <v>289</v>
+        <v>2205</v>
       </c>
       <c r="C878" t="s">
-        <v>2026</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" t="s">
-        <v>2027</v>
+        <v>2207</v>
       </c>
       <c r="B879" t="s">
-        <v>336</v>
+        <v>1503</v>
       </c>
       <c r="C879" t="s">
-        <v>2028</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" t="s">
-        <v>1790</v>
+        <v>2209</v>
       </c>
       <c r="B880" t="s">
-        <v>2029</v>
+        <v>1598</v>
       </c>
       <c r="C880" t="s">
-        <v>2030</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" t="s">
-        <v>2031</v>
-[...3 lines deleted...]
-      </c>
+        <v>2211</v>
+      </c>
+      <c r="B881"/>
       <c r="C881" t="s">
-        <v>2032</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" t="s">
-        <v>2033</v>
+        <v>2213</v>
       </c>
       <c r="B882" t="s">
-        <v>1629</v>
+        <v>2146</v>
       </c>
       <c r="C882" t="s">
-        <v>2034</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" t="s">
-        <v>2035</v>
+        <v>2215</v>
       </c>
       <c r="B883" t="s">
-        <v>2036</v>
+        <v>619</v>
       </c>
       <c r="C883" t="s">
-        <v>2037</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" t="s">
-        <v>2038</v>
-[...1 lines deleted...]
-      <c r="B884"/>
+        <v>2217</v>
+      </c>
+      <c r="B884" t="s">
+        <v>1843</v>
+      </c>
       <c r="C884" t="s">
-        <v>2039</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" t="s">
-        <v>2040</v>
+        <v>2219</v>
       </c>
       <c r="B885"/>
       <c r="C885" t="s">
-        <v>2041</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" t="s">
-        <v>2042</v>
+        <v>2221</v>
       </c>
       <c r="B886"/>
       <c r="C886" t="s">
-        <v>2043</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" t="s">
-        <v>952</v>
+        <v>2223</v>
       </c>
       <c r="B887" t="s">
-        <v>606</v>
+        <v>791</v>
       </c>
       <c r="C887" t="s">
-        <v>2044</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" t="s">
-        <v>2045</v>
+        <v>342</v>
       </c>
       <c r="B888"/>
       <c r="C888" t="s">
-        <v>2046</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" t="s">
-        <v>2047</v>
-[...1 lines deleted...]
-      <c r="B889"/>
+        <v>2226</v>
+      </c>
+      <c r="B889" t="s">
+        <v>1165</v>
+      </c>
       <c r="C889" t="s">
-        <v>2048</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" t="s">
-        <v>2049</v>
+        <v>2228</v>
       </c>
       <c r="B890"/>
       <c r="C890" t="s">
-        <v>2050</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" t="s">
-        <v>2051</v>
+        <v>2230</v>
       </c>
       <c r="B891" t="s">
-        <v>1200</v>
+        <v>1569</v>
       </c>
       <c r="C891" t="s">
-        <v>2052</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" t="s">
-        <v>2053</v>
+        <v>2232</v>
       </c>
       <c r="B892"/>
       <c r="C892" t="s">
-        <v>2054</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" t="s">
-        <v>1916</v>
+        <v>2234</v>
       </c>
       <c r="B893" t="s">
-        <v>2055</v>
+        <v>2235</v>
       </c>
       <c r="C893" t="s">
-        <v>2056</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" t="s">
-        <v>2057</v>
-[...1 lines deleted...]
-      <c r="B894"/>
+        <v>2237</v>
+      </c>
+      <c r="B894" t="s">
+        <v>2045</v>
+      </c>
       <c r="C894" t="s">
-        <v>2058</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" t="s">
-        <v>2059</v>
-[...1 lines deleted...]
-      <c r="B895"/>
+        <v>2239</v>
+      </c>
+      <c r="B895" t="s">
+        <v>2146</v>
+      </c>
       <c r="C895" t="s">
-        <v>2060</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" t="s">
-        <v>2061</v>
-[...1 lines deleted...]
-      <c r="B896"/>
+        <v>2241</v>
+      </c>
+      <c r="B896" t="s">
+        <v>2242</v>
+      </c>
       <c r="C896" t="s">
-        <v>2062</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" t="s">
-        <v>1792</v>
-[...1 lines deleted...]
-      <c r="B897"/>
+        <v>2244</v>
+      </c>
+      <c r="B897" t="s">
+        <v>1340</v>
+      </c>
       <c r="C897" t="s">
-        <v>2063</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" t="s">
-        <v>2064</v>
-[...1 lines deleted...]
-      <c r="B898"/>
+        <v>2246</v>
+      </c>
+      <c r="B898" t="s">
+        <v>1340</v>
+      </c>
       <c r="C898" t="s">
-        <v>2065</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" t="s">
-        <v>2066</v>
-[...1 lines deleted...]
-      <c r="B899"/>
+        <v>2248</v>
+      </c>
+      <c r="B899" t="s">
+        <v>1448</v>
+      </c>
       <c r="C899" t="s">
-        <v>2067</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
-        <v>2068</v>
+        <v>2250</v>
       </c>
       <c r="B900" t="s">
-        <v>2069</v>
+        <v>2251</v>
       </c>
       <c r="C900" t="s">
-        <v>2070</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
-        <v>2071</v>
-[...1 lines deleted...]
-      <c r="B901"/>
+        <v>2253</v>
+      </c>
+      <c r="B901" t="s">
+        <v>1598</v>
+      </c>
       <c r="C901" t="s">
-        <v>2072</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
-        <v>2073</v>
+        <v>2255</v>
       </c>
       <c r="B902" t="s">
-        <v>2074</v>
+        <v>1247</v>
       </c>
       <c r="C902" t="s">
-        <v>2075</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
-        <v>2076</v>
+        <v>2257</v>
       </c>
       <c r="B903" t="s">
-        <v>2077</v>
+        <v>579</v>
       </c>
       <c r="C903" t="s">
-        <v>2078</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
-        <v>2079</v>
+        <v>2259</v>
       </c>
       <c r="B904" t="s">
-        <v>798</v>
+        <v>579</v>
       </c>
       <c r="C904" t="s">
-        <v>2080</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
-        <v>2081</v>
+        <v>2261</v>
       </c>
       <c r="B905" t="s">
-        <v>798</v>
+        <v>579</v>
       </c>
       <c r="C905" t="s">
-        <v>2082</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
-        <v>2083</v>
+        <v>2263</v>
       </c>
       <c r="B906" t="s">
-        <v>798</v>
+        <v>1165</v>
       </c>
       <c r="C906" t="s">
-        <v>2084</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
-        <v>2085</v>
-[...3 lines deleted...]
-      </c>
+        <v>2265</v>
+      </c>
+      <c r="B907"/>
       <c r="C907" t="s">
-        <v>2086</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
-        <v>2087</v>
-[...1 lines deleted...]
-      <c r="B908"/>
+        <v>2267</v>
+      </c>
+      <c r="B908" t="s">
+        <v>2268</v>
+      </c>
       <c r="C908" t="s">
-        <v>2088</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
-        <v>2089</v>
+        <v>2270</v>
       </c>
       <c r="B909" t="s">
-        <v>2090</v>
+        <v>1165</v>
       </c>
       <c r="C909" t="s">
-        <v>2091</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
-        <v>2092</v>
-[...3 lines deleted...]
-      </c>
+        <v>2272</v>
+      </c>
+      <c r="B910"/>
       <c r="C910" t="s">
-        <v>2093</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
-        <v>2094</v>
+        <v>2274</v>
       </c>
       <c r="B911"/>
       <c r="C911" t="s">
-        <v>2095</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" t="s">
-        <v>2096</v>
-[...3 lines deleted...]
-      </c>
+        <v>2276</v>
+      </c>
+      <c r="B912"/>
       <c r="C912" t="s">
-        <v>2098</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" t="s">
-        <v>2099</v>
-[...3 lines deleted...]
-      </c>
+        <v>2278</v>
+      </c>
+      <c r="B913"/>
       <c r="C913" t="s">
-        <v>2101</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" t="s">
-        <v>2102</v>
+        <v>2280</v>
       </c>
       <c r="B914" t="s">
-        <v>2103</v>
+        <v>2281</v>
       </c>
       <c r="C914" t="s">
-        <v>2104</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" t="s">
-        <v>2105</v>
+        <v>925</v>
       </c>
       <c r="B915"/>
       <c r="C915" t="s">
-        <v>2106</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" t="s">
-        <v>2107</v>
+        <v>2284</v>
       </c>
       <c r="B916"/>
       <c r="C916" t="s">
-        <v>2108</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" t="s">
-        <v>2109</v>
-[...1 lines deleted...]
-      <c r="B917"/>
+        <v>2286</v>
+      </c>
+      <c r="B917" t="s">
+        <v>1272</v>
+      </c>
       <c r="C917" t="s">
-        <v>2110</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" t="s">
-        <v>2111</v>
+        <v>2288</v>
       </c>
       <c r="B918"/>
       <c r="C918" t="s">
-        <v>2112</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" t="s">
-        <v>2113</v>
+        <v>2290</v>
       </c>
       <c r="B919"/>
       <c r="C919" t="s">
-        <v>2114</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" t="s">
-        <v>2115</v>
+        <v>2292</v>
       </c>
       <c r="B920"/>
       <c r="C920" t="s">
-        <v>2116</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" t="s">
-        <v>2117</v>
-[...1 lines deleted...]
-      <c r="B921"/>
+        <v>2294</v>
+      </c>
+      <c r="B921" t="s">
+        <v>2295</v>
+      </c>
       <c r="C921" t="s">
-        <v>2118</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" t="s">
-        <v>2119</v>
-[...1 lines deleted...]
-      <c r="B922"/>
+        <v>2297</v>
+      </c>
+      <c r="B922" t="s">
+        <v>619</v>
+      </c>
       <c r="C922" t="s">
-        <v>2120</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" t="s">
-        <v>2121</v>
-[...1 lines deleted...]
-      <c r="B923"/>
+        <v>2299</v>
+      </c>
+      <c r="B923" t="s">
+        <v>2146</v>
+      </c>
       <c r="C923" t="s">
-        <v>2122</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" t="s">
-        <v>2123</v>
+        <v>2301</v>
       </c>
       <c r="B924"/>
       <c r="C924" t="s">
-        <v>2124</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" t="s">
-        <v>2125</v>
-[...1 lines deleted...]
-      <c r="B925"/>
+        <v>2303</v>
+      </c>
+      <c r="B925" t="s">
+        <v>579</v>
+      </c>
       <c r="C925" t="s">
-        <v>2126</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" t="s">
-        <v>2127</v>
+        <v>2305</v>
       </c>
       <c r="B926"/>
       <c r="C926" t="s">
-        <v>2128</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" t="s">
-        <v>2129</v>
-[...1 lines deleted...]
-      <c r="B927"/>
+        <v>2307</v>
+      </c>
+      <c r="B927" t="s">
+        <v>2308</v>
+      </c>
       <c r="C927" t="s">
-        <v>2130</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" t="s">
-        <v>2131</v>
+        <v>1986</v>
       </c>
       <c r="B928"/>
       <c r="C928" t="s">
-        <v>2132</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" t="s">
-        <v>2133</v>
+        <v>2311</v>
       </c>
       <c r="B929"/>
       <c r="C929" t="s">
-        <v>2134</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" t="s">
-        <v>2135</v>
+        <v>2313</v>
       </c>
       <c r="B930"/>
       <c r="C930" t="s">
-        <v>2136</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" t="s">
-        <v>2137</v>
-[...1 lines deleted...]
-      <c r="B931"/>
+        <v>2315</v>
+      </c>
+      <c r="B931" t="s">
+        <v>1760</v>
+      </c>
       <c r="C931" t="s">
-        <v>2138</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" t="s">
-        <v>2139</v>
-[...1 lines deleted...]
-      <c r="B932"/>
+        <v>2317</v>
+      </c>
+      <c r="B932" t="s">
+        <v>1598</v>
+      </c>
       <c r="C932" t="s">
-        <v>2140</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" t="s">
-        <v>2141</v>
+        <v>2319</v>
       </c>
       <c r="B933"/>
       <c r="C933" t="s">
-        <v>2142</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" t="s">
-        <v>2143</v>
+        <v>2321</v>
       </c>
       <c r="B934"/>
       <c r="C934" t="s">
-        <v>2144</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" t="s">
-        <v>2145</v>
+        <v>2323</v>
       </c>
       <c r="B935"/>
       <c r="C935" t="s">
-        <v>2146</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" t="s">
-        <v>2147</v>
+        <v>2325</v>
       </c>
       <c r="B936"/>
       <c r="C936" t="s">
-        <v>2148</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" t="s">
-        <v>2149</v>
+        <v>1436</v>
       </c>
       <c r="B937"/>
       <c r="C937" t="s">
-        <v>2150</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" t="s">
-        <v>2151</v>
+        <v>2328</v>
       </c>
       <c r="B938"/>
       <c r="C938" t="s">
-        <v>2152</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" t="s">
-        <v>2153</v>
-[...1 lines deleted...]
-      <c r="B939"/>
+        <v>2330</v>
+      </c>
+      <c r="B939" t="s">
+        <v>1272</v>
+      </c>
       <c r="C939" t="s">
-        <v>2154</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" t="s">
-        <v>2155</v>
+        <v>2332</v>
       </c>
       <c r="B940"/>
       <c r="C940" t="s">
-        <v>2156</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" t="s">
-        <v>2157</v>
-[...1 lines deleted...]
-      <c r="B941"/>
+        <v>2334</v>
+      </c>
+      <c r="B941" t="s">
+        <v>2335</v>
+      </c>
       <c r="C941" t="s">
-        <v>2158</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" t="s">
-        <v>2159</v>
-[...1 lines deleted...]
-      <c r="B942"/>
+        <v>2337</v>
+      </c>
+      <c r="B942" t="s">
+        <v>2116</v>
+      </c>
       <c r="C942" t="s">
-        <v>2160</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" t="s">
-        <v>2161</v>
+        <v>2339</v>
       </c>
       <c r="B943"/>
       <c r="C943" t="s">
-        <v>2162</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" t="s">
-        <v>2163</v>
+        <v>2341</v>
       </c>
       <c r="B944"/>
       <c r="C944" t="s">
-        <v>2164</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" t="s">
-        <v>2165</v>
+        <v>2343</v>
       </c>
       <c r="B945"/>
       <c r="C945" t="s">
-        <v>2166</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" t="s">
-        <v>2167</v>
+        <v>2345</v>
       </c>
       <c r="B946"/>
       <c r="C946" t="s">
-        <v>2168</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" t="s">
-        <v>2169</v>
+        <v>2347</v>
       </c>
       <c r="B947"/>
       <c r="C947" t="s">
-        <v>2170</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" t="s">
-        <v>2171</v>
+        <v>2349</v>
       </c>
       <c r="B948"/>
       <c r="C948" t="s">
-        <v>2172</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" t="s">
-        <v>2173</v>
+        <v>2351</v>
       </c>
       <c r="B949"/>
       <c r="C949" t="s">
-        <v>2174</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" t="s">
-        <v>2175</v>
+        <v>2353</v>
       </c>
       <c r="B950"/>
       <c r="C950" t="s">
-        <v>2176</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" t="s">
-        <v>2177</v>
-[...1 lines deleted...]
-      <c r="B951"/>
+        <v>2355</v>
+      </c>
+      <c r="B951" t="s">
+        <v>2356</v>
+      </c>
       <c r="C951" t="s">
-        <v>2178</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" t="s">
-        <v>2179</v>
-[...1 lines deleted...]
-      <c r="B952"/>
+        <v>2358</v>
+      </c>
+      <c r="B952" t="s">
+        <v>760</v>
+      </c>
       <c r="C952" t="s">
-        <v>2180</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" t="s">
-        <v>2181</v>
+        <v>2360</v>
       </c>
       <c r="B953"/>
       <c r="C953" t="s">
-        <v>2182</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" t="s">
-        <v>2183</v>
+        <v>2086</v>
       </c>
       <c r="B954"/>
       <c r="C954" t="s">
-        <v>2184</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" t="s">
-        <v>2185</v>
+        <v>2363</v>
       </c>
       <c r="B955"/>
       <c r="C955" t="s">
-        <v>2186</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" t="s">
-        <v>2187</v>
+        <v>2365</v>
       </c>
       <c r="B956"/>
       <c r="C956" t="s">
-        <v>2188</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" t="s">
-        <v>2189</v>
+        <v>2367</v>
       </c>
       <c r="B957"/>
       <c r="C957" t="s">
-        <v>2190</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" t="s">
-        <v>2191</v>
+        <v>2369</v>
       </c>
       <c r="B958"/>
       <c r="C958" t="s">
-        <v>2192</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" t="s">
-        <v>2193</v>
+        <v>2371</v>
       </c>
       <c r="B959"/>
       <c r="C959" t="s">
-        <v>2194</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" t="s">
-        <v>2195</v>
+        <v>2373</v>
       </c>
       <c r="B960"/>
       <c r="C960" t="s">
-        <v>2196</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" t="s">
-        <v>2197</v>
+        <v>2375</v>
       </c>
       <c r="B961"/>
       <c r="C961" t="s">
-        <v>2198</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" t="s">
-        <v>2199</v>
+        <v>2377</v>
       </c>
       <c r="B962"/>
       <c r="C962" t="s">
-        <v>2200</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" t="s">
-        <v>2201</v>
+        <v>2379</v>
       </c>
       <c r="B963"/>
       <c r="C963" t="s">
-        <v>2202</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" t="s">
-        <v>2203</v>
+        <v>2381</v>
       </c>
       <c r="B964"/>
       <c r="C964" t="s">
-        <v>2204</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" t="s">
-        <v>2205</v>
+        <v>2383</v>
       </c>
       <c r="B965"/>
       <c r="C965" t="s">
-        <v>2206</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" t="s">
-        <v>2207</v>
+        <v>2385</v>
       </c>
       <c r="B966"/>
       <c r="C966" t="s">
-        <v>2208</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" t="s">
-        <v>2209</v>
-[...1 lines deleted...]
-      <c r="B967"/>
+        <v>1541</v>
+      </c>
+      <c r="B967" t="s">
+        <v>1542</v>
+      </c>
       <c r="C967" t="s">
-        <v>2210</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" t="s">
-        <v>2211</v>
-[...1 lines deleted...]
-      <c r="B968"/>
+        <v>2388</v>
+      </c>
+      <c r="B968" t="s">
+        <v>2389</v>
+      </c>
       <c r="C968" t="s">
-        <v>2212</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" t="s">
-        <v>2213</v>
-[...1 lines deleted...]
-      <c r="B969"/>
+        <v>2391</v>
+      </c>
+      <c r="B969" t="s">
+        <v>2045</v>
+      </c>
       <c r="C969" t="s">
-        <v>2214</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" t="s">
-        <v>2215</v>
+        <v>2393</v>
       </c>
       <c r="B970"/>
       <c r="C970" t="s">
-        <v>2216</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" t="s">
-        <v>2217</v>
+        <v>2393</v>
       </c>
       <c r="B971"/>
       <c r="C971" t="s">
-        <v>2218</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" t="s">
-        <v>2219</v>
-[...1 lines deleted...]
-      <c r="B972"/>
+        <v>2396</v>
+      </c>
+      <c r="B972" t="s">
+        <v>1569</v>
+      </c>
       <c r="C972" t="s">
-        <v>2220</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" t="s">
-        <v>2221</v>
-[...1 lines deleted...]
-      <c r="B973"/>
+        <v>2398</v>
+      </c>
+      <c r="B973" t="s">
+        <v>1553</v>
+      </c>
       <c r="C973" t="s">
-        <v>2222</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" t="s">
-        <v>2223</v>
-[...1 lines deleted...]
-      <c r="B974"/>
+        <v>2400</v>
+      </c>
+      <c r="B974" t="s">
+        <v>791</v>
+      </c>
       <c r="C974" t="s">
-        <v>2224</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" t="s">
-        <v>2225</v>
-[...1 lines deleted...]
-      <c r="B975"/>
+        <v>2391</v>
+      </c>
+      <c r="B975" t="s">
+        <v>2045</v>
+      </c>
       <c r="C975" t="s">
-        <v>2226</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" t="s">
-        <v>2227</v>
-[...1 lines deleted...]
-      <c r="B976"/>
+        <v>2403</v>
+      </c>
+      <c r="B976" t="s">
+        <v>1491</v>
+      </c>
       <c r="C976" t="s">
-        <v>2228</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" t="s">
-        <v>2229</v>
-[...1 lines deleted...]
-      <c r="B977"/>
+        <v>2405</v>
+      </c>
+      <c r="B977" t="s">
+        <v>1491</v>
+      </c>
       <c r="C977" t="s">
-        <v>2230</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" t="s">
-        <v>2231</v>
+        <v>2407</v>
       </c>
       <c r="B978"/>
       <c r="C978" t="s">
-        <v>2232</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" t="s">
-        <v>2233</v>
+        <v>2409</v>
       </c>
       <c r="B979"/>
       <c r="C979" t="s">
-        <v>2234</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" t="s">
-        <v>2235</v>
+        <v>2393</v>
       </c>
       <c r="B980"/>
       <c r="C980" t="s">
-        <v>2236</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" t="s">
-        <v>2237</v>
-[...1 lines deleted...]
-      <c r="B981"/>
+        <v>2412</v>
+      </c>
+      <c r="B981" t="s">
+        <v>2413</v>
+      </c>
       <c r="C981" t="s">
-        <v>2238</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" t="s">
-        <v>2239</v>
-[...1 lines deleted...]
-      <c r="B982"/>
+        <v>2415</v>
+      </c>
+      <c r="B982" t="s">
+        <v>1804</v>
+      </c>
       <c r="C982" t="s">
-        <v>2240</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" t="s">
-        <v>2241</v>
-[...1 lines deleted...]
-      <c r="B983"/>
+        <v>2417</v>
+      </c>
+      <c r="B983" t="s">
+        <v>1443</v>
+      </c>
       <c r="C983" t="s">
-        <v>2242</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" t="s">
-        <v>2243</v>
-[...1 lines deleted...]
-      <c r="B984"/>
+        <v>775</v>
+      </c>
+      <c r="B984" t="s">
+        <v>838</v>
+      </c>
       <c r="C984" t="s">
-        <v>2244</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" t="s">
-        <v>2245</v>
-[...1 lines deleted...]
-      <c r="B985"/>
+        <v>2420</v>
+      </c>
+      <c r="B985" t="s">
+        <v>1044</v>
+      </c>
       <c r="C985" t="s">
-        <v>2246</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" t="s">
-        <v>2247</v>
-[...1 lines deleted...]
-      <c r="B986"/>
+        <v>2422</v>
+      </c>
+      <c r="B986" t="s">
+        <v>2423</v>
+      </c>
       <c r="C986" t="s">
-        <v>2248</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" t="s">
-        <v>2249</v>
-[...1 lines deleted...]
-      <c r="B987"/>
+        <v>2425</v>
+      </c>
+      <c r="B987" t="s">
+        <v>2426</v>
+      </c>
       <c r="C987" t="s">
-        <v>2250</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" t="s">
-        <v>2251</v>
-[...1 lines deleted...]
-      <c r="B988"/>
+        <v>2428</v>
+      </c>
+      <c r="B988" t="s">
+        <v>579</v>
+      </c>
       <c r="C988" t="s">
-        <v>2252</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" t="s">
-        <v>2253</v>
-[...1 lines deleted...]
-      <c r="B989"/>
+        <v>2430</v>
+      </c>
+      <c r="B989" t="s">
+        <v>579</v>
+      </c>
       <c r="C989" t="s">
-        <v>2254</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" t="s">
-        <v>2255</v>
-[...1 lines deleted...]
-      <c r="B990"/>
+        <v>2432</v>
+      </c>
+      <c r="B990" t="s">
+        <v>579</v>
+      </c>
       <c r="C990" t="s">
-        <v>2256</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" t="s">
-        <v>2257</v>
+        <v>2434</v>
       </c>
       <c r="B991"/>
       <c r="C991" t="s">
-        <v>2258</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" t="s">
-        <v>2259</v>
-[...1 lines deleted...]
-      <c r="B992"/>
+        <v>2436</v>
+      </c>
+      <c r="B992" t="s">
+        <v>1165</v>
+      </c>
       <c r="C992" t="s">
-        <v>2260</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" t="s">
-        <v>2261</v>
-[...1 lines deleted...]
-      <c r="B993"/>
+        <v>2438</v>
+      </c>
+      <c r="B993" t="s">
+        <v>2439</v>
+      </c>
       <c r="C993" t="s">
-        <v>2262</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" t="s">
-        <v>2263</v>
-[...1 lines deleted...]
-      <c r="B994"/>
+        <v>2441</v>
+      </c>
+      <c r="B994" t="s">
+        <v>2442</v>
+      </c>
       <c r="C994" t="s">
-        <v>2264</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" t="s">
-        <v>2265</v>
-[...1 lines deleted...]
-      <c r="B995"/>
+        <v>2444</v>
+      </c>
+      <c r="B995" t="s">
+        <v>579</v>
+      </c>
       <c r="C995" t="s">
-        <v>2266</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" t="s">
-        <v>2267</v>
-[...1 lines deleted...]
-      <c r="B996"/>
+        <v>2446</v>
+      </c>
+      <c r="B996" t="s">
+        <v>1686</v>
+      </c>
       <c r="C996" t="s">
-        <v>2268</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" t="s">
-        <v>2269</v>
+        <v>2448</v>
       </c>
       <c r="B997"/>
       <c r="C997" t="s">
-        <v>2270</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" t="s">
-        <v>2271</v>
+        <v>2450</v>
       </c>
       <c r="B998"/>
       <c r="C998" t="s">
-        <v>2272</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" t="s">
-        <v>2273</v>
+        <v>2452</v>
       </c>
       <c r="B999"/>
       <c r="C999" t="s">
-        <v>2274</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" t="s">
-        <v>2275</v>
-[...1 lines deleted...]
-      <c r="B1000"/>
+        <v>2454</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>2455</v>
+      </c>
       <c r="C1000" t="s">
-        <v>2276</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" t="s">
-        <v>2277</v>
-[...1 lines deleted...]
-      <c r="B1001"/>
+        <v>2457</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>2458</v>
+      </c>
       <c r="C1001" t="s">
-        <v>2278</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" t="s">
-        <v>2279</v>
-[...1 lines deleted...]
-      <c r="B1002"/>
+        <v>2460</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>2461</v>
+      </c>
       <c r="C1002" t="s">
-        <v>2280</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" t="s">
-        <v>2281</v>
-[...1 lines deleted...]
-      <c r="B1003"/>
+        <v>2463</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>619</v>
+      </c>
       <c r="C1003" t="s">
-        <v>2282</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" t="s">
-        <v>2283</v>
-[...1 lines deleted...]
-      <c r="B1004"/>
+        <v>2465</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>2466</v>
+      </c>
       <c r="C1004" t="s">
-        <v>2284</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" t="s">
-        <v>2285</v>
-[...1 lines deleted...]
-      <c r="B1005"/>
+        <v>2468</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>2466</v>
+      </c>
       <c r="C1005" t="s">
-        <v>2286</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" t="s">
-        <v>2287</v>
-[...1 lines deleted...]
-      <c r="B1006"/>
+        <v>2470</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>2466</v>
+      </c>
       <c r="C1006" t="s">
-        <v>2288</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" t="s">
-        <v>2289</v>
-[...1 lines deleted...]
-      <c r="B1007"/>
+        <v>2472</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>2466</v>
+      </c>
       <c r="C1007" t="s">
-        <v>2290</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" t="s">
-        <v>2291</v>
-[...1 lines deleted...]
-      <c r="B1008"/>
+        <v>2474</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>2466</v>
+      </c>
       <c r="C1008" t="s">
-        <v>2292</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" t="s">
-        <v>2293</v>
-[...1 lines deleted...]
-      <c r="B1009"/>
+        <v>2476</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>1419</v>
+      </c>
       <c r="C1009" t="s">
-        <v>2294</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" t="s">
-        <v>2295</v>
+        <v>2478</v>
       </c>
       <c r="B1010"/>
       <c r="C1010" t="s">
-        <v>2296</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" t="s">
-        <v>2297</v>
-[...1 lines deleted...]
-      <c r="B1011"/>
+        <v>2480</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>2481</v>
+      </c>
       <c r="C1011" t="s">
-        <v>2298</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" t="s">
-        <v>2299</v>
+        <v>2483</v>
       </c>
       <c r="B1012"/>
       <c r="C1012" t="s">
-        <v>2300</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" t="s">
-        <v>2301</v>
-[...1 lines deleted...]
-      <c r="B1013"/>
+        <v>2485</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>2486</v>
+      </c>
       <c r="C1013" t="s">
-        <v>2302</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" t="s">
-        <v>2303</v>
+        <v>2488</v>
       </c>
       <c r="B1014"/>
       <c r="C1014" t="s">
-        <v>2304</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" t="s">
-        <v>2305</v>
-[...1 lines deleted...]
-      <c r="B1015"/>
+        <v>2490</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>2491</v>
+      </c>
       <c r="C1015" t="s">
-        <v>2306</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" t="s">
-        <v>2307</v>
-[...1 lines deleted...]
-      <c r="B1016"/>
+        <v>2493</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>619</v>
+      </c>
       <c r="C1016" t="s">
-        <v>2308</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" t="s">
-        <v>2309</v>
-[...1 lines deleted...]
-      <c r="B1017"/>
+        <v>2495</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>619</v>
+      </c>
       <c r="C1017" t="s">
-        <v>2310</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" t="s">
-        <v>2311</v>
-[...1 lines deleted...]
-      <c r="B1018"/>
+        <v>2497</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>2498</v>
+      </c>
       <c r="C1018" t="s">
-        <v>2312</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" t="s">
-        <v>2313</v>
-[...1 lines deleted...]
-      <c r="B1019"/>
+        <v>2500</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>1893</v>
+      </c>
       <c r="C1019" t="s">
-        <v>2314</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" t="s">
-        <v>2315</v>
-[...1 lines deleted...]
-      <c r="B1020"/>
+        <v>2502</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>2125</v>
+      </c>
       <c r="C1020" t="s">
-        <v>2316</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" t="s">
-        <v>2317</v>
-[...1 lines deleted...]
-      <c r="B1021"/>
+        <v>2504</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>2055</v>
+      </c>
       <c r="C1021" t="s">
-        <v>2318</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" t="s">
-        <v>2319</v>
-[...1 lines deleted...]
-      <c r="B1022"/>
+        <v>2506</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>2507</v>
+      </c>
       <c r="C1022" t="s">
-        <v>2320</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" t="s">
-        <v>2321</v>
+        <v>2509</v>
       </c>
       <c r="B1023"/>
       <c r="C1023" t="s">
-        <v>2322</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" t="s">
-        <v>2323</v>
+        <v>2511</v>
       </c>
       <c r="B1024"/>
       <c r="C1024" t="s">
-        <v>2324</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" t="s">
-        <v>2325</v>
+        <v>2513</v>
       </c>
       <c r="B1025"/>
       <c r="C1025" t="s">
-        <v>2326</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" t="s">
-        <v>2327</v>
-[...1 lines deleted...]
-      <c r="B1026"/>
+        <v>2515</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>2516</v>
+      </c>
       <c r="C1026" t="s">
-        <v>2328</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" t="s">
-        <v>2329</v>
+        <v>2068</v>
       </c>
       <c r="B1027"/>
       <c r="C1027" t="s">
-        <v>2330</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" t="s">
-        <v>2331</v>
+        <v>2519</v>
       </c>
       <c r="B1028"/>
       <c r="C1028" t="s">
-        <v>2332</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" t="s">
-        <v>2333</v>
-[...1 lines deleted...]
-      <c r="B1029"/>
+        <v>2521</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>2491</v>
+      </c>
       <c r="C1029" t="s">
-        <v>2334</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" t="s">
-        <v>2335</v>
+        <v>2523</v>
       </c>
       <c r="B1030"/>
       <c r="C1030" t="s">
-        <v>2336</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" t="s">
-        <v>2337</v>
+        <v>2525</v>
       </c>
       <c r="B1031"/>
       <c r="C1031" t="s">
-        <v>2338</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" t="s">
-        <v>2339</v>
-[...1 lines deleted...]
-      <c r="B1032"/>
+        <v>2527</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>1760</v>
+      </c>
       <c r="C1032" t="s">
-        <v>2340</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" t="s">
-        <v>2341</v>
+        <v>2529</v>
       </c>
       <c r="B1033"/>
       <c r="C1033" t="s">
-        <v>2342</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" t="s">
-        <v>2343</v>
-[...1 lines deleted...]
-      <c r="B1034"/>
+        <v>2531</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>2012</v>
+      </c>
       <c r="C1034" t="s">
-        <v>2344</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" t="s">
-        <v>2345</v>
+        <v>2533</v>
       </c>
       <c r="B1035"/>
       <c r="C1035" t="s">
-        <v>2346</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" t="s">
-        <v>2347</v>
+        <v>2535</v>
       </c>
       <c r="B1036"/>
       <c r="C1036" t="s">
-        <v>2348</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" t="s">
-        <v>2349</v>
+        <v>2537</v>
       </c>
       <c r="B1037"/>
       <c r="C1037" t="s">
-        <v>2350</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" t="s">
-        <v>2351</v>
-[...1 lines deleted...]
-      <c r="B1038"/>
+        <v>2539</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>1165</v>
+      </c>
       <c r="C1038" t="s">
-        <v>2352</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" t="s">
-        <v>2353</v>
-[...1 lines deleted...]
-      <c r="B1039"/>
+        <v>2541</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>2542</v>
+      </c>
       <c r="C1039" t="s">
-        <v>2354</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" t="s">
-        <v>2355</v>
+        <v>2544</v>
       </c>
       <c r="B1040"/>
       <c r="C1040" t="s">
-        <v>2356</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" t="s">
-        <v>2357</v>
-[...1 lines deleted...]
-      <c r="B1041"/>
+        <v>2546</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>1755</v>
+      </c>
       <c r="C1041" t="s">
-        <v>2358</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" t="s">
-        <v>2359</v>
-[...1 lines deleted...]
-      <c r="B1042"/>
+        <v>2548</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>2549</v>
+      </c>
       <c r="C1042" t="s">
-        <v>2360</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" t="s">
-        <v>2361</v>
-[...1 lines deleted...]
-      <c r="B1043"/>
+        <v>2551</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>1601</v>
+      </c>
       <c r="C1043" t="s">
-        <v>2362</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" t="s">
-        <v>2363</v>
-[...1 lines deleted...]
-      <c r="B1044"/>
+        <v>2553</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>2554</v>
+      </c>
       <c r="C1044" t="s">
-        <v>2364</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" t="s">
-        <v>2365</v>
-[...1 lines deleted...]
-      <c r="B1045"/>
+        <v>2556</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>2557</v>
+      </c>
       <c r="C1045" t="s">
-        <v>2366</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" t="s">
-        <v>2367</v>
-[...1 lines deleted...]
-      <c r="B1046"/>
+        <v>2559</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>1165</v>
+      </c>
       <c r="C1046" t="s">
-        <v>2368</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" t="s">
-        <v>2369</v>
-[...1 lines deleted...]
-      <c r="B1047"/>
+        <v>2561</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>2562</v>
+      </c>
       <c r="C1047" t="s">
-        <v>2370</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" t="s">
-        <v>2371</v>
+        <v>2564</v>
       </c>
       <c r="B1048"/>
       <c r="C1048" t="s">
-        <v>2372</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" t="s">
-        <v>2373</v>
+        <v>2566</v>
       </c>
       <c r="B1049"/>
       <c r="C1049" t="s">
-        <v>2374</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" t="s">
-        <v>2375</v>
-[...1 lines deleted...]
-      <c r="B1050"/>
+        <v>2568</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>2569</v>
+      </c>
       <c r="C1050" t="s">
-        <v>2376</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" t="s">
-        <v>2377</v>
-[...1 lines deleted...]
-      <c r="B1051"/>
+        <v>2571</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>2569</v>
+      </c>
       <c r="C1051" t="s">
-        <v>2378</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" t="s">
-        <v>2379</v>
-[...1 lines deleted...]
-      <c r="B1052"/>
+        <v>2573</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>2574</v>
+      </c>
       <c r="C1052" t="s">
-        <v>2380</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" t="s">
-        <v>2381</v>
-[...1 lines deleted...]
-      <c r="B1053"/>
+        <v>2576</v>
+      </c>
+      <c r="B1053" t="s">
+        <v>2185</v>
+      </c>
       <c r="C1053" t="s">
-        <v>2382</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" t="s">
-        <v>2383</v>
+        <v>2339</v>
       </c>
       <c r="B1054"/>
       <c r="C1054" t="s">
-        <v>2384</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" t="s">
-        <v>2385</v>
+        <v>2579</v>
       </c>
       <c r="B1055"/>
       <c r="C1055" t="s">
-        <v>2386</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" t="s">
-        <v>2387</v>
-[...1 lines deleted...]
-      <c r="B1056"/>
+        <v>2581</v>
+      </c>
+      <c r="B1056" t="s">
+        <v>1376</v>
+      </c>
       <c r="C1056" t="s">
-        <v>2388</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" t="s">
-        <v>2389</v>
+        <v>2583</v>
       </c>
       <c r="B1057"/>
       <c r="C1057" t="s">
-        <v>2390</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" t="s">
-        <v>2391</v>
-[...1 lines deleted...]
-      <c r="B1058"/>
+        <v>2585</v>
+      </c>
+      <c r="B1058" t="s">
+        <v>1443</v>
+      </c>
       <c r="C1058" t="s">
-        <v>2392</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" t="s">
-        <v>2393</v>
-[...1 lines deleted...]
-      <c r="B1059"/>
+        <v>2587</v>
+      </c>
+      <c r="B1059" t="s">
+        <v>2588</v>
+      </c>
       <c r="C1059" t="s">
-        <v>2394</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" t="s">
-        <v>2395</v>
+        <v>2590</v>
       </c>
       <c r="B1060"/>
       <c r="C1060" t="s">
-        <v>2396</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" t="s">
-        <v>2397</v>
+        <v>2592</v>
       </c>
       <c r="B1061"/>
       <c r="C1061" t="s">
-        <v>2398</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" t="s">
-        <v>2399</v>
-[...1 lines deleted...]
-      <c r="B1062"/>
+        <v>2594</v>
+      </c>
+      <c r="B1062" t="s">
+        <v>1272</v>
+      </c>
       <c r="C1062" t="s">
-        <v>2400</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" t="s">
-        <v>2401</v>
-[...1 lines deleted...]
-      <c r="B1063"/>
+        <v>2596</v>
+      </c>
+      <c r="B1063" t="s">
+        <v>2130</v>
+      </c>
       <c r="C1063" t="s">
-        <v>2402</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" t="s">
-        <v>2403</v>
-[...1 lines deleted...]
-      <c r="B1064"/>
+        <v>2598</v>
+      </c>
+      <c r="B1064" t="s">
+        <v>2481</v>
+      </c>
       <c r="C1064" t="s">
-        <v>2404</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" t="s">
-        <v>2405</v>
+        <v>2600</v>
       </c>
       <c r="B1065"/>
       <c r="C1065" t="s">
-        <v>2406</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" t="s">
-        <v>2407</v>
-[...1 lines deleted...]
-      <c r="B1066"/>
+        <v>2602</v>
+      </c>
+      <c r="B1066" t="s">
+        <v>2603</v>
+      </c>
       <c r="C1066" t="s">
-        <v>2408</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" t="s">
-        <v>2409</v>
-[...1 lines deleted...]
-      <c r="B1067"/>
+        <v>2605</v>
+      </c>
+      <c r="B1067" t="s">
+        <v>2491</v>
+      </c>
       <c r="C1067" t="s">
-        <v>2410</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" t="s">
-        <v>2411</v>
-[...1 lines deleted...]
-      <c r="B1068"/>
+        <v>2607</v>
+      </c>
+      <c r="B1068" t="s">
+        <v>2498</v>
+      </c>
       <c r="C1068" t="s">
-        <v>2412</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" t="s">
-        <v>2413</v>
-[...1 lines deleted...]
-      <c r="B1069"/>
+        <v>2609</v>
+      </c>
+      <c r="B1069" t="s">
+        <v>2610</v>
+      </c>
       <c r="C1069" t="s">
-        <v>2414</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" t="s">
-        <v>2415</v>
+        <v>2612</v>
       </c>
       <c r="B1070"/>
       <c r="C1070" t="s">
-        <v>2416</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" t="s">
-        <v>2417</v>
+        <v>2614</v>
       </c>
       <c r="B1071"/>
       <c r="C1071" t="s">
-        <v>2418</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" t="s">
-        <v>2419</v>
-[...1 lines deleted...]
-      <c r="B1072"/>
+        <v>2616</v>
+      </c>
+      <c r="B1072" t="s">
+        <v>2617</v>
+      </c>
       <c r="C1072" t="s">
-        <v>2420</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" t="s">
-        <v>2421</v>
-[...1 lines deleted...]
-      <c r="B1073"/>
+        <v>2619</v>
+      </c>
+      <c r="B1073" t="s">
+        <v>2617</v>
+      </c>
       <c r="C1073" t="s">
-        <v>2422</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" t="s">
-        <v>2423</v>
+        <v>2621</v>
       </c>
       <c r="B1074"/>
       <c r="C1074" t="s">
-        <v>2424</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" t="s">
-        <v>2425</v>
+        <v>2272</v>
       </c>
       <c r="B1075"/>
       <c r="C1075" t="s">
-        <v>2426</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" t="s">
-        <v>2427</v>
-[...1 lines deleted...]
-      <c r="B1076"/>
+        <v>2624</v>
+      </c>
+      <c r="B1076" t="s">
+        <v>619</v>
+      </c>
       <c r="C1076" t="s">
-        <v>2428</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" t="s">
-        <v>2429</v>
+        <v>2626</v>
       </c>
       <c r="B1077"/>
       <c r="C1077" t="s">
-        <v>2430</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" t="s">
-        <v>2431</v>
-[...1 lines deleted...]
-      <c r="B1078"/>
+        <v>2628</v>
+      </c>
+      <c r="B1078" t="s">
+        <v>2045</v>
+      </c>
       <c r="C1078" t="s">
-        <v>2432</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" t="s">
-        <v>2433</v>
+        <v>2630</v>
       </c>
       <c r="B1079"/>
       <c r="C1079" t="s">
-        <v>2434</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" t="s">
-        <v>2435</v>
-[...1 lines deleted...]
-      <c r="B1080"/>
+        <v>2632</v>
+      </c>
+      <c r="B1080" t="s">
+        <v>1443</v>
+      </c>
       <c r="C1080" t="s">
-        <v>2436</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" t="s">
-        <v>2437</v>
+        <v>2634</v>
       </c>
       <c r="B1081"/>
       <c r="C1081" t="s">
-        <v>2438</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" t="s">
-        <v>2439</v>
+        <v>2636</v>
       </c>
       <c r="B1082"/>
       <c r="C1082" t="s">
-        <v>2440</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" t="s">
-        <v>2441</v>
-[...1 lines deleted...]
-      <c r="B1083"/>
+        <v>2638</v>
+      </c>
+      <c r="B1083" t="s">
+        <v>2491</v>
+      </c>
       <c r="C1083" t="s">
-        <v>2442</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" t="s">
-        <v>2443</v>
+        <v>2640</v>
       </c>
       <c r="B1084"/>
       <c r="C1084" t="s">
-        <v>2444</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" t="s">
-        <v>2445</v>
-[...1 lines deleted...]
-      <c r="B1085"/>
+        <v>2642</v>
+      </c>
+      <c r="B1085" t="s">
+        <v>2643</v>
+      </c>
       <c r="C1085" t="s">
-        <v>2446</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" t="s">
-        <v>2447</v>
-[...1 lines deleted...]
-      <c r="B1086"/>
+        <v>2645</v>
+      </c>
+      <c r="B1086" t="s">
+        <v>1073</v>
+      </c>
       <c r="C1086" t="s">
-        <v>2448</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" t="s">
-        <v>2449</v>
-[...1 lines deleted...]
-      <c r="B1087"/>
+        <v>2647</v>
+      </c>
+      <c r="B1087" t="s">
+        <v>2481</v>
+      </c>
       <c r="C1087" t="s">
-        <v>2450</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" t="s">
-        <v>2451</v>
-[...1 lines deleted...]
-      <c r="B1088"/>
+        <v>2649</v>
+      </c>
+      <c r="B1088" t="s">
+        <v>2650</v>
+      </c>
       <c r="C1088" t="s">
-        <v>2452</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" t="s">
-        <v>2453</v>
+        <v>2652</v>
       </c>
       <c r="B1089"/>
       <c r="C1089" t="s">
-        <v>2454</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" t="s">
-        <v>2455</v>
-[...1 lines deleted...]
-      <c r="B1090"/>
+        <v>2654</v>
+      </c>
+      <c r="B1090" t="s">
+        <v>2655</v>
+      </c>
       <c r="C1090" t="s">
-        <v>2456</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" t="s">
-        <v>2457</v>
-[...1 lines deleted...]
-      <c r="B1091"/>
+        <v>2657</v>
+      </c>
+      <c r="B1091" t="s">
+        <v>2658</v>
+      </c>
       <c r="C1091" t="s">
-        <v>2458</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" t="s">
-        <v>2459</v>
-[...1 lines deleted...]
-      <c r="B1092"/>
+        <v>2660</v>
+      </c>
+      <c r="B1092" t="s">
+        <v>2146</v>
+      </c>
       <c r="C1092" t="s">
-        <v>2460</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" t="s">
-        <v>2461</v>
-[...1 lines deleted...]
-      <c r="B1093"/>
+        <v>2662</v>
+      </c>
+      <c r="B1093" t="s">
+        <v>2663</v>
+      </c>
       <c r="C1093" t="s">
-        <v>2462</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" t="s">
-        <v>2463</v>
+        <v>2665</v>
       </c>
       <c r="B1094"/>
       <c r="C1094" t="s">
-        <v>2464</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" t="s">
-        <v>2465</v>
-[...1 lines deleted...]
-      <c r="B1095"/>
+        <v>2667</v>
+      </c>
+      <c r="B1095" t="s">
+        <v>1419</v>
+      </c>
       <c r="C1095" t="s">
-        <v>2466</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" t="s">
-        <v>2467</v>
-[...1 lines deleted...]
-      <c r="B1096"/>
+        <v>2669</v>
+      </c>
+      <c r="B1096" t="s">
+        <v>2481</v>
+      </c>
       <c r="C1096" t="s">
-        <v>2468</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" t="s">
-        <v>2469</v>
-[...1 lines deleted...]
-      <c r="B1097"/>
+        <v>2671</v>
+      </c>
+      <c r="B1097" t="s">
+        <v>2672</v>
+      </c>
       <c r="C1097" t="s">
-        <v>2470</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" t="s">
-        <v>2471</v>
-[...1 lines deleted...]
-      <c r="B1098"/>
+        <v>2674</v>
+      </c>
+      <c r="B1098" t="s">
+        <v>2675</v>
+      </c>
       <c r="C1098" t="s">
-        <v>2472</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" t="s">
-        <v>2473</v>
-[...1 lines deleted...]
-      <c r="B1099"/>
+        <v>2677</v>
+      </c>
+      <c r="B1099" t="s">
+        <v>619</v>
+      </c>
       <c r="C1099" t="s">
-        <v>2474</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" t="s">
-        <v>2475</v>
-[...1 lines deleted...]
-      <c r="B1100"/>
+        <v>2679</v>
+      </c>
+      <c r="B1100" t="s">
+        <v>2045</v>
+      </c>
       <c r="C1100" t="s">
-        <v>2476</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" t="s">
-        <v>2477</v>
-[...1 lines deleted...]
-      <c r="B1101"/>
+        <v>2681</v>
+      </c>
+      <c r="B1101" t="s">
+        <v>870</v>
+      </c>
       <c r="C1101" t="s">
-        <v>2478</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" t="s">
-        <v>2479</v>
-[...1 lines deleted...]
-      <c r="B1102"/>
+        <v>2683</v>
+      </c>
+      <c r="B1102" t="s">
+        <v>1637</v>
+      </c>
       <c r="C1102" t="s">
-        <v>2480</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" t="s">
-        <v>2481</v>
-[...1 lines deleted...]
-      <c r="B1103"/>
+        <v>2685</v>
+      </c>
+      <c r="B1103" t="s">
+        <v>853</v>
+      </c>
       <c r="C1103" t="s">
-        <v>2482</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" t="s">
-        <v>2483</v>
-[...1 lines deleted...]
-      <c r="B1104"/>
+        <v>2687</v>
+      </c>
+      <c r="B1104" t="s">
+        <v>2146</v>
+      </c>
       <c r="C1104" t="s">
-        <v>2484</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" t="s">
-        <v>2485</v>
+        <v>2689</v>
       </c>
       <c r="B1105"/>
       <c r="C1105" t="s">
-        <v>2486</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" t="s">
-        <v>2487</v>
-[...1 lines deleted...]
-      <c r="B1106"/>
+        <v>2691</v>
+      </c>
+      <c r="B1106" t="s">
+        <v>2692</v>
+      </c>
       <c r="C1106" t="s">
-        <v>2488</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" t="s">
-        <v>2489</v>
-[...1 lines deleted...]
-      <c r="B1107"/>
+        <v>2694</v>
+      </c>
+      <c r="B1107" t="s">
+        <v>2695</v>
+      </c>
       <c r="C1107" t="s">
-        <v>2490</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" t="s">
-        <v>2491</v>
-[...1 lines deleted...]
-      <c r="B1108"/>
+        <v>2697</v>
+      </c>
+      <c r="B1108" t="s">
+        <v>2698</v>
+      </c>
       <c r="C1108" t="s">
-        <v>2492</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" t="s">
-        <v>2493</v>
+        <v>2700</v>
       </c>
       <c r="B1109"/>
       <c r="C1109" t="s">
-        <v>2494</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" t="s">
-        <v>2495</v>
-[...1 lines deleted...]
-      <c r="B1110"/>
+        <v>2702</v>
+      </c>
+      <c r="B1110" t="s">
+        <v>1569</v>
+      </c>
       <c r="C1110" t="s">
-        <v>2496</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" t="s">
-        <v>2497</v>
-[...1 lines deleted...]
-      <c r="B1111"/>
+        <v>2704</v>
+      </c>
+      <c r="B1111" t="s">
+        <v>579</v>
+      </c>
       <c r="C1111" t="s">
-        <v>2498</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" t="s">
-        <v>2499</v>
-[...1 lines deleted...]
-      <c r="B1112"/>
+        <v>2706</v>
+      </c>
+      <c r="B1112" t="s">
+        <v>2707</v>
+      </c>
       <c r="C1112" t="s">
-        <v>2500</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" t="s">
-        <v>2501</v>
-[...1 lines deleted...]
-      <c r="B1113"/>
+        <v>2709</v>
+      </c>
+      <c r="B1113" t="s">
+        <v>619</v>
+      </c>
       <c r="C1113" t="s">
-        <v>2502</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" t="s">
-        <v>2503</v>
-[...1 lines deleted...]
-      <c r="B1114"/>
+        <v>2711</v>
+      </c>
+      <c r="B1114" t="s">
+        <v>2712</v>
+      </c>
       <c r="C1114" t="s">
-        <v>2504</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" t="s">
-        <v>2505</v>
+        <v>2714</v>
       </c>
       <c r="B1115"/>
       <c r="C1115" t="s">
-        <v>2506</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" t="s">
-        <v>2507</v>
-[...1 lines deleted...]
-      <c r="B1116"/>
+        <v>2716</v>
+      </c>
+      <c r="B1116" t="s">
+        <v>1165</v>
+      </c>
       <c r="C1116" t="s">
-        <v>2508</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" t="s">
-        <v>2509</v>
-[...1 lines deleted...]
-      <c r="B1117"/>
+        <v>2718</v>
+      </c>
+      <c r="B1117" t="s">
+        <v>2719</v>
+      </c>
       <c r="C1117" t="s">
-        <v>2510</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" t="s">
-        <v>2511</v>
-[...1 lines deleted...]
-      <c r="B1118"/>
+        <v>2721</v>
+      </c>
+      <c r="B1118" t="s">
+        <v>2722</v>
+      </c>
       <c r="C1118" t="s">
-        <v>2512</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" t="s">
-        <v>2511</v>
-[...1 lines deleted...]
-      <c r="B1119"/>
+        <v>2724</v>
+      </c>
+      <c r="B1119" t="s">
+        <v>1165</v>
+      </c>
       <c r="C1119" t="s">
-        <v>2513</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" t="s">
-        <v>2514</v>
-[...1 lines deleted...]
-      <c r="B1120"/>
+        <v>2726</v>
+      </c>
+      <c r="B1120" t="s">
+        <v>2727</v>
+      </c>
       <c r="C1120" t="s">
-        <v>2515</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" t="s">
-        <v>2516</v>
+        <v>2729</v>
       </c>
       <c r="B1121"/>
       <c r="C1121" t="s">
-        <v>2517</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" t="s">
-        <v>2518</v>
+        <v>2731</v>
       </c>
       <c r="B1122"/>
       <c r="C1122" t="s">
-        <v>2519</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" t="s">
-        <v>2520</v>
+        <v>2733</v>
       </c>
       <c r="B1123"/>
       <c r="C1123" t="s">
-        <v>2521</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" t="s">
-        <v>2522</v>
+        <v>2735</v>
       </c>
       <c r="B1124"/>
       <c r="C1124" t="s">
-        <v>2523</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" t="s">
-        <v>2524</v>
+        <v>2737</v>
       </c>
       <c r="B1125"/>
       <c r="C1125" t="s">
-        <v>2525</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" t="s">
-        <v>2526</v>
-[...1 lines deleted...]
-      <c r="B1126"/>
+        <v>2739</v>
+      </c>
+      <c r="B1126" t="s">
+        <v>2740</v>
+      </c>
       <c r="C1126" t="s">
-        <v>2527</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" t="s">
-        <v>2528</v>
-[...1 lines deleted...]
-      <c r="B1127"/>
+        <v>2742</v>
+      </c>
+      <c r="B1127" t="s">
+        <v>1457</v>
+      </c>
       <c r="C1127" t="s">
-        <v>2529</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" t="s">
-        <v>2530</v>
+        <v>2744</v>
       </c>
       <c r="B1128"/>
       <c r="C1128" t="s">
-        <v>2531</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" t="s">
-        <v>2532</v>
-[...1 lines deleted...]
-      <c r="B1129"/>
+        <v>2746</v>
+      </c>
+      <c r="B1129" t="s">
+        <v>1443</v>
+      </c>
       <c r="C1129" t="s">
-        <v>2533</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" t="s">
-        <v>2534</v>
+        <v>2748</v>
       </c>
       <c r="B1130"/>
       <c r="C1130" t="s">
-        <v>2535</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" t="s">
-        <v>2536</v>
+        <v>2750</v>
       </c>
       <c r="B1131"/>
       <c r="C1131" t="s">
-        <v>2537</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" t="s">
-        <v>2538</v>
+        <v>2752</v>
       </c>
       <c r="B1132"/>
       <c r="C1132" t="s">
-        <v>2539</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" t="s">
-        <v>2540</v>
+        <v>2754</v>
       </c>
       <c r="B1133"/>
       <c r="C1133" t="s">
-        <v>2541</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" t="s">
-        <v>2542</v>
+        <v>2756</v>
       </c>
       <c r="B1134"/>
       <c r="C1134" t="s">
-        <v>2543</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" t="s">
-        <v>2544</v>
-[...1 lines deleted...]
-      <c r="B1135"/>
+        <v>2758</v>
+      </c>
+      <c r="B1135" t="s">
+        <v>619</v>
+      </c>
       <c r="C1135" t="s">
-        <v>2545</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" t="s">
-        <v>2546</v>
-[...1 lines deleted...]
-      <c r="B1136"/>
+        <v>2760</v>
+      </c>
+      <c r="B1136" t="s">
+        <v>2761</v>
+      </c>
       <c r="C1136" t="s">
-        <v>2547</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" t="s">
-        <v>2548</v>
-[...1 lines deleted...]
-      <c r="B1137"/>
+        <v>2763</v>
+      </c>
+      <c r="B1137" t="s">
+        <v>619</v>
+      </c>
       <c r="C1137" t="s">
-        <v>2549</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" t="s">
-        <v>2550</v>
-[...1 lines deleted...]
-      <c r="B1138"/>
+        <v>2765</v>
+      </c>
+      <c r="B1138" t="s">
+        <v>2766</v>
+      </c>
       <c r="C1138" t="s">
-        <v>2551</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" t="s">
-        <v>2552</v>
-[...1 lines deleted...]
-      <c r="B1139"/>
+        <v>2768</v>
+      </c>
+      <c r="B1139" t="s">
+        <v>1448</v>
+      </c>
       <c r="C1139" t="s">
-        <v>2553</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" t="s">
-        <v>2554</v>
-[...1 lines deleted...]
-      <c r="B1140"/>
+        <v>2770</v>
+      </c>
+      <c r="B1140" t="s">
+        <v>2771</v>
+      </c>
       <c r="C1140" t="s">
-        <v>2555</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" t="s">
-        <v>2556</v>
+        <v>2773</v>
       </c>
       <c r="B1141" t="s">
-        <v>231</v>
+        <v>1604</v>
       </c>
       <c r="C1141" t="s">
-        <v>2557</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" t="s">
-        <v>2558</v>
+        <v>2775</v>
       </c>
       <c r="B1142" t="s">
-        <v>7</v>
+        <v>1419</v>
       </c>
       <c r="C1142" t="s">
-        <v>2559</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" t="s">
-        <v>2560</v>
+        <v>2777</v>
       </c>
       <c r="B1143" t="s">
-        <v>1040</v>
+        <v>1686</v>
       </c>
       <c r="C1143" t="s">
-        <v>2561</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" t="s">
-        <v>2562</v>
+        <v>2779</v>
       </c>
       <c r="B1144" t="s">
-        <v>2563</v>
+        <v>1165</v>
       </c>
       <c r="C1144" t="s">
-        <v>2564</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" t="s">
-        <v>2565</v>
+        <v>2781</v>
       </c>
       <c r="B1145" t="s">
-        <v>2566</v>
+        <v>2782</v>
       </c>
       <c r="C1145" t="s">
-        <v>2567</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" t="s">
-        <v>2568</v>
+        <v>2784</v>
       </c>
       <c r="B1146" t="s">
-        <v>2569</v>
+        <v>2766</v>
       </c>
       <c r="C1146" t="s">
-        <v>2570</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" t="s">
-        <v>2571</v>
+        <v>2786</v>
       </c>
       <c r="B1147" t="s">
-        <v>2569</v>
+        <v>2426</v>
       </c>
       <c r="C1147" t="s">
-        <v>2572</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" t="s">
-        <v>2573</v>
+        <v>2788</v>
       </c>
       <c r="B1148" t="s">
-        <v>2574</v>
+        <v>2789</v>
       </c>
       <c r="C1148" t="s">
-        <v>2575</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" t="s">
-        <v>2576</v>
+        <v>2791</v>
       </c>
       <c r="B1149" t="s">
-        <v>1339</v>
+        <v>1165</v>
       </c>
       <c r="C1149" t="s">
-        <v>2577</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" t="s">
-        <v>2578</v>
+        <v>2793</v>
       </c>
       <c r="B1150" t="s">
-        <v>2566</v>
+        <v>1165</v>
       </c>
       <c r="C1150" t="s">
-        <v>2579</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" t="s">
-        <v>2565</v>
+        <v>2795</v>
       </c>
       <c r="B1151" t="s">
-        <v>2566</v>
+        <v>1165</v>
       </c>
       <c r="C1151" t="s">
-        <v>2580</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" t="s">
-        <v>2581</v>
+        <v>2797</v>
       </c>
       <c r="B1152" t="s">
-        <v>2582</v>
+        <v>1165</v>
       </c>
       <c r="C1152" t="s">
-        <v>2583</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" t="s">
-        <v>2584</v>
+        <v>2799</v>
       </c>
       <c r="B1153" t="s">
-        <v>2585</v>
+        <v>1569</v>
       </c>
       <c r="C1153" t="s">
-        <v>2586</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" t="s">
-        <v>2587</v>
+        <v>2801</v>
       </c>
       <c r="B1154" t="s">
-        <v>2585</v>
+        <v>2802</v>
       </c>
       <c r="C1154" t="s">
-        <v>2588</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" t="s">
-        <v>2589</v>
-[...3 lines deleted...]
-      </c>
+        <v>2379</v>
+      </c>
+      <c r="B1155"/>
       <c r="C1155" t="s">
-        <v>2590</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" t="s">
-        <v>2591</v>
+        <v>2805</v>
       </c>
       <c r="B1156" t="s">
-        <v>359</v>
+        <v>791</v>
       </c>
       <c r="C1156" t="s">
-        <v>2592</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" t="s">
-        <v>2593</v>
-[...3 lines deleted...]
-      </c>
+        <v>2807</v>
+      </c>
+      <c r="B1157"/>
       <c r="C1157" t="s">
-        <v>2595</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" t="s">
-        <v>2596</v>
-[...1 lines deleted...]
-      <c r="B1158"/>
+        <v>2809</v>
+      </c>
+      <c r="B1158" t="s">
+        <v>1419</v>
+      </c>
       <c r="C1158" t="s">
-        <v>2597</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" t="s">
-        <v>2598</v>
+        <v>2811</v>
       </c>
       <c r="B1159" t="s">
-        <v>2599</v>
+        <v>2119</v>
       </c>
       <c r="C1159" t="s">
-        <v>2600</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" t="s">
-        <v>2601</v>
+        <v>2813</v>
       </c>
       <c r="B1160" t="s">
-        <v>2602</v>
+        <v>2814</v>
       </c>
       <c r="C1160" t="s">
-        <v>2603</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" t="s">
-        <v>2604</v>
-[...3 lines deleted...]
-      </c>
+        <v>2816</v>
+      </c>
+      <c r="B1161"/>
       <c r="C1161" t="s">
-        <v>2606</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" t="s">
-        <v>2607</v>
-[...3 lines deleted...]
-      </c>
+        <v>2818</v>
+      </c>
+      <c r="B1162"/>
       <c r="C1162" t="s">
-        <v>2608</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" t="s">
-        <v>2609</v>
-[...3 lines deleted...]
-      </c>
+        <v>2820</v>
+      </c>
+      <c r="B1163"/>
       <c r="C1163" t="s">
-        <v>2610</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" t="s">
-        <v>1361</v>
-[...3 lines deleted...]
-      </c>
+        <v>2822</v>
+      </c>
+      <c r="B1164"/>
       <c r="C1164" t="s">
-        <v>2611</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" t="s">
-        <v>1319</v>
-[...3 lines deleted...]
-      </c>
+        <v>2824</v>
+      </c>
+      <c r="B1165"/>
       <c r="C1165" t="s">
-        <v>2612</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" t="s">
-        <v>2613</v>
-[...3 lines deleted...]
-      </c>
+        <v>2826</v>
+      </c>
+      <c r="B1166"/>
       <c r="C1166" t="s">
-        <v>2614</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" t="s">
-        <v>2615</v>
-[...3 lines deleted...]
-      </c>
+        <v>2828</v>
+      </c>
+      <c r="B1167"/>
       <c r="C1167" t="s">
-        <v>2617</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" t="s">
-        <v>2618</v>
-[...3 lines deleted...]
-      </c>
+        <v>2830</v>
+      </c>
+      <c r="B1168"/>
       <c r="C1168" t="s">
-        <v>2619</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" t="s">
-        <v>2620</v>
-[...3 lines deleted...]
-      </c>
+        <v>2832</v>
+      </c>
+      <c r="B1169"/>
       <c r="C1169" t="s">
-        <v>2621</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" t="s">
-        <v>1778</v>
-[...3 lines deleted...]
-      </c>
+        <v>2834</v>
+      </c>
+      <c r="B1170"/>
       <c r="C1170" t="s">
-        <v>2623</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" t="s">
-        <v>2624</v>
-[...3 lines deleted...]
-      </c>
+        <v>2836</v>
+      </c>
+      <c r="B1171"/>
       <c r="C1171" t="s">
-        <v>2626</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" t="s">
-        <v>2627</v>
-[...3 lines deleted...]
-      </c>
+        <v>2838</v>
+      </c>
+      <c r="B1172"/>
       <c r="C1172" t="s">
-        <v>2629</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" t="s">
-        <v>2630</v>
-[...3 lines deleted...]
-      </c>
+        <v>2840</v>
+      </c>
+      <c r="B1173"/>
       <c r="C1173" t="s">
-        <v>2631</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" t="s">
-        <v>2632</v>
-[...3 lines deleted...]
-      </c>
+        <v>2834</v>
+      </c>
+      <c r="B1174"/>
       <c r="C1174" t="s">
-        <v>2634</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" t="s">
-        <v>2635</v>
-[...3 lines deleted...]
-      </c>
+        <v>2843</v>
+      </c>
+      <c r="B1175"/>
       <c r="C1175" t="s">
-        <v>2637</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" t="s">
-        <v>2638</v>
-[...3 lines deleted...]
-      </c>
+        <v>2845</v>
+      </c>
+      <c r="B1176"/>
       <c r="C1176" t="s">
-        <v>2639</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" t="s">
-        <v>2640</v>
+        <v>2847</v>
       </c>
       <c r="B1177"/>
       <c r="C1177" t="s">
-        <v>2641</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" t="s">
-        <v>2642</v>
-[...3 lines deleted...]
-      </c>
+        <v>2822</v>
+      </c>
+      <c r="B1178"/>
       <c r="C1178" t="s">
-        <v>2643</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" t="s">
-        <v>2644</v>
+        <v>2850</v>
       </c>
       <c r="B1179" t="s">
-        <v>531</v>
+        <v>2851</v>
       </c>
       <c r="C1179" t="s">
-        <v>2645</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" t="s">
-        <v>2646</v>
+        <v>2853</v>
       </c>
       <c r="B1180" t="s">
-        <v>2647</v>
+        <v>2854</v>
       </c>
       <c r="C1180" t="s">
-        <v>2648</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" t="s">
-        <v>2649</v>
-[...1 lines deleted...]
-      <c r="B1181"/>
+        <v>2856</v>
+      </c>
+      <c r="B1181" t="s">
+        <v>2857</v>
+      </c>
       <c r="C1181" t="s">
-        <v>2650</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" t="s">
-        <v>2651</v>
+        <v>2859</v>
       </c>
       <c r="B1182" t="s">
-        <v>382</v>
+        <v>2012</v>
       </c>
       <c r="C1182" t="s">
-        <v>2652</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" t="s">
-        <v>2653</v>
+        <v>2861</v>
       </c>
       <c r="B1183" t="s">
-        <v>2654</v>
+        <v>2766</v>
       </c>
       <c r="C1183" t="s">
-        <v>2655</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" t="s">
-        <v>2656</v>
+        <v>2863</v>
       </c>
       <c r="B1184" t="s">
-        <v>2657</v>
+        <v>2864</v>
       </c>
       <c r="C1184" t="s">
-        <v>2658</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" t="s">
-        <v>2659</v>
+        <v>2866</v>
       </c>
       <c r="B1185" t="s">
-        <v>2660</v>
+        <v>2867</v>
       </c>
       <c r="C1185" t="s">
-        <v>2661</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" t="s">
-        <v>2662</v>
+        <v>2869</v>
       </c>
       <c r="B1186" t="s">
-        <v>342</v>
+        <v>2870</v>
       </c>
       <c r="C1186" t="s">
-        <v>2663</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" t="s">
-        <v>2664</v>
+        <v>2872</v>
       </c>
       <c r="B1187" t="s">
-        <v>2599</v>
+        <v>2873</v>
       </c>
       <c r="C1187" t="s">
-        <v>2665</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" t="s">
-        <v>2666</v>
-[...1 lines deleted...]
-      <c r="B1188"/>
+        <v>2875</v>
+      </c>
+      <c r="B1188" t="s">
+        <v>2873</v>
+      </c>
       <c r="C1188" t="s">
-        <v>2667</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" t="s">
-        <v>2668</v>
+        <v>2877</v>
       </c>
       <c r="B1189" t="s">
-        <v>569</v>
+        <v>2873</v>
       </c>
       <c r="C1189" t="s">
-        <v>2669</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" t="s">
-        <v>1872</v>
+        <v>2879</v>
       </c>
       <c r="B1190" t="s">
-        <v>342</v>
+        <v>2880</v>
       </c>
       <c r="C1190" t="s">
-        <v>2670</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" t="s">
-        <v>2671</v>
+        <v>2882</v>
       </c>
       <c r="B1191" t="s">
-        <v>342</v>
+        <v>2569</v>
       </c>
       <c r="C1191" t="s">
-        <v>2672</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" t="s">
-        <v>2673</v>
+        <v>2884</v>
       </c>
       <c r="B1192" t="s">
-        <v>2674</v>
+        <v>1569</v>
       </c>
       <c r="C1192" t="s">
-        <v>2675</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" t="s">
-        <v>2668</v>
+        <v>2886</v>
       </c>
       <c r="B1193" t="s">
-        <v>569</v>
+        <v>2887</v>
       </c>
       <c r="C1193" t="s">
-        <v>2676</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" t="s">
-        <v>2677</v>
-[...3 lines deleted...]
-      </c>
+        <v>2889</v>
+      </c>
+      <c r="B1194"/>
       <c r="C1194" t="s">
-        <v>2678</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" t="s">
-        <v>2679</v>
-[...3 lines deleted...]
-      </c>
+        <v>2891</v>
+      </c>
+      <c r="B1195"/>
       <c r="C1195" t="s">
-        <v>2680</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" t="s">
-        <v>2681</v>
-[...3 lines deleted...]
-      </c>
+        <v>2893</v>
+      </c>
+      <c r="B1196"/>
       <c r="C1196" t="s">
-        <v>2683</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" t="s">
-        <v>2684</v>
+        <v>2895</v>
       </c>
       <c r="B1197" t="s">
-        <v>1752</v>
+        <v>2896</v>
       </c>
       <c r="C1197" t="s">
-        <v>2685</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" t="s">
-        <v>2686</v>
+        <v>2898</v>
       </c>
       <c r="B1198" t="s">
-        <v>2687</v>
+        <v>2899</v>
       </c>
       <c r="C1198" t="s">
-        <v>2688</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" t="s">
-        <v>2689</v>
-[...3 lines deleted...]
-      </c>
+        <v>2901</v>
+      </c>
+      <c r="B1199"/>
       <c r="C1199" t="s">
-        <v>2690</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" t="s">
-        <v>2691</v>
+        <v>2903</v>
       </c>
       <c r="B1200" t="s">
-        <v>422</v>
+        <v>2554</v>
       </c>
       <c r="C1200" t="s">
-        <v>2692</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" t="s">
-        <v>2693</v>
+        <v>2905</v>
       </c>
       <c r="B1201" t="s">
-        <v>460</v>
+        <v>2906</v>
       </c>
       <c r="C1201" t="s">
-        <v>2694</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" t="s">
-        <v>2668</v>
+        <v>2908</v>
       </c>
       <c r="B1202" t="s">
-        <v>569</v>
+        <v>2909</v>
       </c>
       <c r="C1202" t="s">
-        <v>2695</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" t="s">
-        <v>2696</v>
+        <v>2911</v>
       </c>
       <c r="B1203" t="s">
-        <v>569</v>
+        <v>2912</v>
       </c>
       <c r="C1203" t="s">
-        <v>2697</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" t="s">
-        <v>2698</v>
+        <v>2914</v>
       </c>
       <c r="B1204" t="s">
-        <v>2699</v>
+        <v>2915</v>
       </c>
       <c r="C1204" t="s">
-        <v>2700</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" t="s">
-        <v>2701</v>
+        <v>2917</v>
       </c>
       <c r="B1205" t="s">
-        <v>2702</v>
+        <v>1893</v>
       </c>
       <c r="C1205" t="s">
-        <v>2703</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" t="s">
-        <v>2704</v>
+        <v>2919</v>
       </c>
       <c r="B1206" t="s">
-        <v>2705</v>
+        <v>2920</v>
       </c>
       <c r="C1206" t="s">
-        <v>2706</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" t="s">
-        <v>2707</v>
+        <v>2922</v>
       </c>
       <c r="B1207" t="s">
-        <v>2708</v>
+        <v>2923</v>
       </c>
       <c r="C1207" t="s">
-        <v>2709</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" t="s">
-        <v>2710</v>
+        <v>2925</v>
       </c>
       <c r="B1208" t="s">
-        <v>2711</v>
+        <v>2906</v>
       </c>
       <c r="C1208" t="s">
-        <v>2712</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" t="s">
-        <v>2713</v>
+        <v>2553</v>
       </c>
       <c r="B1209" t="s">
-        <v>2714</v>
+        <v>2927</v>
       </c>
       <c r="C1209" t="s">
-        <v>2715</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" t="s">
-        <v>2716</v>
-[...3 lines deleted...]
-      </c>
+        <v>2929</v>
+      </c>
+      <c r="B1210"/>
       <c r="C1210" t="s">
-        <v>2717</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" t="s">
-        <v>2718</v>
+        <v>2931</v>
       </c>
       <c r="B1211" t="s">
-        <v>157</v>
+        <v>1893</v>
       </c>
       <c r="C1211" t="s">
-        <v>2719</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" t="s">
-        <v>2720</v>
+        <v>2933</v>
       </c>
       <c r="B1212" t="s">
-        <v>2721</v>
+        <v>2934</v>
       </c>
       <c r="C1212" t="s">
-        <v>2722</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" t="s">
-        <v>2723</v>
+        <v>2936</v>
       </c>
       <c r="B1213" t="s">
-        <v>2724</v>
+        <v>2937</v>
       </c>
       <c r="C1213" t="s">
-        <v>2725</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" t="s">
-        <v>2726</v>
+        <v>2939</v>
       </c>
       <c r="B1214" t="s">
-        <v>2727</v>
+        <v>2940</v>
       </c>
       <c r="C1214" t="s">
-        <v>2728</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" t="s">
-        <v>2729</v>
-[...3 lines deleted...]
-      </c>
+        <v>2942</v>
+      </c>
+      <c r="B1215"/>
       <c r="C1215" t="s">
-        <v>2731</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" t="s">
-        <v>2732</v>
-[...3 lines deleted...]
-      </c>
+        <v>2944</v>
+      </c>
+      <c r="B1216"/>
       <c r="C1216" t="s">
-        <v>2733</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" t="s">
-        <v>2734</v>
-[...3 lines deleted...]
-      </c>
+        <v>2946</v>
+      </c>
+      <c r="B1217"/>
       <c r="C1217" t="s">
-        <v>2735</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" t="s">
-        <v>2736</v>
-[...3 lines deleted...]
-      </c>
+        <v>2948</v>
+      </c>
+      <c r="B1218"/>
       <c r="C1218" t="s">
-        <v>2738</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" t="s">
-        <v>2739</v>
+        <v>2950</v>
       </c>
       <c r="B1219" t="s">
-        <v>336</v>
+        <v>1569</v>
       </c>
       <c r="C1219" t="s">
-        <v>2740</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" t="s">
-        <v>2741</v>
-[...3 lines deleted...]
-      </c>
+        <v>2952</v>
+      </c>
+      <c r="B1220"/>
       <c r="C1220" t="s">
-        <v>2742</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" t="s">
-        <v>2743</v>
+        <v>2954</v>
       </c>
       <c r="B1221" t="s">
-        <v>2744</v>
+        <v>1379</v>
       </c>
       <c r="C1221" t="s">
-        <v>2745</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" t="s">
-        <v>2746</v>
+        <v>2956</v>
       </c>
       <c r="B1222" t="s">
-        <v>377</v>
+        <v>1569</v>
       </c>
       <c r="C1222" t="s">
-        <v>2747</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" t="s">
-        <v>2748</v>
+        <v>2958</v>
       </c>
       <c r="B1223" t="s">
-        <v>359</v>
+        <v>870</v>
       </c>
       <c r="C1223" t="s">
-        <v>2749</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" t="s">
-        <v>2750</v>
+        <v>2960</v>
       </c>
       <c r="B1224" t="s">
-        <v>342</v>
+        <v>1379</v>
       </c>
       <c r="C1224" t="s">
-        <v>2751</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" t="s">
-        <v>2752</v>
+        <v>2962</v>
       </c>
       <c r="B1225" t="s">
-        <v>359</v>
+        <v>1379</v>
       </c>
       <c r="C1225" t="s">
-        <v>2753</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" t="s">
-        <v>2754</v>
+        <v>893</v>
       </c>
       <c r="B1226" t="s">
-        <v>342</v>
+        <v>579</v>
       </c>
       <c r="C1226" t="s">
-        <v>2755</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" t="s">
-        <v>2756</v>
+        <v>2733</v>
       </c>
       <c r="B1227" t="s">
-        <v>342</v>
+        <v>2965</v>
       </c>
       <c r="C1227" t="s">
-        <v>2757</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" t="s">
-        <v>2758</v>
+        <v>2967</v>
       </c>
       <c r="B1228" t="s">
-        <v>2759</v>
+        <v>1443</v>
       </c>
       <c r="C1228" t="s">
-        <v>2760</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" t="s">
-        <v>2761</v>
+        <v>2969</v>
       </c>
       <c r="B1229" t="s">
-        <v>764</v>
+        <v>2569</v>
       </c>
       <c r="C1229" t="s">
-        <v>2762</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" t="s">
-        <v>2763</v>
+        <v>2971</v>
       </c>
       <c r="B1230" t="s">
-        <v>342</v>
+        <v>2972</v>
       </c>
       <c r="C1230" t="s">
-        <v>2764</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" t="s">
-        <v>2765</v>
-[...3 lines deleted...]
-      </c>
+        <v>2974</v>
+      </c>
+      <c r="B1231"/>
       <c r="C1231" t="s">
-        <v>2766</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" t="s">
-        <v>2767</v>
-[...3 lines deleted...]
-      </c>
+        <v>2976</v>
+      </c>
+      <c r="B1232"/>
       <c r="C1232" t="s">
-        <v>2769</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" t="s">
-        <v>2770</v>
-[...3 lines deleted...]
-      </c>
+        <v>2978</v>
+      </c>
+      <c r="B1233"/>
       <c r="C1233" t="s">
-        <v>2771</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" t="s">
-        <v>2772</v>
+        <v>1907</v>
       </c>
       <c r="B1234" t="s">
-        <v>1420</v>
+        <v>950</v>
       </c>
       <c r="C1234" t="s">
-        <v>2773</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" t="s">
-        <v>2774</v>
-[...3 lines deleted...]
-      </c>
+        <v>2981</v>
+      </c>
+      <c r="B1235"/>
       <c r="C1235" t="s">
-        <v>2775</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" t="s">
-        <v>2776</v>
-[...3 lines deleted...]
-      </c>
+        <v>2983</v>
+      </c>
+      <c r="B1236"/>
       <c r="C1236" t="s">
-        <v>2778</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" t="s">
-        <v>2779</v>
+        <v>2985</v>
       </c>
       <c r="B1237" t="s">
-        <v>2759</v>
+        <v>791</v>
       </c>
       <c r="C1237" t="s">
-        <v>2780</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" t="s">
-        <v>2781</v>
+        <v>2987</v>
       </c>
       <c r="B1238" t="s">
-        <v>2782</v>
+        <v>2146</v>
       </c>
       <c r="C1238" t="s">
-        <v>2783</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" t="s">
-        <v>2784</v>
-[...3 lines deleted...]
-      </c>
+        <v>2989</v>
+      </c>
+      <c r="B1239"/>
       <c r="C1239" t="s">
-        <v>2785</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" t="s">
-        <v>2786</v>
+        <v>2853</v>
       </c>
       <c r="B1240" t="s">
-        <v>933</v>
+        <v>2991</v>
       </c>
       <c r="C1240" t="s">
-        <v>2787</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" t="s">
-        <v>2788</v>
-[...3 lines deleted...]
-      </c>
+        <v>2993</v>
+      </c>
+      <c r="B1241"/>
       <c r="C1241" t="s">
-        <v>2790</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" t="s">
-        <v>2791</v>
+        <v>2995</v>
       </c>
       <c r="B1242"/>
       <c r="C1242" t="s">
-        <v>2792</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" t="s">
-        <v>2793</v>
-[...3 lines deleted...]
-      </c>
+        <v>2997</v>
+      </c>
+      <c r="B1243"/>
       <c r="C1243" t="s">
-        <v>2794</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" t="s">
-        <v>2795</v>
-[...3 lines deleted...]
-      </c>
+        <v>2735</v>
+      </c>
+      <c r="B1244"/>
       <c r="C1244" t="s">
-        <v>2796</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" t="s">
-        <v>2797</v>
-[...3 lines deleted...]
-      </c>
+        <v>3000</v>
+      </c>
+      <c r="B1245"/>
       <c r="C1245" t="s">
-        <v>2798</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" t="s">
-        <v>2799</v>
+        <v>3002</v>
       </c>
       <c r="B1246"/>
       <c r="C1246" t="s">
-        <v>2800</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" t="s">
-        <v>2801</v>
-[...3 lines deleted...]
-      </c>
+        <v>3004</v>
+      </c>
+      <c r="B1247"/>
       <c r="C1247" t="s">
-        <v>2802</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" t="s">
-        <v>2803</v>
-[...3 lines deleted...]
-      </c>
+        <v>3006</v>
+      </c>
+      <c r="B1248"/>
       <c r="C1248" t="s">
-        <v>2804</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" t="s">
-        <v>2805</v>
+        <v>3008</v>
       </c>
       <c r="B1249" t="s">
-        <v>231</v>
+        <v>3009</v>
       </c>
       <c r="C1249" t="s">
-        <v>2806</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" t="s">
-        <v>2807</v>
+        <v>3011</v>
       </c>
       <c r="B1250" t="s">
-        <v>2808</v>
+        <v>3012</v>
       </c>
       <c r="C1250" t="s">
-        <v>2809</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" t="s">
-        <v>2810</v>
+        <v>3014</v>
       </c>
       <c r="B1251" t="s">
-        <v>2808</v>
+        <v>3015</v>
       </c>
       <c r="C1251" t="s">
-        <v>2811</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" t="s">
-        <v>2812</v>
+        <v>3017</v>
       </c>
       <c r="B1252" t="s">
-        <v>2813</v>
+        <v>3015</v>
       </c>
       <c r="C1252" t="s">
-        <v>2814</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" t="s">
-        <v>2815</v>
+        <v>3019</v>
       </c>
       <c r="B1253" t="s">
-        <v>2816</v>
+        <v>3015</v>
       </c>
       <c r="C1253" t="s">
-        <v>2817</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" t="s">
-        <v>2818</v>
+        <v>3021</v>
       </c>
       <c r="B1254" t="s">
-        <v>2625</v>
+        <v>3022</v>
       </c>
       <c r="C1254" t="s">
-        <v>2819</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" t="s">
-        <v>2820</v>
-[...3 lines deleted...]
-      </c>
+        <v>3024</v>
+      </c>
+      <c r="B1255"/>
       <c r="C1255" t="s">
-        <v>2821</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" t="s">
-        <v>2822</v>
-[...1 lines deleted...]
-      <c r="B1256"/>
+        <v>3026</v>
+      </c>
+      <c r="B1256" t="s">
+        <v>642</v>
+      </c>
       <c r="C1256" t="s">
-        <v>2823</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" t="s">
-        <v>2824</v>
+        <v>3028</v>
       </c>
       <c r="B1257" t="s">
-        <v>2825</v>
+        <v>1553</v>
       </c>
       <c r="C1257" t="s">
-        <v>2826</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" t="s">
-        <v>2827</v>
-[...3 lines deleted...]
-      </c>
+        <v>3030</v>
+      </c>
+      <c r="B1258"/>
       <c r="C1258" t="s">
-        <v>2829</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" t="s">
-        <v>2830</v>
+        <v>3032</v>
       </c>
       <c r="B1259" t="s">
-        <v>2828</v>
+        <v>3033</v>
       </c>
       <c r="C1259" t="s">
-        <v>2831</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" t="s">
-        <v>2832</v>
+        <v>3035</v>
       </c>
       <c r="B1260" t="s">
-        <v>2828</v>
+        <v>3036</v>
       </c>
       <c r="C1260" t="s">
-        <v>2833</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" t="s">
-        <v>2834</v>
+        <v>3038</v>
       </c>
       <c r="B1261" t="s">
-        <v>1978</v>
+        <v>3039</v>
       </c>
       <c r="C1261" t="s">
-        <v>2835</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" t="s">
-        <v>2836</v>
-[...3 lines deleted...]
-      </c>
+        <v>3041</v>
+      </c>
+      <c r="B1262"/>
       <c r="C1262" t="s">
-        <v>2837</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" t="s">
-        <v>2838</v>
+        <v>3043</v>
       </c>
       <c r="B1263"/>
       <c r="C1263" t="s">
-        <v>2839</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" t="s">
-        <v>2840</v>
-[...3 lines deleted...]
-      </c>
+        <v>3045</v>
+      </c>
+      <c r="B1264"/>
       <c r="C1264" t="s">
-        <v>2842</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" t="s">
-        <v>2843</v>
+        <v>3047</v>
       </c>
       <c r="B1265"/>
       <c r="C1265" t="s">
-        <v>2844</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" t="s">
-        <v>2845</v>
+        <v>3049</v>
       </c>
       <c r="B1266"/>
       <c r="C1266" t="s">
-        <v>2846</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" t="s">
-        <v>2847</v>
+        <v>3051</v>
       </c>
       <c r="B1267"/>
       <c r="C1267" t="s">
-        <v>2848</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" t="s">
-        <v>2849</v>
+        <v>3053</v>
       </c>
       <c r="B1268"/>
       <c r="C1268" t="s">
-        <v>2850</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" t="s">
-        <v>2851</v>
-[...3 lines deleted...]
-      </c>
+        <v>3055</v>
+      </c>
+      <c r="B1269"/>
       <c r="C1269" t="s">
-        <v>2853</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" t="s">
-        <v>2854</v>
+        <v>3057</v>
       </c>
       <c r="B1270"/>
       <c r="C1270" t="s">
-        <v>2855</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" t="s">
-        <v>2856</v>
+        <v>3059</v>
       </c>
       <c r="B1271"/>
       <c r="C1271" t="s">
-        <v>2857</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" t="s">
-        <v>2858</v>
-[...3 lines deleted...]
-      </c>
+        <v>3061</v>
+      </c>
+      <c r="B1272"/>
       <c r="C1272" t="s">
-        <v>2859</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" t="s">
-        <v>2860</v>
-[...3 lines deleted...]
-      </c>
+        <v>3063</v>
+      </c>
+      <c r="B1273"/>
       <c r="C1273" t="s">
-        <v>2862</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" t="s">
-        <v>2863</v>
-[...3 lines deleted...]
-      </c>
+        <v>3065</v>
+      </c>
+      <c r="B1274"/>
       <c r="C1274" t="s">
-        <v>2864</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" t="s">
-        <v>2865</v>
+        <v>3067</v>
       </c>
       <c r="B1275"/>
       <c r="C1275" t="s">
-        <v>2866</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" t="s">
-        <v>2867</v>
-[...3 lines deleted...]
-      </c>
+        <v>3069</v>
+      </c>
+      <c r="B1276"/>
       <c r="C1276" t="s">
-        <v>2868</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" t="s">
-        <v>2869</v>
-[...3 lines deleted...]
-      </c>
+        <v>3071</v>
+      </c>
+      <c r="B1277"/>
       <c r="C1277" t="s">
-        <v>2871</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" t="s">
-        <v>2872</v>
-[...3 lines deleted...]
-      </c>
+        <v>3073</v>
+      </c>
+      <c r="B1278"/>
       <c r="C1278" t="s">
-        <v>2874</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" t="s">
-        <v>2875</v>
-[...3 lines deleted...]
-      </c>
+        <v>3075</v>
+      </c>
+      <c r="B1279"/>
       <c r="C1279" t="s">
-        <v>2876</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" t="s">
-        <v>2877</v>
-[...3 lines deleted...]
-      </c>
+        <v>3077</v>
+      </c>
+      <c r="B1280"/>
       <c r="C1280" t="s">
-        <v>2878</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" t="s">
-        <v>2879</v>
-[...3 lines deleted...]
-      </c>
+        <v>3079</v>
+      </c>
+      <c r="B1281"/>
       <c r="C1281" t="s">
-        <v>2880</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" t="s">
-        <v>2881</v>
-[...3 lines deleted...]
-      </c>
+        <v>3081</v>
+      </c>
+      <c r="B1282"/>
       <c r="C1282" t="s">
-        <v>2883</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" t="s">
-        <v>2884</v>
-[...3 lines deleted...]
-      </c>
+        <v>3083</v>
+      </c>
+      <c r="B1283"/>
       <c r="C1283" t="s">
-        <v>2885</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" t="s">
-        <v>2886</v>
-[...3 lines deleted...]
-      </c>
+        <v>3085</v>
+      </c>
+      <c r="B1284"/>
       <c r="C1284" t="s">
-        <v>2887</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" t="s">
-        <v>2888</v>
-[...3 lines deleted...]
-      </c>
+        <v>3087</v>
+      </c>
+      <c r="B1285"/>
       <c r="C1285" t="s">
-        <v>2889</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" t="s">
-        <v>2890</v>
-[...3 lines deleted...]
-      </c>
+        <v>3089</v>
+      </c>
+      <c r="B1286"/>
       <c r="C1286" t="s">
-        <v>2892</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" t="s">
-        <v>2893</v>
-[...3 lines deleted...]
-      </c>
+        <v>3091</v>
+      </c>
+      <c r="B1287"/>
       <c r="C1287" t="s">
-        <v>2895</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" t="s">
-        <v>2896</v>
-[...3 lines deleted...]
-      </c>
+        <v>3093</v>
+      </c>
+      <c r="B1288"/>
       <c r="C1288" t="s">
-        <v>2897</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" t="s">
-        <v>2898</v>
-[...3 lines deleted...]
-      </c>
+        <v>3095</v>
+      </c>
+      <c r="B1289"/>
       <c r="C1289" t="s">
-        <v>2899</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" t="s">
-        <v>2900</v>
+        <v>3097</v>
       </c>
       <c r="B1290"/>
       <c r="C1290" t="s">
-        <v>2901</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" t="s">
-        <v>2902</v>
+        <v>3099</v>
       </c>
       <c r="B1291"/>
       <c r="C1291" t="s">
-        <v>2903</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" t="s">
-        <v>2904</v>
-[...3 lines deleted...]
-      </c>
+        <v>3101</v>
+      </c>
+      <c r="B1292"/>
       <c r="C1292" t="s">
-        <v>2905</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" t="s">
-        <v>2906</v>
-[...3 lines deleted...]
-      </c>
+        <v>3103</v>
+      </c>
+      <c r="B1293"/>
       <c r="C1293" t="s">
-        <v>2907</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" t="s">
-        <v>2908</v>
-[...3 lines deleted...]
-      </c>
+        <v>3105</v>
+      </c>
+      <c r="B1294"/>
       <c r="C1294" t="s">
-        <v>2910</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" t="s">
-        <v>2911</v>
-[...3 lines deleted...]
-      </c>
+        <v>3107</v>
+      </c>
+      <c r="B1295"/>
       <c r="C1295" t="s">
-        <v>2913</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" t="s">
-        <v>2914</v>
-[...3 lines deleted...]
-      </c>
+        <v>3109</v>
+      </c>
+      <c r="B1296"/>
       <c r="C1296" t="s">
-        <v>2916</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" t="s">
-        <v>2917</v>
-[...3 lines deleted...]
-      </c>
+        <v>3111</v>
+      </c>
+      <c r="B1297"/>
       <c r="C1297" t="s">
-        <v>2919</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" t="s">
-        <v>2920</v>
-[...3 lines deleted...]
-      </c>
+        <v>3113</v>
+      </c>
+      <c r="B1298"/>
       <c r="C1298" t="s">
-        <v>2922</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" t="s">
-        <v>2923</v>
-[...3 lines deleted...]
-      </c>
+        <v>3115</v>
+      </c>
+      <c r="B1299"/>
       <c r="C1299" t="s">
-        <v>2924</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" t="s">
-        <v>2925</v>
+        <v>3117</v>
       </c>
       <c r="B1300"/>
       <c r="C1300" t="s">
-        <v>2926</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" t="s">
-        <v>2927</v>
-[...3 lines deleted...]
-      </c>
+        <v>3119</v>
+      </c>
+      <c r="B1301"/>
       <c r="C1301" t="s">
-        <v>2929</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" t="s">
-        <v>2930</v>
-[...3 lines deleted...]
-      </c>
+        <v>3121</v>
+      </c>
+      <c r="B1302"/>
       <c r="C1302" t="s">
-        <v>2931</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" t="s">
-        <v>2932</v>
-[...3 lines deleted...]
-      </c>
+        <v>3123</v>
+      </c>
+      <c r="B1303"/>
       <c r="C1303" t="s">
-        <v>2933</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" t="s">
-        <v>2934</v>
-[...3 lines deleted...]
-      </c>
+        <v>3125</v>
+      </c>
+      <c r="B1304"/>
       <c r="C1304" t="s">
-        <v>2935</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" t="s">
-        <v>2936</v>
-[...3 lines deleted...]
-      </c>
+        <v>3127</v>
+      </c>
+      <c r="B1305"/>
       <c r="C1305" t="s">
-        <v>2938</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" t="s">
-        <v>2939</v>
-[...3 lines deleted...]
-      </c>
+        <v>3129</v>
+      </c>
+      <c r="B1306"/>
       <c r="C1306" t="s">
-        <v>2940</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" t="s">
-        <v>2941</v>
-[...3 lines deleted...]
-      </c>
+        <v>3131</v>
+      </c>
+      <c r="B1307"/>
       <c r="C1307" t="s">
-        <v>2942</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" t="s">
-        <v>2943</v>
-[...3 lines deleted...]
-      </c>
+        <v>3133</v>
+      </c>
+      <c r="B1308"/>
       <c r="C1308" t="s">
-        <v>2945</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" t="s">
-        <v>2946</v>
-[...3 lines deleted...]
-      </c>
+        <v>3135</v>
+      </c>
+      <c r="B1309"/>
       <c r="C1309" t="s">
-        <v>2948</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" t="s">
-        <v>2949</v>
-[...3 lines deleted...]
-      </c>
+        <v>3137</v>
+      </c>
+      <c r="B1310"/>
       <c r="C1310" t="s">
-        <v>2950</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" t="s">
-        <v>2951</v>
-[...3 lines deleted...]
-      </c>
+        <v>3139</v>
+      </c>
+      <c r="B1311"/>
       <c r="C1311" t="s">
-        <v>2953</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" t="s">
-        <v>1728</v>
-[...3 lines deleted...]
-      </c>
+        <v>3141</v>
+      </c>
+      <c r="B1312"/>
       <c r="C1312" t="s">
-        <v>2954</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" t="s">
-        <v>2955</v>
-[...3 lines deleted...]
-      </c>
+        <v>3143</v>
+      </c>
+      <c r="B1313"/>
       <c r="C1313" t="s">
-        <v>2956</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" t="s">
-        <v>1330</v>
-[...3 lines deleted...]
-      </c>
+        <v>3145</v>
+      </c>
+      <c r="B1314"/>
       <c r="C1314" t="s">
-        <v>2957</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" t="s">
-        <v>2958</v>
-[...3 lines deleted...]
-      </c>
+        <v>3147</v>
+      </c>
+      <c r="B1315"/>
       <c r="C1315" t="s">
-        <v>2959</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" t="s">
-        <v>2960</v>
-[...3 lines deleted...]
-      </c>
+        <v>3149</v>
+      </c>
+      <c r="B1316"/>
       <c r="C1316" t="s">
-        <v>2961</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" t="s">
-        <v>2962</v>
-[...3 lines deleted...]
-      </c>
+        <v>3151</v>
+      </c>
+      <c r="B1317"/>
       <c r="C1317" t="s">
-        <v>2963</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" t="s">
-        <v>2964</v>
-[...3 lines deleted...]
-      </c>
+        <v>3153</v>
+      </c>
+      <c r="B1318"/>
       <c r="C1318" t="s">
-        <v>2965</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" t="s">
-        <v>2966</v>
+        <v>3155</v>
       </c>
       <c r="B1319"/>
       <c r="C1319" t="s">
-        <v>2967</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" t="s">
-        <v>2968</v>
-[...3 lines deleted...]
-      </c>
+        <v>3157</v>
+      </c>
+      <c r="B1320"/>
       <c r="C1320" t="s">
-        <v>2970</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" t="s">
-        <v>2971</v>
-[...3 lines deleted...]
-      </c>
+        <v>3159</v>
+      </c>
+      <c r="B1321"/>
       <c r="C1321" t="s">
-        <v>2972</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" t="s">
-        <v>2973</v>
-[...3 lines deleted...]
-      </c>
+        <v>3161</v>
+      </c>
+      <c r="B1322"/>
       <c r="C1322" t="s">
-        <v>2975</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" t="s">
-        <v>772</v>
+        <v>3163</v>
       </c>
       <c r="B1323"/>
       <c r="C1323" t="s">
-        <v>2976</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" t="s">
-        <v>2977</v>
-[...3 lines deleted...]
-      </c>
+        <v>3165</v>
+      </c>
+      <c r="B1324"/>
       <c r="C1324" t="s">
-        <v>2978</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" t="s">
-        <v>2979</v>
-[...3 lines deleted...]
-      </c>
+        <v>3167</v>
+      </c>
+      <c r="B1325"/>
       <c r="C1325" t="s">
-        <v>2981</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" t="s">
-        <v>2982</v>
-[...3 lines deleted...]
-      </c>
+        <v>3169</v>
+      </c>
+      <c r="B1326"/>
       <c r="C1326" t="s">
-        <v>2984</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" t="s">
-        <v>2985</v>
-[...3 lines deleted...]
-      </c>
+        <v>3171</v>
+      </c>
+      <c r="B1327"/>
       <c r="C1327" t="s">
-        <v>2986</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" t="s">
-        <v>2987</v>
-[...3 lines deleted...]
-      </c>
+        <v>3173</v>
+      </c>
+      <c r="B1328"/>
       <c r="C1328" t="s">
-        <v>2989</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" t="s">
-        <v>2990</v>
-[...3 lines deleted...]
-      </c>
+        <v>3175</v>
+      </c>
+      <c r="B1329"/>
       <c r="C1329" t="s">
-        <v>2992</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" t="s">
-        <v>2993</v>
-[...3 lines deleted...]
-      </c>
+        <v>3177</v>
+      </c>
+      <c r="B1330"/>
       <c r="C1330" t="s">
-        <v>2995</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" t="s">
-        <v>2996</v>
-[...3 lines deleted...]
-      </c>
+        <v>3179</v>
+      </c>
+      <c r="B1331"/>
       <c r="C1331" t="s">
-        <v>2997</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" t="s">
-        <v>2998</v>
-[...3 lines deleted...]
-      </c>
+        <v>3181</v>
+      </c>
+      <c r="B1332"/>
       <c r="C1332" t="s">
-        <v>2999</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" t="s">
-        <v>3000</v>
-[...3 lines deleted...]
-      </c>
+        <v>3183</v>
+      </c>
+      <c r="B1333"/>
       <c r="C1333" t="s">
-        <v>3001</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" t="s">
-        <v>3002</v>
-[...3 lines deleted...]
-      </c>
+        <v>3185</v>
+      </c>
+      <c r="B1334"/>
       <c r="C1334" t="s">
-        <v>3003</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" t="s">
-        <v>3004</v>
-[...3 lines deleted...]
-      </c>
+        <v>3187</v>
+      </c>
+      <c r="B1335"/>
       <c r="C1335" t="s">
-        <v>3005</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" t="s">
-        <v>3006</v>
-[...3 lines deleted...]
-      </c>
+        <v>3189</v>
+      </c>
+      <c r="B1336"/>
       <c r="C1336" t="s">
-        <v>3007</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" t="s">
-        <v>3008</v>
-[...3 lines deleted...]
-      </c>
+        <v>3191</v>
+      </c>
+      <c r="B1337"/>
       <c r="C1337" t="s">
-        <v>3009</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" t="s">
-        <v>3010</v>
-[...3 lines deleted...]
-      </c>
+        <v>3193</v>
+      </c>
+      <c r="B1338"/>
       <c r="C1338" t="s">
-        <v>3011</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" t="s">
-        <v>3012</v>
-[...3 lines deleted...]
-      </c>
+        <v>3195</v>
+      </c>
+      <c r="B1339"/>
       <c r="C1339" t="s">
-        <v>3013</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" t="s">
-        <v>3014</v>
-[...3 lines deleted...]
-      </c>
+        <v>3197</v>
+      </c>
+      <c r="B1340"/>
       <c r="C1340" t="s">
-        <v>3015</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" t="s">
-        <v>3016</v>
-[...3 lines deleted...]
-      </c>
+        <v>3199</v>
+      </c>
+      <c r="B1341"/>
       <c r="C1341" t="s">
-        <v>3017</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" t="s">
-        <v>3018</v>
-[...3 lines deleted...]
-      </c>
+        <v>3201</v>
+      </c>
+      <c r="B1342"/>
       <c r="C1342" t="s">
-        <v>3019</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" t="s">
-        <v>3020</v>
-[...3 lines deleted...]
-      </c>
+        <v>3203</v>
+      </c>
+      <c r="B1343"/>
       <c r="C1343" t="s">
-        <v>3021</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" t="s">
-        <v>3022</v>
-[...3 lines deleted...]
-      </c>
+        <v>3205</v>
+      </c>
+      <c r="B1344"/>
       <c r="C1344" t="s">
-        <v>3023</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" t="s">
-        <v>3024</v>
-[...3 lines deleted...]
-      </c>
+        <v>3207</v>
+      </c>
+      <c r="B1345"/>
       <c r="C1345" t="s">
-        <v>3025</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" t="s">
-        <v>3026</v>
-[...3 lines deleted...]
-      </c>
+        <v>3209</v>
+      </c>
+      <c r="B1346"/>
       <c r="C1346" t="s">
-        <v>3027</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" t="s">
-        <v>3028</v>
-[...3 lines deleted...]
-      </c>
+        <v>3211</v>
+      </c>
+      <c r="B1347"/>
       <c r="C1347" t="s">
-        <v>3029</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" t="s">
-        <v>3030</v>
-[...3 lines deleted...]
-      </c>
+        <v>3213</v>
+      </c>
+      <c r="B1348"/>
       <c r="C1348" t="s">
-        <v>3031</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" t="s">
-        <v>2698</v>
-[...3 lines deleted...]
-      </c>
+        <v>3215</v>
+      </c>
+      <c r="B1349"/>
       <c r="C1349" t="s">
-        <v>3032</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" t="s">
-        <v>3033</v>
-[...3 lines deleted...]
-      </c>
+        <v>3217</v>
+      </c>
+      <c r="B1350"/>
       <c r="C1350" t="s">
-        <v>3035</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" t="s">
-        <v>3036</v>
-[...3 lines deleted...]
-      </c>
+        <v>3219</v>
+      </c>
+      <c r="B1351"/>
       <c r="C1351" t="s">
-        <v>3037</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" t="s">
-        <v>3038</v>
-[...3 lines deleted...]
-      </c>
+        <v>3221</v>
+      </c>
+      <c r="B1352"/>
       <c r="C1352" t="s">
-        <v>3040</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" t="s">
-        <v>3041</v>
+        <v>3223</v>
       </c>
       <c r="B1353"/>
       <c r="C1353" t="s">
-        <v>3042</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" t="s">
-        <v>3043</v>
-[...3 lines deleted...]
-      </c>
+        <v>3225</v>
+      </c>
+      <c r="B1354"/>
       <c r="C1354" t="s">
-        <v>3044</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" t="s">
-        <v>3045</v>
+        <v>3227</v>
       </c>
       <c r="B1355"/>
       <c r="C1355" t="s">
-        <v>3046</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" t="s">
-        <v>3047</v>
-[...3 lines deleted...]
-      </c>
+        <v>3229</v>
+      </c>
+      <c r="B1356"/>
       <c r="C1356" t="s">
-        <v>3048</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" t="s">
-        <v>1799</v>
-[...3 lines deleted...]
-      </c>
+        <v>3231</v>
+      </c>
+      <c r="B1357"/>
       <c r="C1357" t="s">
-        <v>3049</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" t="s">
-        <v>3050</v>
+        <v>3233</v>
       </c>
       <c r="B1358"/>
       <c r="C1358" t="s">
-        <v>3051</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" t="s">
-        <v>3052</v>
-[...3 lines deleted...]
-      </c>
+        <v>3235</v>
+      </c>
+      <c r="B1359"/>
       <c r="C1359" t="s">
-        <v>3053</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" t="s">
-        <v>3054</v>
+        <v>3237</v>
       </c>
       <c r="B1360"/>
       <c r="C1360" t="s">
-        <v>3055</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" t="s">
-        <v>3056</v>
+        <v>3239</v>
       </c>
       <c r="B1361"/>
       <c r="C1361" t="s">
-        <v>3057</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" t="s">
-        <v>3058</v>
-[...3 lines deleted...]
-      </c>
+        <v>3241</v>
+      </c>
+      <c r="B1362"/>
       <c r="C1362" t="s">
-        <v>3060</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" t="s">
-        <v>3061</v>
+        <v>3243</v>
       </c>
       <c r="B1363"/>
       <c r="C1363" t="s">
-        <v>3062</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" t="s">
-        <v>3063</v>
-[...3 lines deleted...]
-      </c>
+        <v>3245</v>
+      </c>
+      <c r="B1364"/>
       <c r="C1364" t="s">
-        <v>3064</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" t="s">
-        <v>3065</v>
-[...3 lines deleted...]
-      </c>
+        <v>3247</v>
+      </c>
+      <c r="B1365"/>
       <c r="C1365" t="s">
-        <v>3066</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" t="s">
-        <v>3067</v>
-[...3 lines deleted...]
-      </c>
+        <v>3249</v>
+      </c>
+      <c r="B1366"/>
       <c r="C1366" t="s">
-        <v>3069</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" t="s">
-        <v>3070</v>
-[...3 lines deleted...]
-      </c>
+        <v>3251</v>
+      </c>
+      <c r="B1367"/>
       <c r="C1367" t="s">
-        <v>3071</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" t="s">
-        <v>3072</v>
-[...3 lines deleted...]
-      </c>
+        <v>3253</v>
+      </c>
+      <c r="B1368"/>
       <c r="C1368" t="s">
-        <v>3073</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" t="s">
-        <v>3074</v>
-[...3 lines deleted...]
-      </c>
+        <v>3255</v>
+      </c>
+      <c r="B1369"/>
       <c r="C1369" t="s">
-        <v>3076</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" t="s">
-        <v>3077</v>
-[...3 lines deleted...]
-      </c>
+        <v>3257</v>
+      </c>
+      <c r="B1370"/>
       <c r="C1370" t="s">
-        <v>3078</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" t="s">
-        <v>3079</v>
-[...3 lines deleted...]
-      </c>
+        <v>3259</v>
+      </c>
+      <c r="B1371"/>
       <c r="C1371" t="s">
-        <v>3080</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" t="s">
-        <v>3081</v>
-[...3 lines deleted...]
-      </c>
+        <v>3261</v>
+      </c>
+      <c r="B1372"/>
       <c r="C1372" t="s">
-        <v>3082</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" t="s">
-        <v>3083</v>
-[...3 lines deleted...]
-      </c>
+        <v>3263</v>
+      </c>
+      <c r="B1373"/>
       <c r="C1373" t="s">
-        <v>3084</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" t="s">
-        <v>3085</v>
+        <v>3265</v>
       </c>
       <c r="B1374"/>
       <c r="C1374" t="s">
-        <v>3086</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" t="s">
-        <v>3087</v>
-[...3 lines deleted...]
-      </c>
+        <v>3267</v>
+      </c>
+      <c r="B1375"/>
       <c r="C1375" t="s">
-        <v>3089</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" t="s">
-        <v>3090</v>
-[...3 lines deleted...]
-      </c>
+        <v>3269</v>
+      </c>
+      <c r="B1376"/>
       <c r="C1376" t="s">
-        <v>3091</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" t="s">
-        <v>3092</v>
-[...3 lines deleted...]
-      </c>
+        <v>3271</v>
+      </c>
+      <c r="B1377"/>
       <c r="C1377" t="s">
-        <v>3094</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" t="s">
-        <v>3095</v>
+        <v>3273</v>
       </c>
       <c r="B1378"/>
       <c r="C1378" t="s">
-        <v>3096</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" t="s">
-        <v>2681</v>
-[...3 lines deleted...]
-      </c>
+        <v>3275</v>
+      </c>
+      <c r="B1379"/>
       <c r="C1379" t="s">
-        <v>3097</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" t="s">
-        <v>3098</v>
-[...3 lines deleted...]
-      </c>
+        <v>3277</v>
+      </c>
+      <c r="B1380"/>
       <c r="C1380" t="s">
-        <v>3100</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" t="s">
-        <v>3101</v>
+        <v>3279</v>
       </c>
       <c r="B1381"/>
       <c r="C1381" t="s">
-        <v>3102</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" t="s">
-        <v>3103</v>
+        <v>3281</v>
       </c>
       <c r="B1382"/>
       <c r="C1382" t="s">
-        <v>3104</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" t="s">
-        <v>3105</v>
-[...3 lines deleted...]
-      </c>
+        <v>3283</v>
+      </c>
+      <c r="B1383"/>
       <c r="C1383" t="s">
-        <v>3106</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" t="s">
-        <v>3107</v>
-[...3 lines deleted...]
-      </c>
+        <v>3285</v>
+      </c>
+      <c r="B1384"/>
       <c r="C1384" t="s">
-        <v>3108</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" t="s">
-        <v>1383</v>
-[...3 lines deleted...]
-      </c>
+        <v>3287</v>
+      </c>
+      <c r="B1385"/>
       <c r="C1385" t="s">
-        <v>3109</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" t="s">
-        <v>3110</v>
-[...3 lines deleted...]
-      </c>
+        <v>3289</v>
+      </c>
+      <c r="B1386"/>
       <c r="C1386" t="s">
-        <v>3111</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" t="s">
-        <v>3112</v>
-[...3 lines deleted...]
-      </c>
+        <v>3291</v>
+      </c>
+      <c r="B1387"/>
       <c r="C1387" t="s">
-        <v>3113</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" t="s">
-        <v>3114</v>
-[...3 lines deleted...]
-      </c>
+        <v>3293</v>
+      </c>
+      <c r="B1388"/>
       <c r="C1388" t="s">
-        <v>3115</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" t="s">
-        <v>3116</v>
-[...3 lines deleted...]
-      </c>
+        <v>3295</v>
+      </c>
+      <c r="B1389"/>
       <c r="C1389" t="s">
-        <v>3117</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" t="s">
-        <v>3118</v>
-[...3 lines deleted...]
-      </c>
+        <v>3297</v>
+      </c>
+      <c r="B1390"/>
       <c r="C1390" t="s">
-        <v>3119</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" t="s">
-        <v>3120</v>
-[...3 lines deleted...]
-      </c>
+        <v>3299</v>
+      </c>
+      <c r="B1391"/>
       <c r="C1391" t="s">
-        <v>3121</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" t="s">
-        <v>3122</v>
+        <v>3301</v>
       </c>
       <c r="B1392"/>
       <c r="C1392" t="s">
-        <v>3123</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" t="s">
-        <v>3124</v>
-[...3 lines deleted...]
-      </c>
+        <v>3303</v>
+      </c>
+      <c r="B1393"/>
       <c r="C1393" t="s">
-        <v>3126</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" t="s">
-        <v>3127</v>
-[...3 lines deleted...]
-      </c>
+        <v>3305</v>
+      </c>
+      <c r="B1394"/>
       <c r="C1394" t="s">
-        <v>3128</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" t="s">
-        <v>3129</v>
-[...3 lines deleted...]
-      </c>
+        <v>3307</v>
+      </c>
+      <c r="B1395"/>
       <c r="C1395" t="s">
-        <v>3130</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" t="s">
-        <v>3131</v>
-[...3 lines deleted...]
-      </c>
+        <v>3309</v>
+      </c>
+      <c r="B1396"/>
       <c r="C1396" t="s">
-        <v>3132</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" t="s">
-        <v>3133</v>
-[...3 lines deleted...]
-      </c>
+        <v>3311</v>
+      </c>
+      <c r="B1397"/>
       <c r="C1397" t="s">
-        <v>3135</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" t="s">
-        <v>3136</v>
-[...3 lines deleted...]
-      </c>
+        <v>3313</v>
+      </c>
+      <c r="B1398"/>
       <c r="C1398" t="s">
-        <v>3137</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" t="s">
-        <v>3138</v>
-[...3 lines deleted...]
-      </c>
+        <v>3315</v>
+      </c>
+      <c r="B1399"/>
       <c r="C1399" t="s">
-        <v>3139</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" t="s">
-        <v>3140</v>
-[...3 lines deleted...]
-      </c>
+        <v>3317</v>
+      </c>
+      <c r="B1400"/>
       <c r="C1400" t="s">
-        <v>3141</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" t="s">
-        <v>3142</v>
-[...3 lines deleted...]
-      </c>
+        <v>3319</v>
+      </c>
+      <c r="B1401"/>
       <c r="C1401" t="s">
-        <v>3144</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" t="s">
-        <v>3145</v>
-[...3 lines deleted...]
-      </c>
+        <v>3321</v>
+      </c>
+      <c r="B1402"/>
       <c r="C1402" t="s">
-        <v>3147</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" t="s">
-        <v>3148</v>
-[...3 lines deleted...]
-      </c>
+        <v>3323</v>
+      </c>
+      <c r="B1403"/>
       <c r="C1403" t="s">
-        <v>3149</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" t="s">
-        <v>3150</v>
+        <v>3325</v>
       </c>
       <c r="B1404"/>
       <c r="C1404" t="s">
-        <v>3151</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" t="s">
-        <v>3152</v>
-[...3 lines deleted...]
-      </c>
+        <v>3327</v>
+      </c>
+      <c r="B1405"/>
       <c r="C1405" t="s">
-        <v>3154</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" t="s">
-        <v>1311</v>
-[...3 lines deleted...]
-      </c>
+        <v>3329</v>
+      </c>
+      <c r="B1406"/>
       <c r="C1406" t="s">
-        <v>3155</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" t="s">
-        <v>3156</v>
-[...3 lines deleted...]
-      </c>
+        <v>3331</v>
+      </c>
+      <c r="B1407"/>
       <c r="C1407" t="s">
-        <v>3157</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" t="s">
-        <v>3158</v>
-[...3 lines deleted...]
-      </c>
+        <v>3333</v>
+      </c>
+      <c r="B1408"/>
       <c r="C1408" t="s">
-        <v>3159</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" t="s">
-        <v>3160</v>
-[...3 lines deleted...]
-      </c>
+        <v>3335</v>
+      </c>
+      <c r="B1409"/>
       <c r="C1409" t="s">
-        <v>3162</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" t="s">
-        <v>3163</v>
-[...3 lines deleted...]
-      </c>
+        <v>3337</v>
+      </c>
+      <c r="B1410"/>
       <c r="C1410" t="s">
-        <v>3165</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" t="s">
-        <v>3166</v>
-[...3 lines deleted...]
-      </c>
+        <v>3339</v>
+      </c>
+      <c r="B1411"/>
       <c r="C1411" t="s">
-        <v>3168</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" t="s">
-        <v>3169</v>
-[...3 lines deleted...]
-      </c>
+        <v>3341</v>
+      </c>
+      <c r="B1412"/>
       <c r="C1412" t="s">
-        <v>3170</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" t="s">
-        <v>3171</v>
-[...3 lines deleted...]
-      </c>
+        <v>3343</v>
+      </c>
+      <c r="B1413"/>
       <c r="C1413" t="s">
-        <v>3172</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" t="s">
-        <v>1977</v>
-[...3 lines deleted...]
-      </c>
+        <v>3345</v>
+      </c>
+      <c r="B1414"/>
       <c r="C1414" t="s">
-        <v>3173</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" t="s">
-        <v>3174</v>
-[...3 lines deleted...]
-      </c>
+        <v>3347</v>
+      </c>
+      <c r="B1415"/>
       <c r="C1415" t="s">
-        <v>3175</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" t="s">
-        <v>3176</v>
-[...3 lines deleted...]
-      </c>
+        <v>3349</v>
+      </c>
+      <c r="B1416"/>
       <c r="C1416" t="s">
-        <v>3178</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" t="s">
-        <v>3179</v>
+        <v>3351</v>
       </c>
       <c r="B1417"/>
       <c r="C1417" t="s">
-        <v>3180</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" t="s">
-        <v>3181</v>
-[...3 lines deleted...]
-      </c>
+        <v>3353</v>
+      </c>
+      <c r="B1418"/>
       <c r="C1418" t="s">
-        <v>3182</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" t="s">
-        <v>3183</v>
+        <v>3355</v>
       </c>
       <c r="B1419"/>
       <c r="C1419" t="s">
-        <v>3184</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" t="s">
-        <v>3185</v>
-[...3 lines deleted...]
-      </c>
+        <v>3357</v>
+      </c>
+      <c r="B1420"/>
       <c r="C1420" t="s">
-        <v>3186</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" t="s">
-        <v>3187</v>
+        <v>3359</v>
       </c>
       <c r="B1421"/>
       <c r="C1421" t="s">
-        <v>3188</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" t="s">
-        <v>3189</v>
-[...3 lines deleted...]
-      </c>
+        <v>3361</v>
+      </c>
+      <c r="B1422"/>
       <c r="C1422" t="s">
-        <v>3191</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" t="s">
-        <v>3192</v>
-[...3 lines deleted...]
-      </c>
+        <v>3363</v>
+      </c>
+      <c r="B1423"/>
       <c r="C1423" t="s">
-        <v>3194</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" t="s">
-        <v>3195</v>
-[...3 lines deleted...]
-      </c>
+        <v>3365</v>
+      </c>
+      <c r="B1424"/>
       <c r="C1424" t="s">
-        <v>3196</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" t="s">
-        <v>3197</v>
-[...3 lines deleted...]
-      </c>
+        <v>3367</v>
+      </c>
+      <c r="B1425"/>
       <c r="C1425" t="s">
-        <v>3198</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" t="s">
-        <v>3199</v>
-[...3 lines deleted...]
-      </c>
+        <v>3369</v>
+      </c>
+      <c r="B1426"/>
       <c r="C1426" t="s">
-        <v>3201</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" t="s">
-        <v>3202</v>
-[...3 lines deleted...]
-      </c>
+        <v>3371</v>
+      </c>
+      <c r="B1427"/>
       <c r="C1427" t="s">
-        <v>3204</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" t="s">
-        <v>3205</v>
-[...3 lines deleted...]
-      </c>
+        <v>3373</v>
+      </c>
+      <c r="B1428"/>
       <c r="C1428" t="s">
-        <v>3206</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" t="s">
-        <v>3207</v>
-[...3 lines deleted...]
-      </c>
+        <v>3375</v>
+      </c>
+      <c r="B1429"/>
       <c r="C1429" t="s">
-        <v>3209</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" t="s">
-        <v>3210</v>
-[...3 lines deleted...]
-      </c>
+        <v>3377</v>
+      </c>
+      <c r="B1430"/>
       <c r="C1430" t="s">
-        <v>3211</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" t="s">
-        <v>3212</v>
-[...3 lines deleted...]
-      </c>
+        <v>3379</v>
+      </c>
+      <c r="B1431"/>
       <c r="C1431" t="s">
-        <v>3213</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" t="s">
-        <v>3214</v>
-[...3 lines deleted...]
-      </c>
+        <v>3381</v>
+      </c>
+      <c r="B1432"/>
       <c r="C1432" t="s">
-        <v>3215</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" t="s">
-        <v>3216</v>
-[...3 lines deleted...]
-      </c>
+        <v>3383</v>
+      </c>
+      <c r="B1433"/>
       <c r="C1433" t="s">
-        <v>3217</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" t="s">
-        <v>3218</v>
-[...3 lines deleted...]
-      </c>
+        <v>3385</v>
+      </c>
+      <c r="B1434"/>
       <c r="C1434" t="s">
-        <v>3219</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" t="s">
-        <v>3220</v>
-[...3 lines deleted...]
-      </c>
+        <v>3387</v>
+      </c>
+      <c r="B1435"/>
       <c r="C1435" t="s">
-        <v>3222</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" t="s">
-        <v>3223</v>
-[...3 lines deleted...]
-      </c>
+        <v>3389</v>
+      </c>
+      <c r="B1436"/>
       <c r="C1436" t="s">
-        <v>3224</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" t="s">
-        <v>2767</v>
+        <v>3391</v>
       </c>
       <c r="B1437"/>
       <c r="C1437" t="s">
-        <v>3225</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" t="s">
-        <v>3226</v>
-[...3 lines deleted...]
-      </c>
+        <v>3393</v>
+      </c>
+      <c r="B1438"/>
       <c r="C1438" t="s">
-        <v>3227</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" t="s">
-        <v>3228</v>
-[...3 lines deleted...]
-      </c>
+        <v>3395</v>
+      </c>
+      <c r="B1439"/>
       <c r="C1439" t="s">
-        <v>3230</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" t="s">
-        <v>3231</v>
-[...3 lines deleted...]
-      </c>
+        <v>3397</v>
+      </c>
+      <c r="B1440"/>
       <c r="C1440" t="s">
-        <v>3232</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" t="s">
-        <v>3233</v>
-[...3 lines deleted...]
-      </c>
+        <v>3399</v>
+      </c>
+      <c r="B1441"/>
       <c r="C1441" t="s">
-        <v>3234</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" t="s">
-        <v>3235</v>
-[...3 lines deleted...]
-      </c>
+        <v>3401</v>
+      </c>
+      <c r="B1442"/>
       <c r="C1442" t="s">
-        <v>3237</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" t="s">
-        <v>3238</v>
-[...3 lines deleted...]
-      </c>
+        <v>3403</v>
+      </c>
+      <c r="B1443"/>
       <c r="C1443" t="s">
-        <v>3239</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" t="s">
-        <v>3240</v>
-[...3 lines deleted...]
-      </c>
+        <v>3405</v>
+      </c>
+      <c r="B1444"/>
       <c r="C1444" t="s">
-        <v>3242</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" t="s">
-        <v>1805</v>
-[...3 lines deleted...]
-      </c>
+        <v>3407</v>
+      </c>
+      <c r="B1445"/>
       <c r="C1445" t="s">
-        <v>3244</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" t="s">
-        <v>3245</v>
-[...3 lines deleted...]
-      </c>
+        <v>3409</v>
+      </c>
+      <c r="B1446"/>
       <c r="C1446" t="s">
-        <v>3246</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" t="s">
-        <v>3247</v>
-[...3 lines deleted...]
-      </c>
+        <v>3411</v>
+      </c>
+      <c r="B1447"/>
       <c r="C1447" t="s">
-        <v>3248</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" t="s">
-        <v>1100</v>
-[...3 lines deleted...]
-      </c>
+        <v>3413</v>
+      </c>
+      <c r="B1448"/>
       <c r="C1448" t="s">
-        <v>3249</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" t="s">
-        <v>3250</v>
-[...3 lines deleted...]
-      </c>
+        <v>3415</v>
+      </c>
+      <c r="B1449"/>
       <c r="C1449" t="s">
-        <v>3251</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" t="s">
-        <v>3252</v>
-[...3 lines deleted...]
-      </c>
+        <v>3417</v>
+      </c>
+      <c r="B1450"/>
       <c r="C1450" t="s">
-        <v>3253</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" t="s">
-        <v>3254</v>
-[...3 lines deleted...]
-      </c>
+        <v>3419</v>
+      </c>
+      <c r="B1451"/>
       <c r="C1451" t="s">
-        <v>3256</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" t="s">
-        <v>3257</v>
-[...3 lines deleted...]
-      </c>
+        <v>3421</v>
+      </c>
+      <c r="B1452"/>
       <c r="C1452" t="s">
-        <v>3259</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" t="s">
-        <v>3260</v>
-[...3 lines deleted...]
-      </c>
+        <v>3423</v>
+      </c>
+      <c r="B1453"/>
       <c r="C1453" t="s">
-        <v>3261</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" t="s">
-        <v>3262</v>
-[...3 lines deleted...]
-      </c>
+        <v>3425</v>
+      </c>
+      <c r="B1454"/>
       <c r="C1454" t="s">
-        <v>3264</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" t="s">
-        <v>3265</v>
-[...3 lines deleted...]
-      </c>
+        <v>3427</v>
+      </c>
+      <c r="B1455"/>
       <c r="C1455" t="s">
-        <v>3266</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" t="s">
-        <v>3267</v>
-[...3 lines deleted...]
-      </c>
+        <v>3429</v>
+      </c>
+      <c r="B1456"/>
       <c r="C1456" t="s">
-        <v>3268</v>
+        <v>3430</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:3">
+      <c r="A1457" t="s">
+        <v>3431</v>
+      </c>
+      <c r="B1457"/>
+      <c r="C1457" t="s">
+        <v>3432</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:3">
+      <c r="A1458" t="s">
+        <v>3433</v>
+      </c>
+      <c r="B1458"/>
+      <c r="C1458" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:3">
+      <c r="A1459" t="s">
+        <v>3435</v>
+      </c>
+      <c r="B1459"/>
+      <c r="C1459" t="s">
+        <v>3436</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:3">
+      <c r="A1460" t="s">
+        <v>3437</v>
+      </c>
+      <c r="B1460"/>
+      <c r="C1460" t="s">
+        <v>3438</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:3">
+      <c r="A1461" t="s">
+        <v>3439</v>
+      </c>
+      <c r="B1461"/>
+      <c r="C1461" t="s">
+        <v>3440</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:3">
+      <c r="A1462" t="s">
+        <v>3441</v>
+      </c>
+      <c r="B1462"/>
+      <c r="C1462" t="s">
+        <v>3442</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:3">
+      <c r="A1463" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B1463"/>
+      <c r="C1463" t="s">
+        <v>3444</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:3">
+      <c r="A1464" t="s">
+        <v>3445</v>
+      </c>
+      <c r="B1464"/>
+      <c r="C1464" t="s">
+        <v>3446</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:3">
+      <c r="A1465" t="s">
+        <v>3447</v>
+      </c>
+      <c r="B1465"/>
+      <c r="C1465" t="s">
+        <v>3448</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:3">
+      <c r="A1466" t="s">
+        <v>3447</v>
+      </c>
+      <c r="B1466"/>
+      <c r="C1466" t="s">
+        <v>3449</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:3">
+      <c r="A1467" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B1467"/>
+      <c r="C1467" t="s">
+        <v>3451</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:3">
+      <c r="A1468" t="s">
+        <v>3452</v>
+      </c>
+      <c r="B1468"/>
+      <c r="C1468" t="s">
+        <v>3453</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:3">
+      <c r="A1469" t="s">
+        <v>3454</v>
+      </c>
+      <c r="B1469"/>
+      <c r="C1469" t="s">
+        <v>3455</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:3">
+      <c r="A1470" t="s">
+        <v>3456</v>
+      </c>
+      <c r="B1470"/>
+      <c r="C1470" t="s">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:3">
+      <c r="A1471" t="s">
+        <v>3458</v>
+      </c>
+      <c r="B1471"/>
+      <c r="C1471" t="s">
+        <v>3459</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:3">
+      <c r="A1472" t="s">
+        <v>3460</v>
+      </c>
+      <c r="B1472"/>
+      <c r="C1472" t="s">
+        <v>3461</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:3">
+      <c r="A1473" t="s">
+        <v>3462</v>
+      </c>
+      <c r="B1473"/>
+      <c r="C1473" t="s">
+        <v>3463</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:3">
+      <c r="A1474" t="s">
+        <v>3464</v>
+      </c>
+      <c r="B1474"/>
+      <c r="C1474" t="s">
+        <v>3465</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:3">
+      <c r="A1475" t="s">
+        <v>3466</v>
+      </c>
+      <c r="B1475"/>
+      <c r="C1475" t="s">
+        <v>3467</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:3">
+      <c r="A1476" t="s">
+        <v>3468</v>
+      </c>
+      <c r="B1476"/>
+      <c r="C1476" t="s">
+        <v>3469</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:3">
+      <c r="A1477" t="s">
+        <v>3470</v>
+      </c>
+      <c r="B1477"/>
+      <c r="C1477" t="s">
+        <v>3471</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:3">
+      <c r="A1478" t="s">
+        <v>3472</v>
+      </c>
+      <c r="B1478"/>
+      <c r="C1478" t="s">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:3">
+      <c r="A1479" t="s">
+        <v>3474</v>
+      </c>
+      <c r="B1479"/>
+      <c r="C1479" t="s">
+        <v>3475</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:3">
+      <c r="A1480" t="s">
+        <v>3476</v>
+      </c>
+      <c r="B1480"/>
+      <c r="C1480" t="s">
+        <v>3477</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:3">
+      <c r="A1481" t="s">
+        <v>3478</v>
+      </c>
+      <c r="B1481"/>
+      <c r="C1481" t="s">
+        <v>3479</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:3">
+      <c r="A1482" t="s">
+        <v>3480</v>
+      </c>
+      <c r="B1482"/>
+      <c r="C1482" t="s">
+        <v>3481</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:3">
+      <c r="A1483" t="s">
+        <v>3482</v>
+      </c>
+      <c r="B1483"/>
+      <c r="C1483" t="s">
+        <v>3483</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:3">
+      <c r="A1484" t="s">
+        <v>3484</v>
+      </c>
+      <c r="B1484"/>
+      <c r="C1484" t="s">
+        <v>3485</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:3">
+      <c r="A1485" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B1485"/>
+      <c r="C1485" t="s">
+        <v>3487</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:3">
+      <c r="A1486" t="s">
+        <v>3488</v>
+      </c>
+      <c r="B1486"/>
+      <c r="C1486" t="s">
+        <v>3489</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:3">
+      <c r="A1487" t="s">
+        <v>3490</v>
+      </c>
+      <c r="B1487"/>
+      <c r="C1487" t="s">
+        <v>3491</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:3">
+      <c r="A1488" t="s">
+        <v>3492</v>
+      </c>
+      <c r="B1488" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C1488" t="s">
+        <v>3493</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:3">
+      <c r="A1489" t="s">
+        <v>3494</v>
+      </c>
+      <c r="B1489" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C1489" t="s">
+        <v>3495</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:3">
+      <c r="A1490" t="s">
+        <v>3496</v>
+      </c>
+      <c r="B1490" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1490" t="s">
+        <v>3497</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:3">
+      <c r="A1491" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B1491" t="s">
+        <v>622</v>
+      </c>
+      <c r="C1491" t="s">
+        <v>3499</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:3">
+      <c r="A1492" t="s">
+        <v>3500</v>
+      </c>
+      <c r="B1492" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1492" t="s">
+        <v>3502</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:3">
+      <c r="A1493" t="s">
+        <v>3503</v>
+      </c>
+      <c r="B1493" t="s">
+        <v>3504</v>
+      </c>
+      <c r="C1493" t="s">
+        <v>3505</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:3">
+      <c r="A1494" t="s">
+        <v>3506</v>
+      </c>
+      <c r="B1494" t="s">
+        <v>3504</v>
+      </c>
+      <c r="C1494" t="s">
+        <v>3507</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:3">
+      <c r="A1495" t="s">
+        <v>3508</v>
+      </c>
+      <c r="B1495" t="s">
+        <v>3509</v>
+      </c>
+      <c r="C1495" t="s">
+        <v>3510</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:3">
+      <c r="A1496" t="s">
+        <v>3511</v>
+      </c>
+      <c r="B1496" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C1496" t="s">
+        <v>3512</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:3">
+      <c r="A1497" t="s">
+        <v>3513</v>
+      </c>
+      <c r="B1497" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1497" t="s">
+        <v>3514</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:3">
+      <c r="A1498" t="s">
+        <v>3500</v>
+      </c>
+      <c r="B1498" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1498" t="s">
+        <v>3515</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:3">
+      <c r="A1499" t="s">
+        <v>3516</v>
+      </c>
+      <c r="B1499" t="s">
+        <v>3517</v>
+      </c>
+      <c r="C1499" t="s">
+        <v>3518</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:3">
+      <c r="A1500" t="s">
+        <v>3519</v>
+      </c>
+      <c r="B1500" t="s">
+        <v>3520</v>
+      </c>
+      <c r="C1500" t="s">
+        <v>3521</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:3">
+      <c r="A1501" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B1501" t="s">
+        <v>3520</v>
+      </c>
+      <c r="C1501" t="s">
+        <v>3523</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:3">
+      <c r="A1502" t="s">
+        <v>3524</v>
+      </c>
+      <c r="B1502" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1502" t="s">
+        <v>3525</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:3">
+      <c r="A1503" t="s">
+        <v>3526</v>
+      </c>
+      <c r="B1503" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1503" t="s">
+        <v>3527</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:3">
+      <c r="A1504" t="s">
+        <v>3528</v>
+      </c>
+      <c r="B1504" t="s">
+        <v>3529</v>
+      </c>
+      <c r="C1504" t="s">
+        <v>3530</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:3">
+      <c r="A1505" t="s">
+        <v>3531</v>
+      </c>
+      <c r="B1505"/>
+      <c r="C1505" t="s">
+        <v>3532</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:3">
+      <c r="A1506" t="s">
+        <v>3533</v>
+      </c>
+      <c r="B1506" t="s">
+        <v>3534</v>
+      </c>
+      <c r="C1506" t="s">
+        <v>3535</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:3">
+      <c r="A1507" t="s">
+        <v>3536</v>
+      </c>
+      <c r="B1507" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C1507" t="s">
+        <v>3538</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:3">
+      <c r="A1508" t="s">
+        <v>3539</v>
+      </c>
+      <c r="B1508" t="s">
+        <v>3540</v>
+      </c>
+      <c r="C1508" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:3">
+      <c r="A1509" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B1509" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1509" t="s">
+        <v>3543</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:3">
+      <c r="A1510" t="s">
+        <v>3544</v>
+      </c>
+      <c r="B1510" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1510" t="s">
+        <v>3545</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:3">
+      <c r="A1511" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B1511" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1511" t="s">
+        <v>3546</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:3">
+      <c r="A1512" t="s">
+        <v>2261</v>
+      </c>
+      <c r="B1512" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1512" t="s">
+        <v>3547</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:3">
+      <c r="A1513" t="s">
+        <v>3548</v>
+      </c>
+      <c r="B1513" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1513" t="s">
+        <v>3549</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:3">
+      <c r="A1514" t="s">
+        <v>3550</v>
+      </c>
+      <c r="B1514" t="s">
+        <v>3551</v>
+      </c>
+      <c r="C1514" t="s">
+        <v>3552</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:3">
+      <c r="A1515" t="s">
+        <v>3553</v>
+      </c>
+      <c r="B1515" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C1515" t="s">
+        <v>3554</v>
+      </c>
+    </row>
+    <row r="1516" spans="1:3">
+      <c r="A1516" t="s">
+        <v>3555</v>
+      </c>
+      <c r="B1516" t="s">
+        <v>619</v>
+      </c>
+      <c r="C1516" t="s">
+        <v>3556</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:3">
+      <c r="A1517" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B1517" t="s">
+        <v>3557</v>
+      </c>
+      <c r="C1517" t="s">
+        <v>3558</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:3">
+      <c r="A1518" t="s">
+        <v>3559</v>
+      </c>
+      <c r="B1518" t="s">
+        <v>3560</v>
+      </c>
+      <c r="C1518" t="s">
+        <v>3561</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:3">
+      <c r="A1519" t="s">
+        <v>3562</v>
+      </c>
+      <c r="B1519" t="s">
+        <v>536</v>
+      </c>
+      <c r="C1519" t="s">
+        <v>3563</v>
+      </c>
+    </row>
+    <row r="1520" spans="1:3">
+      <c r="A1520" t="s">
+        <v>3564</v>
+      </c>
+      <c r="B1520" t="s">
+        <v>2455</v>
+      </c>
+      <c r="C1520" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:3">
+      <c r="A1521" t="s">
+        <v>3566</v>
+      </c>
+      <c r="B1521" t="s">
+        <v>500</v>
+      </c>
+      <c r="C1521" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:3">
+      <c r="A1522" t="s">
+        <v>3568</v>
+      </c>
+      <c r="B1522" t="s">
+        <v>3569</v>
+      </c>
+      <c r="C1522" t="s">
+        <v>3570</v>
+      </c>
+    </row>
+    <row r="1523" spans="1:3">
+      <c r="A1523" t="s">
+        <v>3571</v>
+      </c>
+      <c r="B1523" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C1523" t="s">
+        <v>3572</v>
+      </c>
+    </row>
+    <row r="1524" spans="1:3">
+      <c r="A1524" t="s">
+        <v>3573</v>
+      </c>
+      <c r="B1524"/>
+      <c r="C1524" t="s">
+        <v>3574</v>
+      </c>
+    </row>
+    <row r="1525" spans="1:3">
+      <c r="A1525" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B1525" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1525" t="s">
+        <v>3576</v>
+      </c>
+    </row>
+    <row r="1526" spans="1:3">
+      <c r="A1526" t="s">
+        <v>3577</v>
+      </c>
+      <c r="B1526" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1526" t="s">
+        <v>3578</v>
+      </c>
+    </row>
+    <row r="1527" spans="1:3">
+      <c r="A1527" t="s">
+        <v>3579</v>
+      </c>
+      <c r="B1527" t="s">
+        <v>3580</v>
+      </c>
+      <c r="C1527" t="s">
+        <v>3581</v>
+      </c>
+    </row>
+    <row r="1528" spans="1:3">
+      <c r="A1528" t="s">
+        <v>3582</v>
+      </c>
+      <c r="B1528"/>
+      <c r="C1528" t="s">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="1529" spans="1:3">
+      <c r="A1529" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B1529" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C1529" t="s">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="1530" spans="1:3">
+      <c r="A1530" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B1530" t="s">
+        <v>3587</v>
+      </c>
+      <c r="C1530" t="s">
+        <v>3588</v>
+      </c>
+    </row>
+    <row r="1531" spans="1:3">
+      <c r="A1531" t="s">
+        <v>3589</v>
+      </c>
+      <c r="B1531" t="s">
+        <v>3590</v>
+      </c>
+      <c r="C1531" t="s">
+        <v>3591</v>
+      </c>
+    </row>
+    <row r="1532" spans="1:3">
+      <c r="A1532" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B1532" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C1532" t="s">
+        <v>3594</v>
+      </c>
+    </row>
+    <row r="1533" spans="1:3">
+      <c r="A1533" t="s">
+        <v>3595</v>
+      </c>
+      <c r="B1533" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1533" t="s">
+        <v>3596</v>
+      </c>
+    </row>
+    <row r="1534" spans="1:3">
+      <c r="A1534" t="s">
+        <v>3597</v>
+      </c>
+      <c r="B1534" t="s">
+        <v>3534</v>
+      </c>
+      <c r="C1534" t="s">
+        <v>3598</v>
+      </c>
+    </row>
+    <row r="1535" spans="1:3">
+      <c r="A1535" t="s">
+        <v>3599</v>
+      </c>
+      <c r="B1535"/>
+      <c r="C1535" t="s">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="1536" spans="1:3">
+      <c r="A1536" t="s">
+        <v>3601</v>
+      </c>
+      <c r="B1536" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C1536" t="s">
+        <v>3602</v>
+      </c>
+    </row>
+    <row r="1537" spans="1:3">
+      <c r="A1537" t="s">
+        <v>3603</v>
+      </c>
+      <c r="B1537" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1537" t="s">
+        <v>3604</v>
+      </c>
+    </row>
+    <row r="1538" spans="1:3">
+      <c r="A1538" t="s">
+        <v>3605</v>
+      </c>
+      <c r="B1538" t="s">
+        <v>3606</v>
+      </c>
+      <c r="C1538" t="s">
+        <v>3607</v>
+      </c>
+    </row>
+    <row r="1539" spans="1:3">
+      <c r="A1539" t="s">
+        <v>3601</v>
+      </c>
+      <c r="B1539" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C1539" t="s">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="1540" spans="1:3">
+      <c r="A1540" t="s">
+        <v>3609</v>
+      </c>
+      <c r="B1540" t="s">
+        <v>622</v>
+      </c>
+      <c r="C1540" t="s">
+        <v>3610</v>
+      </c>
+    </row>
+    <row r="1541" spans="1:3">
+      <c r="A1541" t="s">
+        <v>3611</v>
+      </c>
+      <c r="B1541" t="s">
+        <v>3022</v>
+      </c>
+      <c r="C1541" t="s">
+        <v>3612</v>
+      </c>
+    </row>
+    <row r="1542" spans="1:3">
+      <c r="A1542" t="s">
+        <v>3613</v>
+      </c>
+      <c r="B1542" t="s">
+        <v>3614</v>
+      </c>
+      <c r="C1542" t="s">
+        <v>3615</v>
+      </c>
+    </row>
+    <row r="1543" spans="1:3">
+      <c r="A1543" t="s">
+        <v>3616</v>
+      </c>
+      <c r="B1543" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1543" t="s">
+        <v>3617</v>
+      </c>
+    </row>
+    <row r="1544" spans="1:3">
+      <c r="A1544" t="s">
+        <v>3618</v>
+      </c>
+      <c r="B1544" t="s">
+        <v>3619</v>
+      </c>
+      <c r="C1544" t="s">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="1545" spans="1:3">
+      <c r="A1545" t="s">
+        <v>3621</v>
+      </c>
+      <c r="B1545" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C1545" t="s">
+        <v>3622</v>
+      </c>
+    </row>
+    <row r="1546" spans="1:3">
+      <c r="A1546" t="s">
+        <v>3623</v>
+      </c>
+      <c r="B1546" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C1546" t="s">
+        <v>3624</v>
+      </c>
+    </row>
+    <row r="1547" spans="1:3">
+      <c r="A1547" t="s">
+        <v>3625</v>
+      </c>
+      <c r="B1547" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1547" t="s">
+        <v>3626</v>
+      </c>
+    </row>
+    <row r="1548" spans="1:3">
+      <c r="A1548" t="s">
+        <v>3601</v>
+      </c>
+      <c r="B1548" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C1548" t="s">
+        <v>3627</v>
+      </c>
+    </row>
+    <row r="1549" spans="1:3">
+      <c r="A1549" t="s">
+        <v>3628</v>
+      </c>
+      <c r="B1549" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C1549" t="s">
+        <v>3629</v>
+      </c>
+    </row>
+    <row r="1550" spans="1:3">
+      <c r="A1550" t="s">
+        <v>3630</v>
+      </c>
+      <c r="B1550" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C1550" t="s">
+        <v>3632</v>
+      </c>
+    </row>
+    <row r="1551" spans="1:3">
+      <c r="A1551" t="s">
+        <v>3633</v>
+      </c>
+      <c r="B1551" t="s">
+        <v>3634</v>
+      </c>
+      <c r="C1551" t="s">
+        <v>3635</v>
+      </c>
+    </row>
+    <row r="1552" spans="1:3">
+      <c r="A1552" t="s">
+        <v>3636</v>
+      </c>
+      <c r="B1552" t="s">
+        <v>3637</v>
+      </c>
+      <c r="C1552" t="s">
+        <v>3638</v>
+      </c>
+    </row>
+    <row r="1553" spans="1:3">
+      <c r="A1553" t="s">
+        <v>3639</v>
+      </c>
+      <c r="B1553" t="s">
+        <v>452</v>
+      </c>
+      <c r="C1553" t="s">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="1554" spans="1:3">
+      <c r="A1554" t="s">
+        <v>3641</v>
+      </c>
+      <c r="B1554" t="s">
+        <v>3642</v>
+      </c>
+      <c r="C1554" t="s">
+        <v>3643</v>
+      </c>
+    </row>
+    <row r="1555" spans="1:3">
+      <c r="A1555" t="s">
+        <v>3644</v>
+      </c>
+      <c r="B1555" t="s">
+        <v>3645</v>
+      </c>
+      <c r="C1555" t="s">
+        <v>3646</v>
+      </c>
+    </row>
+    <row r="1556" spans="1:3">
+      <c r="A1556" t="s">
+        <v>3647</v>
+      </c>
+      <c r="B1556" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C1556" t="s">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:3">
+      <c r="A1557" t="s">
+        <v>3649</v>
+      </c>
+      <c r="B1557" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C1557" t="s">
+        <v>3650</v>
+      </c>
+    </row>
+    <row r="1558" spans="1:3">
+      <c r="A1558" t="s">
+        <v>3651</v>
+      </c>
+      <c r="B1558" t="s">
+        <v>3652</v>
+      </c>
+      <c r="C1558" t="s">
+        <v>3653</v>
+      </c>
+    </row>
+    <row r="1559" spans="1:3">
+      <c r="A1559" t="s">
+        <v>3654</v>
+      </c>
+      <c r="B1559" t="s">
+        <v>3655</v>
+      </c>
+      <c r="C1559" t="s">
+        <v>3656</v>
+      </c>
+    </row>
+    <row r="1560" spans="1:3">
+      <c r="A1560" t="s">
+        <v>3657</v>
+      </c>
+      <c r="B1560" t="s">
+        <v>3658</v>
+      </c>
+      <c r="C1560" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="1561" spans="1:3">
+      <c r="A1561" t="s">
+        <v>3660</v>
+      </c>
+      <c r="B1561" t="s">
+        <v>3661</v>
+      </c>
+      <c r="C1561" t="s">
+        <v>3662</v>
+      </c>
+    </row>
+    <row r="1562" spans="1:3">
+      <c r="A1562" t="s">
+        <v>3663</v>
+      </c>
+      <c r="B1562" t="s">
+        <v>3509</v>
+      </c>
+      <c r="C1562" t="s">
+        <v>3664</v>
+      </c>
+    </row>
+    <row r="1563" spans="1:3">
+      <c r="A1563" t="s">
+        <v>3665</v>
+      </c>
+      <c r="B1563" t="s">
+        <v>3652</v>
+      </c>
+      <c r="C1563" t="s">
+        <v>3666</v>
+      </c>
+    </row>
+    <row r="1564" spans="1:3">
+      <c r="A1564" t="s">
+        <v>3667</v>
+      </c>
+      <c r="B1564" t="s">
+        <v>645</v>
+      </c>
+      <c r="C1564" t="s">
+        <v>3668</v>
+      </c>
+    </row>
+    <row r="1565" spans="1:3">
+      <c r="A1565" t="s">
+        <v>3669</v>
+      </c>
+      <c r="B1565" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1565" t="s">
+        <v>3670</v>
+      </c>
+    </row>
+    <row r="1566" spans="1:3">
+      <c r="A1566" t="s">
+        <v>3671</v>
+      </c>
+      <c r="B1566" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1566" t="s">
+        <v>3672</v>
+      </c>
+    </row>
+    <row r="1567" spans="1:3">
+      <c r="A1567" t="s">
+        <v>3673</v>
+      </c>
+      <c r="B1567" t="s">
+        <v>3674</v>
+      </c>
+      <c r="C1567" t="s">
+        <v>3675</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:3">
+      <c r="A1568" t="s">
+        <v>3676</v>
+      </c>
+      <c r="B1568" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C1568" t="s">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="1569" spans="1:3">
+      <c r="A1569" t="s">
+        <v>3678</v>
+      </c>
+      <c r="B1569" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1569" t="s">
+        <v>3679</v>
+      </c>
+    </row>
+    <row r="1570" spans="1:3">
+      <c r="A1570" t="s">
+        <v>3680</v>
+      </c>
+      <c r="B1570" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1570" t="s">
+        <v>3681</v>
+      </c>
+    </row>
+    <row r="1571" spans="1:3">
+      <c r="A1571" t="s">
+        <v>3682</v>
+      </c>
+      <c r="B1571" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1571" t="s">
+        <v>3683</v>
+      </c>
+    </row>
+    <row r="1572" spans="1:3">
+      <c r="A1572" t="s">
+        <v>3684</v>
+      </c>
+      <c r="B1572" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1572" t="s">
+        <v>3685</v>
+      </c>
+    </row>
+    <row r="1573" spans="1:3">
+      <c r="A1573" t="s">
+        <v>3686</v>
+      </c>
+      <c r="B1573" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1573" t="s">
+        <v>3687</v>
+      </c>
+    </row>
+    <row r="1574" spans="1:3">
+      <c r="A1574" t="s">
+        <v>3688</v>
+      </c>
+      <c r="B1574" t="s">
+        <v>3689</v>
+      </c>
+      <c r="C1574" t="s">
+        <v>3690</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:3">
+      <c r="A1575" t="s">
+        <v>3691</v>
+      </c>
+      <c r="B1575" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C1575" t="s">
+        <v>3692</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:3">
+      <c r="A1576" t="s">
+        <v>3693</v>
+      </c>
+      <c r="B1576" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1576" t="s">
+        <v>3694</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:3">
+      <c r="A1577" t="s">
+        <v>3695</v>
+      </c>
+      <c r="B1577" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C1577" t="s">
+        <v>3696</v>
+      </c>
+    </row>
+    <row r="1578" spans="1:3">
+      <c r="A1578" t="s">
+        <v>3697</v>
+      </c>
+      <c r="B1578" t="s">
+        <v>3698</v>
+      </c>
+      <c r="C1578" t="s">
+        <v>3699</v>
+      </c>
+    </row>
+    <row r="1579" spans="1:3">
+      <c r="A1579" t="s">
+        <v>3700</v>
+      </c>
+      <c r="B1579" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1579" t="s">
+        <v>3701</v>
+      </c>
+    </row>
+    <row r="1580" spans="1:3">
+      <c r="A1580" t="s">
+        <v>3702</v>
+      </c>
+      <c r="B1580" t="s">
+        <v>760</v>
+      </c>
+      <c r="C1580" t="s">
+        <v>3703</v>
+      </c>
+    </row>
+    <row r="1581" spans="1:3">
+      <c r="A1581" t="s">
+        <v>3704</v>
+      </c>
+      <c r="B1581" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1581" t="s">
+        <v>3705</v>
+      </c>
+    </row>
+    <row r="1582" spans="1:3">
+      <c r="A1582" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B1582" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C1582" t="s">
+        <v>3708</v>
+      </c>
+    </row>
+    <row r="1583" spans="1:3">
+      <c r="A1583" t="s">
+        <v>3709</v>
+      </c>
+      <c r="B1583" t="s">
+        <v>3689</v>
+      </c>
+      <c r="C1583" t="s">
+        <v>3710</v>
+      </c>
+    </row>
+    <row r="1584" spans="1:3">
+      <c r="A1584" t="s">
+        <v>3711</v>
+      </c>
+      <c r="B1584" t="s">
+        <v>3712</v>
+      </c>
+      <c r="C1584" t="s">
+        <v>3713</v>
+      </c>
+    </row>
+    <row r="1585" spans="1:3">
+      <c r="A1585" t="s">
+        <v>3714</v>
+      </c>
+      <c r="B1585" t="s">
+        <v>645</v>
+      </c>
+      <c r="C1585" t="s">
+        <v>3715</v>
+      </c>
+    </row>
+    <row r="1586" spans="1:3">
+      <c r="A1586" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B1586" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C1586" t="s">
+        <v>3717</v>
+      </c>
+    </row>
+    <row r="1587" spans="1:3">
+      <c r="A1587" t="s">
+        <v>3718</v>
+      </c>
+      <c r="B1587" t="s">
+        <v>3719</v>
+      </c>
+      <c r="C1587" t="s">
+        <v>3720</v>
+      </c>
+    </row>
+    <row r="1588" spans="1:3">
+      <c r="A1588" t="s">
+        <v>3721</v>
+      </c>
+      <c r="B1588"/>
+      <c r="C1588" t="s">
+        <v>3722</v>
+      </c>
+    </row>
+    <row r="1589" spans="1:3">
+      <c r="A1589" t="s">
+        <v>3723</v>
+      </c>
+      <c r="B1589" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1589" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="1590" spans="1:3">
+      <c r="A1590" t="s">
+        <v>3725</v>
+      </c>
+      <c r="B1590" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1590" t="s">
+        <v>3726</v>
+      </c>
+    </row>
+    <row r="1591" spans="1:3">
+      <c r="A1591" t="s">
+        <v>3727</v>
+      </c>
+      <c r="B1591" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1591" t="s">
+        <v>3728</v>
+      </c>
+    </row>
+    <row r="1592" spans="1:3">
+      <c r="A1592" t="s">
+        <v>3729</v>
+      </c>
+      <c r="B1592"/>
+      <c r="C1592" t="s">
+        <v>3730</v>
+      </c>
+    </row>
+    <row r="1593" spans="1:3">
+      <c r="A1593" t="s">
+        <v>3731</v>
+      </c>
+      <c r="B1593" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1593" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="1594" spans="1:3">
+      <c r="A1594" t="s">
+        <v>3733</v>
+      </c>
+      <c r="B1594" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1594" t="s">
+        <v>3734</v>
+      </c>
+    </row>
+    <row r="1595" spans="1:3">
+      <c r="A1595" t="s">
+        <v>3735</v>
+      </c>
+      <c r="B1595" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C1595" t="s">
+        <v>3736</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:3">
+      <c r="A1596" t="s">
+        <v>3737</v>
+      </c>
+      <c r="B1596"/>
+      <c r="C1596" t="s">
+        <v>3738</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:3">
+      <c r="A1597" t="s">
+        <v>3739</v>
+      </c>
+      <c r="B1597" t="s">
+        <v>3740</v>
+      </c>
+      <c r="C1597" t="s">
+        <v>3741</v>
+      </c>
+    </row>
+    <row r="1598" spans="1:3">
+      <c r="A1598" t="s">
+        <v>3742</v>
+      </c>
+      <c r="B1598" t="s">
+        <v>3743</v>
+      </c>
+      <c r="C1598" t="s">
+        <v>3744</v>
+      </c>
+    </row>
+    <row r="1599" spans="1:3">
+      <c r="A1599" t="s">
+        <v>3745</v>
+      </c>
+      <c r="B1599" t="s">
+        <v>3746</v>
+      </c>
+      <c r="C1599" t="s">
+        <v>3747</v>
+      </c>
+    </row>
+    <row r="1600" spans="1:3">
+      <c r="A1600" t="s">
+        <v>3748</v>
+      </c>
+      <c r="B1600" t="s">
+        <v>3560</v>
+      </c>
+      <c r="C1600" t="s">
+        <v>3749</v>
+      </c>
+    </row>
+    <row r="1601" spans="1:3">
+      <c r="A1601" t="s">
+        <v>3750</v>
+      </c>
+      <c r="B1601" t="s">
+        <v>3560</v>
+      </c>
+      <c r="C1601" t="s">
+        <v>3751</v>
+      </c>
+    </row>
+    <row r="1602" spans="1:3">
+      <c r="A1602" t="s">
+        <v>3752</v>
+      </c>
+      <c r="B1602"/>
+      <c r="C1602" t="s">
+        <v>3753</v>
+      </c>
+    </row>
+    <row r="1603" spans="1:3">
+      <c r="A1603" t="s">
+        <v>3754</v>
+      </c>
+      <c r="B1603" t="s">
+        <v>3755</v>
+      </c>
+      <c r="C1603" t="s">
+        <v>3756</v>
+      </c>
+    </row>
+    <row r="1604" spans="1:3">
+      <c r="A1604" t="s">
+        <v>3757</v>
+      </c>
+      <c r="B1604" t="s">
+        <v>3758</v>
+      </c>
+      <c r="C1604" t="s">
+        <v>3759</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:3">
+      <c r="A1605" t="s">
+        <v>3760</v>
+      </c>
+      <c r="B1605" t="s">
+        <v>3758</v>
+      </c>
+      <c r="C1605" t="s">
+        <v>3761</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:3">
+      <c r="A1606" t="s">
+        <v>3762</v>
+      </c>
+      <c r="B1606" t="s">
+        <v>3758</v>
+      </c>
+      <c r="C1606" t="s">
+        <v>3763</v>
+      </c>
+    </row>
+    <row r="1607" spans="1:3">
+      <c r="A1607" t="s">
+        <v>3764</v>
+      </c>
+      <c r="B1607" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C1607" t="s">
+        <v>3765</v>
+      </c>
+    </row>
+    <row r="1608" spans="1:3">
+      <c r="A1608" t="s">
+        <v>3766</v>
+      </c>
+      <c r="B1608" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C1608" t="s">
+        <v>3767</v>
+      </c>
+    </row>
+    <row r="1609" spans="1:3">
+      <c r="A1609" t="s">
+        <v>3768</v>
+      </c>
+      <c r="B1609"/>
+      <c r="C1609" t="s">
+        <v>3769</v>
+      </c>
+    </row>
+    <row r="1610" spans="1:3">
+      <c r="A1610" t="s">
+        <v>3770</v>
+      </c>
+      <c r="B1610" t="s">
+        <v>3771</v>
+      </c>
+      <c r="C1610" t="s">
+        <v>3772</v>
+      </c>
+    </row>
+    <row r="1611" spans="1:3">
+      <c r="A1611" t="s">
+        <v>3773</v>
+      </c>
+      <c r="B1611"/>
+      <c r="C1611" t="s">
+        <v>3774</v>
+      </c>
+    </row>
+    <row r="1612" spans="1:3">
+      <c r="A1612" t="s">
+        <v>3775</v>
+      </c>
+      <c r="B1612"/>
+      <c r="C1612" t="s">
+        <v>3776</v>
+      </c>
+    </row>
+    <row r="1613" spans="1:3">
+      <c r="A1613" t="s">
+        <v>3777</v>
+      </c>
+      <c r="B1613"/>
+      <c r="C1613" t="s">
+        <v>3778</v>
+      </c>
+    </row>
+    <row r="1614" spans="1:3">
+      <c r="A1614" t="s">
+        <v>3779</v>
+      </c>
+      <c r="B1614"/>
+      <c r="C1614" t="s">
+        <v>3780</v>
+      </c>
+    </row>
+    <row r="1615" spans="1:3">
+      <c r="A1615" t="s">
+        <v>3781</v>
+      </c>
+      <c r="B1615" t="s">
+        <v>3782</v>
+      </c>
+      <c r="C1615" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:3">
+      <c r="A1616" t="s">
+        <v>3784</v>
+      </c>
+      <c r="B1616"/>
+      <c r="C1616" t="s">
+        <v>3785</v>
+      </c>
+    </row>
+    <row r="1617" spans="1:3">
+      <c r="A1617" t="s">
+        <v>3786</v>
+      </c>
+      <c r="B1617"/>
+      <c r="C1617" t="s">
+        <v>3787</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:3">
+      <c r="A1618" t="s">
+        <v>3788</v>
+      </c>
+      <c r="B1618" t="s">
+        <v>3712</v>
+      </c>
+      <c r="C1618" t="s">
+        <v>3789</v>
+      </c>
+    </row>
+    <row r="1619" spans="1:3">
+      <c r="A1619" t="s">
+        <v>3790</v>
+      </c>
+      <c r="B1619" t="s">
+        <v>3791</v>
+      </c>
+      <c r="C1619" t="s">
+        <v>3792</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:3">
+      <c r="A1620" t="s">
+        <v>3793</v>
+      </c>
+      <c r="B1620" t="s">
+        <v>3791</v>
+      </c>
+      <c r="C1620" t="s">
+        <v>3794</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:3">
+      <c r="A1621" t="s">
+        <v>3795</v>
+      </c>
+      <c r="B1621"/>
+      <c r="C1621" t="s">
+        <v>3796</v>
+      </c>
+    </row>
+    <row r="1622" spans="1:3">
+      <c r="A1622" t="s">
+        <v>3797</v>
+      </c>
+      <c r="B1622" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C1622" t="s">
+        <v>3798</v>
+      </c>
+    </row>
+    <row r="1623" spans="1:3">
+      <c r="A1623" t="s">
+        <v>3799</v>
+      </c>
+      <c r="B1623" t="s">
+        <v>3800</v>
+      </c>
+      <c r="C1623" t="s">
+        <v>3801</v>
+      </c>
+    </row>
+    <row r="1624" spans="1:3">
+      <c r="A1624" t="s">
+        <v>3802</v>
+      </c>
+      <c r="B1624" t="s">
+        <v>3803</v>
+      </c>
+      <c r="C1624" t="s">
+        <v>3804</v>
+      </c>
+    </row>
+    <row r="1625" spans="1:3">
+      <c r="A1625" t="s">
+        <v>3805</v>
+      </c>
+      <c r="B1625" t="s">
+        <v>3712</v>
+      </c>
+      <c r="C1625" t="s">
+        <v>3806</v>
+      </c>
+    </row>
+    <row r="1626" spans="1:3">
+      <c r="A1626" t="s">
+        <v>3807</v>
+      </c>
+      <c r="B1626" t="s">
+        <v>619</v>
+      </c>
+      <c r="C1626" t="s">
+        <v>3808</v>
+      </c>
+    </row>
+    <row r="1627" spans="1:3">
+      <c r="A1627" t="s">
+        <v>3809</v>
+      </c>
+      <c r="B1627" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1627" t="s">
+        <v>3810</v>
+      </c>
+    </row>
+    <row r="1628" spans="1:3">
+      <c r="A1628" t="s">
+        <v>3811</v>
+      </c>
+      <c r="B1628" t="s">
+        <v>3812</v>
+      </c>
+      <c r="C1628" t="s">
+        <v>3813</v>
+      </c>
+    </row>
+    <row r="1629" spans="1:3">
+      <c r="A1629" t="s">
+        <v>3814</v>
+      </c>
+      <c r="B1629" t="s">
+        <v>3812</v>
+      </c>
+      <c r="C1629" t="s">
+        <v>3815</v>
+      </c>
+    </row>
+    <row r="1630" spans="1:3">
+      <c r="A1630" t="s">
+        <v>3816</v>
+      </c>
+      <c r="B1630" t="s">
+        <v>3812</v>
+      </c>
+      <c r="C1630" t="s">
+        <v>3817</v>
+      </c>
+    </row>
+    <row r="1631" spans="1:3">
+      <c r="A1631" t="s">
+        <v>3818</v>
+      </c>
+      <c r="B1631" t="s">
+        <v>3800</v>
+      </c>
+      <c r="C1631" t="s">
+        <v>3819</v>
+      </c>
+    </row>
+    <row r="1632" spans="1:3">
+      <c r="A1632" t="s">
+        <v>3820</v>
+      </c>
+      <c r="B1632" t="s">
+        <v>3821</v>
+      </c>
+      <c r="C1632" t="s">
+        <v>3822</v>
+      </c>
+    </row>
+    <row r="1633" spans="1:3">
+      <c r="A1633" t="s">
+        <v>3823</v>
+      </c>
+      <c r="B1633" t="s">
+        <v>3824</v>
+      </c>
+      <c r="C1633" t="s">
+        <v>3825</v>
+      </c>
+    </row>
+    <row r="1634" spans="1:3">
+      <c r="A1634" t="s">
+        <v>3826</v>
+      </c>
+      <c r="B1634" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C1634" t="s">
+        <v>3827</v>
+      </c>
+    </row>
+    <row r="1635" spans="1:3">
+      <c r="A1635" t="s">
+        <v>3828</v>
+      </c>
+      <c r="B1635" t="s">
+        <v>3803</v>
+      </c>
+      <c r="C1635" t="s">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="1636" spans="1:3">
+      <c r="A1636" t="s">
+        <v>3830</v>
+      </c>
+      <c r="B1636"/>
+      <c r="C1636" t="s">
+        <v>3831</v>
+      </c>
+    </row>
+    <row r="1637" spans="1:3">
+      <c r="A1637" t="s">
+        <v>3832</v>
+      </c>
+      <c r="B1637"/>
+      <c r="C1637" t="s">
+        <v>3833</v>
+      </c>
+    </row>
+    <row r="1638" spans="1:3">
+      <c r="A1638" t="s">
+        <v>3834</v>
+      </c>
+      <c r="B1638" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1638" t="s">
+        <v>3835</v>
+      </c>
+    </row>
+    <row r="1639" spans="1:3">
+      <c r="A1639" t="s">
+        <v>3836</v>
+      </c>
+      <c r="B1639" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C1639" t="s">
+        <v>3837</v>
+      </c>
+    </row>
+    <row r="1640" spans="1:3">
+      <c r="A1640" t="s">
+        <v>3838</v>
+      </c>
+      <c r="B1640" t="s">
+        <v>3839</v>
+      </c>
+      <c r="C1640" t="s">
+        <v>3840</v>
+      </c>
+    </row>
+    <row r="1641" spans="1:3">
+      <c r="A1641" t="s">
+        <v>3841</v>
+      </c>
+      <c r="B1641" t="s">
+        <v>3842</v>
+      </c>
+      <c r="C1641" t="s">
+        <v>3843</v>
+      </c>
+    </row>
+    <row r="1642" spans="1:3">
+      <c r="A1642" t="s">
+        <v>3844</v>
+      </c>
+      <c r="B1642" t="s">
+        <v>3845</v>
+      </c>
+      <c r="C1642" t="s">
+        <v>3846</v>
+      </c>
+    </row>
+    <row r="1643" spans="1:3">
+      <c r="A1643" t="s">
+        <v>3847</v>
+      </c>
+      <c r="B1643" t="s">
+        <v>3848</v>
+      </c>
+      <c r="C1643" t="s">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="1644" spans="1:3">
+      <c r="A1644" t="s">
+        <v>3850</v>
+      </c>
+      <c r="B1644" t="s">
+        <v>3851</v>
+      </c>
+      <c r="C1644" t="s">
+        <v>3852</v>
+      </c>
+    </row>
+    <row r="1645" spans="1:3">
+      <c r="A1645" t="s">
+        <v>3853</v>
+      </c>
+      <c r="B1645" t="s">
+        <v>3842</v>
+      </c>
+      <c r="C1645" t="s">
+        <v>3854</v>
+      </c>
+    </row>
+    <row r="1646" spans="1:3">
+      <c r="A1646" t="s">
+        <v>3855</v>
+      </c>
+      <c r="B1646"/>
+      <c r="C1646" t="s">
+        <v>3856</v>
+      </c>
+    </row>
+    <row r="1647" spans="1:3">
+      <c r="A1647" t="s">
+        <v>3857</v>
+      </c>
+      <c r="B1647" t="s">
+        <v>3858</v>
+      </c>
+      <c r="C1647" t="s">
+        <v>3859</v>
+      </c>
+    </row>
+    <row r="1648" spans="1:3">
+      <c r="A1648" t="s">
+        <v>3860</v>
+      </c>
+      <c r="B1648" t="s">
+        <v>619</v>
+      </c>
+      <c r="C1648" t="s">
+        <v>3861</v>
+      </c>
+    </row>
+    <row r="1649" spans="1:3">
+      <c r="A1649" t="s">
+        <v>3862</v>
+      </c>
+      <c r="B1649" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1649" t="s">
+        <v>3863</v>
+      </c>
+    </row>
+    <row r="1650" spans="1:3">
+      <c r="A1650" t="s">
+        <v>3864</v>
+      </c>
+      <c r="B1650" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C1650" t="s">
+        <v>3865</v>
+      </c>
+    </row>
+    <row r="1651" spans="1:3">
+      <c r="A1651" t="s">
+        <v>3866</v>
+      </c>
+      <c r="B1651" t="s">
+        <v>3867</v>
+      </c>
+      <c r="C1651" t="s">
+        <v>3868</v>
+      </c>
+    </row>
+    <row r="1652" spans="1:3">
+      <c r="A1652" t="s">
+        <v>3869</v>
+      </c>
+      <c r="B1652" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1652" t="s">
+        <v>3870</v>
+      </c>
+    </row>
+    <row r="1653" spans="1:3">
+      <c r="A1653" t="s">
+        <v>3871</v>
+      </c>
+      <c r="B1653" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1653" t="s">
+        <v>3872</v>
+      </c>
+    </row>
+    <row r="1654" spans="1:3">
+      <c r="A1654" t="s">
+        <v>3873</v>
+      </c>
+      <c r="B1654" t="s">
+        <v>3874</v>
+      </c>
+      <c r="C1654" t="s">
+        <v>3875</v>
+      </c>
+    </row>
+    <row r="1655" spans="1:3">
+      <c r="A1655" t="s">
+        <v>3876</v>
+      </c>
+      <c r="B1655" t="s">
+        <v>3877</v>
+      </c>
+      <c r="C1655" t="s">
+        <v>3878</v>
+      </c>
+    </row>
+    <row r="1656" spans="1:3">
+      <c r="A1656" t="s">
+        <v>3879</v>
+      </c>
+      <c r="B1656" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C1656" t="s">
+        <v>3880</v>
+      </c>
+    </row>
+    <row r="1657" spans="1:3">
+      <c r="A1657" t="s">
+        <v>3881</v>
+      </c>
+      <c r="B1657" t="s">
+        <v>3882</v>
+      </c>
+      <c r="C1657" t="s">
+        <v>3883</v>
+      </c>
+    </row>
+    <row r="1658" spans="1:3">
+      <c r="A1658" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B1658" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C1658" t="s">
+        <v>3884</v>
+      </c>
+    </row>
+    <row r="1659" spans="1:3">
+      <c r="A1659" t="s">
+        <v>3885</v>
+      </c>
+      <c r="B1659" t="s">
+        <v>760</v>
+      </c>
+      <c r="C1659" t="s">
+        <v>3886</v>
+      </c>
+    </row>
+    <row r="1660" spans="1:3">
+      <c r="A1660" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B1660" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C1660" t="s">
+        <v>3887</v>
+      </c>
+    </row>
+    <row r="1661" spans="1:3">
+      <c r="A1661" t="s">
+        <v>3739</v>
+      </c>
+      <c r="B1661" t="s">
+        <v>3740</v>
+      </c>
+      <c r="C1661" t="s">
+        <v>3888</v>
+      </c>
+    </row>
+    <row r="1662" spans="1:3">
+      <c r="A1662" t="s">
+        <v>3889</v>
+      </c>
+      <c r="B1662" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C1662" t="s">
+        <v>3890</v>
+      </c>
+    </row>
+    <row r="1663" spans="1:3">
+      <c r="A1663" t="s">
+        <v>3891</v>
+      </c>
+      <c r="B1663" t="s">
+        <v>3580</v>
+      </c>
+      <c r="C1663" t="s">
+        <v>3892</v>
+      </c>
+    </row>
+    <row r="1664" spans="1:3">
+      <c r="A1664" t="s">
+        <v>3893</v>
+      </c>
+      <c r="B1664" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1664" t="s">
+        <v>3894</v>
+      </c>
+    </row>
+    <row r="1665" spans="1:3">
+      <c r="A1665" t="s">
+        <v>3895</v>
+      </c>
+      <c r="B1665"/>
+      <c r="C1665" t="s">
+        <v>3896</v>
+      </c>
+    </row>
+    <row r="1666" spans="1:3">
+      <c r="A1666" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B1666" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C1666" t="s">
+        <v>3899</v>
+      </c>
+    </row>
+    <row r="1667" spans="1:3">
+      <c r="A1667" t="s">
+        <v>3900</v>
+      </c>
+      <c r="B1667" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C1667" t="s">
+        <v>3901</v>
+      </c>
+    </row>
+    <row r="1668" spans="1:3">
+      <c r="A1668" t="s">
+        <v>3902</v>
+      </c>
+      <c r="B1668" t="s">
+        <v>3903</v>
+      </c>
+      <c r="C1668" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1669" spans="1:3">
+      <c r="A1669" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B1669"/>
+      <c r="C1669" t="s">
+        <v>3905</v>
+      </c>
+    </row>
+    <row r="1670" spans="1:3">
+      <c r="A1670" t="s">
+        <v>3906</v>
+      </c>
+      <c r="B1670" t="s">
+        <v>645</v>
+      </c>
+      <c r="C1670" t="s">
+        <v>3907</v>
+      </c>
+    </row>
+    <row r="1671" spans="1:3">
+      <c r="A1671" t="s">
+        <v>3908</v>
+      </c>
+      <c r="B1671" t="s">
+        <v>3909</v>
+      </c>
+      <c r="C1671" t="s">
+        <v>3910</v>
+      </c>
+    </row>
+    <row r="1672" spans="1:3">
+      <c r="A1672" t="s">
+        <v>3911</v>
+      </c>
+      <c r="B1672" t="s">
+        <v>3912</v>
+      </c>
+      <c r="C1672" t="s">
+        <v>3913</v>
+      </c>
+    </row>
+    <row r="1673" spans="1:3">
+      <c r="A1673" t="s">
+        <v>3914</v>
+      </c>
+      <c r="B1673" t="s">
+        <v>619</v>
+      </c>
+      <c r="C1673" t="s">
+        <v>3915</v>
+      </c>
+    </row>
+    <row r="1674" spans="1:3">
+      <c r="A1674" t="s">
+        <v>3916</v>
+      </c>
+      <c r="B1674" t="s">
+        <v>3917</v>
+      </c>
+      <c r="C1674" t="s">
+        <v>3918</v>
+      </c>
+    </row>
+    <row r="1675" spans="1:3">
+      <c r="A1675" t="s">
+        <v>3919</v>
+      </c>
+      <c r="B1675" t="s">
+        <v>3920</v>
+      </c>
+      <c r="C1675" t="s">
+        <v>3921</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:3">
+      <c r="A1676" t="s">
+        <v>3922</v>
+      </c>
+      <c r="B1676" t="s">
+        <v>3923</v>
+      </c>
+      <c r="C1676" t="s">
+        <v>3924</v>
+      </c>
+    </row>
+    <row r="1677" spans="1:3">
+      <c r="A1677" t="s">
+        <v>3925</v>
+      </c>
+      <c r="B1677" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1677" t="s">
+        <v>3926</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:3">
+      <c r="A1678" t="s">
+        <v>3927</v>
+      </c>
+      <c r="B1678" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1678" t="s">
+        <v>3928</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:3">
+      <c r="A1679" t="s">
+        <v>3929</v>
+      </c>
+      <c r="B1679" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1679" t="s">
+        <v>3930</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:3">
+      <c r="A1680" t="s">
+        <v>3931</v>
+      </c>
+      <c r="B1680" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1680" t="s">
+        <v>3932</v>
+      </c>
+    </row>
+    <row r="1681" spans="1:3">
+      <c r="A1681" t="s">
+        <v>3933</v>
+      </c>
+      <c r="B1681" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1681" t="s">
+        <v>3934</v>
+      </c>
+    </row>
+    <row r="1682" spans="1:3">
+      <c r="A1682" t="s">
+        <v>3935</v>
+      </c>
+      <c r="B1682" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1682" t="s">
+        <v>3936</v>
+      </c>
+    </row>
+    <row r="1683" spans="1:3">
+      <c r="A1683" t="s">
+        <v>3937</v>
+      </c>
+      <c r="B1683" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1683" t="s">
+        <v>3938</v>
+      </c>
+    </row>
+    <row r="1684" spans="1:3">
+      <c r="A1684" t="s">
+        <v>3939</v>
+      </c>
+      <c r="B1684" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1684" t="s">
+        <v>3940</v>
+      </c>
+    </row>
+    <row r="1685" spans="1:3">
+      <c r="A1685" t="s">
+        <v>3941</v>
+      </c>
+      <c r="B1685" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1685" t="s">
+        <v>3942</v>
+      </c>
+    </row>
+    <row r="1686" spans="1:3">
+      <c r="A1686" t="s">
+        <v>3943</v>
+      </c>
+      <c r="B1686" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1686" t="s">
+        <v>3944</v>
+      </c>
+    </row>
+    <row r="1687" spans="1:3">
+      <c r="A1687" t="s">
+        <v>3945</v>
+      </c>
+      <c r="B1687" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C1687" t="s">
+        <v>3946</v>
+      </c>
+    </row>
+    <row r="1688" spans="1:3">
+      <c r="A1688" t="s">
+        <v>3947</v>
+      </c>
+      <c r="B1688" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1688" t="s">
+        <v>3948</v>
+      </c>
+    </row>
+    <row r="1689" spans="1:3">
+      <c r="A1689" t="s">
+        <v>3949</v>
+      </c>
+      <c r="B1689" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1689" t="s">
+        <v>3950</v>
+      </c>
+    </row>
+    <row r="1690" spans="1:3">
+      <c r="A1690" t="s">
+        <v>3951</v>
+      </c>
+      <c r="B1690" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1690" t="s">
+        <v>3952</v>
+      </c>
+    </row>
+    <row r="1691" spans="1:3">
+      <c r="A1691" t="s">
+        <v>3953</v>
+      </c>
+      <c r="B1691" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1691" t="s">
+        <v>3954</v>
+      </c>
+    </row>
+    <row r="1692" spans="1:3">
+      <c r="A1692" t="s">
+        <v>3955</v>
+      </c>
+      <c r="B1692" t="s">
+        <v>3674</v>
+      </c>
+      <c r="C1692" t="s">
+        <v>3956</v>
+      </c>
+    </row>
+    <row r="1693" spans="1:3">
+      <c r="A1693" t="s">
+        <v>3957</v>
+      </c>
+      <c r="B1693" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1693" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:3">
+      <c r="A1694" t="s">
+        <v>3959</v>
+      </c>
+      <c r="B1694" t="s">
+        <v>760</v>
+      </c>
+      <c r="C1694" t="s">
+        <v>3960</v>
+      </c>
+    </row>
+    <row r="1695" spans="1:3">
+      <c r="A1695" t="s">
+        <v>3961</v>
+      </c>
+      <c r="B1695" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1695" t="s">
+        <v>3962</v>
+      </c>
+    </row>
+    <row r="1696" spans="1:3">
+      <c r="A1696" t="s">
+        <v>3630</v>
+      </c>
+      <c r="B1696" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C1696" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1697" spans="1:3">
+      <c r="A1697" t="s">
+        <v>3964</v>
+      </c>
+      <c r="B1697" t="s">
+        <v>3965</v>
+      </c>
+      <c r="C1697" t="s">
+        <v>3966</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:3">
+      <c r="A1698" t="s">
+        <v>3967</v>
+      </c>
+      <c r="B1698" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1698" t="s">
+        <v>3968</v>
+      </c>
+    </row>
+    <row r="1699" spans="1:3">
+      <c r="A1699" t="s">
+        <v>3969</v>
+      </c>
+      <c r="B1699" t="s">
+        <v>3970</v>
+      </c>
+      <c r="C1699" t="s">
+        <v>3971</v>
+      </c>
+    </row>
+    <row r="1700" spans="1:3">
+      <c r="A1700" t="s">
+        <v>3972</v>
+      </c>
+      <c r="B1700" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C1700" t="s">
+        <v>3973</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:3">
+      <c r="A1701" t="s">
+        <v>3974</v>
+      </c>
+      <c r="B1701"/>
+      <c r="C1701" t="s">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:3">
+      <c r="A1702" t="s">
+        <v>3976</v>
+      </c>
+      <c r="B1702" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C1702" t="s">
+        <v>3977</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:3">
+      <c r="A1703" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B1703" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C1703" t="s">
+        <v>3978</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:3">
+      <c r="A1704" t="s">
+        <v>3979</v>
+      </c>
+      <c r="B1704"/>
+      <c r="C1704" t="s">
+        <v>3980</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:3">
+      <c r="A1705" t="s">
+        <v>3981</v>
+      </c>
+      <c r="B1705" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1705" t="s">
+        <v>3982</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:3">
+      <c r="A1706" t="s">
+        <v>3983</v>
+      </c>
+      <c r="B1706"/>
+      <c r="C1706" t="s">
+        <v>3984</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:3">
+      <c r="A1707" t="s">
+        <v>3985</v>
+      </c>
+      <c r="B1707"/>
+      <c r="C1707" t="s">
+        <v>3986</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:3">
+      <c r="A1708" t="s">
+        <v>3987</v>
+      </c>
+      <c r="B1708" t="s">
+        <v>3988</v>
+      </c>
+      <c r="C1708" t="s">
+        <v>3989</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:3">
+      <c r="A1709" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B1709"/>
+      <c r="C1709" t="s">
+        <v>3991</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:3">
+      <c r="A1710" t="s">
+        <v>3992</v>
+      </c>
+      <c r="B1710" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C1710" t="s">
+        <v>3993</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:3">
+      <c r="A1711" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B1711" t="s">
+        <v>3569</v>
+      </c>
+      <c r="C1711" t="s">
+        <v>3995</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:3">
+      <c r="A1712" t="s">
+        <v>3996</v>
+      </c>
+      <c r="B1712" t="s">
+        <v>3997</v>
+      </c>
+      <c r="C1712" t="s">
+        <v>3998</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:3">
+      <c r="A1713" t="s">
+        <v>3999</v>
+      </c>
+      <c r="B1713" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C1713" t="s">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:3">
+      <c r="A1714" t="s">
+        <v>4001</v>
+      </c>
+      <c r="B1714" t="s">
+        <v>500</v>
+      </c>
+      <c r="C1714" t="s">
+        <v>4002</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:3">
+      <c r="A1715" t="s">
+        <v>4003</v>
+      </c>
+      <c r="B1715" t="s">
+        <v>4004</v>
+      </c>
+      <c r="C1715" t="s">
+        <v>4005</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:3">
+      <c r="A1716" t="s">
+        <v>4006</v>
+      </c>
+      <c r="B1716" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1716" t="s">
+        <v>4007</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:3">
+      <c r="A1717" t="s">
+        <v>4008</v>
+      </c>
+      <c r="B1717" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C1717" t="s">
+        <v>4009</v>
+      </c>
+    </row>
+    <row r="1718" spans="1:3">
+      <c r="A1718" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B1718" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C1718" t="s">
+        <v>4011</v>
+      </c>
+    </row>
+    <row r="1719" spans="1:3">
+      <c r="A1719" t="s">
+        <v>4012</v>
+      </c>
+      <c r="B1719" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1719" t="s">
+        <v>4013</v>
+      </c>
+    </row>
+    <row r="1720" spans="1:3">
+      <c r="A1720" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B1720"/>
+      <c r="C1720" t="s">
+        <v>4015</v>
+      </c>
+    </row>
+    <row r="1721" spans="1:3">
+      <c r="A1721" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B1721" t="s">
+        <v>4016</v>
+      </c>
+      <c r="C1721" t="s">
+        <v>4017</v>
+      </c>
+    </row>
+    <row r="1722" spans="1:3">
+      <c r="A1722" t="s">
+        <v>4018</v>
+      </c>
+      <c r="B1722" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C1722" t="s">
+        <v>4019</v>
+      </c>
+    </row>
+    <row r="1723" spans="1:3">
+      <c r="A1723" t="s">
+        <v>4020</v>
+      </c>
+      <c r="B1723" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C1723" t="s">
+        <v>4022</v>
+      </c>
+    </row>
+    <row r="1724" spans="1:3">
+      <c r="A1724" t="s">
+        <v>4023</v>
+      </c>
+      <c r="B1724"/>
+      <c r="C1724" t="s">
+        <v>4024</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:3">
+      <c r="A1725" t="s">
+        <v>3613</v>
+      </c>
+      <c r="B1725" t="s">
+        <v>3614</v>
+      </c>
+      <c r="C1725" t="s">
+        <v>4025</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:3">
+      <c r="A1726" t="s">
+        <v>4026</v>
+      </c>
+      <c r="B1726" t="s">
+        <v>4027</v>
+      </c>
+      <c r="C1726" t="s">
+        <v>4028</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:3">
+      <c r="A1727" t="s">
+        <v>4029</v>
+      </c>
+      <c r="B1727"/>
+      <c r="C1727" t="s">
+        <v>4030</v>
+      </c>
+    </row>
+    <row r="1728" spans="1:3">
+      <c r="A1728" t="s">
+        <v>4031</v>
+      </c>
+      <c r="B1728"/>
+      <c r="C1728" t="s">
+        <v>4032</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:3">
+      <c r="A1729" t="s">
+        <v>4033</v>
+      </c>
+      <c r="B1729" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1729" t="s">
+        <v>4034</v>
+      </c>
+    </row>
+    <row r="1730" spans="1:3">
+      <c r="A1730" t="s">
+        <v>4035</v>
+      </c>
+      <c r="B1730" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C1730" t="s">
+        <v>4036</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:3">
+      <c r="A1731" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B1731" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1731" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:3">
+      <c r="A1732" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B1732" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C1732" t="s">
+        <v>4039</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:3">
+      <c r="A1733" t="s">
+        <v>4040</v>
+      </c>
+      <c r="B1733" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1733" t="s">
+        <v>4041</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:3">
+      <c r="A1734" t="s">
+        <v>4042</v>
+      </c>
+      <c r="B1734" t="s">
+        <v>3569</v>
+      </c>
+      <c r="C1734" t="s">
+        <v>4043</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:3">
+      <c r="A1735" t="s">
+        <v>4044</v>
+      </c>
+      <c r="B1735" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1735" t="s">
+        <v>4045</v>
+      </c>
+    </row>
+    <row r="1736" spans="1:3">
+      <c r="A1736" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B1736" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1736" t="s">
+        <v>4047</v>
+      </c>
+    </row>
+    <row r="1737" spans="1:3">
+      <c r="A1737" t="s">
+        <v>4048</v>
+      </c>
+      <c r="B1737" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1737" t="s">
+        <v>4049</v>
+      </c>
+    </row>
+    <row r="1738" spans="1:3">
+      <c r="A1738" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B1738"/>
+      <c r="C1738" t="s">
+        <v>4051</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:3">
+      <c r="A1739" t="s">
+        <v>4052</v>
+      </c>
+      <c r="B1739" t="s">
+        <v>4053</v>
+      </c>
+      <c r="C1739" t="s">
+        <v>4054</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:3">
+      <c r="A1740" t="s">
+        <v>4055</v>
+      </c>
+      <c r="B1740" t="s">
+        <v>2486</v>
+      </c>
+      <c r="C1740" t="s">
+        <v>4056</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:3">
+      <c r="A1741" t="s">
+        <v>4057</v>
+      </c>
+      <c r="B1741" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1741" t="s">
+        <v>4058</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:3">
+      <c r="A1742" t="s">
+        <v>4059</v>
+      </c>
+      <c r="B1742" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1742" t="s">
+        <v>4060</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:3">
+      <c r="A1743" t="s">
+        <v>4061</v>
+      </c>
+      <c r="B1743" t="s">
+        <v>158</v>
+      </c>
+      <c r="C1743" t="s">
+        <v>4062</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:3">
+      <c r="A1744" t="s">
+        <v>4063</v>
+      </c>
+      <c r="B1744" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C1744" t="s">
+        <v>4064</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:3">
+      <c r="A1745" t="s">
+        <v>4065</v>
+      </c>
+      <c r="B1745" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C1745" t="s">
+        <v>4066</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:3">
+      <c r="A1746" t="s">
+        <v>4067</v>
+      </c>
+      <c r="B1746" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C1746" t="s">
+        <v>4068</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:3">
+      <c r="A1747" t="s">
+        <v>4069</v>
+      </c>
+      <c r="B1747" t="s">
+        <v>4070</v>
+      </c>
+      <c r="C1747" t="s">
+        <v>4071</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:3">
+      <c r="A1748" t="s">
+        <v>4072</v>
+      </c>
+      <c r="B1748" t="s">
+        <v>4073</v>
+      </c>
+      <c r="C1748" t="s">
+        <v>4074</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:3">
+      <c r="A1749" t="s">
+        <v>4075</v>
+      </c>
+      <c r="B1749" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C1749" t="s">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:3">
+      <c r="A1750" t="s">
+        <v>4077</v>
+      </c>
+      <c r="B1750"/>
+      <c r="C1750" t="s">
+        <v>4078</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:3">
+      <c r="A1751" t="s">
+        <v>4079</v>
+      </c>
+      <c r="B1751" t="s">
+        <v>4080</v>
+      </c>
+      <c r="C1751" t="s">
+        <v>4081</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:3">
+      <c r="A1752" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B1752" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C1752" t="s">
+        <v>4082</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:3">
+      <c r="A1753" t="s">
+        <v>4083</v>
+      </c>
+      <c r="B1753" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1753" t="s">
+        <v>4084</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:3">
+      <c r="A1754" t="s">
+        <v>4085</v>
+      </c>
+      <c r="B1754" t="s">
+        <v>870</v>
+      </c>
+      <c r="C1754" t="s">
+        <v>4086</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:3">
+      <c r="A1755" t="s">
+        <v>4087</v>
+      </c>
+      <c r="B1755" t="s">
+        <v>4088</v>
+      </c>
+      <c r="C1755" t="s">
+        <v>4089</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:3">
+      <c r="A1756" t="s">
+        <v>4090</v>
+      </c>
+      <c r="B1756" t="s">
+        <v>4091</v>
+      </c>
+      <c r="C1756" t="s">
+        <v>4092</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:3">
+      <c r="A1757" t="s">
+        <v>4093</v>
+      </c>
+      <c r="B1757" t="s">
+        <v>4094</v>
+      </c>
+      <c r="C1757" t="s">
+        <v>4095</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:3">
+      <c r="A1758" t="s">
+        <v>4096</v>
+      </c>
+      <c r="B1758" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1758" t="s">
+        <v>4097</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:3">
+      <c r="A1759" t="s">
+        <v>4098</v>
+      </c>
+      <c r="B1759" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C1759" t="s">
+        <v>4099</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:3">
+      <c r="A1760" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B1760" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C1760" t="s">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:3">
+      <c r="A1761" t="s">
+        <v>4101</v>
+      </c>
+      <c r="B1761" t="s">
+        <v>791</v>
+      </c>
+      <c r="C1761" t="s">
+        <v>4102</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:3">
+      <c r="A1762" t="s">
+        <v>4103</v>
+      </c>
+      <c r="B1762" t="s">
+        <v>4104</v>
+      </c>
+      <c r="C1762" t="s">
+        <v>4105</v>
+      </c>
+    </row>
+    <row r="1763" spans="1:3">
+      <c r="A1763" t="s">
+        <v>4106</v>
+      </c>
+      <c r="B1763"/>
+      <c r="C1763" t="s">
+        <v>4107</v>
+      </c>
+    </row>
+    <row r="1764" spans="1:3">
+      <c r="A1764" t="s">
+        <v>4108</v>
+      </c>
+      <c r="B1764" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C1764" t="s">
+        <v>4109</v>
+      </c>
+    </row>
+    <row r="1765" spans="1:3">
+      <c r="A1765" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B1765"/>
+      <c r="C1765" t="s">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="1766" spans="1:3">
+      <c r="A1766" t="s">
+        <v>4111</v>
+      </c>
+      <c r="B1766" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C1766" t="s">
+        <v>4112</v>
+      </c>
+    </row>
+    <row r="1767" spans="1:3">
+      <c r="A1767" t="s">
+        <v>4113</v>
+      </c>
+      <c r="B1767"/>
+      <c r="C1767" t="s">
+        <v>4114</v>
+      </c>
+    </row>
+    <row r="1768" spans="1:3">
+      <c r="A1768" t="s">
+        <v>4115</v>
+      </c>
+      <c r="B1768" t="s">
+        <v>4116</v>
+      </c>
+      <c r="C1768" t="s">
+        <v>4117</v>
+      </c>
+    </row>
+    <row r="1769" spans="1:3">
+      <c r="A1769" t="s">
+        <v>4118</v>
+      </c>
+      <c r="B1769" t="s">
+        <v>289</v>
+      </c>
+      <c r="C1769" t="s">
+        <v>4119</v>
+      </c>
+    </row>
+    <row r="1770" spans="1:3">
+      <c r="A1770" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B1770" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C1770" t="s">
+        <v>4120</v>
+      </c>
+    </row>
+    <row r="1771" spans="1:3">
+      <c r="A1771" t="s">
+        <v>4121</v>
+      </c>
+      <c r="B1771" t="s">
+        <v>2896</v>
+      </c>
+      <c r="C1771" t="s">
+        <v>4122</v>
+      </c>
+    </row>
+    <row r="1772" spans="1:3">
+      <c r="A1772" t="s">
+        <v>4123</v>
+      </c>
+      <c r="B1772" t="s">
+        <v>4124</v>
+      </c>
+      <c r="C1772" t="s">
+        <v>4125</v>
+      </c>
+    </row>
+    <row r="1773" spans="1:3">
+      <c r="A1773" t="s">
+        <v>4126</v>
+      </c>
+      <c r="B1773" t="s">
+        <v>4127</v>
+      </c>
+      <c r="C1773" t="s">
+        <v>4128</v>
+      </c>
+    </row>
+    <row r="1774" spans="1:3">
+      <c r="A1774" t="s">
+        <v>4129</v>
+      </c>
+      <c r="B1774" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C1774" t="s">
+        <v>4130</v>
+      </c>
+    </row>
+    <row r="1775" spans="1:3">
+      <c r="A1775" t="s">
+        <v>4131</v>
+      </c>
+      <c r="B1775" t="s">
+        <v>4132</v>
+      </c>
+      <c r="C1775" t="s">
+        <v>4133</v>
+      </c>
+    </row>
+    <row r="1776" spans="1:3">
+      <c r="A1776" t="s">
+        <v>4134</v>
+      </c>
+      <c r="B1776" t="s">
+        <v>4132</v>
+      </c>
+      <c r="C1776" t="s">
+        <v>4135</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:3">
+      <c r="A1777" t="s">
+        <v>4136</v>
+      </c>
+      <c r="B1777" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1777" t="s">
+        <v>4137</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:3">
+      <c r="A1778" t="s">
+        <v>4138</v>
+      </c>
+      <c r="B1778" t="s">
+        <v>4132</v>
+      </c>
+      <c r="C1778" t="s">
+        <v>4139</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:3">
+      <c r="A1779" t="s">
+        <v>4140</v>
+      </c>
+      <c r="B1779" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1779" t="s">
+        <v>4141</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:3">
+      <c r="A1780" t="s">
+        <v>4142</v>
+      </c>
+      <c r="B1780" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1780" t="s">
+        <v>4143</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:3">
+      <c r="A1781" t="s">
+        <v>4144</v>
+      </c>
+      <c r="B1781" t="s">
+        <v>4145</v>
+      </c>
+      <c r="C1781" t="s">
+        <v>4146</v>
+      </c>
+    </row>
+    <row r="1782" spans="1:3">
+      <c r="A1782" t="s">
+        <v>4147</v>
+      </c>
+      <c r="B1782" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C1782" t="s">
+        <v>4148</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:3">
+      <c r="A1783" t="s">
+        <v>3697</v>
+      </c>
+      <c r="B1783"/>
+      <c r="C1783" t="s">
+        <v>4149</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:3">
+      <c r="A1784" t="s">
+        <v>4150</v>
+      </c>
+      <c r="B1784" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C1784" t="s">
+        <v>4151</v>
+      </c>
+    </row>
+    <row r="1785" spans="1:3">
+      <c r="A1785" t="s">
+        <v>4152</v>
+      </c>
+      <c r="B1785" t="s">
+        <v>494</v>
+      </c>
+      <c r="C1785" t="s">
+        <v>4153</v>
+      </c>
+    </row>
+    <row r="1786" spans="1:3">
+      <c r="A1786" t="s">
+        <v>4154</v>
+      </c>
+      <c r="B1786" t="s">
+        <v>289</v>
+      </c>
+      <c r="C1786" t="s">
+        <v>4155</v>
+      </c>
+    </row>
+    <row r="1787" spans="1:3">
+      <c r="A1787" t="s">
+        <v>4156</v>
+      </c>
+      <c r="B1787" t="s">
+        <v>3540</v>
+      </c>
+      <c r="C1787" t="s">
+        <v>4157</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:3">
+      <c r="A1788" t="s">
+        <v>4158</v>
+      </c>
+      <c r="B1788" t="s">
+        <v>4159</v>
+      </c>
+      <c r="C1788" t="s">
+        <v>4160</v>
+      </c>
+    </row>
+    <row r="1789" spans="1:3">
+      <c r="A1789" t="s">
+        <v>4161</v>
+      </c>
+      <c r="B1789" t="s">
+        <v>645</v>
+      </c>
+      <c r="C1789" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:3">
+      <c r="A1790" t="s">
+        <v>4163</v>
+      </c>
+      <c r="B1790" t="s">
+        <v>4164</v>
+      </c>
+      <c r="C1790" t="s">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:3">
+      <c r="A1791" t="s">
+        <v>2748</v>
+      </c>
+      <c r="B1791" t="s">
+        <v>4166</v>
+      </c>
+      <c r="C1791" t="s">
+        <v>4167</v>
+      </c>
+    </row>
+    <row r="1792" spans="1:3">
+      <c r="A1792" t="s">
+        <v>4168</v>
+      </c>
+      <c r="B1792" t="s">
+        <v>619</v>
+      </c>
+      <c r="C1792" t="s">
+        <v>4169</v>
+      </c>
+    </row>
+    <row r="1793" spans="1:3">
+      <c r="A1793" t="s">
+        <v>4170</v>
+      </c>
+      <c r="B1793" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C1793" t="s">
+        <v>4171</v>
+      </c>
+    </row>
+    <row r="1794" spans="1:3">
+      <c r="A1794" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B1794" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C1794" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1795" spans="1:3">
+      <c r="A1795" t="s">
+        <v>4173</v>
+      </c>
+      <c r="B1795" t="s">
+        <v>4174</v>
+      </c>
+      <c r="C1795" t="s">
+        <v>4175</v>
+      </c>
+    </row>
+    <row r="1796" spans="1:3">
+      <c r="A1796" t="s">
+        <v>4176</v>
+      </c>
+      <c r="B1796" t="s">
+        <v>4177</v>
+      </c>
+      <c r="C1796" t="s">
+        <v>4178</v>
+      </c>
+    </row>
+    <row r="1797" spans="1:3">
+      <c r="A1797" t="s">
+        <v>4179</v>
+      </c>
+      <c r="B1797" t="s">
+        <v>4180</v>
+      </c>
+      <c r="C1797" t="s">
+        <v>4181</v>
+      </c>
+    </row>
+    <row r="1798" spans="1:3">
+      <c r="A1798" t="s">
+        <v>4182</v>
+      </c>
+      <c r="B1798" t="s">
+        <v>4183</v>
+      </c>
+      <c r="C1798" t="s">
+        <v>4184</v>
+      </c>
+    </row>
+    <row r="1799" spans="1:3">
+      <c r="A1799" t="s">
+        <v>4185</v>
+      </c>
+      <c r="B1799" t="s">
+        <v>4132</v>
+      </c>
+      <c r="C1799" t="s">
+        <v>4186</v>
+      </c>
+    </row>
+    <row r="1800" spans="1:3">
+      <c r="A1800" t="s">
+        <v>4187</v>
+      </c>
+      <c r="B1800" t="s">
+        <v>4188</v>
+      </c>
+      <c r="C1800" t="s">
+        <v>4189</v>
+      </c>
+    </row>
+    <row r="1801" spans="1:3">
+      <c r="A1801" t="s">
+        <v>4190</v>
+      </c>
+      <c r="B1801" t="s">
+        <v>4174</v>
+      </c>
+      <c r="C1801" t="s">
+        <v>4191</v>
+      </c>
+    </row>
+    <row r="1802" spans="1:3">
+      <c r="A1802" t="s">
+        <v>4192</v>
+      </c>
+      <c r="B1802" t="s">
+        <v>760</v>
+      </c>
+      <c r="C1802" t="s">
+        <v>4193</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -26444,50 +32917,396 @@
     <hyperlink ref="C1432" r:id="rId_hyperlink_1431"/>
     <hyperlink ref="C1433" r:id="rId_hyperlink_1432"/>
     <hyperlink ref="C1434" r:id="rId_hyperlink_1433"/>
     <hyperlink ref="C1435" r:id="rId_hyperlink_1434"/>
     <hyperlink ref="C1436" r:id="rId_hyperlink_1435"/>
     <hyperlink ref="C1437" r:id="rId_hyperlink_1436"/>
     <hyperlink ref="C1438" r:id="rId_hyperlink_1437"/>
     <hyperlink ref="C1439" r:id="rId_hyperlink_1438"/>
     <hyperlink ref="C1440" r:id="rId_hyperlink_1439"/>
     <hyperlink ref="C1441" r:id="rId_hyperlink_1440"/>
     <hyperlink ref="C1442" r:id="rId_hyperlink_1441"/>
     <hyperlink ref="C1443" r:id="rId_hyperlink_1442"/>
     <hyperlink ref="C1444" r:id="rId_hyperlink_1443"/>
     <hyperlink ref="C1445" r:id="rId_hyperlink_1444"/>
     <hyperlink ref="C1446" r:id="rId_hyperlink_1445"/>
     <hyperlink ref="C1447" r:id="rId_hyperlink_1446"/>
     <hyperlink ref="C1448" r:id="rId_hyperlink_1447"/>
     <hyperlink ref="C1449" r:id="rId_hyperlink_1448"/>
     <hyperlink ref="C1450" r:id="rId_hyperlink_1449"/>
     <hyperlink ref="C1451" r:id="rId_hyperlink_1450"/>
     <hyperlink ref="C1452" r:id="rId_hyperlink_1451"/>
     <hyperlink ref="C1453" r:id="rId_hyperlink_1452"/>
     <hyperlink ref="C1454" r:id="rId_hyperlink_1453"/>
     <hyperlink ref="C1455" r:id="rId_hyperlink_1454"/>
     <hyperlink ref="C1456" r:id="rId_hyperlink_1455"/>
+    <hyperlink ref="C1457" r:id="rId_hyperlink_1456"/>
+    <hyperlink ref="C1458" r:id="rId_hyperlink_1457"/>
+    <hyperlink ref="C1459" r:id="rId_hyperlink_1458"/>
+    <hyperlink ref="C1460" r:id="rId_hyperlink_1459"/>
+    <hyperlink ref="C1461" r:id="rId_hyperlink_1460"/>
+    <hyperlink ref="C1462" r:id="rId_hyperlink_1461"/>
+    <hyperlink ref="C1463" r:id="rId_hyperlink_1462"/>
+    <hyperlink ref="C1464" r:id="rId_hyperlink_1463"/>
+    <hyperlink ref="C1465" r:id="rId_hyperlink_1464"/>
+    <hyperlink ref="C1466" r:id="rId_hyperlink_1465"/>
+    <hyperlink ref="C1467" r:id="rId_hyperlink_1466"/>
+    <hyperlink ref="C1468" r:id="rId_hyperlink_1467"/>
+    <hyperlink ref="C1469" r:id="rId_hyperlink_1468"/>
+    <hyperlink ref="C1470" r:id="rId_hyperlink_1469"/>
+    <hyperlink ref="C1471" r:id="rId_hyperlink_1470"/>
+    <hyperlink ref="C1472" r:id="rId_hyperlink_1471"/>
+    <hyperlink ref="C1473" r:id="rId_hyperlink_1472"/>
+    <hyperlink ref="C1474" r:id="rId_hyperlink_1473"/>
+    <hyperlink ref="C1475" r:id="rId_hyperlink_1474"/>
+    <hyperlink ref="C1476" r:id="rId_hyperlink_1475"/>
+    <hyperlink ref="C1477" r:id="rId_hyperlink_1476"/>
+    <hyperlink ref="C1478" r:id="rId_hyperlink_1477"/>
+    <hyperlink ref="C1479" r:id="rId_hyperlink_1478"/>
+    <hyperlink ref="C1480" r:id="rId_hyperlink_1479"/>
+    <hyperlink ref="C1481" r:id="rId_hyperlink_1480"/>
+    <hyperlink ref="C1482" r:id="rId_hyperlink_1481"/>
+    <hyperlink ref="C1483" r:id="rId_hyperlink_1482"/>
+    <hyperlink ref="C1484" r:id="rId_hyperlink_1483"/>
+    <hyperlink ref="C1485" r:id="rId_hyperlink_1484"/>
+    <hyperlink ref="C1486" r:id="rId_hyperlink_1485"/>
+    <hyperlink ref="C1487" r:id="rId_hyperlink_1486"/>
+    <hyperlink ref="C1488" r:id="rId_hyperlink_1487"/>
+    <hyperlink ref="C1489" r:id="rId_hyperlink_1488"/>
+    <hyperlink ref="C1490" r:id="rId_hyperlink_1489"/>
+    <hyperlink ref="C1491" r:id="rId_hyperlink_1490"/>
+    <hyperlink ref="C1492" r:id="rId_hyperlink_1491"/>
+    <hyperlink ref="C1493" r:id="rId_hyperlink_1492"/>
+    <hyperlink ref="C1494" r:id="rId_hyperlink_1493"/>
+    <hyperlink ref="C1495" r:id="rId_hyperlink_1494"/>
+    <hyperlink ref="C1496" r:id="rId_hyperlink_1495"/>
+    <hyperlink ref="C1497" r:id="rId_hyperlink_1496"/>
+    <hyperlink ref="C1498" r:id="rId_hyperlink_1497"/>
+    <hyperlink ref="C1499" r:id="rId_hyperlink_1498"/>
+    <hyperlink ref="C1500" r:id="rId_hyperlink_1499"/>
+    <hyperlink ref="C1501" r:id="rId_hyperlink_1500"/>
+    <hyperlink ref="C1502" r:id="rId_hyperlink_1501"/>
+    <hyperlink ref="C1503" r:id="rId_hyperlink_1502"/>
+    <hyperlink ref="C1504" r:id="rId_hyperlink_1503"/>
+    <hyperlink ref="C1505" r:id="rId_hyperlink_1504"/>
+    <hyperlink ref="C1506" r:id="rId_hyperlink_1505"/>
+    <hyperlink ref="C1507" r:id="rId_hyperlink_1506"/>
+    <hyperlink ref="C1508" r:id="rId_hyperlink_1507"/>
+    <hyperlink ref="C1509" r:id="rId_hyperlink_1508"/>
+    <hyperlink ref="C1510" r:id="rId_hyperlink_1509"/>
+    <hyperlink ref="C1511" r:id="rId_hyperlink_1510"/>
+    <hyperlink ref="C1512" r:id="rId_hyperlink_1511"/>
+    <hyperlink ref="C1513" r:id="rId_hyperlink_1512"/>
+    <hyperlink ref="C1514" r:id="rId_hyperlink_1513"/>
+    <hyperlink ref="C1515" r:id="rId_hyperlink_1514"/>
+    <hyperlink ref="C1516" r:id="rId_hyperlink_1515"/>
+    <hyperlink ref="C1517" r:id="rId_hyperlink_1516"/>
+    <hyperlink ref="C1518" r:id="rId_hyperlink_1517"/>
+    <hyperlink ref="C1519" r:id="rId_hyperlink_1518"/>
+    <hyperlink ref="C1520" r:id="rId_hyperlink_1519"/>
+    <hyperlink ref="C1521" r:id="rId_hyperlink_1520"/>
+    <hyperlink ref="C1522" r:id="rId_hyperlink_1521"/>
+    <hyperlink ref="C1523" r:id="rId_hyperlink_1522"/>
+    <hyperlink ref="C1524" r:id="rId_hyperlink_1523"/>
+    <hyperlink ref="C1525" r:id="rId_hyperlink_1524"/>
+    <hyperlink ref="C1526" r:id="rId_hyperlink_1525"/>
+    <hyperlink ref="C1527" r:id="rId_hyperlink_1526"/>
+    <hyperlink ref="C1528" r:id="rId_hyperlink_1527"/>
+    <hyperlink ref="C1529" r:id="rId_hyperlink_1528"/>
+    <hyperlink ref="C1530" r:id="rId_hyperlink_1529"/>
+    <hyperlink ref="C1531" r:id="rId_hyperlink_1530"/>
+    <hyperlink ref="C1532" r:id="rId_hyperlink_1531"/>
+    <hyperlink ref="C1533" r:id="rId_hyperlink_1532"/>
+    <hyperlink ref="C1534" r:id="rId_hyperlink_1533"/>
+    <hyperlink ref="C1535" r:id="rId_hyperlink_1534"/>
+    <hyperlink ref="C1536" r:id="rId_hyperlink_1535"/>
+    <hyperlink ref="C1537" r:id="rId_hyperlink_1536"/>
+    <hyperlink ref="C1538" r:id="rId_hyperlink_1537"/>
+    <hyperlink ref="C1539" r:id="rId_hyperlink_1538"/>
+    <hyperlink ref="C1540" r:id="rId_hyperlink_1539"/>
+    <hyperlink ref="C1541" r:id="rId_hyperlink_1540"/>
+    <hyperlink ref="C1542" r:id="rId_hyperlink_1541"/>
+    <hyperlink ref="C1543" r:id="rId_hyperlink_1542"/>
+    <hyperlink ref="C1544" r:id="rId_hyperlink_1543"/>
+    <hyperlink ref="C1545" r:id="rId_hyperlink_1544"/>
+    <hyperlink ref="C1546" r:id="rId_hyperlink_1545"/>
+    <hyperlink ref="C1547" r:id="rId_hyperlink_1546"/>
+    <hyperlink ref="C1548" r:id="rId_hyperlink_1547"/>
+    <hyperlink ref="C1549" r:id="rId_hyperlink_1548"/>
+    <hyperlink ref="C1550" r:id="rId_hyperlink_1549"/>
+    <hyperlink ref="C1551" r:id="rId_hyperlink_1550"/>
+    <hyperlink ref="C1552" r:id="rId_hyperlink_1551"/>
+    <hyperlink ref="C1553" r:id="rId_hyperlink_1552"/>
+    <hyperlink ref="C1554" r:id="rId_hyperlink_1553"/>
+    <hyperlink ref="C1555" r:id="rId_hyperlink_1554"/>
+    <hyperlink ref="C1556" r:id="rId_hyperlink_1555"/>
+    <hyperlink ref="C1557" r:id="rId_hyperlink_1556"/>
+    <hyperlink ref="C1558" r:id="rId_hyperlink_1557"/>
+    <hyperlink ref="C1559" r:id="rId_hyperlink_1558"/>
+    <hyperlink ref="C1560" r:id="rId_hyperlink_1559"/>
+    <hyperlink ref="C1561" r:id="rId_hyperlink_1560"/>
+    <hyperlink ref="C1562" r:id="rId_hyperlink_1561"/>
+    <hyperlink ref="C1563" r:id="rId_hyperlink_1562"/>
+    <hyperlink ref="C1564" r:id="rId_hyperlink_1563"/>
+    <hyperlink ref="C1565" r:id="rId_hyperlink_1564"/>
+    <hyperlink ref="C1566" r:id="rId_hyperlink_1565"/>
+    <hyperlink ref="C1567" r:id="rId_hyperlink_1566"/>
+    <hyperlink ref="C1568" r:id="rId_hyperlink_1567"/>
+    <hyperlink ref="C1569" r:id="rId_hyperlink_1568"/>
+    <hyperlink ref="C1570" r:id="rId_hyperlink_1569"/>
+    <hyperlink ref="C1571" r:id="rId_hyperlink_1570"/>
+    <hyperlink ref="C1572" r:id="rId_hyperlink_1571"/>
+    <hyperlink ref="C1573" r:id="rId_hyperlink_1572"/>
+    <hyperlink ref="C1574" r:id="rId_hyperlink_1573"/>
+    <hyperlink ref="C1575" r:id="rId_hyperlink_1574"/>
+    <hyperlink ref="C1576" r:id="rId_hyperlink_1575"/>
+    <hyperlink ref="C1577" r:id="rId_hyperlink_1576"/>
+    <hyperlink ref="C1578" r:id="rId_hyperlink_1577"/>
+    <hyperlink ref="C1579" r:id="rId_hyperlink_1578"/>
+    <hyperlink ref="C1580" r:id="rId_hyperlink_1579"/>
+    <hyperlink ref="C1581" r:id="rId_hyperlink_1580"/>
+    <hyperlink ref="C1582" r:id="rId_hyperlink_1581"/>
+    <hyperlink ref="C1583" r:id="rId_hyperlink_1582"/>
+    <hyperlink ref="C1584" r:id="rId_hyperlink_1583"/>
+    <hyperlink ref="C1585" r:id="rId_hyperlink_1584"/>
+    <hyperlink ref="C1586" r:id="rId_hyperlink_1585"/>
+    <hyperlink ref="C1587" r:id="rId_hyperlink_1586"/>
+    <hyperlink ref="C1588" r:id="rId_hyperlink_1587"/>
+    <hyperlink ref="C1589" r:id="rId_hyperlink_1588"/>
+    <hyperlink ref="C1590" r:id="rId_hyperlink_1589"/>
+    <hyperlink ref="C1591" r:id="rId_hyperlink_1590"/>
+    <hyperlink ref="C1592" r:id="rId_hyperlink_1591"/>
+    <hyperlink ref="C1593" r:id="rId_hyperlink_1592"/>
+    <hyperlink ref="C1594" r:id="rId_hyperlink_1593"/>
+    <hyperlink ref="C1595" r:id="rId_hyperlink_1594"/>
+    <hyperlink ref="C1596" r:id="rId_hyperlink_1595"/>
+    <hyperlink ref="C1597" r:id="rId_hyperlink_1596"/>
+    <hyperlink ref="C1598" r:id="rId_hyperlink_1597"/>
+    <hyperlink ref="C1599" r:id="rId_hyperlink_1598"/>
+    <hyperlink ref="C1600" r:id="rId_hyperlink_1599"/>
+    <hyperlink ref="C1601" r:id="rId_hyperlink_1600"/>
+    <hyperlink ref="C1602" r:id="rId_hyperlink_1601"/>
+    <hyperlink ref="C1603" r:id="rId_hyperlink_1602"/>
+    <hyperlink ref="C1604" r:id="rId_hyperlink_1603"/>
+    <hyperlink ref="C1605" r:id="rId_hyperlink_1604"/>
+    <hyperlink ref="C1606" r:id="rId_hyperlink_1605"/>
+    <hyperlink ref="C1607" r:id="rId_hyperlink_1606"/>
+    <hyperlink ref="C1608" r:id="rId_hyperlink_1607"/>
+    <hyperlink ref="C1609" r:id="rId_hyperlink_1608"/>
+    <hyperlink ref="C1610" r:id="rId_hyperlink_1609"/>
+    <hyperlink ref="C1611" r:id="rId_hyperlink_1610"/>
+    <hyperlink ref="C1612" r:id="rId_hyperlink_1611"/>
+    <hyperlink ref="C1613" r:id="rId_hyperlink_1612"/>
+    <hyperlink ref="C1614" r:id="rId_hyperlink_1613"/>
+    <hyperlink ref="C1615" r:id="rId_hyperlink_1614"/>
+    <hyperlink ref="C1616" r:id="rId_hyperlink_1615"/>
+    <hyperlink ref="C1617" r:id="rId_hyperlink_1616"/>
+    <hyperlink ref="C1618" r:id="rId_hyperlink_1617"/>
+    <hyperlink ref="C1619" r:id="rId_hyperlink_1618"/>
+    <hyperlink ref="C1620" r:id="rId_hyperlink_1619"/>
+    <hyperlink ref="C1621" r:id="rId_hyperlink_1620"/>
+    <hyperlink ref="C1622" r:id="rId_hyperlink_1621"/>
+    <hyperlink ref="C1623" r:id="rId_hyperlink_1622"/>
+    <hyperlink ref="C1624" r:id="rId_hyperlink_1623"/>
+    <hyperlink ref="C1625" r:id="rId_hyperlink_1624"/>
+    <hyperlink ref="C1626" r:id="rId_hyperlink_1625"/>
+    <hyperlink ref="C1627" r:id="rId_hyperlink_1626"/>
+    <hyperlink ref="C1628" r:id="rId_hyperlink_1627"/>
+    <hyperlink ref="C1629" r:id="rId_hyperlink_1628"/>
+    <hyperlink ref="C1630" r:id="rId_hyperlink_1629"/>
+    <hyperlink ref="C1631" r:id="rId_hyperlink_1630"/>
+    <hyperlink ref="C1632" r:id="rId_hyperlink_1631"/>
+    <hyperlink ref="C1633" r:id="rId_hyperlink_1632"/>
+    <hyperlink ref="C1634" r:id="rId_hyperlink_1633"/>
+    <hyperlink ref="C1635" r:id="rId_hyperlink_1634"/>
+    <hyperlink ref="C1636" r:id="rId_hyperlink_1635"/>
+    <hyperlink ref="C1637" r:id="rId_hyperlink_1636"/>
+    <hyperlink ref="C1638" r:id="rId_hyperlink_1637"/>
+    <hyperlink ref="C1639" r:id="rId_hyperlink_1638"/>
+    <hyperlink ref="C1640" r:id="rId_hyperlink_1639"/>
+    <hyperlink ref="C1641" r:id="rId_hyperlink_1640"/>
+    <hyperlink ref="C1642" r:id="rId_hyperlink_1641"/>
+    <hyperlink ref="C1643" r:id="rId_hyperlink_1642"/>
+    <hyperlink ref="C1644" r:id="rId_hyperlink_1643"/>
+    <hyperlink ref="C1645" r:id="rId_hyperlink_1644"/>
+    <hyperlink ref="C1646" r:id="rId_hyperlink_1645"/>
+    <hyperlink ref="C1647" r:id="rId_hyperlink_1646"/>
+    <hyperlink ref="C1648" r:id="rId_hyperlink_1647"/>
+    <hyperlink ref="C1649" r:id="rId_hyperlink_1648"/>
+    <hyperlink ref="C1650" r:id="rId_hyperlink_1649"/>
+    <hyperlink ref="C1651" r:id="rId_hyperlink_1650"/>
+    <hyperlink ref="C1652" r:id="rId_hyperlink_1651"/>
+    <hyperlink ref="C1653" r:id="rId_hyperlink_1652"/>
+    <hyperlink ref="C1654" r:id="rId_hyperlink_1653"/>
+    <hyperlink ref="C1655" r:id="rId_hyperlink_1654"/>
+    <hyperlink ref="C1656" r:id="rId_hyperlink_1655"/>
+    <hyperlink ref="C1657" r:id="rId_hyperlink_1656"/>
+    <hyperlink ref="C1658" r:id="rId_hyperlink_1657"/>
+    <hyperlink ref="C1659" r:id="rId_hyperlink_1658"/>
+    <hyperlink ref="C1660" r:id="rId_hyperlink_1659"/>
+    <hyperlink ref="C1661" r:id="rId_hyperlink_1660"/>
+    <hyperlink ref="C1662" r:id="rId_hyperlink_1661"/>
+    <hyperlink ref="C1663" r:id="rId_hyperlink_1662"/>
+    <hyperlink ref="C1664" r:id="rId_hyperlink_1663"/>
+    <hyperlink ref="C1665" r:id="rId_hyperlink_1664"/>
+    <hyperlink ref="C1666" r:id="rId_hyperlink_1665"/>
+    <hyperlink ref="C1667" r:id="rId_hyperlink_1666"/>
+    <hyperlink ref="C1668" r:id="rId_hyperlink_1667"/>
+    <hyperlink ref="C1669" r:id="rId_hyperlink_1668"/>
+    <hyperlink ref="C1670" r:id="rId_hyperlink_1669"/>
+    <hyperlink ref="C1671" r:id="rId_hyperlink_1670"/>
+    <hyperlink ref="C1672" r:id="rId_hyperlink_1671"/>
+    <hyperlink ref="C1673" r:id="rId_hyperlink_1672"/>
+    <hyperlink ref="C1674" r:id="rId_hyperlink_1673"/>
+    <hyperlink ref="C1675" r:id="rId_hyperlink_1674"/>
+    <hyperlink ref="C1676" r:id="rId_hyperlink_1675"/>
+    <hyperlink ref="C1677" r:id="rId_hyperlink_1676"/>
+    <hyperlink ref="C1678" r:id="rId_hyperlink_1677"/>
+    <hyperlink ref="C1679" r:id="rId_hyperlink_1678"/>
+    <hyperlink ref="C1680" r:id="rId_hyperlink_1679"/>
+    <hyperlink ref="C1681" r:id="rId_hyperlink_1680"/>
+    <hyperlink ref="C1682" r:id="rId_hyperlink_1681"/>
+    <hyperlink ref="C1683" r:id="rId_hyperlink_1682"/>
+    <hyperlink ref="C1684" r:id="rId_hyperlink_1683"/>
+    <hyperlink ref="C1685" r:id="rId_hyperlink_1684"/>
+    <hyperlink ref="C1686" r:id="rId_hyperlink_1685"/>
+    <hyperlink ref="C1687" r:id="rId_hyperlink_1686"/>
+    <hyperlink ref="C1688" r:id="rId_hyperlink_1687"/>
+    <hyperlink ref="C1689" r:id="rId_hyperlink_1688"/>
+    <hyperlink ref="C1690" r:id="rId_hyperlink_1689"/>
+    <hyperlink ref="C1691" r:id="rId_hyperlink_1690"/>
+    <hyperlink ref="C1692" r:id="rId_hyperlink_1691"/>
+    <hyperlink ref="C1693" r:id="rId_hyperlink_1692"/>
+    <hyperlink ref="C1694" r:id="rId_hyperlink_1693"/>
+    <hyperlink ref="C1695" r:id="rId_hyperlink_1694"/>
+    <hyperlink ref="C1696" r:id="rId_hyperlink_1695"/>
+    <hyperlink ref="C1697" r:id="rId_hyperlink_1696"/>
+    <hyperlink ref="C1698" r:id="rId_hyperlink_1697"/>
+    <hyperlink ref="C1699" r:id="rId_hyperlink_1698"/>
+    <hyperlink ref="C1700" r:id="rId_hyperlink_1699"/>
+    <hyperlink ref="C1701" r:id="rId_hyperlink_1700"/>
+    <hyperlink ref="C1702" r:id="rId_hyperlink_1701"/>
+    <hyperlink ref="C1703" r:id="rId_hyperlink_1702"/>
+    <hyperlink ref="C1704" r:id="rId_hyperlink_1703"/>
+    <hyperlink ref="C1705" r:id="rId_hyperlink_1704"/>
+    <hyperlink ref="C1706" r:id="rId_hyperlink_1705"/>
+    <hyperlink ref="C1707" r:id="rId_hyperlink_1706"/>
+    <hyperlink ref="C1708" r:id="rId_hyperlink_1707"/>
+    <hyperlink ref="C1709" r:id="rId_hyperlink_1708"/>
+    <hyperlink ref="C1710" r:id="rId_hyperlink_1709"/>
+    <hyperlink ref="C1711" r:id="rId_hyperlink_1710"/>
+    <hyperlink ref="C1712" r:id="rId_hyperlink_1711"/>
+    <hyperlink ref="C1713" r:id="rId_hyperlink_1712"/>
+    <hyperlink ref="C1714" r:id="rId_hyperlink_1713"/>
+    <hyperlink ref="C1715" r:id="rId_hyperlink_1714"/>
+    <hyperlink ref="C1716" r:id="rId_hyperlink_1715"/>
+    <hyperlink ref="C1717" r:id="rId_hyperlink_1716"/>
+    <hyperlink ref="C1718" r:id="rId_hyperlink_1717"/>
+    <hyperlink ref="C1719" r:id="rId_hyperlink_1718"/>
+    <hyperlink ref="C1720" r:id="rId_hyperlink_1719"/>
+    <hyperlink ref="C1721" r:id="rId_hyperlink_1720"/>
+    <hyperlink ref="C1722" r:id="rId_hyperlink_1721"/>
+    <hyperlink ref="C1723" r:id="rId_hyperlink_1722"/>
+    <hyperlink ref="C1724" r:id="rId_hyperlink_1723"/>
+    <hyperlink ref="C1725" r:id="rId_hyperlink_1724"/>
+    <hyperlink ref="C1726" r:id="rId_hyperlink_1725"/>
+    <hyperlink ref="C1727" r:id="rId_hyperlink_1726"/>
+    <hyperlink ref="C1728" r:id="rId_hyperlink_1727"/>
+    <hyperlink ref="C1729" r:id="rId_hyperlink_1728"/>
+    <hyperlink ref="C1730" r:id="rId_hyperlink_1729"/>
+    <hyperlink ref="C1731" r:id="rId_hyperlink_1730"/>
+    <hyperlink ref="C1732" r:id="rId_hyperlink_1731"/>
+    <hyperlink ref="C1733" r:id="rId_hyperlink_1732"/>
+    <hyperlink ref="C1734" r:id="rId_hyperlink_1733"/>
+    <hyperlink ref="C1735" r:id="rId_hyperlink_1734"/>
+    <hyperlink ref="C1736" r:id="rId_hyperlink_1735"/>
+    <hyperlink ref="C1737" r:id="rId_hyperlink_1736"/>
+    <hyperlink ref="C1738" r:id="rId_hyperlink_1737"/>
+    <hyperlink ref="C1739" r:id="rId_hyperlink_1738"/>
+    <hyperlink ref="C1740" r:id="rId_hyperlink_1739"/>
+    <hyperlink ref="C1741" r:id="rId_hyperlink_1740"/>
+    <hyperlink ref="C1742" r:id="rId_hyperlink_1741"/>
+    <hyperlink ref="C1743" r:id="rId_hyperlink_1742"/>
+    <hyperlink ref="C1744" r:id="rId_hyperlink_1743"/>
+    <hyperlink ref="C1745" r:id="rId_hyperlink_1744"/>
+    <hyperlink ref="C1746" r:id="rId_hyperlink_1745"/>
+    <hyperlink ref="C1747" r:id="rId_hyperlink_1746"/>
+    <hyperlink ref="C1748" r:id="rId_hyperlink_1747"/>
+    <hyperlink ref="C1749" r:id="rId_hyperlink_1748"/>
+    <hyperlink ref="C1750" r:id="rId_hyperlink_1749"/>
+    <hyperlink ref="C1751" r:id="rId_hyperlink_1750"/>
+    <hyperlink ref="C1752" r:id="rId_hyperlink_1751"/>
+    <hyperlink ref="C1753" r:id="rId_hyperlink_1752"/>
+    <hyperlink ref="C1754" r:id="rId_hyperlink_1753"/>
+    <hyperlink ref="C1755" r:id="rId_hyperlink_1754"/>
+    <hyperlink ref="C1756" r:id="rId_hyperlink_1755"/>
+    <hyperlink ref="C1757" r:id="rId_hyperlink_1756"/>
+    <hyperlink ref="C1758" r:id="rId_hyperlink_1757"/>
+    <hyperlink ref="C1759" r:id="rId_hyperlink_1758"/>
+    <hyperlink ref="C1760" r:id="rId_hyperlink_1759"/>
+    <hyperlink ref="C1761" r:id="rId_hyperlink_1760"/>
+    <hyperlink ref="C1762" r:id="rId_hyperlink_1761"/>
+    <hyperlink ref="C1763" r:id="rId_hyperlink_1762"/>
+    <hyperlink ref="C1764" r:id="rId_hyperlink_1763"/>
+    <hyperlink ref="C1765" r:id="rId_hyperlink_1764"/>
+    <hyperlink ref="C1766" r:id="rId_hyperlink_1765"/>
+    <hyperlink ref="C1767" r:id="rId_hyperlink_1766"/>
+    <hyperlink ref="C1768" r:id="rId_hyperlink_1767"/>
+    <hyperlink ref="C1769" r:id="rId_hyperlink_1768"/>
+    <hyperlink ref="C1770" r:id="rId_hyperlink_1769"/>
+    <hyperlink ref="C1771" r:id="rId_hyperlink_1770"/>
+    <hyperlink ref="C1772" r:id="rId_hyperlink_1771"/>
+    <hyperlink ref="C1773" r:id="rId_hyperlink_1772"/>
+    <hyperlink ref="C1774" r:id="rId_hyperlink_1773"/>
+    <hyperlink ref="C1775" r:id="rId_hyperlink_1774"/>
+    <hyperlink ref="C1776" r:id="rId_hyperlink_1775"/>
+    <hyperlink ref="C1777" r:id="rId_hyperlink_1776"/>
+    <hyperlink ref="C1778" r:id="rId_hyperlink_1777"/>
+    <hyperlink ref="C1779" r:id="rId_hyperlink_1778"/>
+    <hyperlink ref="C1780" r:id="rId_hyperlink_1779"/>
+    <hyperlink ref="C1781" r:id="rId_hyperlink_1780"/>
+    <hyperlink ref="C1782" r:id="rId_hyperlink_1781"/>
+    <hyperlink ref="C1783" r:id="rId_hyperlink_1782"/>
+    <hyperlink ref="C1784" r:id="rId_hyperlink_1783"/>
+    <hyperlink ref="C1785" r:id="rId_hyperlink_1784"/>
+    <hyperlink ref="C1786" r:id="rId_hyperlink_1785"/>
+    <hyperlink ref="C1787" r:id="rId_hyperlink_1786"/>
+    <hyperlink ref="C1788" r:id="rId_hyperlink_1787"/>
+    <hyperlink ref="C1789" r:id="rId_hyperlink_1788"/>
+    <hyperlink ref="C1790" r:id="rId_hyperlink_1789"/>
+    <hyperlink ref="C1791" r:id="rId_hyperlink_1790"/>
+    <hyperlink ref="C1792" r:id="rId_hyperlink_1791"/>
+    <hyperlink ref="C1793" r:id="rId_hyperlink_1792"/>
+    <hyperlink ref="C1794" r:id="rId_hyperlink_1793"/>
+    <hyperlink ref="C1795" r:id="rId_hyperlink_1794"/>
+    <hyperlink ref="C1796" r:id="rId_hyperlink_1795"/>
+    <hyperlink ref="C1797" r:id="rId_hyperlink_1796"/>
+    <hyperlink ref="C1798" r:id="rId_hyperlink_1797"/>
+    <hyperlink ref="C1799" r:id="rId_hyperlink_1798"/>
+    <hyperlink ref="C1800" r:id="rId_hyperlink_1799"/>
+    <hyperlink ref="C1801" r:id="rId_hyperlink_1800"/>
+    <hyperlink ref="C1802" r:id="rId_hyperlink_1801"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>