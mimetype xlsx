--- v1 (2025-12-20)
+++ v2 (2026-03-30)
@@ -12,3886 +12,3205 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3643">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Автор</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
+    <t>"Дин вә мәгыйшәт" № 27, 20 июль 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2252/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 26, 13 июль 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2251/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 25, 6 июль 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2250/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 24, 29 июнь 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2249/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 23, 22 июнь 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2248/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 22, 15 июнь 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2247/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 21, 8 июнь 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2246/</t>
+  </si>
+  <si>
+    <t>Имам Әгъзам вә имам Әбү Йосыф хәзрәтләренең тәрҗемә-е хәлләре</t>
+  </si>
+  <si>
+    <t>Мухаммад Харрас Айдаров аль-Каргалый</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2245/</t>
+  </si>
+  <si>
+    <t>Ләһҗә-е татари 1  لهجهء تاتارى 1</t>
+  </si>
+  <si>
+    <t>Каюм Насыри,Каюм Насыри</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2244/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 20, 1 июнь 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2243/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 19, 25 май 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2242/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 17, 11 май 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2241/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 16, 4 май 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2240/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 15, 20 апрель 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2239/</t>
+  </si>
+  <si>
+    <t>"Дин вә мәгыйшәт" № 14, 15 апрель 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2238/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 13, 8 апрель 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2237/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 12, 30 март 1907</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2236/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 10, 16 март 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2235/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 11, 23 март 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2234/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 9, 10 март 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2233/</t>
+  </si>
+  <si>
+    <t>Лөгате гарәбия би-н-насрания 1 لغة عربیة بالنصرانیة</t>
+  </si>
+  <si>
+    <t>Тукави Шамс</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2232/</t>
+  </si>
+  <si>
+    <t>Мәктәп лөгате مکتب لغتی</t>
+  </si>
+  <si>
+    <t>Аббас Сайфуллин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2231/</t>
+  </si>
+  <si>
+    <t>Кечек лөгать كچك لغت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2230/</t>
+  </si>
+  <si>
+    <t>Кесә лөгате яхуд Газета укучылара ярдәмче کسه لغتی</t>
+  </si>
+  <si>
+    <t>Фатих Садыков</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2229/</t>
+  </si>
+  <si>
+    <t>Лөгат-е хәмс - төркчә, гарәпчә, фарсичә, русча һәм французча لغات خمس</t>
+  </si>
+  <si>
+    <t>Раими Камалетдин бин Тажетдин</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2228/</t>
+  </si>
+  <si>
+    <t>Мөлтәкатат-е лөгат - фарси - гарәби, төрки лөгате ملتقطات اللغات</t>
+  </si>
+  <si>
+    <t>Насырия Хабира бинт Габделкави</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2227/</t>
+  </si>
+  <si>
+    <t>Перевод (Тәрҗеман-е руси вә фарси вә төрки) پیریوود</t>
+  </si>
+  <si>
+    <t>Мухаммадсадык бин Шахахмад Иманкули</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2226/</t>
+  </si>
+  <si>
+    <t>Төрки хөтбәләр. 2 нче ел. ترکی خطبه‌لر. ایکنچی یل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2225/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 8, 2 март 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2224/</t>
+  </si>
+  <si>
+    <t>Ислам тарихы  اسلام تاريخی</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2223/</t>
+  </si>
+  <si>
+    <t>Кыйсас-ы әнбия قصص انبیا</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2222/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 7, 23 февраль 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2221/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 6, 11 февраль 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2220/</t>
+  </si>
+  <si>
+    <t>Хаҗ сәфәре حج سفری</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2219/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 5, 4 февраль 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2218/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 4, 26 гыйнвар 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2217/</t>
+  </si>
+  <si>
+    <t>Мирас вә мөкасәмә / Наследство и распределение / میراث ومقاسمه‌</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2216/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 3, 19 гыйнвар 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2215/</t>
+  </si>
+  <si>
+    <t>Төрки хөтбәләр. 1 нче ел. ترکی خطبه‌لر. برنچی یل</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2214/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 2, 10 гыйнвар 1907 دنیا و معیشت</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2213/</t>
+  </si>
+  <si>
+    <t>Диндә юл башчылары دینده یول باشچیلری</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2212/</t>
+  </si>
+  <si>
+    <t>"Дөнья вә мәгыйшәт" № 1, 31 декабрь 1906</t>
+  </si>
+  <si>
+    <t>http://darul-kutub.com/books/2211/</t>
+  </si>
+  <si>
     <t>Шарх шавахид аль-Кафия ва аль-Джами شرح شواهد الكافية و الجامعي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2210/</t>
   </si>
   <si>
     <t>Талибату ат-Талибати фи аль-истиляхат аль-фикхия طلبة الطلبة في الإصلاحات الفقهية</t>
   </si>
   <si>
-    <t>Наджмуддин Абу Хафс ан-Насафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2209/</t>
   </si>
   <si>
     <t>Шарх мизан аль-адаб شرح ميزان ادب</t>
   </si>
   <si>
-    <t>Мухаммад Ташканди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2208/</t>
   </si>
   <si>
     <t>Ар-расаиль ас-сабага фи аль-гакаид الرسائل السبعة في العقائد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2207/</t>
   </si>
   <si>
     <t>Завещание хваджи Абдульхалика Гиждувани وصيت نامه خواجه عبد الخالق غجدواني</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2206/</t>
   </si>
   <si>
     <t>Шарх аль-гакаид ан-Насафия ли-Тафтазани شرح العقائد النفسية للفتازاني</t>
   </si>
   <si>
-    <t>Сагд ад-Дин Тафтазани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2205/</t>
   </si>
   <si>
     <t>Мусхаф, написанный османским каллиграфом Мустафой Назыфом, с хашия тафсира Джалялейн مصحف بخط الخطاط التركي العثماني مصطفى نظيف الشهير بقدر غه لي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2204/</t>
   </si>
   <si>
     <t>Гакд аль-джаухар ас-самин عقد الجوهر الثمين</t>
   </si>
   <si>
-    <t>Исмаил Гаджлуни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2203/</t>
   </si>
   <si>
     <t>Гатыйяту аль-Ваххаб аль-фасыляти бейна аль-хата ва ас-саваб</t>
   </si>
   <si>
-    <t>Мухаммад Бек аль-Узбеки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2202/</t>
   </si>
   <si>
     <t>Китаб гыйльм аль-аглям كتاب علم الاعلام</t>
   </si>
   <si>
-    <t>Ами бин Усман Сибавейхи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2201/</t>
   </si>
   <si>
     <t>Матн аль-джузрия фи магрифати таджвид аль-аяти аль-Курания متن الجزرية في معرفة تجويد الآيات القرآنية</t>
   </si>
   <si>
-    <t>Закария аль-Ансари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2200/</t>
   </si>
   <si>
     <t>Тухфату ар-рагыбин фи таджвид аль-китаб аль-мубин تحفة الراغبين في تجويد الكتاب المبين</t>
   </si>
   <si>
-    <t>Мухаммад Али аль-Хусейни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2199/</t>
   </si>
   <si>
     <t>Сборник тафсиров аль-Байдави, ан-Насафи, аль-Хазин и Ибн 'Аббаса / مجموع من التفاسير البيضاوي والنسفي والخازن وابن عباس</t>
   </si>
   <si>
-    <t>Насыруддин аль-Байдави, Абу аль-Баракат ан-Насафи, 'Аля'уддин аль-Хазин, аль-Файруз Абади</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2198/</t>
   </si>
   <si>
     <t>Рух аль-Баян фи тафсир аль-Коран / روح البيان في تفسير القرآن том 8 - 10</t>
   </si>
   <si>
-    <t>Исмаиль Хаккы аль-Бурсави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2197/</t>
   </si>
   <si>
     <t>Рух аль-Баян фи тафсир аль-Коран / روح البيان في تفسير القرآن том 5 - 7</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2196/</t>
   </si>
   <si>
     <t>Рух аль-Баян фи тафсир аль-Коран / روح البيان في تفسير القرآن    том 1-4</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2195/</t>
   </si>
   <si>
     <t>Муршид аль-Мута'аллим / مرشد المتعلم</t>
   </si>
   <si>
-    <t>Джон Адмаз</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2194/</t>
   </si>
   <si>
     <t>Мизенское издание Густава Флюгеля мусхафа Благородного Корана аль-Коран ва хува аль-Худа валь-Фуркан  الْقُرآن وهو الْهُدَى وَالْفَقَالُ</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2193/</t>
   </si>
   <si>
     <t>Хашия аль-'Адави 'аля Хуляса аль-Хисаб / حاشية العدوى على خلاصة الحساب</t>
   </si>
   <si>
-    <t>Мухаммад Хусейн аль-'Адави аль-Малики</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2192/</t>
   </si>
   <si>
     <t>аль-Акваль аль-мардыя фи ар-радд 'аля аль-ваххабия / الأقوال المرضية في الرد على الوهابية</t>
   </si>
   <si>
-    <t>Мухаммад 'Ата Ибн Ибрахим ас-Касам</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2191/</t>
   </si>
   <si>
     <t>Рашахат аль-аклям шарх Кифая аль-гулям фи аркан аль-ислам / كفاية الغلام في أركان الإسلام</t>
   </si>
   <si>
-    <t>Мухаммад Са'ид бин Мустафа ан-На'сани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2190/</t>
   </si>
   <si>
     <t>Хашия 'аля Шарх аль-Харида аль-Бахия / حاشية علي شرح الخريدة البهية</t>
   </si>
   <si>
-    <t>Ахмад Сави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2189/</t>
   </si>
   <si>
     <t>Галият аль-Мава'из ва мисбах аль-мутта'из ва кабс аль-ва'из лиль-'алим/ غالية المواعظ و مصباح المتعظ و قبس الواعظ للعالم</t>
   </si>
   <si>
-    <t>аль-Хибр аль-Бахр Хайруддин Абу Баракат Ну'ман Эфенди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2188/</t>
   </si>
   <si>
     <t>аль-Фаваид аль-Джалиля аль-Бахия 'аля аш-Шамаиль аль-Махмудия</t>
   </si>
   <si>
-    <t>Мухаммад бин Касим Джасус</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2187/</t>
   </si>
   <si>
     <t>Весь текст Священного Корана на одной странице  النص الكامل للقرآن الكريم في صفحة واحدة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2186/</t>
   </si>
   <si>
     <t>Шарх Шавкы 'аля аль-Фанари</t>
   </si>
   <si>
-    <t>Ахмад аш-Шавкы</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2185/</t>
   </si>
   <si>
     <t>аль-Исра' валь-ми'радж</t>
   </si>
   <si>
-    <t>Джалялюддин ас-Суюти</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2184/</t>
   </si>
   <si>
     <t>Рукописная копия Дога-и Гаһед-намә һәм Дога-и Исем-и Әгъзам будур  دعاء عهد نامه هم دعاء اسم اعظم بودر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2183/</t>
   </si>
   <si>
     <t>Хикая фи мадх Имам А'зам рахимахуЛлах Те'аля  حكاية في مدح أمام اعظم رحمه الله تعالى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2182/</t>
   </si>
   <si>
     <t>Рукописная копия Муснада имама Абу Ханифы / مسند الإمام أبي حنيفة</t>
   </si>
   <si>
-    <t>'Иса бин Мухаммад бин Мухаммад ас-Са'алиби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2181/</t>
   </si>
   <si>
     <t>ат-Тахкик аль-Бахир шарх аль-Ашбах ва ан-назаир  / التحقيق الباهر شرح الأشباه والنظائر  том 3</t>
   </si>
   <si>
-    <t>Хибатуллах ат-Таджи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2180/</t>
   </si>
   <si>
     <t>Перевод книги Ахыр Заманъ Китаби. Мухаммеданское учение о кончине мира / آخر زمان کتابی</t>
   </si>
   <si>
-    <t>Евфимий Малов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2179/</t>
   </si>
   <si>
     <t>Хашия Чильби 'аля шарх аль-Викая / حاشية چلبی علي شرح الوقايه</t>
   </si>
   <si>
-    <t>имам аль-Чильби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2178/</t>
   </si>
   <si>
     <t>Рукописная копия книги аль-Джам'у байна аль-фатва уа ат-таква / الجمع بين الفتوى و التقوى</t>
   </si>
   <si>
-    <t>Са'ид бин Ахмад бин Абу Бакр ар-Рази аль-Ханафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2177/</t>
   </si>
   <si>
     <t>Рукописная копия Каляид аль-Марджан / قلائد المرجان</t>
   </si>
   <si>
-    <t>Абд аль-Гани ан-Наблусий</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2176/</t>
   </si>
   <si>
     <t>Рукописная каллиграфическая копия текста аш-Шатыбия / نسخة خطية للشاطبية</t>
   </si>
   <si>
-    <t>аш-Шатыби аль-Мукри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2175/</t>
   </si>
   <si>
     <t>Мукаддима фи мазхаб аль-кыра'ат аль-арба'а аз-Заида 'аля аль-'ашара (рукопись) / مقدمة في مذاهب القراءات الاربعة الزائدة على العشرة</t>
   </si>
   <si>
-    <t>Султан аль-Мукри аш-Шафи'и</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2174/</t>
   </si>
   <si>
     <t>Рихля Ибн Фадлян / رحلة إبن فضلان إلي بلاد الترك والروس والصقلابة</t>
   </si>
   <si>
-    <t>Ахмад бин Фадлян</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2173/</t>
   </si>
   <si>
     <t>Тарих аль-Мусхаф аш-Шариф / تاریخ المصحف الشريف</t>
   </si>
   <si>
-    <t>'Абд аль-Фаттах аль-Кады</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2172/</t>
   </si>
   <si>
     <t>Рукопись сур аль-Фатиха и аль-Ан'ам / قطعة من مصحف سورة الفاتحة والأنعام بخط الخطاط عبدالله الحقي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2171/</t>
   </si>
   <si>
     <t>Рукописный Мусхаф Корана хаттата Мустафы аль-Хатими / مصحف مخطوط بخط الخطاط مصطفى الحاتمي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2170/</t>
   </si>
   <si>
     <t>Рукописный Мусхаф избранных сур и аятов Корана хаттата Сайида Мухаммада Мас'уда / مصحف لسور مختارة مخطوط بخط السيد محمد مسعود بن محمد سعيد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2169/</t>
   </si>
   <si>
     <t>Рукописный Мусхаф Корана хаттата Рагиб Паши / مصحف مخطوط بخط الخطاط راغب باشا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2168/</t>
   </si>
   <si>
     <t>Рукописный Мусхаф Корана хаттата Салиха аль-Ускадари / مصحف مخطوط بخط الخطاط صالح اﻷسكداري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2167/</t>
   </si>
   <si>
     <t>Хуляса ан-нусус аль-джалия фи нузуль аль-Коран ва джам'ихи ва хукми иттиба' расм аль-масахыф аль-'усмания / خلاصة النصوص الجلية في نزول القرآن وجمعه وحكم اتباع رسم المصاحف العثمانية</t>
   </si>
   <si>
-    <t>Мухаммад аль-Хаддад</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2166/</t>
   </si>
   <si>
     <t>Хизб аль-Абрар Хысн аль-Ахйар حزب الأبرار حصن الاخيار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2165/</t>
   </si>
   <si>
     <t>Рисаля-и Биркави</t>
   </si>
   <si>
-    <t>Мухаммад аль-Биркави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2164/</t>
   </si>
   <si>
     <t>Дога Сейфи хассыетлере берлан  دعا سیفی خاصیتلری برلان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2163/</t>
   </si>
   <si>
     <t>аль-'Умда фи махасин аш-ши'р ва адабих ва накдих / العمدة في محاسن الشعر و آدابه و نقده</t>
   </si>
   <si>
-    <t>Абу 'Али аль-Хасан бин Рашик аль-Кайравани аль-Азди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2162/</t>
   </si>
   <si>
     <t>Иршад ахль аль-милля иля исбат аль-ахилля / ارشاد اهل الملة الى اثباب الاهلة</t>
   </si>
   <si>
-    <t>Мухаммад Бахыт аль-Муты'и аль-Ханафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2161/</t>
   </si>
   <si>
     <t>Хидая ар-Рагыбин фи ас-сейр ва ас-сулюк иля малик аль-мулюк Рабб аль-'алямин / هداية الراغبين في السير والسلوك إلى ملك الملوك رب العالمين</t>
   </si>
   <si>
-    <t>Хафиз Ибн 'Али</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2160/</t>
   </si>
   <si>
     <t>Рисаля ас-Сейр ва ас-Сулюк   رسالة السير والسلوك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2159/</t>
   </si>
   <si>
     <t>аль-Ма'ани аль-Маджалля / المعاني المجملة</t>
   </si>
   <si>
-    <t>'Абд ар-Рахим ас-Суюти</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2158/</t>
   </si>
   <si>
     <t>Люкта аль-'Аджлян (вместе с шархом Мухаммада аль-Касими ад-Димашки) / لقطة العجلان</t>
   </si>
   <si>
-    <t>Бадруддин аз-Заркаши</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2157/</t>
   </si>
   <si>
     <t>ат-Тахкик аль-Бахир шарх аль-Ашбах ва ан-назаир  / التحقيق الباهر شرح الأشباه والنظائر  том 2</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2156/</t>
   </si>
   <si>
     <t>Ат-тахкык аль-бахир шарх аль-ашбах ва ан-назаир / التحقيق الباهر شرح الأشباه والنظائر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2155/</t>
   </si>
   <si>
     <t>Макля'а аль-бид'а</t>
   </si>
   <si>
-    <t>'Абд аль-Каййим Паша</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2154/</t>
   </si>
   <si>
     <t>ас-Саваних аль-джазима фи ат-та'риф аль-лазима</t>
   </si>
   <si>
-    <t>Мухаммадом Али бин Хусейном</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2153/</t>
   </si>
   <si>
     <t>аль-Бухус ас-санийя 'ан ба'д риджаль асанид ат-тарика аль-хальветия / البحوث السنية عن بعض رجال أسانيد الطريقة الخلوتية</t>
   </si>
   <si>
-    <t>Мухаммад Захид аль-Каусари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2152/</t>
   </si>
   <si>
     <t>Мавкыф аль-'акль ва аль-'ильм ва аль-'алим мин Рабб аль-'алямин ва 'ибадихиль-мурсалин / موقف العقل والعلم والعالم مورب العالمين وعباده المرسلين</t>
   </si>
   <si>
-    <t>Мустафа Сабри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2151/</t>
   </si>
   <si>
     <t>Бард аль-акбад 'инд факд аль-авляд / بَرِّدُ الأَكْبَادِ عِنْدَ فَقَدِ الأَوْلَادِ</t>
   </si>
   <si>
-    <t>Ибн Насыруддин ад-Димашки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2150/</t>
   </si>
   <si>
     <t>Манакыб Аби Ханифа / مناقب ابي حنيفة</t>
   </si>
   <si>
-    <t>Абуль-Касим Шарафуддин бин Абд аль-Алим</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2149/</t>
   </si>
   <si>
     <t>ат-Тахкык аль-Муджтаба фи гайб аль-Мустафа / التحقیق المجتبی فی غیب المصطفےٰ</t>
   </si>
   <si>
-    <t>Мавляви Абд аль-Хай</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2148/</t>
   </si>
   <si>
     <t>Сыдк аль-Хайр фи хаваридж аль-карн ас-сани 'ашара / صدق الخبر في خوارج القرن الثاني عشر</t>
   </si>
   <si>
-    <t>Абдуллах бин Хасан Паша</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2147/</t>
   </si>
   <si>
     <t>аль-Манар / المنار</t>
   </si>
   <si>
-    <t>Абуль-Баракат ан-Насафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2146/</t>
   </si>
   <si>
     <t>аль-Фаваид аль-бахия фи тараджим аль-ханафия / الفوائد البهية في تراجم الحنفية</t>
   </si>
   <si>
-    <t>Абдуль-Хай аль-Лякнави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2145/</t>
   </si>
   <si>
     <t>аль-Иман / لإيمان</t>
   </si>
   <si>
-    <t>Такыюддин аль-Биргюви</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2144/</t>
   </si>
   <si>
     <t>Манзума аль-Кавакиби фи Усуль фикх ас-Сада аль-Ханафия</t>
   </si>
   <si>
-    <t>Мухаммад аль-Кавакиби аль-Халяби аль-Ханафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2143/</t>
   </si>
   <si>
     <t>Баян аль-Маани фи шарх акыда аш-Шайбани / بيان المعاني في شرح عقيدة الشيباني</t>
   </si>
   <si>
-    <t>Ульван аль-Хамави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2142/</t>
   </si>
   <si>
     <t>Рисаля фи набиз ат-тамр / رسالة في نبيذ التمر</t>
   </si>
   <si>
-    <t>Ибн Биляль</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2141/</t>
   </si>
   <si>
     <t>Рисаля фи марифа аль-инсан / رسالة في معرفة الانسان</t>
   </si>
   <si>
-    <t>Рукн ад-Дин ас-Самарканди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2140/</t>
   </si>
   <si>
     <t>Рисаля ар-Рух / رسالة الروح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2139/</t>
   </si>
   <si>
     <t>Тахмис аль-касыда ан-нуния / تخميس القصيدة النونية</t>
   </si>
   <si>
-    <t>Муфид ар-Руми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2138/</t>
   </si>
   <si>
     <t>аль-Анвар аль-Иляхия</t>
   </si>
   <si>
-    <t>Шамс ад-Дин ас-Самарканди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2137/</t>
   </si>
   <si>
     <t>Муршид аль-Хайран иля ма'рифа ахваль аль-Инсан / مرشد الحيران إلى معرفة أحوال الإنسان</t>
   </si>
   <si>
-    <t>Мухаммад Кадри Паша</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2136/</t>
   </si>
   <si>
     <t>Кырык хәдис /  قرق حديث</t>
   </si>
   <si>
-    <t>Мухаммад ас-Салихи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2135/</t>
   </si>
   <si>
     <t>Мухтасар аль-Викая тәрҗемәсе /  مختصر الوقايه ترجمه سی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2134/</t>
   </si>
   <si>
     <t>ат-Тахрир / التحرير</t>
   </si>
   <si>
-    <t>Камаль ад-Дин Ибн Хумам</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2133/</t>
   </si>
   <si>
     <t>Таляба ат-Таляба طلبة الطلبة</t>
   </si>
   <si>
-    <t>Абу Хафс ан-Насафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2132/</t>
   </si>
   <si>
     <t>Адаб аль-Хуляфа аль-Умавийин</t>
   </si>
   <si>
-    <t>Абд ар-Раззак Хумейда</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2131/</t>
   </si>
   <si>
     <t>аль-Акыда ар-Рукния фи шарх ля иляха илляллах Мухаммадун расулюллах / العقيدة الركنية في شرح لا إله إلا الله محمد رسول الله</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2130/</t>
   </si>
   <si>
     <t>аль-Кашшаф / الكَثَافِ</t>
   </si>
   <si>
-    <t>аз-Замахшари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2129/</t>
   </si>
   <si>
     <t>Шарх Мухаммад ан-Навави 'аля Ахсар Манасик аш-Шейх аль-Хатиб / شرح الشيخ محمد نووي الجاوي على أخصر مناسك الشيخ الخطيب</t>
   </si>
   <si>
-    <t>Мухаммад ан-Навави аль-Джави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2128/</t>
   </si>
   <si>
     <t>Хидаят Рабби 'инда факд аль-Мурабби / هداية ربى عند فقد المربى</t>
   </si>
   <si>
-    <t>‘Али ибн Хусам ад-Дин аль-Муттаки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2127/</t>
   </si>
   <si>
     <t>Насаих аль-Ибад / نصائح العباد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2126/</t>
   </si>
   <si>
     <t>Ислам дине йолалары</t>
   </si>
   <si>
-    <t>Разия Сибгатулла кызы Закирова, Фәридә Мөхәммәтгариф кызы Хәсәнова.</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2125/</t>
   </si>
   <si>
     <t>Ат-Тухфа аль-Мадания фи аль-Мусальсалат аль-Витрия / التحفة المدنية في المسلسلات الوترية</t>
   </si>
   <si>
-    <t>Мухаммад 'Али бин ас-Саййид Захир аль-Витри аль-Мадани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2124/</t>
   </si>
   <si>
     <t>Тарих Джами' аш-шейх 'Абд аль-Кадир аль-Джиляни تاريخ جامع الشيخ عبدالقادر الكيلاني</t>
   </si>
   <si>
-    <t>Хашим аль-А'зами</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2123/</t>
   </si>
   <si>
     <t>Хидая аль-вусуль ли баян аль-фарк байна ан-набиййи ва ар-расуль / هداية الوصول لبيان الفرق بين النبي والرسول</t>
   </si>
   <si>
-    <t>Абд аль-Ваххаб бин Абд аль-Фаттах аль-Хиджази</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2122/</t>
   </si>
   <si>
     <t>Аль-Манакыб аль-Ахмадия валь-Макамат ас-Саидия / المناقب الاحمدية والمقامات السعيدية</t>
   </si>
   <si>
-    <t>Ахмед Сафа б. Аббас</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2121/</t>
   </si>
   <si>
     <t>Маджалис саба / مجالس سبعه</t>
   </si>
   <si>
-    <t>Джаляль ад-Дин ар-Руми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2120/</t>
   </si>
   <si>
     <t>Зубд аль-акаид ан-насафия  زبدة العقائد النسفية</t>
   </si>
   <si>
-    <t>Абд аль-Мутааль ас-Саиди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2119/</t>
   </si>
   <si>
     <t>Таквим аль-лисан фи кыра’ат аль-Коран  تقويم اللسان في  قراءة القرآن</t>
   </si>
   <si>
-    <t>Мухаммад Карим Хан Кирмани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2118/</t>
   </si>
   <si>
     <t>Хашия Мухаммад аль-Анбаби аля рисаля Мухаммад ас-Саббан фи ильм аль-баян حاشية محمد الأنبابي على رسالة محمد الصبان في علم البيان</t>
   </si>
   <si>
-    <t>Мухаммад аль-Анбаби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2117/</t>
   </si>
   <si>
     <t>Тухфа ар-рагыбина фи таклиди аль-кауль бисыххати аль-джума бидуни аль-арбаина تحفة الراغبين فى تقليد القول بصحة الجمعة بدون الاربعين</t>
   </si>
   <si>
-    <t>Хусейн бин Сулейман аль-Джави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2116/</t>
   </si>
   <si>
     <t>Ат-Тайсир фи улюм ат-тафсир التيسير في علوم التفسير</t>
   </si>
   <si>
-    <t>Абд аль-Азиз бин Ахмад ад-Дайрини</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2115/</t>
   </si>
   <si>
     <t>Такхык мабади аль-улюм аль-ахад ашара تحقيق مباديء العلوم اڵاحد عشر</t>
   </si>
   <si>
-    <t>Али Раджаб ас-Салихи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2114/</t>
   </si>
   <si>
     <t>Тафхим аль-Мутафаххим ‘аля Та‘лим аль-Мута‘аллим / تفهيم المتفهم على تعليم المتعلم</t>
   </si>
   <si>
-    <t>‘Усман Базари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2113/</t>
   </si>
   <si>
     <t>Шарх Хутба Шарх Са‘д ад-Дин ат-Тафтазани ли-Матн аль-‘Изза фи ‘Ильм ат-Тасриф / شرح خطبة شرح سعد الدين التفتازاني لمتن العزى في علم التصريف</t>
   </si>
   <si>
-    <t>Исхак Афанди Сыдки бин Ислам аль-Джаркаси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2112/</t>
   </si>
   <si>
     <t>Аль-Файрузадж Шарх аль-Анмузадж ли-ль-Устаз аль-Фадиль аш-Шейх Мухаммад ‘Иса ‘Аскар / الفيروزج شرح الانموذج للأستاذ الفاضل الشيخ محمد عيسى عسكر</t>
   </si>
   <si>
-    <t>Мухаммад ‘Иса ‘Аскар</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2111/</t>
   </si>
   <si>
     <t>Такриз аль-Акабир мин аль-’Улама аль-А‘лям ‘аля Китаб Шарх ‘Умдат ас-Сира ‘аля Анмудж аз-Замахшари / تقاريظ الأكابر من العلماء الأعلام على كتاب شرح عمدة السرى على أنموذج الزمخشري</t>
   </si>
   <si>
-    <t>Ибрахим Са‘ид аль-Хусуси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2110/</t>
   </si>
   <si>
     <t>аль-Мавахиб ас-Сармадия фи Манакиб ан-Накшбандия / المواهب السرمدية في مناقب النقشبندية</t>
   </si>
   <si>
-    <t>Мухаммад Амин аль-Курди аль-Ирбили</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2109/</t>
   </si>
   <si>
     <t>аль-Фатава аль-Камиилия фи аль-Хавадис ат-Тараблисия] / [الفتاوى الكاملية في الحوادث الطرابلسية</t>
   </si>
   <si>
-    <t>Мухаммад Камиль бин Мустафа бин Махмуд ат-Тараблиси аль-Ханафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2108/</t>
   </si>
   <si>
     <t>Халяби сагыр حلب صغير</t>
   </si>
   <si>
-    <t>Ибрахим бин Мухаммад бин Ибрахим аль-Халяби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2107/</t>
   </si>
   <si>
     <t>Рисаля фи тахкык аль-калям аля ар-Рахман ар-Рахым رسالة في تحقيق الكلام علي الرحمن الرحيم</t>
   </si>
   <si>
-    <t>Мухаммад Али бин ас-Саййид Захир аль-Витри аль-Мадани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2106/</t>
   </si>
   <si>
     <t>Мифтах аль-фалях مفتاح الفلاح</t>
   </si>
   <si>
-    <t>'Ата'уллах Искандари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2105/</t>
   </si>
   <si>
     <t>Мавлид ан-наби: Шараф аль-анам مولد النبي: شرف الانام</t>
   </si>
   <si>
-    <t>Ахмад бин Касим аль-Бухари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2104/</t>
   </si>
   <si>
     <t>Аль-Фусуль аль-бади'а фии усуль аш-Шари'а الفصول البديعة في اصول الشرعية</t>
   </si>
   <si>
-    <t>Мухмуд аль-Баджури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2103/</t>
   </si>
   <si>
     <t>Изхар аль-Асрар اظهار الأسرار</t>
   </si>
   <si>
-    <t>Мухаммад бин Пир аль-Биркави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2102/</t>
   </si>
   <si>
     <t>Тибьян аль-Маталиб تبيان المطالب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2101/</t>
   </si>
   <si>
     <t>Му'раб аль-Изхар معرب الإظهار</t>
   </si>
   <si>
-    <t>Хусейн бин Ахмад Зайни Заде</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2100/</t>
   </si>
   <si>
     <t>ат-Тарика аль-Мухаммадия фи баян ас-сира ан-набавия аль-Ахмадия الطريقة المحمدية في بيان السيرة النبوية الأحمدية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2099/</t>
   </si>
   <si>
     <t>Рисаля аль-Баляга ва аль-вад' ва аль-хикма رسالة البلاغة والوضع والحكمة</t>
   </si>
   <si>
-    <t>Абд аль-Азиз бин Салим ас-Самира'и</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2098/</t>
   </si>
   <si>
     <t>Хашия Мулла Заде аля Мухтасар аль-Маани حاشية ملا زاده على مختصر المعاني</t>
   </si>
   <si>
-    <t>Мулла Заде</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2097/</t>
   </si>
   <si>
     <t>Иказ ан-Ниям фима ятаалляку биль ахилля ва ас-сыям ايقاظ النيام فيما يتعلق بالاهلة والصيام</t>
   </si>
   <si>
-    <t>Абд аз-Залиль 'Усман бин Абдуллах бин Акыль бин Яхья аль-Улювви аль-Хуйсейни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2096/</t>
   </si>
   <si>
     <t>Умм Камал أم كمال (сборник стихов)</t>
   </si>
   <si>
-    <t>Умм Камал</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2095/</t>
   </si>
   <si>
     <t>аш-Шатыбия и Такриб ан-нафи филь-кыраат ас-саби  الشاطبية وتقريب النفع</t>
   </si>
   <si>
-    <t xml:space="preserve"> Ахмад ар-Ра'ини аш-Шатыби и Мухаммад ад-Дарра'</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2094/</t>
   </si>
   <si>
     <t>Рад маани аль-аяти аль-муташабихат иля аль-аяти аль-мухкамат  رد معاني_الآيات_المتشابهات إلى الآيات المحكمات</t>
   </si>
   <si>
-    <t>Мухьиддин Ибн аль-Араби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2093/</t>
   </si>
   <si>
     <t>Аль-Фатх аль-мубин маа хашия аль-Мадабги الفتح المبين مع حاشية المدابغي</t>
   </si>
   <si>
-    <t>Хасан бин Али аль-Мадабги</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2092/</t>
   </si>
   <si>
     <t>аль-Хидайя аль-хайрия фи ат-тарика ан-накшбандия الهداية الخيرية في الطريقة النقشبندية</t>
   </si>
   <si>
-    <t>Мухамад Амин аль-Курди аль-Ирбили</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2091/</t>
   </si>
   <si>
     <t>Дау ас-Сирадж фи фадли Раджаб ва кыссат аль-Мирадж ضوء السراج فى فضل رجب وقصة المعراج</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2090/</t>
   </si>
   <si>
     <t>Кифая аль-Мунтаха фи шарх Кифая аль-Мубтада фа шарх ‘ильм сарф. كفاية المنتهى في شرح كفاية المبتدي من علم لصرف</t>
   </si>
   <si>
-    <t>Сулейман Сирри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2089/</t>
   </si>
   <si>
     <t>Ислам маджаллясе. اسلام مجله‌سی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2088/</t>
   </si>
   <si>
     <t>Маджму ар-расаиль аль-иляхия مجموعه الرسائل الإلهية</t>
   </si>
   <si>
-    <t>Мухьиддин Ибн Араби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2087/</t>
   </si>
   <si>
     <t>Акыда ас-Сульб валь-Фада عقيدة الصلب و الفداء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2086/</t>
   </si>
   <si>
     <t>Джаваб суаль ан суи макаль  جواب سؤال عن سوء مقال</t>
   </si>
   <si>
-    <t>Ибн Бадис</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2085/</t>
   </si>
   <si>
     <t>Каталог арабских рукописей в библиотеке Индийского управления A CATALOGUE OF THE ARABIC MANUSCRIPTS IN THE LIBRARY OF THE INDIA OFFICE.</t>
   </si>
   <si>
-    <t>Отто Лот</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2084/</t>
   </si>
   <si>
     <t>Шарх аль-Киляни аля тасриф аль-Иззи شرح الكيلاني على تصريف العزي</t>
   </si>
   <si>
-    <t>Ибн Хишам аль-Киляни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2083/</t>
   </si>
   <si>
     <t>Мутамар хард уа саик уа мухадыр مؤتمر حرض وثائق ومحاضر</t>
   </si>
   <si>
-    <t>Абдуллах аль-Хасани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2082/</t>
   </si>
   <si>
     <t>Мифтах ат-тартиб лиахадис тарих аль-Хатыб مفتاح الترتيب لأحاديث الخطيب</t>
   </si>
   <si>
-    <t>Ахмад бин ас-Саййид аль-Гумари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2081/</t>
   </si>
   <si>
     <t>Фадаиль аль-Куръан فضائل القران</t>
   </si>
   <si>
-    <t>Абдуллах бин Мухаммад бин ас-Сыддик аль-Гумари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2080/</t>
   </si>
   <si>
     <t>Аль-Арбаин хадисан ас-Сиддикия  الأربعين حديثاً الصدّيقية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2079/</t>
   </si>
   <si>
     <t>Аль-Арбаин аль-Гумария фии шукри ан-ниам  الأربعي الغمارية في شكر النعم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2078/</t>
   </si>
   <si>
     <t>Магани аль-лябиб ган кутуб аль-агариб مبادئ  العربية في الصرف  والنحو</t>
   </si>
   <si>
-    <t>Рашид аш-Шартуни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2077/</t>
   </si>
   <si>
     <t>Иглям ан-Набихи бисабаби бараат Ибрахим мин абихи إعلام النبيه بسبب براءة إبراهيم من أبيه</t>
   </si>
   <si>
-    <t>Ахмад бин ас-Сиддык</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2076/</t>
   </si>
   <si>
     <t>Шаварик аль-анвар شوارق الأنوار المنيفة بظهور النواجذ الشريفة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2075/</t>
   </si>
   <si>
     <t>Ибраз аль-вахми аль-макнун мин калям Ибн Хальдун إبراز الوهم المكنون من كلام ابن خلدون</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2074/</t>
   </si>
   <si>
     <t>Аль-каулю ас-садид фи хукми ат-таджвид القول السديد في حكم التجويد</t>
   </si>
   <si>
-    <t>Мухаммад бин Али Хусейни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2073/</t>
   </si>
   <si>
     <t>Фараид ан-наху аль-васима. Шарх ад-Дурра аль-ятима فرائد النحو الوسيمة شرح الدرة اليتيمة</t>
   </si>
   <si>
-    <t>Мухаммад бин Али аль-Макки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2072/</t>
   </si>
   <si>
     <t>Мабади аль-гарабия фи ас-сарф ва ан-наху مبادئ  العربية في الصرف  والنحو</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2071/</t>
   </si>
   <si>
     <t>Шауки на Фанаре شوقي على الفناري</t>
   </si>
   <si>
-    <t>Ахмад бин Габдулла аш-Шауки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2070/</t>
   </si>
   <si>
     <t>Тахарату аль-кулюб уа аль-худуги ли-галями аль-гуюб طهارة القلوب والخضوع لعلام الغيوب</t>
   </si>
   <si>
-    <t>Абдульазиз Дирини</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2069/</t>
   </si>
   <si>
     <t>Накду матагыйн фи аль-Курани ль-Карим نقض مطاعن في القرآن الكريم</t>
   </si>
   <si>
-    <t>Мухаммад Ахмад Гарафат</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2068/</t>
   </si>
   <si>
     <t>Кавагид гакаид Аали Мухаммад (Батыния) قواعد عقائد آل محمد (الباطنية)</t>
   </si>
   <si>
-    <t>Мухаммад бин аль-Хасан Дильми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2067/</t>
   </si>
   <si>
     <t>Наджат аль-гафилин نجاة الغافلين Ахмад</t>
   </si>
   <si>
-    <t>Ахмад Зияутдин аль-Гумушханеви</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2066/</t>
   </si>
   <si>
     <t>Сибавайх سيبويه</t>
   </si>
   <si>
-    <t>Амр бин Усман Сибавайх</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2065/</t>
   </si>
   <si>
     <t>Ахляк الأخلاق</t>
   </si>
   <si>
-    <t>Абдуррахман Заглюл</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2064/</t>
   </si>
   <si>
     <t>Аль-Ислам дин аль-фитрати الاسلام دين الفطرة</t>
   </si>
   <si>
-    <t>Абдульазиз Чавиш</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2063/</t>
   </si>
   <si>
     <t>Шаджарату Мухаммадия الشجرة المحمدية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2062/</t>
   </si>
   <si>
     <t>Мадхаль аль-мунир фи мукаддима гыльм ат-тафсир المدخل المنير في مقدمة علم التفسير</t>
   </si>
   <si>
-    <t>Мухаммад Хасанайн</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2061/</t>
   </si>
   <si>
     <t>Рисаляту фи ан-нисбати رسالة في النسبة</t>
   </si>
   <si>
-    <t>Джабр Думат</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2060/</t>
   </si>
   <si>
     <t>Иглям аль-гукаля фи исбат карамат аль-аулийя اعلام العقلاء في  اثبات كرامات الاولياء</t>
   </si>
   <si>
-    <t>Мухаммад Рашид Тазфи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2059/</t>
   </si>
   <si>
     <t>Табсыт кавагид аль-гарабийя تبسيط قواعد العربية</t>
   </si>
   <si>
-    <t>Анис Фариха</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2058/</t>
   </si>
   <si>
     <t>Аль-хидмату аль-мадрасийя фи тасхиль сарф ва наху الخدمة المدرسية في تسهيل صرف و نحو</t>
   </si>
   <si>
-    <t>Джирджис аль-Хури аль-Макдиси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2057/</t>
   </si>
   <si>
     <t>Китаб галя маидати-ль Коран мага аль-муфассирин ва аль-куттаб كتاب على مائدة القرآن مع المفسرين والكتّاب</t>
   </si>
   <si>
-    <t>Ахмад Салих Джамаль</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2056/</t>
   </si>
   <si>
     <t>Нур аль-джинан фи адаб аль-Коран نور الجنان في آداب القرآن</t>
   </si>
   <si>
-    <t>Мухйиддин аль-Хани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2055/</t>
   </si>
   <si>
     <t>Шарх катр нада ва баль ас-сада شرح قطر الندى و بل الصدى</t>
   </si>
   <si>
-    <t>Юсуф бин Мухаммад аль-Фиши</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2054/</t>
   </si>
   <si>
     <t>Китаб мин ахляк аль-гуляма من أخلاق العلماء</t>
   </si>
   <si>
-    <t>Мухаммад Сулейман</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2053/</t>
   </si>
   <si>
     <t>Фатава шейх аль-Ислам Закария Аль-Ансари فتاوى شيخ الإسلام زكريا الأنصاري</t>
   </si>
   <si>
-    <t>Мухаммад бин Закария Аль-Ансари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2052/</t>
   </si>
   <si>
     <t>Бахджату аль-муштак фи баяни хукм закят амваль аль-аурак بهجة المشتاق فى بيان حكم زكاة أموال الأوراق</t>
   </si>
   <si>
-    <t>Ахмадбек Хусайни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2051/</t>
   </si>
   <si>
     <t>Расаиль Аш-Шейх аль-Акбар رسائل الشيخ  الأكبر</t>
   </si>
   <si>
-    <t>Мухийюддин бин Араби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2050/</t>
   </si>
   <si>
     <t>Ан-нашр фи аль-кыраат аль-гашр النشر في القراءات العشر</t>
   </si>
   <si>
-    <t>Мухаммад бин Мухаммад бин аль-Джазарий</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2049/</t>
   </si>
   <si>
     <t>Радд магани аль-аят аль-муташаббихат иля аль-аят аль-мухкамат رد معاني الآيات المتشابهات إلى الآيات المحكمات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2048/</t>
   </si>
   <si>
     <t>Иршад аль-мухтадж ли-хукук аль-азвадж إرشاد المحتاج لحقوق الأزواج</t>
   </si>
   <si>
-    <t>Шейх Мухаммад Амин аль-Курди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2047/</t>
   </si>
   <si>
     <t>Аль-хаваши аль-мафхума фи шарх аль-мукаддима الحواشي المفهمة في شرح المقدمة</t>
   </si>
   <si>
-    <t>Ибн Мусаннаф</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2046/</t>
   </si>
   <si>
     <t>Ар-радд галя дахрийин الرد على الدهريين</t>
   </si>
   <si>
-    <t>Джумалуддин Афгани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2045/</t>
   </si>
   <si>
     <t>Китаб аль-вузара ва аль-куттаб كتاب الوزراء والكتاب Мухаммад аль-Джахшияри</t>
   </si>
   <si>
-    <t>Мухаммад аль-Джахшияри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2044/</t>
   </si>
   <si>
     <t>Аль-Китаб аль-Фаваид аль-бахаийя фи тараджим аль-ханафийя الكتاب الفوائد البهية في تراجم الحنفية</t>
   </si>
   <si>
-    <t>Мухаммад Абдульхайй аль-Лякнави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2043/</t>
   </si>
   <si>
     <t>Шарх Адаб аль-Бахс شرح آداب البحث</t>
   </si>
   <si>
-    <t>Мулла Ханафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2042/</t>
   </si>
   <si>
     <t>Джамиг аль-усуль جامع الأصول</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2041/</t>
   </si>
   <si>
     <t>Ар-раид аль-хабир бимаварид аль-джамиг ас-сагыр الرائد الخبير بموارد الجامع الصغير</t>
   </si>
   <si>
-    <t>Фахр ад-Дин Абдульгаффар бин Ибрахим аз-Зубейди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2040/</t>
   </si>
   <si>
     <t>Сирадж аль-мунир фи шарх аль-джамиг ас-сагыр السراج المنير في شرح الجامع الصغير</t>
   </si>
   <si>
-    <t>Исмаил аз-Зубейди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2039/</t>
   </si>
   <si>
     <t>Тарих аль-анбия ва русуль تاريخ الانبياء و الرسل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2038/</t>
   </si>
   <si>
     <t>Гаяту аль-Ихтисар фи манакыб аль-Арбага аимма аль-амсар غاية الاختصار في مناقب الأربعة أئمة الأمصار</t>
   </si>
   <si>
-    <t>Мухаммад Маусыли</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2037/</t>
   </si>
   <si>
     <t>Адаб хамлят аль-Куран آداب حملة القرآن</t>
   </si>
   <si>
-    <t>Мухиддин ан-Навави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2036/</t>
   </si>
   <si>
     <t>Шарх ас-сираджия фи фараид شرح السراجية في فرائض</t>
   </si>
   <si>
-    <t>Мухаммад Сирадж ад-Дин ас-Сиджаванди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2035/</t>
   </si>
   <si>
     <t>Бидая аль-мубтади بداية المبتدى</t>
   </si>
   <si>
-    <t>Бурханутдин Али бин Абу Бакр аль-Маргинани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2034/</t>
   </si>
   <si>
     <t>Ад-дурар аль-люмга шарх ар-рисаля аль-джамига الدرر اللامعة شرح الرسالة الجامعة</t>
   </si>
   <si>
-    <t>Мухаммад Бакир Маджлиси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2033/</t>
   </si>
   <si>
     <t>Мухтасар Тахави مختصر الطحاوی</t>
   </si>
   <si>
-    <t>Абу Джафар Ахмад бин Мухаммад бин Саляма ат-Тахави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2032/</t>
   </si>
   <si>
     <t>Ар-рауда аль-бахия фима бейна аль-ашагира ва аль-матуридия الروضة البهية فيما بين الأشاعرةوالماتريدية أبوعذبة</t>
   </si>
   <si>
-    <t>Хасан бин Абдульмухсин Абу Газба</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2031/</t>
   </si>
   <si>
     <t>Иршад аль-мухтади иля шарх кифая аль-мунтади إرشاد المهتدى إلى شرح كفاية المبتدى</t>
   </si>
   <si>
-    <t>Мухаммад Хатыб</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2030/</t>
   </si>
   <si>
     <t>аль-Амали الامالي</t>
   </si>
   <si>
-    <t>Мухаммад аш-Шайбани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2029/</t>
   </si>
   <si>
     <t>Хизанат аль-фикх خزانة الفقه</t>
   </si>
   <si>
-    <t>Абу Лейс Самарканди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2028/</t>
   </si>
   <si>
     <t>Аль-исгаф фи ахкям аль-аукаф  الإسعاف في أحكام الأوقاف</t>
   </si>
   <si>
-    <t>Бурхануддин Ибрахим аль-Траблуси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2027/</t>
   </si>
   <si>
     <t>Аль-джавахир ан-нафиса фи мазхаб Аби Ханифа الجواهر النفيسة في مذهب ابي حنيفة</t>
   </si>
   <si>
-    <t>Муса Али Навави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2026/</t>
   </si>
   <si>
     <t>Шарх ас-Сираджийя شرح السراجية</t>
   </si>
   <si>
-    <t>Шариф аль-Джурджани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2025/</t>
   </si>
   <si>
     <t>Аль-каукаб аль-мады фи зиярати сайидуна Мухаммад الكوكب المضي في زيارة سيدنا محمد النبي العربي</t>
   </si>
   <si>
-    <t>Абдулькадир Хавари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2024/</t>
   </si>
   <si>
     <t>Фатава аль-камалия фи аль-хавадис траблусия الفتاوى الكاملية فى الحوادث الطرابلسية</t>
   </si>
   <si>
-    <t>Мухаммад Камиль ибн Мустафа аль-Траблуси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2023/</t>
   </si>
   <si>
     <t>Шарх галя Суллям аль-гулюм شرح  على سلم العلوم</t>
   </si>
   <si>
-    <t>Мулла Мухаммад Хасан</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2022/</t>
   </si>
   <si>
     <t>Суллям аль-гулюм мага шарх Кадый Мубарак سلم العلوم مع شرح القاضي مبارك</t>
   </si>
   <si>
-    <t>Кадый Мухаммад Мубарак</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2021/</t>
   </si>
   <si>
     <t>Хайрат аль-хасан фи манакыб аль-Имам аль-Агзам Аби Ханифа ан-Нугман الخيرات الحسان في مناقب الإمام الأعظم أبي حنيفة النعمان</t>
   </si>
   <si>
-    <t>Шихабуддин Ахмад бин Хаджар аль-Хайтами</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2020/</t>
   </si>
   <si>
     <t>Манакыб аль-Имам аль-Агзам Аби Ханифа مناقب الإمام الأعظم أبي حنيفة رضي الله عنه وأكرم</t>
   </si>
   <si>
-    <t>Мувафик бин Ахмад Аль-Макки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2019/</t>
   </si>
   <si>
     <t>Тыбк аль-усуль ли ль-джамиг ас-Сахих ли ль-Имам аль-Бухари طبق األصل للجامع الصحيح لإلمام البخاري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2018/</t>
   </si>
   <si>
     <t>Аз-зухур аль-фаика фи хукук ат-тарик ас-садыка الزهور الفائقة في حقوق الطريق الصادقة</t>
   </si>
   <si>
-    <t>Мухаммад Усман аль-Миргани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2017/</t>
   </si>
   <si>
     <t>Аш-шугаг аль-фаид Шарх мухтасар гильм аль-фараид الشعاع الفائض شرح مختصر علم الفرائض</t>
   </si>
   <si>
-    <t>Али бин Хилал ад-Дабаб</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2016/</t>
   </si>
   <si>
     <t>Аль-лю'лю' аль-манзум фи мабади аль-гулюм اللؤلؤ المنظوم في مبادئ العلوم</t>
   </si>
   <si>
-    <t>Мухаммад абу Гальян</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2015/</t>
   </si>
   <si>
     <t>Маджмуг аврад مجموع أوراد</t>
   </si>
   <si>
-    <t>Мустафа Бакри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2014/</t>
   </si>
   <si>
     <t>Аль-анвар аль-иманийя фи тамси далялят аль-ваххабийя الأنوار الإيمانية في طمس ضلالات الوهابية</t>
   </si>
   <si>
-    <t>Абдуррахман Хиджаз</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2013/</t>
   </si>
   <si>
     <t>Насыха джалиля نصيحة جليلة Мухаммад</t>
   </si>
   <si>
-    <t>Мухаммад Тахир аль-Кияли</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2012/</t>
   </si>
   <si>
     <t>Аль-хаваши ан-накыйя галя китаб аль-баляга الحواشي النقية على كتاب البلاغة</t>
   </si>
   <si>
-    <t>Мухаммад Али бин Хусейн аль-Малики</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2011/</t>
   </si>
   <si>
     <t>Муршид аль-аввам ли-ахкями ас-сыям галя аль-мазахиб аль-арбага مرشد العوام لأحكام الصيام على المذاهب الاربعة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2010/</t>
   </si>
   <si>
     <t>Хуласат ат-Тасаниф خلاصة التصانيف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2009/</t>
   </si>
   <si>
     <t>Мавахиб ас-сирр маддийя фи манакыб ас-садат المواهب السرمدية في مناقب السادات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2008/</t>
   </si>
   <si>
     <t>Хидайя хайрийя фи тарикати накшбандийя الهداية الخيرية فى الطريقة النقشبندية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2007/</t>
   </si>
   <si>
     <t>Дава ас-сирадж фи  фадли раджаб ва кыссати аль-миградж ضوء السراج في فضل رجب وقصة المعراج</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2006/</t>
   </si>
   <si>
     <t>Аль-иджаба ар-раббанийя лишарх манафиг аль-аврад الاجابة الربانية لشرح منافع الاوراد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2005/</t>
   </si>
   <si>
     <t>Танвир аль-кулюб фи мугамалят галлями аль-гуйуб تنوير القلوب في معاملة علام الغيوب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2004/</t>
   </si>
   <si>
     <t>ад-Дурус аш-шифахия ч.1 الدّروس الشّفاهيّة الجزء الاول</t>
   </si>
   <si>
-    <t>Ахмад Хади Максуди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2003/</t>
   </si>
   <si>
     <t>Джавахир аль-мулюк جواهر الملوك العالية في بواهر سلوك الشاذلية</t>
   </si>
   <si>
-    <t>Харири Заде</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2002/</t>
   </si>
   <si>
     <t>Фейз аль-мугни فيض المغني من سر حديث من طلبني</t>
   </si>
   <si>
-    <t>Мухаммад Камалюддин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/2001/</t>
   </si>
   <si>
     <t>Хашия мультака حاشية ملتقى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/2000/</t>
   </si>
   <si>
     <t>Сирадж аль-Кари аль-мубтади سراج القارئ المبتدي</t>
   </si>
   <si>
-    <t>Али бин Усман аль-Касих</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1999/</t>
   </si>
   <si>
     <t>Тафсир Ибн Касира تفسير ابن كثير</t>
   </si>
   <si>
-    <t>Исмаил бин Умар аль-Кураши ад-Димашки Ибн Касир</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1998/</t>
   </si>
   <si>
     <t>Талхис ан-наху تلخيص النحو</t>
   </si>
   <si>
-    <t>Мухаммад Халис Ширвани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1997/</t>
   </si>
   <si>
     <t>Хашия аш-Шейх аль-Хафни галя шарх исагуджи ли-шейх аль-ислам حاشية الشيخ الحفني على شرح إيساغوجي لشيخ الإسلام</t>
   </si>
   <si>
-    <t>Юсуф аль-Хафни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1996/</t>
   </si>
   <si>
     <t>Гукуд аль-гукьян фи манакиби Аби Ханифа ан-Нугман عقود العقيان في مناقب ابي حنيفة النعمان</t>
   </si>
   <si>
-    <t>Шараф ад-Дин бин Абдульгалим Картаби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1995/</t>
   </si>
   <si>
     <t>Ат-тухфату аль-хайрийя галя аль-фаваид аль-шаншурийя التحفة الخيرية على الفوائد الشنشورية</t>
   </si>
   <si>
-    <t>Баджури аш-Шаншури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1994/</t>
   </si>
   <si>
     <t>Футухат аль-багис فتوحات الباعث</t>
   </si>
   <si>
-    <t>Абу Бакр бин Габдуррахман аль-Алави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1993/</t>
   </si>
   <si>
     <t>Такрир аль-мабахис фи ахкям ирс аль-варис تقرير المباحث في أحكام إرث الوارث</t>
   </si>
   <si>
-    <t>Мухаммад Басудан аль-Хадрами</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1992/</t>
   </si>
   <si>
     <t>Аль-фусуль аль-фикрийя ли ль-макатиб аль-мисрийя الفصول الفكرية للمكاتب المصرية</t>
   </si>
   <si>
-    <t>Габдулла Фикри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1991/</t>
   </si>
   <si>
     <t>Танвир аль-муслимин تنوير المسلمين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1990/</t>
   </si>
   <si>
     <t>Маджмуг расаиль аль-мулла Али аль-Кари مجموع رسائل الملا علي القاري</t>
   </si>
   <si>
-    <t>Али бин Султан Мухаммад аль-Кари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1989/</t>
   </si>
   <si>
     <t>Аль-джуз аль-авваль мин Ихья Гулюм ад-Дин الجزء الأول من إحياء علوم الدين</t>
   </si>
   <si>
-    <t>Абу Хамид Мухаммад бин Мухаммад аль-Газали</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1988/</t>
   </si>
   <si>
     <t>Анвар аль-масалик шарх гумдату ас-салик أنوار المسالك شرح عمدة السالك</t>
   </si>
   <si>
-    <t>Мухаммад Зухейр Гамрави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1987/</t>
   </si>
   <si>
     <t>Китаб аль-фасл фи аль-миляли ва аль-ахва ва ан-нихаль كتاب الفصل في الملل والأهواء والنحل</t>
   </si>
   <si>
-    <t>Абу Мухаммад Али бин Хазм</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1985/</t>
   </si>
   <si>
     <t>Шафия شافية</t>
   </si>
   <si>
-    <t>Усман бин Умар Ибн Хаджиб</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1984/</t>
   </si>
   <si>
     <t>Матн Альфия متن ألفية</t>
   </si>
   <si>
-    <t>Мухаммад бин Малик аль-Андалуси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1983/</t>
   </si>
   <si>
     <t>Шарх аль-исагуджи شرح إيساغوجي</t>
   </si>
   <si>
-    <t>Фадыл Магнисави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1982/</t>
   </si>
   <si>
     <t>Матн ас-сираджийя фи аль-гильм аль-фараид متن السراجية في العلم الفرائض</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1981/</t>
   </si>
   <si>
     <t>Аль-фараид ас-суннийя الفرائد السنية</t>
   </si>
   <si>
-    <t>Мухаммад бин Хасан аль-Кавакиби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1980/</t>
   </si>
   <si>
     <t>Маджмугату фи-ль-гакаид مجموعة في العقائد Группа авторов</t>
   </si>
   <si>
-    <t>Группа авторов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1979/</t>
   </si>
   <si>
     <t>Аль-гакыйда аль-исламийя العقيدة الاسلامية</t>
   </si>
   <si>
-    <t>Мухаммад аль-Макки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1978/</t>
   </si>
   <si>
     <t>Аль-мукамат аль-адабия ли аль-Харири المقامات الأدبية للحريري</t>
   </si>
   <si>
-    <t>Касим аль-Харири</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1977/</t>
   </si>
   <si>
     <t>Аль-гакд аль-джамиль фи муташабихи ат-танзиль العقد الجميل في متشابه التنزيل</t>
   </si>
   <si>
-    <t>Ака Паша</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1976/</t>
   </si>
   <si>
     <t>Аль-фатх аль-мубин фи фадаиль ал-хуляфа ар-рашидин الفتح المبين في فضائل الخلفاء الراشدين</t>
   </si>
   <si>
-    <t>Ахмад бин Зайни Дахлян аль-Макки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1975/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1974/</t>
   </si>
   <si>
     <t>Аль-гурф ва аль-гадат фи рай аль-фукаха العرف والعادة في رأي الفقهاء</t>
   </si>
   <si>
-    <t>Ахмад Фахми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1973/</t>
   </si>
   <si>
     <t>Ас-савад аль-агзам السواد الأعظم</t>
   </si>
   <si>
-    <t>Хаким ас-Самарканди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1972/</t>
   </si>
   <si>
     <t>Салям аль-ахкям галя савад аль-агзам سلام الأحكم على سواد الأعظم</t>
   </si>
   <si>
-    <t>Ибрахим Хильми бин Хусейн</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1971/</t>
   </si>
   <si>
     <t>Аль-фаваид аль-латыфа الفوائد اللطيفة</t>
   </si>
   <si>
-    <t>Ахмад Суджаги</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1970/</t>
   </si>
   <si>
     <t>Сюлляму аль-мурид سلم المريد</t>
   </si>
   <si>
-    <t>Ильяс бин Махмуд ад-Дагистани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1969/</t>
   </si>
   <si>
     <t>Аль-хамзия  ар-рамзия الهمزية الرمزية</t>
   </si>
   <si>
-    <t>Ахмад аль-Хутани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1968/</t>
   </si>
   <si>
     <t>Фи хакки вуджуб аль-гушр في حق وجوب العشر</t>
   </si>
   <si>
-    <t>Мухаммад бин Дауд Хаджи Наскенти</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1967/</t>
   </si>
   <si>
     <t>Гысам ад-дин галя Гададия عصام الدين على العضدية</t>
   </si>
   <si>
-    <t>Абдуррахман бин Ахмад аль-Иджи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1966/</t>
   </si>
   <si>
     <t>Аль-джавахир аль-манзума الجواهر المنزومة</t>
   </si>
   <si>
-    <t>Абдульхафиз аль-Гумри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1965/</t>
   </si>
   <si>
     <t>Асас ад-Дин ва аль-Иман أساس الدين و الإيمان</t>
   </si>
   <si>
-    <t>Абдуррахман эфэнди ад-Дагистани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1964/</t>
   </si>
   <si>
     <t>Истигара استعارة</t>
   </si>
   <si>
-    <t>Мухаммад Гараб ад-Дагистани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1963/</t>
   </si>
   <si>
     <t>Тахрир аль-кавагид аль-мантыкыйя تحرير القواعد المنطقية</t>
   </si>
   <si>
-    <t>Наджмуддин Умар аль-Казвини</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1962/</t>
   </si>
   <si>
     <t>Умм аль-Байян أم البيان</t>
   </si>
   <si>
-    <t>Габдулла бин Ахмад аль-Чухы</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1961/</t>
   </si>
   <si>
     <t>Таджвид Гумария تجويد عمرية</t>
   </si>
   <si>
-    <t>Гумар аль-Миратый ад-Дагистани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1960/</t>
   </si>
   <si>
     <t>Китаб ас-Саваик аль-мухаррака фи ар-радд аля аз-Занадика كتاب الصواعق المحرقة في الرد على الزنادقة</t>
   </si>
   <si>
-    <t>Ахмад аль-Хайтами</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1959/</t>
   </si>
   <si>
     <t>Тафсир Джалялейн تفسير الجلالين</t>
   </si>
   <si>
-    <t>Джалаладдин аль-Махалли</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1958/</t>
   </si>
   <si>
     <t>Касаид уа фаваид  قصائد وفوائد</t>
   </si>
   <si>
-    <t>Иса аль-Киляуси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1957/</t>
   </si>
   <si>
     <t>Джираб аль-Мамнун جراب الممنوم</t>
   </si>
   <si>
-    <t>Хасан эфенди ад-Дагистани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1956/</t>
   </si>
   <si>
     <t>Шарх джамиг аль-джавамиг شرح جمع الجوامع</t>
   </si>
   <si>
-    <t>Джалал ад-Дин Мухаммад бин Ахмад аль-Махали</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1955/</t>
   </si>
   <si>
     <t>Раваиг аль-Баян тафсир аят аль-Ахкам мин аль-Куръан روائع البيان تفسير آيات الأحكام من القرآن</t>
   </si>
   <si>
-    <t>Мухаммад Али ас-Сабуни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1954/</t>
   </si>
   <si>
     <t>Маджмуг китаб ва расаиль ва васая аль-Имам аль-Агзам مجموع كتب ورسائل ووصايا الإمام الأعظم</t>
   </si>
   <si>
-    <t>Мухаммад Исмаил Абу Гавад</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1953/</t>
   </si>
   <si>
     <t>Такрир аль-Анбаби галя хашия Аби Наджа تقرير الأنبابي على حاشية أبي النجا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1952/</t>
   </si>
   <si>
     <t>Такрир аль-Анбаби галя хашияти ас-Суджаги تقرير الإنبابي على حاشية السجاعي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1951/</t>
   </si>
   <si>
     <t>Анвар аль-масалик أنوار المسالك</t>
   </si>
   <si>
-    <t>Мухаммад аз-Захра</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1950/</t>
   </si>
   <si>
     <t>Мухтасар тазкира ва куррату гуюн ва рух ас-сунна ختصر_التذكرة، وقرة العيون، وروح السنة</t>
   </si>
   <si>
-    <t>Ахмад бин Идрис</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1949/</t>
   </si>
   <si>
     <t>Хифз сыхат азвадж حفظ سحت ازواج</t>
   </si>
   <si>
-    <t>Харис Чистапули</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1948/</t>
   </si>
   <si>
     <t>Таргыйб ترغيب</t>
   </si>
   <si>
-    <t>Тимур Акчурин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1947/</t>
   </si>
   <si>
     <t>Хашия аль-Баджури галя аль-Бурда حاشية الباجوري على البردة</t>
   </si>
   <si>
-    <t>Шейхульислам Ибрахим аль-Баджури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1946/</t>
   </si>
   <si>
     <t>Рисаля кудсия رسالة القدسية</t>
   </si>
   <si>
-    <t>Шейх Мустафа Исмет Гарибуллах эфенди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1945/</t>
   </si>
   <si>
     <t>Балаларга бер хатирә...</t>
   </si>
   <si>
-    <t>Мәҗид карый Кадыйров</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1944/</t>
   </si>
   <si>
     <t>Пенза өлкәсе татар эпиграфик һәйкәлләре (ч. 2-4)</t>
   </si>
   <si>
-    <t>Венер Мударисович Усманов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1943/</t>
   </si>
   <si>
     <t>Пенза өлкәсе татар эпиграфик һәйкәлләре (ч. 2-3)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1942/</t>
   </si>
   <si>
     <t>Пенза өлкәсе татар эпиграфик һәйкәлләре (чч. 2-1, 2-2)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1941/</t>
   </si>
   <si>
     <t>Пенза өлкәсе татар эпиграфик һәйкәлләре (ч. 1)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1939/</t>
   </si>
   <si>
     <t>Асма Аллахи Тагаля аль-хусна. أسماء الله تعالى الحسنى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1938/</t>
   </si>
   <si>
     <t>Мухтасар аль-Кудури фи фуруг аль-ханафия. مختصر القدوري في فروع الحنفية</t>
   </si>
   <si>
-    <t>Абу аль-Хусайн Ахмад аль-Кудури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1937/</t>
   </si>
   <si>
     <t>Рукопись 15</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1936/</t>
   </si>
   <si>
     <t>Рукопись 14</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1935/</t>
   </si>
   <si>
     <t>Алфийя. ألفية</t>
   </si>
   <si>
-    <t xml:space="preserve">Мухаммад Ибн Малик аль-Андалуси </t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1934/</t>
   </si>
   <si>
     <t>Хидая аль-гайб аль-мутахайяр мин даляля аль-джабири. هداية الغبي المتحير من ضلالة الجبري</t>
   </si>
   <si>
-    <t>Хайдар бин Мухаммад аль-Хусейни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1933/</t>
   </si>
   <si>
     <t>аль-Хуляса. الخلاصة</t>
   </si>
   <si>
-    <t>Тахир бин Ахмад аль-Бухари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1932/</t>
   </si>
   <si>
     <t>Сахих аль-Бухари. صحيح البخاري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1931/</t>
   </si>
   <si>
     <t>Минах аль-гыфар шарх Танвир аль-абсар. منح الغفار شرح تنوير الابصار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1930/</t>
   </si>
   <si>
     <t>Китаб Джамиг  аль-фунун аль-гарабия. كتاب جامع الفنون العربية</t>
   </si>
   <si>
-    <t>Нургали Хасанов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1929/</t>
   </si>
   <si>
     <t>аль-Мугни фи тарджамат аль-мугзи.  المغنی فی ترجمة المعزی</t>
   </si>
   <si>
-    <t>Мутыгулла ибн Гатаулла</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1928/</t>
   </si>
   <si>
     <t>аль-Китаб ас-сани фи-д-дурус ан-нахавия. الكتاب الثانى فى الدروس النحويه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1927/</t>
   </si>
   <si>
     <t>аль-Ашбах ва-н-назаир аль-фикхия галя мазхаб аль-ханафия. الاشباه والنظائر الفقهية على مذهب الحنفية</t>
   </si>
   <si>
-    <t>Зайнуддин Умар аль-Мисри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1926/</t>
   </si>
   <si>
     <t>Саджанджал ал-фикх. سجنجل الفقه</t>
   </si>
   <si>
-    <t>Шакирджан ибн Асадулла аль-Хамиди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1925/</t>
   </si>
   <si>
     <t>Нисаб аль-ахбар ли-тазкират аль-ахйар. نصاب الاخبار لتذكرة الاخيار</t>
   </si>
   <si>
-    <t>Сираджуддин аль-Уши</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1924/</t>
   </si>
   <si>
     <t>Водждан мухкамасе. وجدان محاكمەسى</t>
   </si>
   <si>
-    <t>Габдрашит Ибрагимов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1923/</t>
   </si>
   <si>
     <t>ат-Танбихат галя-т-тамуихат. التنبيهات على التمويهات</t>
   </si>
   <si>
-    <t>Мухаммад Хакки ан-Назили</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1922/</t>
   </si>
   <si>
     <t>аль-Ханафия ва би-хамишиха аль-Фаллях. الحنفية وبهامشه الفلاح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1921/</t>
   </si>
   <si>
     <t>ад-Дурр аль-мухтар фи шархи Танвир аль-абсар. الدر المختار في شرح تنوير الأبصار</t>
   </si>
   <si>
-    <t>Аляуддин аль-Хаскафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1920/</t>
   </si>
   <si>
     <t>Шарх ас-салават. شرح الصلوات</t>
   </si>
   <si>
-    <t>Абдульгани ан-Наблуси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1919/</t>
   </si>
   <si>
     <t>Мухтасар аль-Кудури фи фуруг аль-ханафи. مختصر القدوري في فروع الحنفية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1918/</t>
   </si>
   <si>
     <t>Хашия аль-Гаттар галя-ль-Джавахир аль-манзумат фи гукуд аль-макулят ли-с-Сиджаги. حاشية العطار على الجواهر المنتظمات في عقود المقولات للسجاعي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1917/</t>
   </si>
   <si>
     <t>Тафхим аль-мутафаххим шарх Таглим аль-мутагаллим. تفهيم المتفهم شرح تعليم المتعلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1916/</t>
   </si>
   <si>
     <t>Шархи Муснад имам Аби Ханифа. شرح مسند إمام أبي حنيفة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1915/</t>
   </si>
   <si>
     <t>Шархани ли-китаб Таглим аль-мутагаллим. شرحان لكتاب تعليم المتعلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1914/</t>
   </si>
   <si>
     <t>Шарх Таглим аль-мутагаллим. شرح تعليم المتعلم</t>
   </si>
   <si>
-    <t>Ибрахим бин Исмаил</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1913/</t>
   </si>
   <si>
     <t>Шарх Шадрандж аль-гарифин. شرح شطرنج العارفين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1912/</t>
   </si>
   <si>
     <t>Нусха ва хашия шарх аль-Макасид. نسخة و خشية شرح المقاسد</t>
   </si>
   <si>
-    <t>Шамсуддин аль-Фанари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1911/</t>
   </si>
   <si>
     <t>Шарх Альфия Ибн Малик. شرح ألفية ابن مالك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1910/</t>
   </si>
   <si>
     <t>Нузхат-уль-асхаб фи тафсири каулихи Тагаля "Уа ляу ЙууахизуЛлахун-наса бима касабу". نزهة الأصحاب في تفسير قوله تعالى ولو يؤاخذ الله الناس بما كسبوا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1909/</t>
   </si>
   <si>
     <t>Миркат-уль-мубтадисин аль-мунтахин. مرقاة المبتدئين ونهاية المنتهين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1908/</t>
   </si>
   <si>
     <t>Мабхас ат-таквин мин аль-хашия аль-кубра галя-ль-хыяли. مبحث التكوين من الحاشية الكبرى على الخيالي</t>
   </si>
   <si>
-    <t>Каймзаде Абдулла аль-Канкари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1907/</t>
   </si>
   <si>
     <t>Манзума гукуд аль-гакаид. منظومة عقود العقائد</t>
   </si>
   <si>
-    <t>Мухаммад бин Исмаил аль-Бухари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1906/</t>
   </si>
   <si>
     <t>Хаваш галя китаб аль-Анвар фи-ль-фикх аль-ханафи. حواش على كتاب الأنوار في الفقه الحنفي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1905/</t>
   </si>
   <si>
     <t>Рисаля Танвир аль-гайнайн фи-ль-фикх аль-ханафия. رسالة تنوير العينين في الفقه الحنفي</t>
   </si>
   <si>
-    <t>Мухаммад Исмаил ад-Дехляви</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1904/</t>
   </si>
   <si>
     <t>Гукуд аль-джавахир аль-мунифа фи табакат аль-ханафия. عقود الجواهر المنيفة في طبقات الحنفية</t>
   </si>
   <si>
-    <t>Мухаммад аш-Шахираз-Забиди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1903/</t>
   </si>
   <si>
     <t>аль-Ханафия ва би-хамишиха аль-Фалях. الحنفية و بهامشه الفلاح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1902/</t>
   </si>
   <si>
     <t>Манзумат-уль-Кавакиби фи усуль фикх аль-ханафия. منظومة الكواكبي في أصول فقه الحنفية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1901/</t>
   </si>
   <si>
     <t>Анвар ат-танзиль. انوار التنزيل</t>
   </si>
   <si>
-    <t>Насыруддин Абдулла ибн Умар аль-Байдави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1900/</t>
   </si>
   <si>
     <t>Тараджим аль-ханафия. الفوائد البهية في تراجم الحنفية</t>
   </si>
   <si>
-    <t>Мухаммад  Абдуль-Хайй аль-Люкнави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1899/</t>
   </si>
   <si>
     <t>Фараид аль-гусмани. فرائض العثماني</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1898/</t>
   </si>
   <si>
     <t>Фатх аль-кадир. شرح فتح القدير</t>
   </si>
   <si>
-    <t>Аджиз аль-Факыр</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1897/</t>
   </si>
   <si>
     <t>Ахсан аль-калям фима йатагаллак би-с-сунна ва-ль-бидга мин аль-ахкам. أحسن الكلام فيما يتعلق بالسنة والبدعة من الأحكام</t>
   </si>
   <si>
-    <t>Мухаммад Бахыйт аль-Мутыги</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1896/</t>
   </si>
   <si>
     <t>ар-Рисаля аль-кушайрийя фи гильм-ит-тасаввуф. الرسالة القشيرية في علم التصوف</t>
   </si>
   <si>
-    <t>Абдулькарим бин Хавазим Кушайри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1895/</t>
   </si>
   <si>
     <t>Гакыйда мухтасара. عقيدة مختصرة</t>
   </si>
   <si>
-    <t xml:space="preserve"> Шихабуддин Марджани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1894/</t>
   </si>
   <si>
     <t>Саваних аз-заман галя-ль-мауляви. سوانح الزمن على المولوي</t>
   </si>
   <si>
-    <t>Мухаммад Хасан ас-Санбахли</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1893/</t>
   </si>
   <si>
     <t>Шаддахат-уль-мугтазиля. شداخة المعتزلة</t>
   </si>
   <si>
-    <t>Каввамуддин аль-Иткани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1892/</t>
   </si>
   <si>
     <t>Файд аль-Гаффар фима йамнаг аль-муслим мин аль-икфар. فيض الغفار فيما يمنع المسلم من الإكفار</t>
   </si>
   <si>
-    <t>Бадруддин аш-Шихави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1891/</t>
   </si>
   <si>
     <t>Маджмуг расаиль. مجموع رسائل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1890/</t>
   </si>
   <si>
     <t>Канз аль-фаваид шарх Бахр-ул-гакаид. كنز الفوائد شرح بحر العقائد</t>
   </si>
   <si>
-    <t>Абдулла аль-Махджуб</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1889/</t>
   </si>
   <si>
     <t>Рисаля фи-ль-интисар ли-сахиб ат-таудых. رسالة في الانتصار لصاحب التوضيح</t>
   </si>
   <si>
-    <t>Мухаммад Парса</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1888/</t>
   </si>
   <si>
     <t>Сафуат-уль-гурва. صفوة العرو</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1887/</t>
   </si>
   <si>
     <t>Фусуль аль-бадаиг. فصول البدائع</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1886/</t>
   </si>
   <si>
     <t>Гакаид. عقائد</t>
   </si>
   <si>
-    <t>Якуб аль-Баннани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1885/</t>
   </si>
   <si>
     <t>Сулюк ат-тарика фи-ль-джамг байна калям ахлю-ш-шарига ва-ль-хакыка. سلوك الطريقة في الجمع بين كلام أهل الشريعة والحقيقة</t>
   </si>
   <si>
-    <t>Марги аль-Карами аль-Макдиси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1884/</t>
   </si>
   <si>
     <t>аль-Фатава ат-татарханийя. الفتاوى التاتارخانية</t>
   </si>
   <si>
-    <t>Ибн Галя аль-Ансари ад-Дехляви</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1883/</t>
   </si>
   <si>
     <t>Шарх Тагдиль аль-гулюм аль-иляхия. شرح تعديل العلوم الإلهية</t>
   </si>
   <si>
-    <t>Гиясуддин Мансур бин Садр аль-Мухаккыкын</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1882/</t>
   </si>
   <si>
     <t>Рисаля фи шархи хадис ан-нийя, рисаля фи зиядати-ль-иман ва нуксанихи. رسالة في شرح حديث النية, رسالة في زيادة الإيمان ونقصانه</t>
   </si>
   <si>
-    <t>Муфтий Ахмад</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1881/</t>
   </si>
   <si>
     <t>Рисаля фи зикри гильм Аллах аль-умур аль-гайр аль-мунтахия. رسالة في ذكر علم الله الأمور الغير المتناهية</t>
   </si>
   <si>
-    <t>Ахмад аль-Маргыши</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1880/</t>
   </si>
   <si>
     <t>Шарх аль-Касыда ан-Нуния. شرح القصيدة النونية</t>
   </si>
   <si>
-    <t>аль-Хафиз аль-Кабир</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1879/</t>
   </si>
   <si>
     <t>Шарх аль-Мунтахаб. شرح المنتخب</t>
   </si>
   <si>
-    <t>Шамсуддин ас-Самарканди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1878/</t>
   </si>
   <si>
     <t>Шарх аль-Касыда ан-нававийя. شرح القصيدة النونية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1877/</t>
   </si>
   <si>
     <t>Шарх Усуль аль-Баздави. شرح أصول البزدوي</t>
   </si>
   <si>
-    <t>Молла Хосров</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1876/</t>
   </si>
   <si>
     <t>Шарх аль-Мубаризийя. شرح المبارزية</t>
   </si>
   <si>
-    <t>Низамуддин ас-Сихаливи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1875/</t>
   </si>
   <si>
     <t>аль-Куран аль-Карим. القرآن الكريم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1874/</t>
   </si>
   <si>
     <t>Шарх аль-Гакыйда ат-тахавия. شرح العقيدة الطحاوية</t>
   </si>
   <si>
-    <t>Махмуд аль-Кустантини</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1873/</t>
   </si>
   <si>
     <t>Шарх аль-Гакаид аль-ханафия. شرح العقائد الحنفية</t>
   </si>
   <si>
-    <t>Абдульгафир аль-Лахури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1872/</t>
   </si>
   <si>
     <t>Шарх ад-Дурра аль-фахира. شرح الدرة الفاخرة</t>
   </si>
   <si>
-    <t>Ахмад ас-Сарухани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1871/</t>
   </si>
   <si>
     <t>аль-Мусхаф аш-Шариф. المصحف الشريف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1870/</t>
   </si>
   <si>
     <t>Шарх аль-Арбагин аль-Биркавия. شرح الأربعين البركوية</t>
   </si>
   <si>
-    <t>Такыюддин аль-Биркави,Мухаммад аль-Акрамани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1868/</t>
   </si>
   <si>
     <t>Шарх ат-Тамхид. شرح التمهيد</t>
   </si>
   <si>
-    <t>Бурхануддин аль-Багабаки аль-Бухари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1867/</t>
   </si>
   <si>
     <t>Шарх аль-Арбагин ан-нававия. شرح الأربعين النووية</t>
   </si>
   <si>
-    <t>Исмаил Хаккы Бурсави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1866/</t>
   </si>
   <si>
     <t>Хулясат-уль-баян</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1865/</t>
   </si>
   <si>
     <t>Тарбия. تربية</t>
   </si>
   <si>
-    <t>Закир аль-Кадири</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1864/</t>
   </si>
   <si>
     <t>Тазкира ар-рашид би-радди Кайд аль-Хасид. تذكرة الرشيد برد كيد الحاسد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1863/</t>
   </si>
   <si>
     <t>Шарх ас-Суллям. شرح السلم</t>
   </si>
   <si>
-    <t>Мелла Хасан</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1862/</t>
   </si>
   <si>
     <t>Олуг Олыс ташъязмалары. Эпиграфика Золотой орды</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1861/</t>
   </si>
   <si>
     <t>Гурра-нама. غرة نامه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1860/</t>
   </si>
   <si>
     <t>Гурра даими. غرة دائمي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1859/</t>
   </si>
   <si>
     <t>Бадаиг манзум. بدائع منظوم</t>
   </si>
   <si>
-    <t>Али Рида</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1858/</t>
   </si>
   <si>
     <t>Миръа яхуд Козге. مرآة ياخود كوزگـى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1857/</t>
   </si>
   <si>
-    <t>Ибн Низамуддин аль-Люкнави (Бахрульгулюм)</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1856/</t>
   </si>
   <si>
     <t>Хашия галя Шарх аль-Гакаид. حاشية على شرح العقائد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1855/</t>
   </si>
   <si>
     <t>Рисаля Гильм аль-гайб ва хашиятуха. رسالة علم الغيب وحاشيتها</t>
   </si>
   <si>
-    <t>Саджкали-заде</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1854/</t>
   </si>
   <si>
     <t>Рисаля фи исбат аль-Миградж. رسالة في إثبات المعراج</t>
   </si>
   <si>
-    <t>Шамсуддин аль-Ханкахи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1853/</t>
   </si>
   <si>
     <t>Рисаля аль-Вагыйд. رسالة الوعيد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1852/</t>
   </si>
   <si>
     <t>ан-Назар фи-ль-ирада аль-джузия. الناظر في الإرادة الجزئية</t>
   </si>
   <si>
-    <t>Абу Сахль Нугман афанди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1851/</t>
   </si>
   <si>
     <t>Таглика галя аваиль аль-кашф. تعليقة على أوائل الكشاف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1850/</t>
   </si>
   <si>
     <t>Табаййин аль-васаиль. تبيان الوسائل</t>
   </si>
   <si>
-    <t>Харир-заде</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1849/</t>
   </si>
   <si>
     <t>Танбих аль-гукуль галя танзих ас-суфия. تنبيه العقول على تنزيه الصوفية</t>
   </si>
   <si>
-    <t>Ибрахим аль-Курани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1847/</t>
   </si>
   <si>
     <t>аль-Мантык аль-джадид. المنطق الجديد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1846/</t>
   </si>
   <si>
     <t>аль-Кавакиб аль-викад фи хасан аль-игтикад. الكوكب الوقاد في حسن الاعتقاد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1845/</t>
   </si>
   <si>
     <t>аль-Масляк аль-мухтар фи магрифа ас-сыдар аль-ауваль ва ихдас аль-галям би-ль-ихтияр. المسلك المختار في معرفة الصادر الأول وإحداث العالم بالاختيار</t>
   </si>
   <si>
-    <t>Ибрахим бин Хасан аш-Шахрани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1844/</t>
   </si>
   <si>
     <t>аль-Мантык мин аз-заляль. المنطق من الزلل</t>
   </si>
   <si>
-    <t>Бахауддин аль-Ихмими</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1843/</t>
   </si>
   <si>
     <t>аль-Фаваид аль-газми би-шарх Муслим ас-субут. الفوائد العظمي بشرح مسلم الثبوت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1842/</t>
   </si>
   <si>
     <t>аль-Фатра аль-иляхия. الفطرة الإلهية</t>
   </si>
   <si>
-    <t>Мухиббулла аль-Бахари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1841/</t>
   </si>
   <si>
     <t>аль-Кауль аль-васит фи-ль-джагли аль-муаллиф ва-ль-басит. القول الوسيط في الجعل المؤلف والبسيط</t>
   </si>
   <si>
-    <t>Мухаммад Хасан аль-Исраили</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1840/</t>
   </si>
   <si>
     <t>аль-Фусуль ас-ситта. الفصول الستة</t>
   </si>
   <si>
-    <t>Мухаммад Барса</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1839/</t>
   </si>
   <si>
     <t>аль-Гыкаб аль-хави галя-с-сагляб аль-гави ва-н-нушаб аль-кави. العقاب الهاوي على الثعلب العاوي والنشاب الكاوي</t>
   </si>
   <si>
-    <t>Мухаммад бин Расуль аль-Барзанджи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1838/</t>
   </si>
   <si>
     <t>аль-Гуджаля ан-нафига. العجالة النافعة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1837/</t>
   </si>
   <si>
     <t>аль-Гурва аль-васикы. العروة الوثقى</t>
   </si>
   <si>
-    <t>Камалюддин ас-Сихаливи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1836/</t>
   </si>
   <si>
     <t>ас-Субх ас-садык шарх аль-Манар. الصبح الصادق شرح المنار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1835/</t>
   </si>
   <si>
     <t>ар-Рисаля аль-галяийя. الرسالة العلائية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1834/</t>
   </si>
   <si>
     <t>ар-Рисаля аль-муршида. الرسالة المرشدة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1833/</t>
   </si>
   <si>
     <t>ар-Рисаля аль-мунджия мин васваса аль-мугтазиля ва-ль-джабария. الرسالة المنجية من وسوسة المعتزلة والجبرية الإمام أحمد المرعشي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1832/</t>
   </si>
   <si>
     <t>аль-Хатт аль-максум мин Касим аль-гулюм ан-Навави. الخط المقسوم من قاسم العلوم النانوتوي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1831/</t>
   </si>
   <si>
     <t>аль-Джильд аль-ауваль мин Фатава Гали афанди. الجلد الأول من فتاوى على أفندى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1830/</t>
   </si>
   <si>
     <t>Мукаддима Хакк аль-мубин фи махасин аудаг ад-дин. الحق المبين في محاسن أوضاع الدين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1829/</t>
   </si>
   <si>
     <t>аль-Хикма аль-илхамийя. الحكمة الإلهامية</t>
   </si>
   <si>
-    <t>Исхак аль-Хаким ар-Руми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1828/</t>
   </si>
   <si>
     <t>аль-Хашия галя Мияр захид аль-умур аль-гамма. الحاشية على مير زاهد الأمور</t>
   </si>
   <si>
-    <t>Абдульазиз ад-Дехляви</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1827/</t>
   </si>
   <si>
     <t>аль-Хашия галя Мияр захид аль-умур аль-гамма. الحاشية على مير زاهد الأمور العامة</t>
   </si>
   <si>
-    <t>Мелла Мубин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1826/</t>
   </si>
   <si>
     <t>Татар дине. تاتار دينى</t>
   </si>
   <si>
-    <t>Фатих Сайфи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1825/</t>
   </si>
   <si>
     <t>Тафсир баян ачык торки теленда. تفسير بيان آچق تركى تلنده</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1824/</t>
   </si>
   <si>
     <t>аль-Фатава ат-Татархания. الفتاوى التاتارخانية</t>
   </si>
   <si>
-    <t>Галим бин Галя аль-Ансари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1823/</t>
   </si>
   <si>
     <t>Хашия аль-Фаваид ад-дыяия. حاشيه الفوائد الضيائيه</t>
   </si>
   <si>
-    <t>Абдульгафур аль-Лари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1822/</t>
   </si>
   <si>
     <t>Латаиф аль-ишарат фи хакаик аль-гибарат. لطائف الاشارات في حقائق العبارات</t>
   </si>
   <si>
-    <t>Абу аль-Касим аль-Кушайри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1821/</t>
   </si>
   <si>
     <t>Нахви-ль-кулюб. نحو القلوب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1820/</t>
   </si>
   <si>
     <t>Мишкат аль-анвар фи латаиф аль-ахбар мин аль-мавагыз ва-н-насаих. مشكاة الأنوار في لطائف الأخبار من المواعظ والنصايح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1819/</t>
   </si>
   <si>
     <t>Мухтасар Шамаиль шариф. مختصر شمائل شريف</t>
   </si>
   <si>
-    <t>Мухаммад Раиф</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1818/</t>
   </si>
   <si>
     <t>Хашия галя Хикмат-уль-гайн. حاشية على حكمة العين للقزويني</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1817/</t>
   </si>
   <si>
     <t>Хашия аль-Лари галя Шарх кады Мияр фи-ль-хикма. حاشية على اللاري على شرح قاضي مير في الحكمة</t>
   </si>
   <si>
-    <t>Мухаммад бин Салах аль-Лари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1816/</t>
   </si>
   <si>
     <t>аль-Джавахир аль-мукалляля ли-ман рама ат-тарк аль-мукаммаля фи-ль-кыраат аль-гашр. الجواهر المكللة لمن رام الطرق المكملة في القراءات العشر</t>
   </si>
   <si>
-    <t>Мухаммад бин Ахмад аль-Масири</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1815/</t>
   </si>
   <si>
     <t>Итмам ад-дирая ли-кура ан-нукая. إتمام الدراية لقراء النقاية</t>
   </si>
   <si>
-    <t>Джалаледдин Абдуррахман бин Абу Бакр ас-Суютый</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1814/</t>
   </si>
   <si>
     <t>аль-Хашия галя Мияр захид аль-умур аль-гамма. الحاشية على مير زاهد الأمور العمة</t>
   </si>
   <si>
-    <t>Мухаммад Хасан ас-Сихаливи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1813/</t>
   </si>
   <si>
     <t>аль-Хашия галя Садра. الحاشية على صدرا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1812/</t>
   </si>
   <si>
     <t>аль-Хашия галя Мияр аль-адаб. الحاشية على مير الأداب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1811/</t>
   </si>
   <si>
     <t>аль-Хашия галя-ль-Фанари. الحاشية على الفناري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1810/</t>
   </si>
   <si>
     <t>аль-Хашия галя Аваиль ат-талвих.</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1808/</t>
   </si>
   <si>
     <t>аль-Хашия галя-ль-Хашия Шарх Мухтасар аль-Мунтаха. الحاشية على الحاشية شرح مختصر المنتهى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1807/</t>
   </si>
   <si>
     <t>аль-Хашия галя Шарх аль-Макасид. الحاشية على شرح المقاصد</t>
   </si>
   <si>
-    <t>Ильяс ас-Синуби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1806/</t>
   </si>
   <si>
-    <t>Валиюддин Джарулла</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1805/</t>
   </si>
   <si>
     <t>аль-Хашия галя-ш-Шамс аль-базига. الحاشية على الشمس البازغة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1804/</t>
   </si>
   <si>
     <t>аль-Хашия галя-ль-Хашия аз-захидия. الحاشية على الحاشية الزاهدية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1802/</t>
   </si>
   <si>
     <t>аль-Хашия аль-кабира галя аль-Лари. الحاشية الكبيرة على اللاري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1800/</t>
   </si>
   <si>
     <t>аль-Хашия галя-ль-Джаляль. الحاشية على الجلال</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1799/</t>
   </si>
   <si>
     <t>аль-Хашия аль-кубра галя-ал-Афак аль-мубин. الحاشية الكبرى على الأفق المبين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1797/</t>
   </si>
   <si>
     <t>Кыз хикаяте</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1796/</t>
   </si>
   <si>
     <t>аль-Хашия аль-кубра галя Мияр захид. الحاشية الكبرى على مير زاهد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1795/</t>
   </si>
   <si>
     <t>Тарджемаи Ришахат. ترجمهء رشحات</t>
   </si>
   <si>
-    <t>Мухаммад Шариф аль-Аббаси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1793/</t>
   </si>
   <si>
     <t>аль-Хашия аль-кубра галя-ль-Джалял. الخاشية الكبرى على الجلال</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1791/</t>
   </si>
   <si>
     <t>аль-Хашия аль-кубра галя-ль-Хыяли. الخاشية الكبرى على الخيالي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1790/</t>
   </si>
   <si>
     <t>аль-Хашия аль-кубра галя-ль-Афак аль-мубин. الحاشية الكبرى على الأفق المبين</t>
   </si>
   <si>
-    <t>Фадлюхакк Хайрабади</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1789/</t>
   </si>
   <si>
     <t>аль-Хашия аль-кубра галя Шарх ас-Суллям ли-ль-кады Мубарак. حاشية على شرح السلم للقاضى مبارك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1788/</t>
   </si>
   <si>
     <t>Шанхай торк-татар маданият жамгыяте</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1787/</t>
   </si>
   <si>
     <t>Саяхатнамаляр</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1786/</t>
   </si>
   <si>
     <t>ат-Тагликат галя Шарх ас-Суллям би-хатт Барульгулюм. التعليقات على شرح السلم بخط بحر العلوم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1785/</t>
   </si>
   <si>
     <t>Хашия галя Садра Бахрульгулюм. الحاشية على صدرا بحر العلوم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1784/</t>
   </si>
   <si>
     <t>ат-Танкых ли-маглюкат абваб ат-танкых. التفتيح لمغلقات أبواب التنقيح</t>
   </si>
   <si>
-    <t>Усман ар-Руми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1783/</t>
   </si>
   <si>
     <t>Кыскача татар тарихы</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1782/</t>
   </si>
   <si>
     <t>аль-Иршад ли-тасхих аль-игтикад. الإرشاد لتصحيح الإعتقاد</t>
   </si>
   <si>
-    <t>Абу аль-Хасан аль-Гамири</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1781/</t>
   </si>
   <si>
     <t>аль-Интисар ли-имам аль-Харамайн фима шанага галяйхи фихи багды-н-назар. الانتصار لإمام الحرمين فيما شنع عليه فيه بعض النظار</t>
   </si>
   <si>
-    <t>Сафийюддин аль-Кушаши</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1780/</t>
   </si>
   <si>
     <t>аль-Анвар аль-иляхия. الأنوار الإلهية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1779/</t>
   </si>
   <si>
     <t>Понимание жизни Пророка, да благословит его Аллах и приветствует, с кратким очерком истории праведных халифов</t>
   </si>
   <si>
-    <t>Мухаммад Саид Рамадан аль-Бутый</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1778/</t>
   </si>
   <si>
     <t>Кыйссаи Мансур</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1777/</t>
   </si>
   <si>
     <t>Ифада аль-галлям фи тахкык масаиль аль-калям. إفاضة العلام بتحقيق مسألة الكلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1776/</t>
   </si>
   <si>
     <t>Ишарат аль-марам мин гибарат Аби Ханифа ан-Нугман. إشارات المرام من عبارات الإمام أبي حنيفة النعمان</t>
   </si>
   <si>
-    <t>Камалюддин аль-Баяды</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1775/</t>
   </si>
   <si>
     <t>Китапларда миллят язмышлары</t>
   </si>
   <si>
-    <t>Раиф Марданов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1773/</t>
   </si>
   <si>
     <t>Гайн аль-мизан фи-ль-мантык. عين الميزان في المنطق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1772/</t>
   </si>
   <si>
     <t>Иттихаф аз-заки би-шарх ат-тухфат-уль-мурсаля иля-н-Наби. اتحاف الزكي بشرح التحفة المرسلة إلى النبي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1771/</t>
   </si>
   <si>
     <t>Адаб аль-бахс ва-ль-манзара. آداب البحث والمناظرة</t>
   </si>
   <si>
-    <t>Мухаммад аль-Амин аш-Шанкыти</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1770/</t>
   </si>
   <si>
     <t>Нуры содур</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1768/</t>
   </si>
   <si>
     <t>Ахырзаман яка такый гаджаб. آخر زمان يكه تقى عجب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1767/</t>
   </si>
   <si>
     <t>Ибн Батутанын Дашт-и-кыпчакда сияхате. ابن بطوطەنڭ دشت فپچاقده سياحتى</t>
   </si>
   <si>
-    <t>Ризаэтдин Фахретдин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1764/</t>
   </si>
   <si>
     <t>Кыйссаи Йосыф кулъязмалары</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1763/</t>
   </si>
   <si>
     <t>Машхур шагырь Акмулланын Шихабетдин Марджани марсиясе ва башка шигырьляр. مشهور شاعر آقملانڭ شهاب الدين مرجان مرثيەسى و باشقه شعرلرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1761/</t>
   </si>
   <si>
     <t>Рукопись 13</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1760/</t>
   </si>
   <si>
     <t>Рукопись 12</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1759/</t>
   </si>
   <si>
     <t>Рукопись 11</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1758/</t>
   </si>
   <si>
     <t>Тулэк китабы</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1756/</t>
   </si>
   <si>
     <t>Мауля Колый поэмалары</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1755/</t>
   </si>
   <si>
     <t>Нахр аль-хаят фи магрифа ас-сыфат. نهر الحياة في معرفة الصفات</t>
   </si>
   <si>
-    <t>Мухиддин аль-Кафиджи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1754/</t>
   </si>
   <si>
     <t>Гакд аль-джаухар фи маулид ан-Наби аль-азхар. عقد الجوهر في موليد النبي الأزهر</t>
   </si>
   <si>
-    <t>Джагфар аль-Барзанджи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1753/</t>
   </si>
   <si>
     <t>Таглим ва-ль-иршад. تعليم و الإرشاد</t>
   </si>
   <si>
-    <t>Мухаммад Бадруддин аль-Халяби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1746/</t>
   </si>
   <si>
     <t>Фадль аль-Куран ва магалимуху ва адабуху. فضل القرآن ومعالمه وآدابه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1745/</t>
   </si>
   <si>
     <t>Чтения по истории Среднего и Нижнего Поволжья</t>
   </si>
   <si>
-    <t>Николай Николаевич Фирсов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1744/</t>
   </si>
   <si>
     <t>Сидрат аль-мунтаха. سدرات المنتهى</t>
   </si>
   <si>
-    <t>Таджуддин Ялчыгол</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1742/</t>
   </si>
   <si>
     <t>Мелла Джами галя аль-Кафия. ملا جامي على الكافية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1739/</t>
   </si>
   <si>
     <t>Таджвид фанендан. تجويد فنندن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1738/</t>
   </si>
   <si>
     <t>Кавказ и Поволжье: очерки инород. политики и культурно-хоз. быта</t>
   </si>
   <si>
-    <t>А.Х. Цаликов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1737/</t>
   </si>
   <si>
     <t>Тарджама Хадис арбагин. ترجمة حديث اربعين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1734/</t>
   </si>
   <si>
     <t>Тарджама аль-хадис. ترجمة الحديث</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1733/</t>
   </si>
   <si>
     <t>Китаб Залля аль-кари ва фихи масаиль. كتاب زلة القاري فيه المسايل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1732/</t>
   </si>
   <si>
     <t>Устав Общества пособия бедным мусульманам гор.Казани</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1730/</t>
   </si>
   <si>
     <t>Краткий татарско-русский словарь</t>
   </si>
   <si>
-    <t>Николай Фёдорович Катанов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1729/</t>
   </si>
   <si>
     <t>Об основных постановлениях ислама</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1726/</t>
   </si>
   <si>
     <t>Граф Л.Н. Толстой и мусульмане</t>
   </si>
   <si>
-    <t>Яков Коблов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1722/</t>
   </si>
   <si>
     <t>Жизнь Магомета</t>
   </si>
   <si>
-    <t>Вашингтон Ирвинг</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1719/</t>
   </si>
   <si>
     <t>Шарх аль Викая гумда ар-ригая. شرح الوقاية عمدة الرغاية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1718/</t>
   </si>
   <si>
     <t>Русия мусульманларынын иттифакынын низамнамасе. روسيا مسلمنلارن اتفاقىنڭ نظامنامەسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1716/</t>
   </si>
   <si>
     <t>Ишарат аль-мирам мин калимат аль-имам худжат-уль-ислям. اشارات المرام من كلمات الإمام حجة الاسلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1714/</t>
   </si>
   <si>
     <t>Маданият тарихында беренче джуз. مدنيت تاريخندن برنچى جزء</t>
   </si>
   <si>
-    <t>Г. Гысмати</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1713/</t>
   </si>
   <si>
     <t>Шараит аль-иман. شرائط الإيمان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1712/</t>
   </si>
   <si>
     <t>Тарбияле бай ва тарбияле хадим. تربيه‌لى باى و تربيه‌لى خاديم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1711/</t>
   </si>
   <si>
     <t>Яшьларга насыйхат. ياشلارگـه نصيحت</t>
   </si>
   <si>
-    <t>Г. Рашиди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1710/</t>
   </si>
   <si>
     <t>Кагида багдади. قاعيده بغدادي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1709/</t>
   </si>
   <si>
     <t>Багучы хатынлар фитнасе. باغوچى خاتنلر فتنەسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1708/</t>
   </si>
   <si>
     <t>Мунаббихат тарджемасе. منبهات ترجمه‌سی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1707/</t>
   </si>
   <si>
     <t>Тарих аль-анбия. تاريخ الأنبياء</t>
   </si>
   <si>
-    <t>Касим Биккулов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1706/</t>
   </si>
   <si>
     <t>Хаза китаб Ахмадия ахун Мухаммадия. هذا كتاب أحمدية أح محمدية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1704/</t>
   </si>
   <si>
     <t>Мукаммаль тарих ислам атласы. مكمل تاريخ إسلام أتلاسى</t>
   </si>
   <si>
-    <t>Салахуддин Камаледдинов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1702/</t>
   </si>
   <si>
     <t>Китаб Суллям аль-гулюм ва хашия аль-машхур би-ль-кады мага манхиятихи. كتاب سلم العلوم و حاشية المشهور بالقاضى مع منهياته</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1700/</t>
   </si>
   <si>
     <t>Татар тарихы. تاتار تاريحى</t>
   </si>
   <si>
-    <t>Г. Газиз</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1699/</t>
   </si>
   <si>
     <t>Мухтасар аль-Викая тарджемасе туркича. مختصر وقاية ترجمه‌سی تركېچە</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1698/</t>
   </si>
   <si>
     <t>Тарих ислам. تاريخ اسلام</t>
   </si>
   <si>
-    <t>Салях Камаль</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1697/</t>
   </si>
   <si>
     <t>Фатх аль-маннан фи тафсир аль-Куран. فتح المنان في تفسير القرآن</t>
   </si>
   <si>
-    <t>Мухаммад бин Масгуд аш-Ширази</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1696/</t>
   </si>
   <si>
     <t>Тафсир баян. تفسير بيان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1695/</t>
   </si>
   <si>
     <t>ат-Танбихат аль-мухимма. التنبهات المهمة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1692/</t>
   </si>
   <si>
     <t>Дурт халифа. دورت خليفة</t>
   </si>
   <si>
-    <t>Сунгатулла Нигматуллович Бикбулатов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1691/</t>
   </si>
   <si>
     <t>Хисаб масаляляре. حساب مسئله لري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1689/</t>
   </si>
   <si>
     <t>Мавераннахрда сияхат. ماوراءالنهرده سياحت</t>
   </si>
   <si>
-    <t>Мухаммад-Захир Бигиев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1688/</t>
   </si>
   <si>
     <t>Эпиграфические памятники Татарской Каргалы. Книга 14</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1687/</t>
   </si>
   <si>
     <t>Эпиграфические памятники Татарской Каргалы. Книга 13</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1686/</t>
   </si>
   <si>
     <t>Эпиграфические памятники Татарской Каргалы. Книга 12</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1685/</t>
   </si>
   <si>
     <t>Эпиграфические памятники Татарской Каргалы. Книга 11</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1684/</t>
@@ -3929,1205 +3248,986 @@
   <si>
     <t>Эпиграфические памятники Татарской Каргалы. Книга 5</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1678/</t>
   </si>
   <si>
     <t>Эпиграфические памятники Татарской Каргалы. Книга 4</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1677/</t>
   </si>
   <si>
     <t>Эпиграфические памятники Татарской Каргалы. Книга 3</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1676/</t>
   </si>
   <si>
     <t>Эпиграфические памятники Татарской Каргалы. Книга 2</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1675/</t>
   </si>
   <si>
-    <t>Миргазиз аль-Укмаси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1674/</t>
   </si>
   <si>
     <t>Касас аль-анбия аль-гызам ва тарджама ахваль аль-ислам. قصص الأنبياء العظام و ترجمة أحوال الإسلام</t>
   </si>
   <si>
-    <t>Габдрахман аль-Иштархани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1673/</t>
   </si>
   <si>
     <t>Фатх аль-джалиль галя шарх Ибн Гакыль. فتح الجليل على شرح إبن عقيل</t>
   </si>
   <si>
-    <t>Ахмад бин Ахмад ас-Саджаги</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1672/</t>
   </si>
   <si>
     <t>Журнал "Дин ва магыйшат". دين و معيشة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1671/</t>
   </si>
   <si>
     <t>Хашия аль-галляма ас-Саджаги аль-мусамма Фатх аль-джалиль галя шарх Ибн Гакыль галя матн аль-алфия ли-Ибн Малик фи гильм аль-гарбия. حاشية العلامة السجاعي المسماه فتح الجليل على شرح ابن عقيل على متن الالفية لاابن مالك في علم العربية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1670/</t>
   </si>
   <si>
     <t>Журнал "Ислам маджаллясе". إسلام مجلەسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1669/</t>
   </si>
   <si>
     <t>О новокрещенских школах</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1668/</t>
   </si>
   <si>
     <t>Ханымлар ислахы. خانملر اصلاحى</t>
   </si>
   <si>
-    <t>Камиля Касимова</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1666/</t>
   </si>
   <si>
     <t>Алифба абруй турки. الفباى آبروى تركى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1665/</t>
   </si>
   <si>
     <t>аль-Джуз ас-салис мин Камус. الجزء الثالث من قاموس</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1664/</t>
   </si>
   <si>
     <t>Рисаля манзума. رسالة منظومة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1662/</t>
   </si>
   <si>
     <t>Касыда Мавлид ан-Наби - салля-Ллаху-галейхи ва саллям. قصيدهء موليد النبي - صلى الله عليه و سلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1661/</t>
   </si>
   <si>
     <t>Каюм Насыри маджмугасы. قەيوم ناسرى مەجموعەسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1660/</t>
   </si>
   <si>
     <t>Даляиль хайрат. دلائل خيرات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1659/</t>
   </si>
   <si>
     <t>Суюнбикя. سيون-بيكه</t>
   </si>
   <si>
-    <t>Хади Атласи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1658/</t>
   </si>
   <si>
     <t>Адабият даресляре. ادبيات درسلرى</t>
   </si>
   <si>
-    <t>Галимджан Ибрагимов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1657/</t>
   </si>
   <si>
     <t>Фаваид нисаб ва тарих джалили. فوائد نصاب و تاريخ جليلي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1656/</t>
   </si>
   <si>
     <t>Шарх Рамадан афанди галя шарх аль-Гакаид. شرح رمضان افندى على شرح العقائد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1655/</t>
   </si>
   <si>
     <t>Тасавуф тарихы. تصوف تاريخى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1654/</t>
   </si>
   <si>
     <t>Нур аль-футух мунбалиджун мин аль-хадрати аль-кубра мутадалиян иля-р-рух. نور الفتوح منبلج من الحضرة الكبرى متدليا إلى الروح</t>
   </si>
   <si>
-    <t>Мухаммад Махди ар-Риваси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1652/</t>
   </si>
   <si>
     <t>Хадия ас-саги би-сулюки тарик аль-гаус ар-Рифаги. هدية الساعي بسلوك طريق العوث الرفاعي</t>
   </si>
   <si>
-    <t>Абу аль-Хади ас-Саййяди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1651/</t>
   </si>
   <si>
     <t>Фасль аль-хытаб фима таназзалят бихи гиная аль-Карим аль-Ваххаб.  فصل الخطاب فيما تنزلت به عناية الكريم الوهاب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1648/</t>
   </si>
   <si>
     <t>Камус аль-гашикин фи ахбари ас-саййид Хусайн Бурхануддин. قاموس العاشقين في أخبار السيد حسين برهان الدين</t>
   </si>
   <si>
-    <t>Абдульмунгим аль-Гани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1647/</t>
   </si>
   <si>
     <t>Хаза диван мира аш-шухуд фи мадхи султан аль-вуджуд. هذا ديوان مرآة الشهود  في مدح سلطان الوجود</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1646/</t>
   </si>
   <si>
     <t>Тайй ас-сиджль. طيّ السجل</t>
   </si>
   <si>
-    <t>Бахауддин ар-Равас</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1645/</t>
   </si>
   <si>
     <t>Саут аль-хазар вазир аль-гизар. صوط الهزار وزير العذار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1644/</t>
   </si>
   <si>
     <t>Тарик ас-саваб фи-с-саля галя ан-Наби аль-аууаб. طريق الصواب في الصلاة على النبي الأواب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1643/</t>
   </si>
   <si>
     <t>Намунаи хутут ва расм. نمونهء خطوط و رسم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1641/</t>
   </si>
   <si>
     <t>Сыхах аль-ахбар фи нисби ас-сада аль-фатыма аль-ахьяр. صحاح الاخبار في نسب السادة الفاطمية الاخيار</t>
   </si>
   <si>
-    <t>Мухаммад бин Абдулла Махзуми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1640/</t>
   </si>
   <si>
     <t>Китаб Гиззат мааб насыха ас-салихин. كتاب عزة مآب نصيحة الصالحين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1637/</t>
   </si>
   <si>
     <t>Вагазляр. وعظلر</t>
   </si>
   <si>
-    <t>Габдулла Сулейман</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1636/</t>
   </si>
   <si>
     <t>аль-Гакаид. العقائد</t>
   </si>
   <si>
-    <t>Абдуннасыр бин Ибрахим аль-Курсави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1635/</t>
   </si>
   <si>
     <t>Камус турки. قاموس تركي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1634/</t>
   </si>
   <si>
     <t>Хукам аль-гаус аш-шариф. حكم الغوث الشريف</t>
   </si>
   <si>
-    <t>Мухаммад Абу аль-Хади ар-Рифаги</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1633/</t>
   </si>
   <si>
     <t>Рафраф аль-гиная. رفرف العناية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1632/</t>
   </si>
   <si>
     <t>Рауда ан-назырин ва хуляса манакыб ас-салихин. روضة الناظرين وخلاصة مناقب الصالحين</t>
   </si>
   <si>
-    <t>Ахмад бин Мухаммад аль-Ватари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1631/</t>
   </si>
   <si>
     <t>Алифба яна чишма яка асирляр чишмасе. الفبا ياكا چيشمه ياكه اسيرلر چيشمەسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1629/</t>
   </si>
   <si>
     <t>Хадра аль-итлак фи макарим аль-ахляк. حضرة الإطلاق في مكارم الأخلاق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1628/</t>
   </si>
   <si>
     <t>Танвир аль-абсар. تنوير الأبصار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1627/</t>
   </si>
   <si>
     <t>Таштир аль-бурда. تشطير البردة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1626/</t>
   </si>
   <si>
     <t>Тахмис. تخميس</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1624/</t>
   </si>
   <si>
     <t>Хотбаляр маджмугасы. Том 1</t>
   </si>
   <si>
-    <t>Габделхабир Яруллин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1623/</t>
   </si>
   <si>
     <t>Кыраат гарабия. قراءت عربية</t>
   </si>
   <si>
-    <t>Ахмаджан бин Мухаммаджан Мустафави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1622/</t>
   </si>
   <si>
     <t>Арабско-татарско-русский словарь заимствований</t>
   </si>
   <si>
-    <t>М.М.Махмутов,Г.Ш.Сайфуллин,К.З. Хамзин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1619/</t>
   </si>
   <si>
     <t>Тухва ар-рагыб фи сира джамига мин игьян ахль аль-байт аль-атъяб. تحفة الراغب فى سيرة جماعة من اعيان اهل البيت الاطايب</t>
   </si>
   <si>
-    <t>Шихабуддин аль-Кальюби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1618/</t>
   </si>
   <si>
     <t>Русистан. روسستان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1616/</t>
   </si>
   <si>
     <t>Шараитуль-иман</t>
   </si>
   <si>
-    <t>Гатаулла Баязитов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1615/</t>
   </si>
   <si>
     <t>Хатира дафтаре</t>
   </si>
   <si>
-    <t>Галимджан Баруди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1614/</t>
   </si>
   <si>
     <t>Хутба Адам (галяйхи-с-салям) хасыятляре берлян.</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1611/</t>
   </si>
   <si>
     <t>Дуга сайфи хасыятляре берлян. دعاء سيفي حاصيت لرى برلن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1610/</t>
   </si>
   <si>
     <t>Мугаллим. №1. №1 .معلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1609/</t>
   </si>
   <si>
     <t>Хаза китаб Абу Гали ибн Сина. هذا كتاب أبو علي ابن سينا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1608/</t>
   </si>
   <si>
     <t>Дини ва иджтимагый масьаляляр. ديني و اجتماعي مسئله‌لر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1607/</t>
   </si>
   <si>
     <t>Машхур хатынлар. مشهور خاتونلر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1604/</t>
   </si>
   <si>
     <t>Кадын ва иркак. قادين و اركك</t>
   </si>
   <si>
-    <t>Ризаэтдин Фахретдин,Кая Нури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1603/</t>
   </si>
   <si>
     <t>Хытабат усуллары. خطابت اصوللرلى</t>
   </si>
   <si>
-    <t>Джихангир Абызгилдин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1602/</t>
   </si>
   <si>
     <t>Фауз ан-наджат. فوز النجات</t>
   </si>
   <si>
-    <t>Али Чукрый</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1601/</t>
   </si>
   <si>
     <t>Усуль джаграфия кабир. اصول جغرافیاى كبیر</t>
   </si>
   <si>
-    <t>Каюм Насыри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1600/</t>
   </si>
   <si>
     <t>Кавагид лисан аль-гараб. قواعد لسان العرب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1599/</t>
   </si>
   <si>
     <t>Донья. 2-нче джуз. دنيا. 2-ن‏چي جزء</t>
   </si>
   <si>
-    <t>Мухиддин Курбангалиев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1598/</t>
   </si>
   <si>
     <t>Сибирья халкы. سيبريه خلقى</t>
   </si>
   <si>
-    <t>Габдрашит Ибрахим</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1597/</t>
   </si>
   <si>
     <t>Алифба турки. الفاى تركي</t>
   </si>
   <si>
-    <t>Ахмадкамал Хабибзада</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1596/</t>
   </si>
   <si>
     <t>Абваб аль-афгаль. Джуз сани. أبواب الأفعال. جزء ثاني</t>
   </si>
   <si>
-    <t>Зуфар бин Мулла Ахмад Шакир Касими</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1595/</t>
   </si>
   <si>
     <t>Рукопись 10</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1592/</t>
   </si>
   <si>
     <t>Рукопись 9</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1591/</t>
   </si>
   <si>
     <t>Адаб таглим. آداب تعليم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1590/</t>
   </si>
   <si>
     <t>Шаджара чынгызия. شجرة ‏ݘنغزية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1587/</t>
   </si>
   <si>
     <t>Язу кагыдаляре. يازو قاعد‏ه لرى</t>
   </si>
   <si>
-    <t>Фатих Садыков</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1586/</t>
   </si>
   <si>
     <t>Мугаллим сани. معلم ثاني</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1585/</t>
   </si>
   <si>
     <t>Рукопись 8</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1584/</t>
   </si>
   <si>
     <t>Рукопись 7</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1583/</t>
   </si>
   <si>
     <t>Хивалеляр ва бухарилеляр. خيوه ليلر و بخارالير</t>
   </si>
   <si>
-    <t>Фатих Каримов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1582/</t>
   </si>
   <si>
     <t>Нихая аль-кауль аль-муфид фи гильм ат-таджвид. نهاية القول المفيد في علم التجويد</t>
   </si>
   <si>
-    <t>Мухаммад Макки Наср Джурайси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1581/</t>
   </si>
   <si>
     <t>Асбаб ва натаидж ва ахляк ва мавагыз. أسباب ونتائج وأخلاق ومواعظ</t>
   </si>
   <si>
-    <t>Касим Амин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1580/</t>
   </si>
   <si>
     <t>Лягаб аль-гараб. لعب العرب</t>
   </si>
   <si>
-    <t>Ахмад Тимур-паша</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1579/</t>
   </si>
   <si>
     <t>аль-Куран аль-Карим аль-хаттат хафиз Усман афанди. القرآن الكريم الخطاط حافظ عثمان أفندي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1578/</t>
   </si>
   <si>
     <t>аш-Шифа би-тагриф хукук аль-Мустафа (рукопись). الشفا بتعريف حقوق المصطفى</t>
   </si>
   <si>
-    <t>аль-Кади Ийяд аль-Андалуси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1577/</t>
   </si>
   <si>
     <t>аш-Шифа би-тагриф хукук аль-Мустафа (рукопись 2). الشفا بتعريف حقوق المصطفى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1576/</t>
   </si>
   <si>
     <t>аш-Шифа би-тагриф хукук аль-Мустафа. الشفا بتعريف حقوق المصطفى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1575/</t>
   </si>
   <si>
     <t>Маратиб ан-нафс. مراتب النفس</t>
   </si>
   <si>
-    <t>Абдульхалик Абдуссалям аш-Шабрави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1574/</t>
   </si>
   <si>
     <t>Рукопись 6</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1573/</t>
   </si>
   <si>
     <t>Нур аль-иман. نور الإيمان</t>
   </si>
   <si>
-    <t>Мухаммадсабир Ибрахим</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1572/</t>
   </si>
   <si>
     <t>Уставани китабы. اوستواني كتابى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1571/</t>
   </si>
   <si>
     <t>Рукопись 5</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1569/</t>
   </si>
   <si>
     <t>Китаб Гызза мааб. Насыха ас-салихин. كتاب عزة مآب. نصيحة الصالحين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1568/</t>
   </si>
   <si>
     <t>Любаб тарджемасе. Фатх аль-любаб. لباب ترجمەسى . فتح اللباب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1567/</t>
   </si>
   <si>
     <t>Мактап. مكتاب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1565/</t>
   </si>
   <si>
     <t>Бад аль-амани, Гакаид манзума, Аллаяр суфинын мунаджате. بدء الأماني, عقائد منظومة, الله يار صوفي ننك مناجاتى</t>
   </si>
   <si>
-    <t>Фахретдин Нуркави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1564/</t>
   </si>
   <si>
     <t>Гакаид ислямия. عقائد إسلامية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1563/</t>
   </si>
   <si>
     <t>Китаб Саранджам сакарат аль-маут. كتاب سرانجام سكرات الموت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1562/</t>
   </si>
   <si>
     <t>Любаб. لباب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1559/</t>
   </si>
   <si>
     <t>Дуалар. دعالار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1558/</t>
   </si>
   <si>
     <t>Кыраа аль-Куран. قراءت القرآن</t>
   </si>
   <si>
-    <t>Назип Думави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1557/</t>
   </si>
   <si>
     <t>Анвар аль-гашикын. أنوار العاشقين</t>
   </si>
   <si>
-    <t>Ахмад Биджан</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1556/</t>
   </si>
   <si>
     <t>Тарих шаджара турк. تريخ شجرهء ترك</t>
   </si>
   <si>
-    <t>Габдулгаллям Фаизханов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1555/</t>
   </si>
   <si>
     <t>Дуа марджан. دعاء مرجان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1554/</t>
   </si>
   <si>
     <t>Дуа мубарак бахет ва сагадат-нама ошбудыр. دعاء مبارك بخت و سعادت نامه اوشبودر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1553/</t>
   </si>
   <si>
     <t>Иман рисалясе хам Алифба рисалясе сабыйлар очен. امان معناسی وهم فضيلت‌لری وثوابلاری بیاننده‌در</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1552/</t>
   </si>
   <si>
     <t>Китаб Мустатаб Шараф мааб аурад фатхия. كتاب مستطاب شرف مآب أوراد فتحية</t>
   </si>
   <si>
-    <t>Мирсаид Али Хамдани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1551/</t>
   </si>
   <si>
     <t>аль-Матн аль-мусамма би-т-Танкых. المتن المسمى بالتنقيح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1550/</t>
   </si>
   <si>
     <t>Джаграфия иджмали. جغراقية اجمالي</t>
   </si>
   <si>
-    <t>Мухаммадрахим аль-Ханафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1549/</t>
   </si>
   <si>
     <t>Беллек йорты. بلك يورطى</t>
   </si>
   <si>
-    <t>Халим Искандеров</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1548/</t>
   </si>
   <si>
     <t>Бухар-зада тарджемасе. بخار زاده ترجمه سى</t>
   </si>
   <si>
-    <t>Шейхульислам аль-Хамиди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1547/</t>
   </si>
   <si>
     <t>Гайн аль-гильм тарджемасе. عين العلم ترجمه سى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1546/</t>
   </si>
   <si>
     <t>Тафсир аль-Галлями. تفسير العلامي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1544/</t>
   </si>
   <si>
     <t>Гакаид манзума. عقائد منظونة</t>
   </si>
   <si>
-    <t>Ибрахим Хаккы</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1542/</t>
   </si>
   <si>
     <t>Бад аль-амали. بدء الامالی</t>
   </si>
   <si>
-    <t>Усман бин аль-Уши</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1541/</t>
   </si>
   <si>
     <t>Гильм халь. 2-нче кысым. علم حال. 2 نچى قسم</t>
   </si>
   <si>
-    <t>В.Хангилдин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1540/</t>
   </si>
   <si>
     <t>Китаб ас-Сунна. كتاب السنة</t>
   </si>
   <si>
-    <t>Муса Бигиев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1539/</t>
   </si>
   <si>
     <t>Иман магнасе ва хам фазылятляре ва саваблары баянындадыр. ايمان معناسى و هم فضيلتلرى و ثوابلارى بيانندہ در</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1536/</t>
   </si>
   <si>
     <t>Тухфа ли-с-сыбьян би-баян аль-иман. تحفة للصبيان ببيان الايمان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1535/</t>
   </si>
   <si>
     <t>Суаль ва джаваплы Йинел таджвид. سؤال و جوابلی یڭل تجوید</t>
   </si>
   <si>
-    <t>Вафа Лутфи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1534/</t>
   </si>
   <si>
     <t>Кечек таджвид. کچك تجوید</t>
   </si>
   <si>
-    <t>Хусаин аль-Хасани аль-Бикави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1533/</t>
   </si>
   <si>
     <t>Бидая джаграфия. بدايت جغرا فية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1532/</t>
   </si>
   <si>
     <t>Тасхих аль-игтикад. تصحيح الاعتقاد</t>
   </si>
   <si>
-    <t>Сайфуддин бин Абу Бакр</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1531/</t>
   </si>
   <si>
     <t>Шарх Гакыйда. شرح عقيدة</t>
   </si>
   <si>
-    <t>Сираджуддин аль-Хинди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1530/</t>
   </si>
   <si>
     <t>Тагдиль-намада улган бер рисалядер. تعديل نامنده اولغن بر رساله در</t>
   </si>
   <si>
-    <t>Мухаммад Харрас Айдаров аль-Каргалый</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1529/</t>
   </si>
   <si>
     <t>Фанни камус. فنی قاموس</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1527/</t>
   </si>
   <si>
     <t>Кызлар тарбиясе. قزلر تربيه يسى</t>
   </si>
   <si>
-    <t>Фахрульбанат бинт Сибгатулла Сулеймания</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1526/</t>
   </si>
   <si>
     <t>Гакаид. عقائد‎‏‎‏‎‏‎‏‎</t>
   </si>
   <si>
-    <t>Хабибрахман Абдулвалиевич Забири</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1525/</t>
   </si>
   <si>
     <t>Габдульвали Яушев. عبد الولی یاوشف</t>
   </si>
   <si>
-    <t>Габдельбари Баттал</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1523/</t>
   </si>
   <si>
     <t>Джаграфия гомуми. جغرافیاى عمومى</t>
   </si>
   <si>
-    <t>Габидулла Мухаммад Файзи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1522/</t>
   </si>
   <si>
     <t>Таглим аль-адаб фи тарбия аль-валяд. تعليم الأدب في تربية الولد</t>
   </si>
   <si>
-    <t>Абу Абдулла Камаледдин аль-Ургагари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1521/</t>
   </si>
   <si>
     <t>Мархум Гыйльман ахунд. مرحوم غلمان آخوند</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1520/</t>
   </si>
   <si>
     <t>Тарджемаи халем ягни башыма киляннар. ترجمهء حالم يعنى باشمه كلن لر</t>
   </si>
   <si>
-    <t>Ибрахим Габдуррашит</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1517/</t>
   </si>
   <si>
     <t>Таййибат-уль-азкар. طيبة الاذكار</t>
   </si>
   <si>
-    <t>Шикарзаде</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1516/</t>
   </si>
   <si>
     <t>Сарф гараби. صرف عربي</t>
   </si>
   <si>
-    <t>Салихджан бин Мухаммад аль-Баруди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1515/</t>
   </si>
   <si>
     <t>Ислам философлары: Мухаммад Габда аль-Мисри, Джамалуддин аль-Афгани. اسلام فيلسوفلرى: محمد عبده المصرى، جمال الدين الافغانى</t>
   </si>
   <si>
-    <t>Муса Габдулла</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1513/</t>
   </si>
   <si>
     <t>Мухтасар джаграфия. مختصر جغرافيا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1512/</t>
   </si>
   <si>
     <t>Тахрир аль-маръа яхуд Кадынлары асараттан азат иту. تحرير المراة ياخود، قادنلرى اسارتدن آزاد ايتو</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1511/</t>
   </si>
   <si>
     <t>аль-Маръа аль-джадида яхуд Яна кадын. المرأة الجديدة ياخود، يكا قادين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1510/</t>
   </si>
   <si>
     <t>Табака аль-муфассирин карам ва муалляфатихим. طبقات مفسرين كرام و مؤلفاتهم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1508/</t>
   </si>
   <si>
     <t>Масаиль фикхия. مسائل فقهيه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1507/</t>
   </si>
   <si>
     <t>ар-Рисаля халидия фи адаб ат-тарика ан-накшбандия. الرسالة الخالدية فى آداب الطريقة النقشبندية</t>
   </si>
   <si>
-    <t>Бахауддин Накшбанд</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1506/</t>
   </si>
   <si>
     <t>Торек ыруглары. ترك اورغلری</t>
   </si>
   <si>
-    <t>Хасан-Гата Мухаммад Габаши</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1503/</t>
   </si>
   <si>
     <t>Рахбар сабьян. رهبار صبيان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1501/</t>
   </si>
   <si>
     <t>Тарих мукаддас. تارخ مقدس</t>
   </si>
   <si>
-    <t>Шакирджан Рахими</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1500/</t>
   </si>
   <si>
     <t>Имам агзам ва имам Абу Юсуф хазратляренен тарджемаи халляре. امام اعظم و امام ابو یوسف حضرتلرینك ترجمهء حاللری</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1498/</t>
   </si>
   <si>
     <t>Джуграфия Гыймрани. جغرافياى عمومى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1497/</t>
   </si>
   <si>
     <t>Абу аль-Галя аль-Магари. ابو العلاء المعرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1496/</t>
   </si>
   <si>
     <t>Гыйбадат ислямиядан “Абдаст ва намаз”. "عبادات ایسلام‌دن "آبدست و نماز</t>
   </si>
   <si>
-    <t>Шакиржан бин мулла Ахмаджан ат-Тахири</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1495/</t>
   </si>
   <si>
     <t>Низам ва ислам. نظام و اسلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1494/</t>
   </si>
   <si>
     <t>Муляхаза. ملاحظة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1493/</t>
   </si>
   <si>
     <t>Мускират масьаляляре, шаригат исламия назарында.</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1492/</t>
   </si>
   <si>
     <t>Низаму-н-насиа гыйнд-ал-гараб кабля аль-ислам.  نظام النسيء عند العرب قبل الإسلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1491/</t>
   </si>
   <si>
     <t>Гакыйда. عقيدة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1490/</t>
   </si>
   <si>
     <t>Хаят Мухаммад, галейхи-с-салям. حيات محمد عليه السلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1488/</t>
   </si>
   <si>
     <t>Хуляса аль-масаиль ва мухимма ад-даляиль. خلصة المسائل و مهمة الدلائل</t>
   </si>
   <si>
-    <t>Гильман Тайиб бин Мулла</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1487/</t>
   </si>
   <si>
     <t>аль-Катра мин бахр аль-хакаик фи тарджама ахваль машаих ат-тараик. القطرة من بحر الحقايق فى ترجمة احوال مشايخ الطرائق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1486/</t>
   </si>
   <si>
     <t>Татарча расемле инша даресляре. تاتارچه رسملى انشاء درسلرى</t>
   </si>
   <si>
-    <t>Аббас Сайфуллин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1485/</t>
   </si>
   <si>
     <t>Шарх Тахзиб аль-мантык. شرح تهذيب المنطق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1484/</t>
   </si>
   <si>
     <t>Адгыя зиярат Мадина таййиба.  أدعية زيارة مدينة طيية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1483/</t>
   </si>
   <si>
     <t>Суллям аль-кыраа. سلم القراءة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1482/</t>
   </si>
   <si>
     <t>Торек-татар диалектолоджисы. تورك - تاتار دياله كتولوژيسى</t>
   </si>
   <si>
-    <t>Чубанзаде</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1481/</t>
   </si>
   <si>
     <t>Гулюм, магариф, хонар ва ихтираг тарихы. علوم، معارف، هنر واختراع تاریخی</t>
   </si>
   <si>
-    <t>Худжатулла Джанбаев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1480/</t>
   </si>
   <si>
     <t>Фальсафа игтикадия. فلسفهء اعتقدية</t>
   </si>
   <si>
-    <t>Зыяуддин аль-Камали</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1479/</t>
   </si>
   <si>
     <t>Таварих хамса шаркый. تواريخ خمسهء شرقي</t>
   </si>
   <si>
-    <t>Курбангали Халид</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1477/</t>
   </si>
   <si>
     <t>Хатын. خاتون</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1476/</t>
   </si>
   <si>
     <t>1906 сана 16-21 августта иджтимаг итмеш Русия моселманларынын надвасе. 1906 سنه 16-21 آوغوست‌ده اجتماع ایتمش روسیا مسلمانلارینڭ ندوه‌سی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1475/</t>
   </si>
   <si>
     <t>Ахмад бай. أحمد باي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1474/</t>
   </si>
   <si>
     <t>Яджудж. ياجوج</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1473/</t>
@@ -5210,536 +4310,458 @@
   <si>
     <t>http://darul-kutub.com/books/1459/</t>
   </si>
   <si>
     <t>Алифба. الفبا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1458/</t>
   </si>
   <si>
     <t>Журнал "Мактап". مكتب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1457/</t>
   </si>
   <si>
     <t>Гыйльм халь. Игтикад. علم حال. اعتقاد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1456/</t>
   </si>
   <si>
     <t>Гыйлем халь рисалясе аувалге сыйныф сабый балалары очен. علم حال رساله س اؤلكى صنف صبى بالالار اوجون</t>
   </si>
   <si>
-    <t>Мухаммад Садык аль-Гусмани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1455/</t>
   </si>
   <si>
     <t>Гылем халь рисалясе икенче сыйныф шакертляре очен. علم حال رساله سى ايكنيى صنن شاكردلر ايجرن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1454/</t>
   </si>
   <si>
     <t>Ике Гыйд хутба ва вагазляре. ايكى عيد خطبه و وعظلرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1453/</t>
   </si>
   <si>
     <t>Китаб аль-мугджам. كتاب المعجم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1452/</t>
   </si>
   <si>
     <t>Мухаммад Ханафи. محمد حنفي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1451/</t>
   </si>
   <si>
     <t>Ана теле. Беренче булем. آنا ديلي. برنچى بولم</t>
   </si>
   <si>
-    <t>Габдулла Гисмати</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1450/</t>
   </si>
   <si>
     <t>Ислам миллятлярена шанлы турк гаскаре. اسلام حلتلرينه شانلى ترك عسكرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1449/</t>
   </si>
   <si>
     <t>Рисаля таварих Булгария ва зикр мауляна хазрат Аксак Тимур ва хараб шахар Булгар. رسالة تواريخ بلغارية و ذكر مولنا حضرت آقساق تيمر و حراب شهر بلغار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1448/</t>
   </si>
   <si>
     <t>Таварих Булгария. تواريخ بلغارية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1447/</t>
   </si>
   <si>
     <t>Телебезнен сарфы. تلبزنڭ صرفى</t>
   </si>
   <si>
-    <t>Гадбрахман Сагди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1446/</t>
   </si>
   <si>
     <t>Турк ва татар тарихы. ترك و تاتار تاريخى</t>
   </si>
   <si>
-    <t>Ахмад-Заки Валиди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1444/</t>
   </si>
   <si>
     <t>Шарх аль-хави галя Тафсир аль-Кады аль-Байдави. شرح الحاوي على تفسير القاضي البيضاوي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1443/</t>
   </si>
   <si>
     <t>Сайр ан-Наби, галейхис-салям. سير النبي عليه السلام</t>
   </si>
   <si>
-    <t>мелла Сабирджан бин Габдульбадиг</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1442/</t>
   </si>
   <si>
     <t>Мадхаль джаграфия. مدخل جغرفيا</t>
   </si>
   <si>
-    <t>Харис Файзи Чистополи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1441/</t>
   </si>
   <si>
     <t>Хутбаи джумга. خطبهء جمعة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1438/</t>
   </si>
   <si>
     <t>Ана теле дареслале. آنا تلى دەرسلەرى</t>
   </si>
   <si>
-    <t>Мухиддин Курбангалиев,Габдульбадиг Ходжа</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1437/</t>
   </si>
   <si>
     <t>Ана теле нахве. آنا تلى نحوى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1436/</t>
   </si>
   <si>
     <t>Лугат. لغت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1432/</t>
   </si>
   <si>
     <t>Кыскача расемле турк-татар тарихы. قسقەچە رسملى ترك-تاتار تاريخى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1431/</t>
   </si>
   <si>
     <t>Тафсир Кады аль-Байдави. تفسير قاضي البيضاوي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1427/</t>
   </si>
   <si>
     <t>Ислам философы Ибн Рушд. اسلام فيلسوفى ابن رشد</t>
   </si>
   <si>
-    <t>Кая Нури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1425/</t>
   </si>
   <si>
     <t>аль-Джуз ас-сани мин Маджмаг аль-анхар фи шарх Мультака аль-абхар. الجزء الثاني من مجمع الأنهر في شرح ملتقى الأبحر</t>
   </si>
   <si>
-    <t>Шейх-заде Дамад</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1424/</t>
   </si>
   <si>
     <t>Дурр якта тарджемасе. در يكتا ترجمەسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1422/</t>
   </si>
   <si>
     <t>Китаб Мухимма аз-заман. كتاب مهمة الزمان</t>
   </si>
   <si>
-    <t>Габдрахим Утыз Имяни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1421/</t>
   </si>
   <si>
     <t>Кырык фард. قرق فرض</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1420/</t>
   </si>
   <si>
     <t>Казан тарихы. قزان تالريخى</t>
   </si>
   <si>
-    <t>Карл Фукс</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1419/</t>
   </si>
   <si>
     <t>Тел ачкычы. تل آچقچى</t>
   </si>
   <si>
-    <t>Хасан Гали</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1418/</t>
   </si>
   <si>
     <t>Беренче мугаллим. برنچى معلم</t>
   </si>
   <si>
-    <t>Ш. Ахмадиев,А. Гафури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1417/</t>
   </si>
   <si>
     <t>Турки уку. Беренче джуз. تركي اوقو. برنچى جزء</t>
   </si>
   <si>
-    <t>Мухаммад Марджани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1416/</t>
   </si>
   <si>
     <t>Алифба хакында. الفبا حقنده</t>
   </si>
   <si>
-    <t>Зайнулла Расулев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1415/</t>
   </si>
   <si>
     <t>Турки нахвы. تركي نحوى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1414/</t>
   </si>
   <si>
     <t>Тел сабаклары.</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1412/</t>
   </si>
   <si>
     <t>Фалсафа нукта назарындан дин. فلسفه نقطهء نظرندن دين</t>
   </si>
   <si>
-    <t>Мухаммад Тауфик Сыдкы</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1411/</t>
   </si>
   <si>
     <t>Асар. Беренче джуз. آثار. برنچى جزء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1410/</t>
   </si>
   <si>
     <t>Закят. زكات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1409/</t>
   </si>
   <si>
     <t>Русча дорст язу кагыйдаляре. 1 хэм 2 джуз. روس‏چه درست يازو قاعدەلرى. 1 هم 2 جزء‏‎</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1408/</t>
   </si>
   <si>
     <t>Аек бул. آيق بول</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1405/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1404/</t>
   </si>
   <si>
     <t>аль-Муганни фи тарджама аль-магза. المغنى في ترجمة المغزى</t>
   </si>
   <si>
-    <t>Мутыгулла бин мулла Гатаулла</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1403/</t>
   </si>
   <si>
     <t>Баян аль-хакк фи хакк аль-хиджаб. بيان الحق في حق الحجاب</t>
   </si>
   <si>
-    <t>Хасанджан бин Ахмаджан аль-Хусайни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1402/</t>
   </si>
   <si>
     <t>Татарча Куран тафсире</t>
   </si>
   <si>
-    <t>Мухаммад-Камаль аль-Мутыгый Тухватуллин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1400/</t>
   </si>
   <si>
     <t>Мухтасар Кудури тарджемасе. مختصر قدوري ترجمەسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1399/</t>
   </si>
   <si>
     <t>Кырк суаль. قرق سؤال</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1396/</t>
   </si>
   <si>
     <t>Суаль ва джаваплы Кудури шариф тарджемасе. سؤال و جوبلى قدوري شريف ترجمه سي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1395/</t>
   </si>
   <si>
     <t>Китаб аль-Гакд ас-самин фи фадаиль аль-баляд аль-амин. كتاب العقد الثمين في فضائل البلد الأمين</t>
   </si>
   <si>
-    <t>Ахмад бин Мухаммад аль-Хадрави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1393/</t>
   </si>
   <si>
     <t>Шарх аль-Кафия ли-Исфаханди. شرح الكافية لاصفهندي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1392/</t>
   </si>
   <si>
     <t>Такриб аль-азхан мин таджвид аль-Куран. تقريب الاهذان من تجويد القرآن</t>
   </si>
   <si>
-    <t>Салихджан аль-Баруди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1391/</t>
   </si>
   <si>
     <t>Расемле ва хариталы гусаманлы тарихы. رسملى و خريطه لى عثمنلى تاريخт</t>
   </si>
   <si>
-    <t>Ахмад Расим</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1390/</t>
   </si>
   <si>
     <t>Намаз хужасы. نماز خوجەسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1389/</t>
   </si>
   <si>
     <t>Кыссаи Сулейман галяйхис-салям. قصهء سليمان عليه السلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1388/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1386/</t>
   </si>
   <si>
     <t>Бадау-ль-гыльм. بدء العلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1385/</t>
   </si>
   <si>
     <t>Анмузадж фи-н-нахви. أنمذج في النحو</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1384/</t>
   </si>
   <si>
     <t>Хулясат-уль-баян. خلاصة البيان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1383/</t>
   </si>
   <si>
     <t>Маджмаг аль-газават. مجمع الغزوات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1382/</t>
   </si>
   <si>
     <t>Иджазет. إعجازة</t>
   </si>
   <si>
-    <t>Худжетуль-ислам Хаккы бин Захираддин аль-Уфеви</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1380/</t>
   </si>
   <si>
     <t>Иджазалар маджмугасы</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1379/</t>
   </si>
   <si>
     <t>Куран Газыйм на иля боерыр? قرأن عظیم نه ایله بیورور</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1378/</t>
   </si>
   <si>
     <t>Шарх Илле дурт фард. شرح اللى درت فرض</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1377/</t>
   </si>
   <si>
     <t>Тарбияле бала. تربیەلی بالا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1375/</t>
   </si>
   <si>
     <t>Бахр аль-асрар шарх Хизб аль-абрар. بحر الاسرار شرح حزب الابرار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1374/</t>
   </si>
   <si>
     <t>аль-Мухтасар аш-шафи галя матн аль-Кафи фи гилмай аль-гаруд ва аль-кавафи. مختصر الشافي على متن الكافي في علمي الغروض و القوافي</t>
   </si>
   <si>
-    <t>Мухаммад ад-Даманхури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1373/</t>
   </si>
   <si>
     <t>Игтикад - иктигад. اعتقاد - اقتعاد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1372/</t>
   </si>
   <si>
     <t>Тарих анбия. Кысм ауваль. تاريخ أنبياء. قسم أول</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1371/</t>
   </si>
   <si>
     <t>Такмиля яхуд Кыраат туркия. تكمله يخود قرأت تركيه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1370/</t>
   </si>
   <si>
     <t>Мен бер хадис. مڭ بر حديث</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1369/</t>
   </si>
   <si>
     <t>Рукопись 4</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1368/</t>
   </si>
   <si>
     <t>Маджмуга асаре. مجموعهء آثارى</t>
   </si>
   <si>
-    <t>Габдулла Тукай</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1367/</t>
   </si>
   <si>
     <t>Дыяу-ль-кулюб. 4 жуз. ضياء القلوب. 4 جزء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1366/</t>
   </si>
   <si>
     <t>аль-Джуз ас-сани мин Шарх Фатх аль-Кадир. الجزء الثاني من شرح فتح القادر</t>
   </si>
   <si>
-    <t>Камалюддин Мухаммад бин Масуд ас-Сиваси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1365/</t>
   </si>
   <si>
     <t>Книга о воспитании. Китаб ат-тарбия</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1364/</t>
   </si>
   <si>
     <t>Бадау-т-таглим нам Мукаммаль алифба. بدأ التعليم نام مكمل ألفبا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1363/</t>
   </si>
   <si>
     <t>Казанские татары</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1362/</t>
   </si>
   <si>
     <t>Бу маджмаг ад-дагават. بو مجمع الدعوت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1361/</t>
@@ -5756,209 +4778,179 @@
   <si>
     <t>http://darul-kutub.com/books/1359/</t>
   </si>
   <si>
     <t>Гыйлем калям даресляре. علم كلام درسلرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1358/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин китаб Аби Абдилля Мухаммад бин Исмаил аль-Бухари. الجزء الأول من كتاب أبي عبد الله محمد بن إسماعيل البخاري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1357/</t>
   </si>
   <si>
     <t>Джамиг аль-хутаб. جميع الخطب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1356/</t>
   </si>
   <si>
     <t>аль-Джуз аль-хамис мин шархай Сахих аль-имам аль-Бухари. الجزء الخامس من شرحى صحيح الإمام البخاري</t>
   </si>
   <si>
-    <t>Шихабуддин аль-Касталяни,Закария аль-Ансари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1355/</t>
   </si>
   <si>
     <t>Ихтари кабир (второй вариант). اختري كبير</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1354/</t>
   </si>
   <si>
     <t>Рукопись 2</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1353/</t>
   </si>
   <si>
     <t>Рукопись 1</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1352/</t>
   </si>
   <si>
     <t>Китаб Тазкира аль-маудугат. كتاب تذكرة الموضوعات</t>
   </si>
   <si>
-    <t>Мухаммад бин Тахир аль-Макдиси (аль-Кайсарани)</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1350/</t>
   </si>
   <si>
     <t>Исгаф аль-мубаттаа би-риджаль аль-Муватта. إسعاف المبطأ برجال الموطأ</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1349/</t>
   </si>
   <si>
     <t>Аглям ахлюль гаср би-ахкам ракагатай аль-фаджр. أعلام أهل العصر بأحكام ركعتي الفجر</t>
   </si>
   <si>
-    <t>Мухаммад Шамсульхакк Абади</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1348/</t>
   </si>
   <si>
     <t>аль-Умам ли-иказ аль-химам. الأمم لإيقاظ الهمم</t>
   </si>
   <si>
-    <t>Ибрахим бин Хасан аль-Курани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1347/</t>
   </si>
   <si>
     <t>Русия тарихы. روسية تاريخى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1346/</t>
   </si>
   <si>
     <t>Хашия галя Марак аль-фалях шарх Нур аль-идах. حاشية على مراق الفلاح شرح نور الإيضاح</t>
   </si>
   <si>
-    <t>Ахмад бин Мухаммад бин Исмаиль ат-Тахтави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1345/</t>
   </si>
   <si>
     <t>Эпиграфические памятники Татарской Каргалы. Книга 1</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1344/</t>
   </si>
   <si>
     <t>Сиялкути галя аль-Хаяли. سيالكوتي على الخيالي</t>
   </si>
   <si>
-    <t>Абдульхаким бин Шамсуддин Сиялкути</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1343/</t>
   </si>
   <si>
     <t>Дело шейха Зайнуллы Расулева. Власть и суфизм в пореформенной Башкирии</t>
   </si>
   <si>
-    <t>М.Н. Фархшатов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1341/</t>
   </si>
   <si>
     <t>Тарбияле ата. تربيەلي آتا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1340/</t>
   </si>
   <si>
     <t>Шамиль. شامل</t>
   </si>
   <si>
-    <t>Мелла Абдулла</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1339/</t>
   </si>
   <si>
     <t>Мунтахаб таджвид. منتخب تجويد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1338/</t>
   </si>
   <si>
     <t>Шарх аль-Фикх аль-Кайдани. شرح الفقه الكيداني</t>
   </si>
   <si>
-    <t>Шамсуддин Мухаммд аль-Кухистани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1337/</t>
   </si>
   <si>
     <t>Рисаляи шафия. رسالهء شافيه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1336/</t>
   </si>
   <si>
     <t>Калям шариф. كلام شريف.</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1335/</t>
   </si>
   <si>
     <t>Инсаларын гакыйда иляхиялярена бер назар. انسانلرك عقيدهء الهيەلرېنە بر نظر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1334/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1333/</t>
   </si>
   <si>
     <t>Фахрульбанат ас-Сулеймания. Микраз ат-тагассыб фи радд Миръа ат-таъассуф. مقراض التعصب في رد مرأت التأسف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1332/</t>
   </si>
   <si>
     <t>Матн аш-Шатыбия. متن الشاطبية</t>
   </si>
   <si>
-    <t>Абу Мухаммад аш-Шатыби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1331/</t>
   </si>
   <si>
     <t>Тахзиб ахляк ас-сыбьян. تهذيب أخلاق الصبيان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1330/</t>
   </si>
   <si>
     <t>Татарча Куран тафсире. 2-нче кисэк. تاتارچه قرآن تفسيرى. 2نچى كېسەك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1329/</t>
   </si>
   <si>
     <t>Маймуна бану радыя-Ллаху ганханен хикаятедер. ميمونه بانو رضي الله تعالى عنهانڭ حكايتى در</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1328/</t>
   </si>
   <si>
     <t>Хазрати Марьям радыя-Ллаху ганха. حضرت مريم رضي الله تعالى عنها</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1327/</t>
@@ -6029,653 +5021,560 @@
   <si>
     <t>http://darul-kutub.com/books/1315/</t>
   </si>
   <si>
     <t>Хизб аль-бахр. حزب البحر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1314/</t>
   </si>
   <si>
     <t>Маулид ан-Наби байраме хакында бер-ике суз. مولد النبي بيرامى حقنده بر ايكى سوز</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1313/</t>
   </si>
   <si>
     <t>Маглюмат. معلومات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1312/</t>
   </si>
   <si>
     <t>Гыйлем аль-ахляк. علم الأخلاق</t>
   </si>
   <si>
-    <t>Адудуддин аль-Иджи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1311/</t>
   </si>
   <si>
     <t>Кыраат гарабия. قراءة عربية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1310/</t>
   </si>
   <si>
     <t>Маджма аль-абваб. مجمع الأبواب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1309/</t>
   </si>
   <si>
     <t>Хазаин аль-афкар. خزائن الأفكار</t>
   </si>
   <si>
-    <t>Абу Абдулла Мухаммад аль-Кудаги</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1308/</t>
   </si>
   <si>
     <t>Китаб Шараф мааб Хафтияк тафсире. كتاب شرف مآب هفتياك تفسيرى</t>
   </si>
   <si>
-    <t>Ахмед Биджан</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1307/</t>
   </si>
   <si>
     <t>Кызлар доньясы. قزلر دنياسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1304/</t>
   </si>
   <si>
     <t>Гараб нахуы. عرب نحوى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1303/</t>
   </si>
   <si>
     <t>аль-Джуз ал-ауваль мин китаб Хусуль аль-арбаб фи нахви лисан аль-гараб. الجزء الأول من كتاب حصول الارب فی نحو لسان العرب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1302/</t>
   </si>
   <si>
     <t>Намунаи хисаб. نمومهءِ حساب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1300/</t>
   </si>
   <si>
     <t>аль-Джуз ас-самин мин Натаидж аль-афкар. الجزء الثامن من نتائج الأفكار</t>
   </si>
   <si>
-    <t>Ахмад ибн Махмуд Кади-заде</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1299/</t>
   </si>
   <si>
     <t>Шаех Зайнулла хазратнен тарджемаи хале. شيخ زين الله حضرتڭ ترجمۀ حالى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1298/</t>
   </si>
   <si>
     <t>Жир йозе. یر یوزی</t>
   </si>
   <si>
-    <t>Мухаммад-Али бин Мухаммад-шакир Абдуррахим</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1297/</t>
   </si>
   <si>
     <t>Адаб аль-мардыйя фи тарика ан-накшбандия. أدب المرضية في طريقة النقشبندية</t>
   </si>
   <si>
-    <t>Джамалуддин аль-Гамукы</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1296/</t>
   </si>
   <si>
     <t>Мухтасар тарих каум турки. Джуз ауваль. مختصر تارخ قوم تركي. جزء أول</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1295/</t>
   </si>
   <si>
     <t>Истанбул мактубляре. استانبول مكتوبلرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1294/</t>
   </si>
   <si>
     <t>аль-Хизб аль-агзам. الحزب الأعظم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1293/</t>
   </si>
   <si>
     <t>Даляиль хайрат, Касыда аль-бурда. دلائل خيرات, قصيدة البردة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1292/</t>
   </si>
   <si>
     <t>Курра гуйун аль-ахъяр. قرة عيون الأخيار</t>
   </si>
   <si>
-    <t>Мухаммад Амин бин Умар бин Абдульазиз бин Абидин (Ибн Абидин)</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1291/</t>
   </si>
   <si>
     <t>Таглим аль-мутагаллим. تعليم المتعلم</t>
   </si>
   <si>
-    <t>Бурханульислам аз-Зарнуджи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1290/</t>
   </si>
   <si>
     <t>Китаб Мустатаб ва Шараф мааб, Субат аль-аджизин. كتاب مستطاب و شرف ماب ثبات العاجيزين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1289/</t>
   </si>
   <si>
     <t>аль-Фаваид аль-мухимма лиль-муридин ан-накшбандия ва аль-аурад аль-лисания ва салят аль-магсура. الفوائد المهمة للمريدين النقشبندية و الاوراد اللسانية و الصلوات المأثورة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1288/</t>
   </si>
   <si>
     <t>Гарабляр. عربلر</t>
   </si>
   <si>
-    <t>Феофил Феофилович Пуцыкович</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1287/</t>
   </si>
   <si>
     <t>аль-Джуз ас-салис мин хашия Радд аль-мухтар галя дурр аль-мухтар. الجزء الثّالث من خاشية ردّ المختار على درّ المختار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1285/</t>
   </si>
   <si>
     <t>Шарх Абъят ат-талхыс ва аль-мухтасар. شرح ابيات التلخيص والمختصر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1284/</t>
   </si>
   <si>
     <t>Мубарак кичаляр. مبارك كيچەلر</t>
   </si>
   <si>
-    <t>Губайдулла Радуди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1283/</t>
   </si>
   <si>
     <t>Гавамиль аль-миа. عوامل مائة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1282/</t>
   </si>
   <si>
     <t>Халь ат-таракиб. حل التركيب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1281/</t>
   </si>
   <si>
     <t>Кавагид аль-играб. قواعد الإعراب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1280/</t>
   </si>
   <si>
     <t>Китаб Макарим аль-ахляк. كتاب مكارم الأخلاق</t>
   </si>
   <si>
-    <t>Абу Наср ат-Табриси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1279/</t>
   </si>
   <si>
     <t>Хаза китаб Мунья аль-мусалли. هذا كتاب منية المصلي</t>
   </si>
   <si>
-    <t>Абдульбакый Кашгари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1278/</t>
   </si>
   <si>
     <t>Панд-намэ. پندنامه</t>
   </si>
   <si>
-    <t>Фарид-ад-дин Мухаммед бин Ибрахим Аттар</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1277/</t>
   </si>
   <si>
     <t>Русско-татарский словарь</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1276/</t>
   </si>
   <si>
     <t>Ахляк рисалясе хам фуруд мугтакыдат рисалясе ва дахи Ахадис кудсиядан маугызлардыр.  أخلاق رساله سى و هم فروض معتقدات رساله سى و دخى أحاديث قدسيه دن موعظلردر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1275/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1274/</t>
   </si>
   <si>
     <t>Ахырзаман. أخرزمان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1273/</t>
   </si>
   <si>
     <t>Фадаиль аш-шухур. فضائل الشّهور</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1272/</t>
   </si>
   <si>
     <t>Махр шариф хасиятляре берлян асма асхаб Кахф хасиятляре ва хам дога Кандж аль-Гарш хасиятляре берлн хар кайсы мубарак дугалардыр. مهر شرف خاصيتلرى برلان أسماء أصحب كهف خاصيتلرى و هم دعاء كنج العرش خاصيتلرى برلان هر قايسى مبارك دعالردور</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1271/</t>
   </si>
   <si>
     <t>Рисаля фи баян фадыля дуга мустаджаб. رسالة في بيان فضيلة دعاء مستجاب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1270/</t>
   </si>
   <si>
     <t>Аркан ислам. Иман. أركان إسلام. إيمان</t>
   </si>
   <si>
-    <t>Имад Чиркили</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1269/</t>
   </si>
   <si>
     <t>Суфи Аллайар. صوفي الله يار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1268/</t>
   </si>
   <si>
     <t>аль-Касыда ас-сания фи аль-гакыда ас-сунния ва шархиха. القصيدة السّنية في العقيدة السّنّية و شرحها</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1267/</t>
   </si>
   <si>
     <t>Шарх аль-гараби. شرح العربي</t>
   </si>
   <si>
-    <t>Садеттин Масуд бин Умар ат-Тафтазани,Абдульваххаб бин Ибрахим аз-Занджани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1266/</t>
   </si>
   <si>
     <t>Тадж-намэ китабы. تاج نامه كتابى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1265/</t>
   </si>
   <si>
     <t>Маджмаг ал-латаиф. مجمع اللّطائف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1264/</t>
   </si>
   <si>
     <t>Китаб аль-Любаб мага аль-арджуза. كتاب اللّباب مع الأرجوزة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1263/</t>
   </si>
   <si>
     <t>Таглим ас-саля. تعليم الصّلوة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1262/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин Гукуд аль-джавахир аль-мунифа.الجزء الأول من عقود الجواهر المنيفة</t>
   </si>
   <si>
-    <t>Мухаммад Муртада аз-Забиди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1261/</t>
   </si>
   <si>
     <t>Мухтасар аль-Хави. مختصر الحاوي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1260/</t>
   </si>
   <si>
     <t>Исбах аль-мисбах. اصباح المصباح</t>
   </si>
   <si>
-    <t>Абу ан-Накыб ат-Тунтари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1259/</t>
   </si>
   <si>
     <t>аль-Джильд ас-сани мин аль-Хидая мага аль-Кифая. الجلد الثّاني من الهداية مع الكفاية</t>
   </si>
   <si>
-    <t>Джалалуддин аль-Хаваризми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1258/</t>
   </si>
   <si>
     <t>Дурра ан-насыхын. درّة النّاصحين</t>
   </si>
   <si>
-    <t>Усман бин Хасан аль-Хубави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1257/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин китаб ат-Тауших хашия ат-Таудых ва ат-талвих. الجزء الأوّل من كتاب التّوشيح حاشية التّوضيح و التّلويح</t>
   </si>
   <si>
-    <t>Ишмухаммад ат-Тунтари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1256/</t>
   </si>
   <si>
     <t>Хазина аль-асрар джалиля аль-азкар. خزينة الأسرار جليلة الأذكار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1255/</t>
   </si>
   <si>
     <t>Лявакых аль-анвар аль-кадисия фи баян аль-гухуд аль-мухаммадия. لواقح الأنوار القدسية في بيان العهود المحمدية</t>
   </si>
   <si>
-    <t>Абдульваххаб аш-Шаграни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1254/</t>
   </si>
   <si>
     <t>Хашия шарх аль-Исагуджи. حاشية شرح الايساغوجي</t>
   </si>
   <si>
-    <t>Мелла Мухаммад Садыйк</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1253/</t>
   </si>
   <si>
     <t>Имтихан дустуре. امتحان دستورى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1252/</t>
   </si>
   <si>
     <t>Мактап, ва закят, хазина ва земство. مكتب و زكات, خزينة و زمسنتوا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1251/</t>
   </si>
   <si>
     <t>Джамиг ар-румуз. جامع الروموز</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1250/</t>
   </si>
   <si>
     <t>Магрифатнама. معرفتنامه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1249/</t>
   </si>
   <si>
     <t>Рукопись (тафсир)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1248/</t>
   </si>
   <si>
     <t>аль-Джуз ас-сани мин тафсир...Любаб ат-тавиль фи магани ат-танзиль. الجزء الثاني من تفسير...لباب التأويل في معاني التنزيل</t>
   </si>
   <si>
-    <t>Аляуддин Мухаммад бин Ибрахим аль-Хазин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1247/</t>
   </si>
   <si>
     <t>Джавамигуль калим шархе. جوامع الكلم شرحى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1246/</t>
   </si>
   <si>
     <t>Анвар аль-ашикыннам китаб хакыйкат нисаблары. انوار العاشقين نام كتاب حقيقت نصابلرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1245/</t>
   </si>
   <si>
     <t>аль-Джавахир фи гукуба ахлюль-кабаир. الجواهر في عقوبة أهل الكبائر</t>
   </si>
   <si>
-    <t>Зайнуддин аль-Малибари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1244/</t>
   </si>
   <si>
     <t>Утыз вагазь. اوتوز وعظ</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1243/</t>
   </si>
   <si>
     <t>Мадхаль гарабия. Сарф кысме. مدخل عربية. صرف قسمى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1242/</t>
   </si>
   <si>
     <t>Мадхаль гарабия. Наху кысме. مدخل عربية. نحو قسمى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1241/</t>
   </si>
   <si>
     <t>Хадика аль-асар. حديقة الاثار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1240/</t>
   </si>
   <si>
     <t>Тарих анбия. تاريخ انبیاء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1239/</t>
   </si>
   <si>
     <t>Марах аль-арвах. مراح الأرواح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1238/</t>
   </si>
   <si>
     <t>аль-Фатава аль-Хиндия. الفتاوى الهندية</t>
   </si>
   <si>
-    <t>Фахруддин Хасан Узгендий</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1237/</t>
   </si>
   <si>
     <t>Мират аш-шурух шарх Суллям аль-гулюм. مرآة الشروح شرح سُلّم العلوم</t>
   </si>
   <si>
-    <t>Мухаммад Мубин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1236/</t>
   </si>
   <si>
     <t>Хадия ас-суглук шарх Тухфатуль-мулюк. هدية الصُّعلوق شرح تحفة الملوك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1235/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1234/</t>
   </si>
   <si>
     <t>Гисма галя аль-джами. عصمت على الجامي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1233/</t>
   </si>
   <si>
     <t>Хашия галя Шарх аль-Гакаид. حاشية على شرح العقائد</t>
   </si>
   <si>
-    <t>Шамсуддин аль-Хыяли</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1232/</t>
   </si>
   <si>
     <t>Шарх матн аль-Гакаид. شرح متن العقائد</t>
   </si>
   <si>
-    <t>Садеттин Масуд бин Умар ат-Тафтазани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1231/</t>
   </si>
   <si>
     <t>Фараид ас-Саджаунди мага багды шурухихи. فرائد السجاوندي مع بعض شروحه</t>
   </si>
   <si>
-    <t>Сираджуддин Мухаммад ас-Саджаванди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1230/</t>
   </si>
   <si>
     <t>Дурус аль-баляга ли-талямиза аль-мадарис ас-санавия. دروس البلاغة لتلامذة المدارس الثانوية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1229/</t>
   </si>
   <si>
     <t>Ислам дине. اسلام دينى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1228/</t>
   </si>
   <si>
     <t>ад-Дурус аш-шифахия. دروس الشفاهية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1227/</t>
   </si>
   <si>
     <t>Балаларга кыраат. بالالرغه قرائت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1225/</t>
   </si>
   <si>
     <t>Кырык хадис тарджемасе. Тахдид. قرق حدیث ترجمه‌سی. تهدید</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1224/</t>
   </si>
   <si>
     <t>Фикх Кайдани тарджемасе. فقه کیدانی ترجمه‌سی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1223/</t>
   </si>
   <si>
     <t>Калям шариф. аль-Джуз ас-сабиг ва гышрун. كلام شريف. الجزء السابع و عشرون</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1222/</t>
   </si>
   <si>
     <t>Мухтасар аль-Викая фи масаиль аль-хидая. مختصر الوقاية في مسائل الهداية</t>
   </si>
   <si>
-    <t>Убейдулла бин Масуд бин Таджушшариа</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1221/</t>
   </si>
   <si>
     <t>Яна хам жинел тартипта телебезнен сарфы. یاڭی هم یڭل ترتیبده تلبزنڭ صرفی</t>
   </si>
   <si>
-    <t>Абдуррахман Сагди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1220/</t>
   </si>
   <si>
     <t>Нур аль-иман. نور الامان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1219/</t>
   </si>
   <si>
     <t>Муаллим аш-шарига. معلم الشريعة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1218/</t>
   </si>
   <si>
     <t>Адаб аль-масджид. آداب المسجد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1217/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин тафсир...Любаб ат-тавиль фи магани ат-танзиль. الجزء الأول من تفسير...لباب التأويل في معاني التنزيل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1216/</t>
@@ -6719,272 +5618,251 @@
   <si>
     <t>http://darul-kutub.com/books/1208/</t>
   </si>
   <si>
     <t>Уфада оченче махаллядаге мачет джамиг белян дживарындагы "мадраса-и Хасания"нен 1914 елдан 1915 ел июльга кадар булган хисабы. اوفاده اوچنچی محله‌ده‌گی مسجد جامع ایله جوارنده‌گی «مدرسهٔ حسنیه» نڭ ۱۹۱۴ یل اییولدن ١٩١۵ یل اییولگه قدر بولغان حسابی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1207/</t>
   </si>
   <si>
     <t>аль-Вашига. الوشيعة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1206/</t>
   </si>
   <si>
     <t>Таудых маа хашиятихи ат-Талвих ва шарх аш-шарх. توضيح مع حاشيته التلويح و شرح الشرح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1205/</t>
   </si>
   <si>
     <t>Рамуз аль-ахадис. راموز الأحاديث</t>
   </si>
   <si>
-    <t>Ахмад Зияуддин аль-Гюмушханеви</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1204/</t>
   </si>
   <si>
     <t>аль-Джуз аль-хамис мин Хашия Ибн Габидин. الجزء الخامس من حاشية ابن عابدين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1203/</t>
   </si>
   <si>
     <t>аль-Джуз ас-салис мин тафсир Любаб ат-тавиль фи магани ат-танзиль. الجزء الثالث من تفسير لباب التأويل في معاني التنزيل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1202/</t>
   </si>
   <si>
     <t>Коран. Перевод с арабского языка</t>
   </si>
   <si>
-    <t>Гордий Семёнович Саблуков</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1201/</t>
   </si>
   <si>
     <t>Татарча сарф. تاتارجا صرف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1200/</t>
   </si>
   <si>
     <t>Татар нахуы. تاتار نحوى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1199/</t>
   </si>
   <si>
     <t>Татарча уку.تاتارجا اوقو</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1198/</t>
   </si>
   <si>
     <t>Мухаммад алейхис-салям тарихы. محمد عليه السلام تاريخى</t>
   </si>
   <si>
-    <t>М.Садык Саратави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1197/</t>
   </si>
   <si>
     <t>Мугаллим аш-шарига. معلم الشريعة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1196/</t>
   </si>
   <si>
     <t>Тарих анбия, галейхим ас-салям. تارخ أنبيأ - عليهم السلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1195/</t>
   </si>
   <si>
     <t>Тахарат. طهارة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1194/</t>
   </si>
   <si>
     <t>Руза, закят ва хадж. روزه,زكات و حج</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1193/</t>
   </si>
   <si>
     <t>Намаз. نماز</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1192/</t>
   </si>
   <si>
     <t>Шакертлек адабе. 5 джуз. شاگردلك آدابی. 5 جزء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1191/</t>
   </si>
   <si>
     <t>Диван Риза-и. دیوان رضائی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1190/</t>
   </si>
   <si>
     <t>Мен бер хадис шариф тарджемасе. مڭ بر حديث شريف ترجمه سى</t>
   </si>
   <si>
-    <t>Габдрахман Кабир</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1189/</t>
   </si>
   <si>
     <t>Насыйхат. Беренче. Балалар очен. نصيحت. برنچى بالار ايجون</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1188/</t>
   </si>
   <si>
     <t>Тасхиль аль-баян фи тафсир аль-Куран. تسهيل البيان في تفسير القرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1187/</t>
   </si>
   <si>
     <t>Субател-гажизин китабы. ثبات العاجزين كتابى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1186/</t>
   </si>
   <si>
     <t>Маджлис хукамаи Ислам. مجلس حكماى اسلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1185/</t>
   </si>
   <si>
     <t>Имам Агзам ва имам Абу Йусуф хазратляренен тарджемаи халляре. امام اعظم و امام ابو یوسف حضرتلرینك ترجمهء حاللری</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1183/</t>
   </si>
   <si>
     <t>Йусуф бин Исмагил ан-Набхани касыдасе. یوسف بن اسماعیل النبهانی قصیدەسی</t>
   </si>
   <si>
-    <t>Юсуф бин Исмаиль ан-Набхани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1182/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1181/</t>
   </si>
   <si>
     <t>Маулид ан-Наби китабы. موليد النبي كتابى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1180/</t>
   </si>
   <si>
     <t>Ислам тарихы. اسلام تاريخى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1179/</t>
   </si>
   <si>
     <t>Муфассал гильм халь. مفصل علم حال</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1178/</t>
   </si>
   <si>
     <t>Шараит аль-иман ва Йа син шариф. شرائط الايمان و يس شريف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1177/</t>
   </si>
   <si>
     <t>Хуласа аль-масаиль ва мухимма ад-даляиль. خلاصة المسائل و مهمة الدلائل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1176/</t>
   </si>
   <si>
     <t>Дурт хикая. دورت حكايه</t>
   </si>
   <si>
-    <t>Хасан Габдуш</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1175/</t>
   </si>
   <si>
     <t>аль-Джуз ар-рабиг мин Миркат аль-мафатих шарх Мифтах аль-масабих. الجزء الرابع من مرقاة المفاتح شرح مفتاح المصابح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1174/</t>
   </si>
   <si>
     <t>аль-Джуз ар-рабиг мин Тафсир...Любаб ат-Тавиль фи магани ат-танзиль. االجزء الرابع من تفسير...لباب التأويل في معاني التنزيل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1173/</t>
   </si>
   <si>
     <t>Фан таджвид. فان تجويد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1172/</t>
   </si>
   <si>
     <t>Джамагат. جماعت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1171/</t>
   </si>
   <si>
     <t>Бадавам шариф китабы. بدوام شريف كتابى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1170/</t>
   </si>
   <si>
     <t>Балалар буляге. بالالار بوله كى</t>
   </si>
   <si>
-    <t>Абдулла Углы</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1169/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1168/</t>
   </si>
   <si>
     <t>Ахры заман китабы. آخرى زمان كتابى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1167/</t>
   </si>
   <si>
     <t>Имам вазыйфасе ва хам фазыйлятляре ва сабаплары баянындадыр. ايمان معناسی وهم فضيلت‌لری وثوابلاری بیاننده‌در</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1166/</t>
   </si>
   <si>
     <t>аль-Джуз ас-сани мин аль-Ахадис аш-шарифа. الجزء الثاني من الأحاديث الشريفة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1165/</t>
   </si>
   <si>
     <t>Мухтасар тарих мукаддас. مختصر تاريخ مقدس</t>
@@ -7019,53 +5897,50 @@
   <si>
     <t>http://darul-kutub.com/books/1158/</t>
   </si>
   <si>
     <t>Ике гает хутба ва вагазляре. ايكي عيد خطبة و وعظلري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1157/</t>
   </si>
   <si>
     <t>Дин даресляре. دين درسله رلي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1156/</t>
   </si>
   <si>
     <t>Болгар харабаляре. بلغار خرابه لرى هم برونغى بلغارلر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1155/</t>
   </si>
   <si>
     <t>Курга-намэ. قرعة نامه</t>
   </si>
   <si>
-    <t>Джафар Садык</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1154/</t>
   </si>
   <si>
     <t>Тазкира ат-Табайин фи аль-вагаз ва ат-таглим. تذكرة التبيين في الوعظ و التعليم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1153/</t>
   </si>
   <si>
     <t>Китаб Бухар-зада. كتاب بخار زاده</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1152/</t>
   </si>
   <si>
     <t>Хикая фи мадх имам агзам рахимаху-Лла. حكايت في مدح امام اعظم رحمه الله تعالى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1151/</t>
   </si>
   <si>
     <t>Хаза китаб Дурр аль-аджаиб. خذا كتاب در العجائب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1150/</t>
@@ -7082,53 +5957,50 @@
   <si>
     <t>http://darul-kutub.com/books/1148/</t>
   </si>
   <si>
     <t>Хаза кыссаи хадрат Ахтам. هذا قصهء خضرت اختم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1147/</t>
   </si>
   <si>
     <t>Исереклек халляре баянында гибаратнама. ايسركلك حاللري بياننده عبرت نامه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1146/</t>
   </si>
   <si>
     <t>Хавас аль-Куран. خواص القرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1145/</t>
   </si>
   <si>
     <t>Бина аль-ислям. بتاء الإسلام</t>
   </si>
   <si>
-    <t>Мухаммад Карим Дибирдеев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1144/</t>
   </si>
   <si>
     <t>Кудури. قدوري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1143/</t>
   </si>
   <si>
     <t>Исем. اسم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1142/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1141/</t>
   </si>
   <si>
     <t>Тасхих аль-игтикад. تصحيح الإعتقاد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1140/</t>
   </si>
   <si>
     <t>Хаза китаб Мухимма аль-муслимин. هذا كتاب مهمّة المسلمين</t>
@@ -7181,53 +6053,50 @@
   <si>
     <t>Китаб Шурут ас-саля. كتاب شروط الصلوة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1131/</t>
   </si>
   <si>
     <t>Гибарат ва шукурнама мин аят ахмадия. عبرت و شكرنامه من ايات احمدية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1130/</t>
   </si>
   <si>
     <t>Хаза китаб фи баян Унбер ахмад исемляре. هذا كتاب في بيان اونبر احمد ايسمله رى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1129/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1128/</t>
   </si>
   <si>
     <t>аль-Кавагид аль-гарабия. аль-Джуз-ас-салис. القواعد العربيّة. الجزء الثّالث</t>
   </si>
   <si>
-    <t>Иса Атаулла,Али Хасан Ауда,Ибрахим Йасин аль-Каттан</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1127/</t>
   </si>
   <si>
     <t>Хашия Ибн Габидин. حاشية ابن عابدين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1126/</t>
   </si>
   <si>
     <t>Калям шариф. كلام شريف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1125/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1124/</t>
   </si>
   <si>
     <t>Рахмат иляхия бурханлары. رحمة إلاهيّة برهانلرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1123/</t>
   </si>
   <si>
     <t>Макалят аль-буляга. مقالات البلغأ</t>
@@ -7253,362 +6122,317 @@
   <si>
     <t>Шифа-и шариф.Şifa-i Şerif</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1118/</t>
   </si>
   <si>
     <t>Фадаиль аш-шухур. فضائل الشهور</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1117/</t>
   </si>
   <si>
     <t>Кысса-и забурия. قصهء زبوریة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1116/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1115/</t>
   </si>
   <si>
     <t>Хакк дини Куран дили. حقّ ديني قرآن ديلي</t>
   </si>
   <si>
-    <t>Мухаммад Хамди Альмалылы</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1114/</t>
   </si>
   <si>
     <t>Кауль анна Хыдр алейхи-с-салям хаййун. قول أن الخضر عليه السلام حي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1113/</t>
   </si>
   <si>
     <t>Джавахир аль-хикаят ва аль-асиля ва латаиф ар-риваят ва аль-амсиля. جواهر الحكايات و الاسئلة و لطايف الرّوايات و الامثلة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1112/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1111/</t>
   </si>
   <si>
     <t>Мугаллимнарга урнак яки гомуми программ. Алты сыйныфлы хам русчада укыла торган ир ва кыз мактабляре очен. معلم فاتح سیفی. معلملرگه اورنه‌ك یاکه عمومی پروکرام. آلتی صنفلی هم روسچه‌ده اوقلا طورغان ایر وقز مکتبلری اوچون</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1110/</t>
   </si>
   <si>
     <t>Алты еллык ибтидаи мактаб программасы. الطی یللق ابتدائی مکتب پروغرامماسی</t>
   </si>
   <si>
-    <t>Гали Яушев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1109/</t>
   </si>
   <si>
     <t>Тальфик аль-ахбар ва талькых аль-асар фи вакаиг Казан ва Булгар ва мулюк ат-татар. تلفيق الأخبار و تلقيح الأثار في وقائع قازان و بلغار و ملوك التّتار</t>
   </si>
   <si>
-    <t>Мурат Рамзи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1108/</t>
   </si>
   <si>
     <t>аль-Каванин ан-нахвия. القوانین النحویة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1107/</t>
   </si>
   <si>
     <t>Тел белеге. تل بلگی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1106/</t>
   </si>
   <si>
     <t>Истикмаль. استكمال</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1105/</t>
   </si>
   <si>
     <t>Тарджама Гайн аль-ильм. ترجمة عين العلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1104/</t>
   </si>
   <si>
     <t>Салима яки гыйффат. سلیمه یاکه عِفت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1103/</t>
   </si>
   <si>
     <t>аль-Джуз ас-сани мин Китаб Баркыя махмудия фи шарх ат-Тарика аль-мухаммадия. الجزء الثّاني من كتاب بريقة محمودية فى شرح طريقة محمدية</t>
   </si>
   <si>
-    <t>Абу Саид аль-Хадими</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1102/</t>
   </si>
   <si>
     <t>Исагуджи. اساغوجي</t>
   </si>
   <si>
-    <t>Асируддин аль-Абхари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1101/</t>
   </si>
   <si>
     <t>Кыраат Куран. قرآت قرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1100/</t>
   </si>
   <si>
     <t>Лайха мукатиб диния. لائحه مکاتب دینیه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1099/</t>
   </si>
   <si>
     <t>Гуния аль-мутамалли шарх Муния аль-мусалли. غنية المتملّي شرح منيّة المصلّي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1098/</t>
   </si>
   <si>
     <t>Кавагид аль-играб ва аль-гавамиль мага шурухихима. قواعد الإعراب و العوامل مع شروحهما</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1097/</t>
   </si>
   <si>
     <t>Гильм халь. Алтынчы кысым. علم حال. آلتنجي قسم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1096/</t>
   </si>
   <si>
     <t>Хашия аль-Каланбави галя шарх аль-Гадуддия ли-д-диван. حاشية الكلنبوى على شرح العضدية للدوانى</t>
   </si>
   <si>
-    <t>Исмаил бин Мустафа аль-Каланбави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1095/</t>
   </si>
   <si>
     <t>Мишкат аль-масабих. مشقات المصابح</t>
   </si>
   <si>
-    <t>Мухаммад бин Абдулла аль-Хатыйб ат-Табризи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1094/</t>
   </si>
   <si>
     <t>Китаб Мифтах ат-таварих. كتاب مفتاح التواريخ</t>
   </si>
   <si>
-    <t>Хабибуннаджар аль-Истарлитамаки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1093/</t>
   </si>
   <si>
     <t>Маудугат Гали аль-Кари. موضوعات علي القاري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1092/</t>
   </si>
   <si>
     <t>Оченче июнь вакыйга моассифасе. اوچنچی اییون واقعه مؤسفه‌سی</t>
   </si>
   <si>
-    <t>Юсуф Акчура</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1091/</t>
   </si>
   <si>
     <t>Дин моназарларында иркенчелек хакында. دین مناظره‌لرنده ایرکنچلك حقنده</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1090/</t>
   </si>
   <si>
     <t>Маукуфият хатираляре. موقوفیت خاطره‌لری</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1089/</t>
   </si>
   <si>
     <t>Дамелла Галимжан аль-Баруди. Тарджемаи хале. Беренче джуз. داملا عالم جان البارودی. ترجمه حالی. برنچی جزء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1088/</t>
   </si>
   <si>
     <t>Голум ва тарих. علوم وتاريخ</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1087/</t>
   </si>
   <si>
     <t>Люгат саляс. لغات ثلاث</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1085/</t>
   </si>
   <si>
     <t>Хаза китаб аль-Анмузадж. هذا كتاب الانموذج</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1084/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин шарх аль-Мухаммадия аль-мусамма би-Фарх ар-рух. الجزء الأوّل من شرح المحمدية المسمّى بفرح الرّوح</t>
   </si>
   <si>
-    <t>Исмаил Хаккы</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1083/</t>
   </si>
   <si>
     <t>Мира аль-усуль. مرآة الاصول</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1082/</t>
   </si>
   <si>
     <t>аль-Джильд ас-сани мин Джаухара ан-найирия галя Мухтасар аль-Кудури. الجلد الثّاني من جوهرة النّيّيريّة على مختصر القدوري</t>
   </si>
   <si>
-    <t>Абу Бакр бин Али бин Мухаммад аль-Хаддад аз-Забиди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1081/</t>
   </si>
   <si>
     <t>Рауда аль-ахбаб. Джильд ауваль. روضة الأحباب. جلد أوّل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1080/</t>
   </si>
   <si>
     <t>аль-Джуз ас-садис мин Тафсир ар-Рази. الجزء السادس من تفسير الرّازي</t>
   </si>
   <si>
-    <t>Фахруддин Абу Абдуллах Мухаммад ибн Умар ар-Рази</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1079/</t>
   </si>
   <si>
     <t>Шарх Гайн аль-гильм. Джильд ас-сани. شرح عين العلم. جلد الثّاني</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1078/</t>
   </si>
   <si>
     <t>аль-Джильд аль-ауваль мин шарх Гайн аль-гильм. الجلد الأوّل من شرح عين العلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1077/</t>
   </si>
   <si>
     <t>Тафсир ат-Табари. تفسير الطبري</t>
   </si>
   <si>
-    <t>Абу Джагфар ат-Табари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1076/</t>
   </si>
   <si>
     <t>аль-Джуз ас-салис мин Шарх Фатх аль-кадир. الجزء الثّالث من شرح فتح القادر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1075/</t>
   </si>
   <si>
     <t>Мухарадат ва мутарахат аль-багды мавагиз аль-футухат. محاضرات ومطارحات علی بعض مواضع الفتوحات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1074/</t>
   </si>
   <si>
     <t>Торекляр. ترکلر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1073/</t>
   </si>
   <si>
     <t>Болгар харабаляре хам борынгы болгарлар. بلغار خرابه‌لری هم برونغی بلغارلر</t>
   </si>
   <si>
-    <t>Эдвард Трейси Турнерелли</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1072/</t>
   </si>
   <si>
     <t>Йусуф кыссасы. يوسف قصّاصى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1071/</t>
   </si>
   <si>
     <t>Шарх аль-Гакаид мага хашия аль-мавляви Ахмад аль-Джунди. شرح العقائد مع حاشية المولوي أحمد الجندي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1070/</t>
   </si>
   <si>
     <t>Марсия. مرثية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1069/</t>
   </si>
   <si>
     <t>Хашия галя матн аль-Бурда аль-магариф. حاشية على متن البردة المعارف</t>
   </si>
   <si>
-    <t>Ибрахим аль-Баджури</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1068/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1067/</t>
   </si>
   <si>
     <t>Тарф аль-адабия. طرف الأدبيّة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1066/</t>
   </si>
   <si>
     <t>Мафатих аль-гайб. مفاتيح الغيب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1065/</t>
   </si>
   <si>
     <t>Даира хиндия. دائرة هندية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1064/</t>
   </si>
   <si>
     <t>Китаб Рисаля фи джанаиз. كتاب رسالة في جنايز</t>
@@ -7640,278 +6464,245 @@
   <si>
     <t>http://darul-kutub.com/books/1059/</t>
   </si>
   <si>
     <t>Хатм худжа ва дуга хатм. ختم خواجه و دعاءِ ختم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1058/</t>
   </si>
   <si>
     <t>Шурут ас-саля тарджемасе. شروط الصّلوة ترجمه سي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1057/</t>
   </si>
   <si>
     <t>Шакертлек адабе. شاكردلك آدابي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1056/</t>
   </si>
   <si>
     <t>Ахкам ислам. احكام اسلام</t>
   </si>
   <si>
-    <t>Ахмадфазыл Ахмад Карим углы</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1055/</t>
   </si>
   <si>
     <t>Мифтах кунуз аль-Куран. مفتاح كنوز القرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1054/</t>
   </si>
   <si>
     <t>Торек ва татар тарихы. تورك و تاتار تاريحي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1053/</t>
   </si>
   <si>
     <t>Китаб Гариб аль-Куран аль-мусамма би-Нузхат аль-кулюб. كتاب غريب القرآن المسمّى بنزهة القلوب</t>
   </si>
   <si>
-    <t>Абу Дауд Сулейман бин аль-Ашас аль-Азди ас-Сиджистани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1052/</t>
   </si>
   <si>
     <t>Татар тарихы. Болгарлар, татарлар, Боек Магул императорлыгы, Алтын Урда дауляте, Казан падшахлыгы. تاتار تاریخی بلغارلر، تاتارلر، بیوك ماغول ایمپیراطورلغی، آلتون اوردا دولتی، قزان پادشاهلغی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1051/</t>
   </si>
   <si>
     <t>Даляиль аль-хайрат. دلائل الخيرات</t>
   </si>
   <si>
-    <t>Мухаммад бин Сулейман аль-Джазули</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1050/</t>
   </si>
   <si>
     <t>Сарф торки. صرق تركي</t>
   </si>
   <si>
-    <t>Абдуррахман Тауфик бин Мухаммаджан</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1049/</t>
   </si>
   <si>
     <t>Танзыймат. تنظيمات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1048/</t>
   </si>
   <si>
     <t>Тадрисат ибтидаийя котебханасе.  (утыз тугызынчысы) Тартиб джадид гыйлавале рисаляи ахляк. تَدریسات إِبتِدائیِّه كتبخٰانه‌سی  (اوتوز طقوزنچیسی)  ترتیب جديد غلاوه‌لی رساله‌ءِ اخلاق</t>
   </si>
   <si>
-    <t>Гали Назыйма</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1047/</t>
   </si>
   <si>
     <t>Тарджама Джильд ауваль аз Мактубат ли-хадрат Мухаммад Магсум. ترجمة جلد أوّل از مكتوبات لحضرة محمّد معصوم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1046/</t>
   </si>
   <si>
     <t>Тафсир Тибьян ва Тафсир аль-Мавакиб. تفسير تبيان و تفسير المواكب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1045/</t>
   </si>
   <si>
     <t>Тарджама Мактубат аль-магсум. Джильд салис. ترجمة مكتبات المعصوم</t>
   </si>
   <si>
-    <t>Имам ар-Раббани Ахмад аль-Фарукы ас-Сирхинди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1044/</t>
   </si>
   <si>
     <t>Мактубат Раббани. مكتوبات ربّاني</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1043/</t>
   </si>
   <si>
     <t>Хаза китаб ат-Таджвид Карабаши. هذا كتاب التّجويد قره باشي</t>
   </si>
   <si>
-    <t>Габдрахман Карабаши</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1042/</t>
   </si>
   <si>
     <t>Шарх аль-Фараид ас-Сираджия. شرح فرائض السراجية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1041/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1040/</t>
   </si>
   <si>
     <t>Тартиб зиба. ترتيب زيبا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1039/</t>
   </si>
   <si>
     <t>Вагазлярдан. Закят. وعظلردن. زكات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1038/</t>
   </si>
   <si>
     <t>Мират гулюм. مرات علوم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1037/</t>
   </si>
   <si>
     <t>Абу Гали Сина. أبو علي سينا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1036/</t>
   </si>
   <si>
     <t>Мунаббихат. منبّهات</t>
   </si>
   <si>
-    <t>Ахмад бин Али бин Хаджар аль-Аскаляни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1035/</t>
   </si>
   <si>
     <t>Маджмаг ад-дагават ва аль-азкар. مجمع الدّعوات و الأذكار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1034/</t>
   </si>
   <si>
     <t>Мухтасар иман. مختصر امان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1033/</t>
   </si>
   <si>
     <t>Дин даресляре. Джуз 1. دين درسلري. جزء 1</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1032/</t>
   </si>
   <si>
     <t>Мухтасар тазкира. مختصر تذكيرة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1030/</t>
   </si>
   <si>
     <t>аль-Джуз ар-рабиг мин тафсир аль-Куран аль-мусамма би-Рух аль-баян. الجزء الرّابع من تفسير القرآن المسمّى بروح البيان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1029/</t>
   </si>
   <si>
     <t>Китаб Аджаиб аль-махлюкат. كتاب عجائب المخلوقات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1028/</t>
   </si>
   <si>
     <t>Тафсир Багави. تفسير البغوي</t>
   </si>
   <si>
-    <t>Абу Мухаммад аль-Багави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1027/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин Мафатих аль-гайб. الجزء الأوّل من مفاتح الغيب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1026/</t>
   </si>
   <si>
     <t>Джамиг аль-баян фи тафсир аль-Куран. جميع البيان في تفسير القرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1025/</t>
   </si>
   <si>
     <t>Шарх аль-Викая. شرح الوقاية</t>
   </si>
   <si>
-    <t>Убейдулла бин Масуд бин Садрушшариа</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1024/</t>
   </si>
   <si>
     <t>Джильд ас-сани аз Тарих Джаудат. جلد الثّاني آز تريح جودة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1023/</t>
   </si>
   <si>
     <t>Тарджема аль-камус. ترجمة القموس</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1021/</t>
   </si>
   <si>
     <t>ат-Тафсират аль-ахмадия фи баян аль-аят аш-шаргия. التّفسيرات الأحمدية في بيان الأيات الشّرعية</t>
   </si>
   <si>
-    <t>Ахмад мелла Дживан ас-Садыйк аль-Хинди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1020/</t>
   </si>
   <si>
     <t>ат-Тафсират аль-ахмадия фи баян аль-аят аш-шаргия. التفسيرات الأحمدية في بيان الآيات الشّرعية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1019/</t>
   </si>
   <si>
     <t>Китаб Кудури. كتاب قدوري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1018/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1017/</t>
   </si>
   <si>
     <t>Шарх аль-Фикх аль-акбар ли Гали аль-Кари. شرح الفقه الأكبر لعلي القاري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1016/</t>
   </si>
   <si>
     <t>Ахмадбиджан хазратляренен Анвар аль-гашикыйннам китаб хакыкат нисаблары.  احمدبيجان حضرتلرنيك انوار العاشقيننام كتاب حقيقت نصابلري</t>
@@ -7943,344 +6734,296 @@
   <si>
     <t>http://darul-kutub.com/books/1011/</t>
   </si>
   <si>
     <t>Китаб Мустатаб шарх нукая Мухтасар аль-Викая. كتاب مستطاب شرح نقاية مختصر الوقاية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1010/</t>
   </si>
   <si>
     <t>аль-Джуз ар-рабиг мин Мафатих аль-гайб. الجزء الرابع من مفاتح الغيب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1008/</t>
   </si>
   <si>
     <t>Китаб Мукаддима Бидан маа шарх Габдулла. كتاب مقدّمة بدان مع شرح عبداللّه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1006/</t>
   </si>
   <si>
     <t>Хаза китаб Тухфат аль-мулюк. هذا كتاب تحفة الملوك</t>
   </si>
   <si>
-    <t>Зайнуддин Мухаммад бин Абу Бакр бин Абдулькадир ар-Рази</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1005/</t>
   </si>
   <si>
     <t>аль-Иткан фи тафсир аль-Куран. الإتقان في تفسير القرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1004/</t>
   </si>
   <si>
     <t>аль-Джуз аль-хамис мин китаб тафсир аль-Куран аль-мусамма би-Рух аль-баян аль-фадыль аль-камиль. الجزء الخامس من كتاب تفسير القرآن المسمّى بروح البيان الفاضل الكامل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1003/</t>
   </si>
   <si>
     <t>Дакаик аль-ахбар. دقائق الأخبار</t>
   </si>
   <si>
-    <t>Абдуррахман бин Ахмад аль-Кадый</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/1002/</t>
   </si>
   <si>
     <t>Ауваль джильд мин Тарих джаудат. أوّل جلد من تاريح جودت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/1000/</t>
   </si>
   <si>
     <t>Адапле бала. ادبلی بالا</t>
   </si>
   <si>
-    <t>Мухаммад Йусуф Арсланзаде</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/999/</t>
   </si>
   <si>
     <t>Шарх аль-Манар фи-ль-усуль.  شرح المنار في الأصول</t>
   </si>
   <si>
-    <t>Ибн аль-Малик</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/998/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин тафсир аль-Куран аль-Джалиль аль-мусамма Любаб ат-тавиль фи магани ат-танзиль. الجزء الأوّل من تفسير القرآن الكريم المسمّى لباب التّأويل في معاني التّنزيل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/997/</t>
   </si>
   <si>
     <t>Шарх матн аш-Шамсия. شرح متن الشّمسيّة</t>
   </si>
   <si>
-    <t>Кутбаддин ар-Рази</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/996/</t>
   </si>
   <si>
     <t>Китаб Рисаля фи-ль-джанаиз. كتاب رسالة في الجنايز</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/995/</t>
   </si>
   <si>
     <t>ад-Дин ва аль-адаб. الدّين و الأدب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/994/</t>
   </si>
   <si>
     <t>аль-Джуз ас-салис мин китаб тафсир аль-Куран аль-мусамма би-Рух аль-баян аль-фадыль аль-камиль. الجزء الثّالث من طتاب تفسير القرآن المسمّى بروج البيان الفاصل الكامل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/993/</t>
   </si>
   <si>
     <t>аль-Ашбах ва ан-назаир. الأشباه و النظائر</t>
   </si>
   <si>
-    <t>Зайнутдин бин Ибрахим бин Мухаммад аль-Ханафи бин Нуджейм (Ибн Нуджейм)</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/992/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин Зад аль-магад фи хади хайр аль-гибад. الجزء الأوّل زاد المعاد في هدي خير العباد</t>
   </si>
   <si>
-    <t>Ибн аль-Каййим аль-Джаузия</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/991/</t>
   </si>
   <si>
     <t>аль-Джуз ас-сани мин Шарх Мухтасар аль-Викая. الجزء الثّاني من شرح مختصر الوقاية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/990/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин Хашия галяма Мухаммад Амин аш-шахир би Ибн Габиддин аль-мусамма Радд аль-мухтар галя ад-Дурр аль-мухтар. الجزء الأوّل من حاشية العلاقة الفقيه محمّد أمين الشّهير بابن عابدّين المسمّاة ردّ المختار على الدّر المختار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/989/</t>
   </si>
   <si>
     <t>Машариг аль-усуль фи машариб аль-фусуль. مشارع الأصول في مشارب الفصول</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/988/</t>
   </si>
   <si>
     <t>Муфассал тарих каум турки. مفصّل تاريخ قوم تورکی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/987/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин тафсир Анвар ат-танзиль ва асрар ат-тавиль. الجزء الأوّل من تفسير أنوار التّنزيل و أسرار التّأويل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/986/</t>
   </si>
   <si>
     <t>Тафсир аль-Куран аль-джалиль аль-мусамма Любаб ат-тавиль фи магани ат-танзиль. تفسير  القرآن الجليل المسمّة لباب التّأويل في معاني التنزيل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/985/</t>
   </si>
   <si>
     <t>Сиасет-намэ. Книга о правлении вазира XI-го столетия Низам ал-Мулька</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/984/</t>
   </si>
   <si>
     <t>Яурупа сугышы халляренен байте. Икенче табгы. یاوروپا صوغشی حللرینݣ بيتی</t>
   </si>
   <si>
-    <t>Мухаммад Абдуллатыф аль-Курмаши</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/983/</t>
   </si>
   <si>
     <t>Яна имля мугаллиме. ياڭی املا معلمی</t>
   </si>
   <si>
-    <t>Шакирзян ас-Сагиди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/981/</t>
   </si>
   <si>
     <t>Китаб Нур аль-йакын фи сира сайид аль-мурсалин. كتاب نور اليقين في سيرة سيّد المرسلين</t>
   </si>
   <si>
-    <t>Мухаммад аль-Худари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/979/</t>
   </si>
   <si>
     <t>Журнал "Маглюмат". معلومات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/978/</t>
   </si>
   <si>
     <t>Халык назарына бернича масаля. خلق نظرينه برنيچه مسئله</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/977/</t>
   </si>
   <si>
     <t>Шаригать. Ахкам шаргия маджмугасынын 8-нче джузедер. شريعت. أحکام شرعية مجموعه‌سینڭ ۸ نچی جزءدر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/976/</t>
   </si>
   <si>
     <t>Фан тарих (Тарих анбия кысме). (فن تاريخ (تاریخ أنبیة قسمی</t>
   </si>
   <si>
-    <t>Г. Джалиль</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/975/</t>
   </si>
   <si>
     <t>Хизб аль-агзам аль-мубарак. حزب الأعظم المبارك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/974/</t>
   </si>
   <si>
     <t>Тарджама Танбих аль-гафилин.ترجمة تنبيه الغافلين</t>
   </si>
   <si>
-    <t>Абу Касым Мухаммад бин Юсуф ас-Самарканди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/973/</t>
   </si>
   <si>
     <t>Фатава Абдуррахим. فتاوى عبدالرّحيم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/972/</t>
   </si>
   <si>
     <t>Асар.Икенче джильд. آثار. ایکنچی جلد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/971/</t>
   </si>
   <si>
     <t>Таудых мага ат-Талвих. توضيح مع التّلويح</t>
   </si>
   <si>
-    <t>Садеттин Масуд бин Умар ат-Тафтазани,Абидулла бин Масуд Садрушшариа</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/970/</t>
   </si>
   <si>
     <t>Табайин аль-хакаик шарх Канз ад-дакаик. تبيين الحقائق شرح كنز الدقائق</t>
   </si>
   <si>
-    <t>Усман бин Али аз-Зайлаи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/969/</t>
   </si>
   <si>
     <t>Рихля аль-Марджани. رحلة المرجانی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/968/</t>
   </si>
   <si>
     <t>Гарапча-татарча-русча алымнар сузлеге</t>
   </si>
   <si>
-    <t>М.М.Махмутов,К.З.Хамзин,Г.Ш.Сайфуллин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/967/</t>
   </si>
   <si>
     <t>Бад аль-маариф. بدء المعارف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/966/</t>
   </si>
   <si>
     <t>Хаза китаб Хасыя дога риджаль аль-гайб. هذا كتاب خصية دعاء رجال الغيب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/965/</t>
   </si>
   <si>
     <t>Фикх Кайдани. فقه كيداني</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/964/</t>
   </si>
   <si>
     <t>Таглим ас-салят. تعلم الصلوة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/963/</t>
   </si>
   <si>
     <t>Рисаля дурр аль-гакаид ва фиха фаваид касир ли аль-гакаид. رسالة درّ العقائد و فيها فوائد كثير للعقائد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/962/</t>
   </si>
   <si>
     <t>Насыхатнама ли ахли замана. نصيحت نامه لأهل زمانه</t>
   </si>
   <si>
-    <t>Махарави бинт Абдульвали</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/961/</t>
   </si>
   <si>
     <t>Мухтасар гильм халь. مختصر علم حال</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/960/</t>
   </si>
   <si>
     <t>Джаннат аль-асма. جنّة الأسماء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/959/</t>
   </si>
   <si>
     <t>Ахляк рисалясе. أخلاق رساله سي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/958/</t>
   </si>
   <si>
     <t>Ахляк. أخلاق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/957/</t>
@@ -8297,212 +7040,191 @@
   <si>
     <t>http://darul-kutub.com/books/955/</t>
   </si>
   <si>
     <t>Шехабеддин Мерджани ве Казан культуры. Şehabeddin Mercani ve Kazan Kültürü</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/954/</t>
   </si>
   <si>
     <t>Гусманлы-рус сафары. عثمانلى-روس سفرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/953/</t>
   </si>
   <si>
     <t>Тазйин аль-'ибарат ли тахсин аль-ишарат. تزیین العبارة لتحسين الاشارة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/952/</t>
   </si>
   <si>
     <t>Методическое пособие для изучения татарского языка для русскоязычных</t>
   </si>
   <si>
-    <t>Мухиддин Курбангалиев,Риза Газизов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/951/</t>
   </si>
   <si>
     <t>Тазиин аль-гибадат ли-тахсин аль-ишарат. تزیین العبارة لتحسين الاشارة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/950/</t>
   </si>
   <si>
     <t>Гаср сагада. عصر سعادة</t>
   </si>
   <si>
-    <t>Шахар Шараф</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/949/</t>
   </si>
   <si>
     <t>Дунья. دنيا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/947/</t>
   </si>
   <si>
     <t>Турки сарфы. تركي صرفي</t>
   </si>
   <si>
-    <t>Ахматжан Мухамматрахим</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/946/</t>
   </si>
   <si>
     <t>Кыраат турки. قرات تركي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/945/</t>
   </si>
   <si>
     <t>Сад панди. صد ﭘند</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/944/</t>
   </si>
   <si>
     <t>Фальсафаи гыйбадат. فلسفهء عبادات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/940/</t>
   </si>
   <si>
     <t>Манасыб диния. مناصب دينية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/939/</t>
   </si>
   <si>
     <t>Ахадис кудсия. أحادیث قدسيّة</t>
   </si>
   <si>
-    <t>Зариф аль-Амирхани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/938/</t>
   </si>
   <si>
     <t>Гаср сагада. عصر سعادت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/937/</t>
   </si>
   <si>
     <t>Инсаф. انصاف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/936/</t>
   </si>
   <si>
     <t>Гараби имля кагыйдляре. عربی املا قاعده‌لاری</t>
   </si>
   <si>
-    <t>Файзрахман Ахмад аль-Амири</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/935/</t>
   </si>
   <si>
     <t>Рахмат иляхия масалясе. رحمت الهيه مسئله‌سی</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/934/</t>
   </si>
   <si>
     <t>Муталяга. مطالعة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/933/</t>
   </si>
   <si>
     <t>Кутуб ситта ва муаллифлары. كتب ستّة مؤلّفلرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/932/</t>
   </si>
   <si>
     <t>Гаиля. عائله</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/931/</t>
   </si>
   <si>
     <t>Адабият гарабия иля гулюм ислямия. أدبيات عربیه ايله علوم اسلامية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/930/</t>
   </si>
   <si>
     <t>Манакыб Аби Ханифа. مناقب أبي حنيفة</t>
   </si>
   <si>
-    <t>Бадр ад-Дин бин мулла Имран аль-Парави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/929/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/927/</t>
   </si>
   <si>
     <t>аль-Ахляк аль-кабиха ва аль-ахля аль-хусна. الأخلاق القبيحة و الأخلاق الحسنة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/926/</t>
   </si>
   <si>
     <t>Марджани китапханасе</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/891/</t>
   </si>
   <si>
     <t>Татимма. تتمة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/890/</t>
   </si>
   <si>
     <t>аль-Кифая фи шарх аль-Хидая. الكفاية في شرح الهداية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/888/</t>
   </si>
   <si>
     <t>Ан-нихайя фи гариб аль-хадис ва-ль-асар. النّهاية في غريب الحديث والأثر</t>
   </si>
   <si>
-    <t>Мадждаддин бин аль-Асир</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/887/</t>
   </si>
   <si>
     <t>Дога маджмугасы. دعا مجموعه سي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/886/</t>
   </si>
   <si>
     <t>Махр шариф хасиятляре берлян асма Асхаб Кахф хасиятляре ва хам Канз аль-Гарш хасиятляре берлян Хирка Йусуф мубарак догаларыдыр</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/885/</t>
   </si>
   <si>
     <t>Рисаляи Нурнама. رسالهء نورنامه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/884/</t>
   </si>
   <si>
     <t>Хаза хасыя дуга дауля. هذا خاصية دعاء دولة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/883/</t>
@@ -8567,320 +7289,257 @@
   <si>
     <t>Дога гаджаиб аль-истигфар дахи Куранда улан тахлилляр. دعاء عجايب الاستغفار دخى قرآنده اولان تهليل لر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/872/</t>
   </si>
   <si>
     <t>Суввар мин аль-Куран. سور من القرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/871/</t>
   </si>
   <si>
     <t>Хавас асма Алла аль-хусна. خواص أسماء الله الحسنى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/870/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/869/</t>
   </si>
   <si>
     <t>Бадг аль-игтикад фи таджсим ва аль-ирджа. بدع الإعتقاد في التجسيم والإرجاء</t>
   </si>
   <si>
-    <t>Салахуддин бин Ахмад аль-Идлиби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/866/</t>
   </si>
   <si>
     <t>Гакаид ислямия. عقائد اسلامية</t>
   </si>
   <si>
-    <t>Ахмадшакир Абдуннафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/864/</t>
   </si>
   <si>
     <t>Салатын ислям. Часть 1. سلاطين اسلام</t>
   </si>
   <si>
-    <t>Садык Иманкули</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/863/</t>
   </si>
   <si>
     <t>Дакаик аль-ахбар ва хакаик аль-игтибар. دقائق الأخبار وحقائق الإعتبار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/862/</t>
   </si>
   <si>
     <t>Асхаб кирам. Часть 1. أصحاب كرام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/861/</t>
   </si>
   <si>
     <t>Материальная культура казанских татар</t>
   </si>
   <si>
-    <t>Н.И.Воробьев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/860/</t>
   </si>
   <si>
     <t>аль-Васит фи аль-гакаид аль-имам аль-Матуриди</t>
   </si>
   <si>
-    <t>Мухаммад Халиль ан-Нувайхи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/859/</t>
   </si>
   <si>
     <t>Бадаи ас-санаи фи тартиб аш-Шараиг. بدائع الصنائع في ترتيب الشرائع</t>
   </si>
   <si>
-    <t>Аляуддин Абу Бакр аль-Касани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/858/</t>
   </si>
   <si>
     <t>Сабга маджалис. مجالس سبعة</t>
   </si>
   <si>
-    <t>Джалалуддин Руми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/857/</t>
   </si>
   <si>
     <t>Мактубат. مكتوبات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/856/</t>
   </si>
   <si>
     <t>Фихи ма фих. فيه ما فيه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/855/</t>
   </si>
   <si>
     <t>аль-Хидая ва би-хамишиха хашиятуха аль-Кифая. الهداية و بهامشها حاشيتها الكفاية</t>
   </si>
   <si>
-    <t>Бурханутдин Али бин Абу Бакр аль-Маргинани,Джалалуддин аль-Хаваризми</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/854/</t>
   </si>
   <si>
     <t>Мактубат. مكتبات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/853/</t>
   </si>
   <si>
     <t>Таййиба ан-нашр фи аль-гашр. طيّبة النّشر في العشر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/852/</t>
   </si>
   <si>
     <t>Маулид ан-Наби. موليد النّبي</t>
   </si>
   <si>
-    <t>Джафар бин Хасан аль-Барзанджи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/851/</t>
   </si>
   <si>
     <t>Китаб шараф мааб Маулид ан-Наби галейхи ас-салям. كتاب شرف مآب مولد النبي عليه السلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/850/</t>
   </si>
   <si>
     <t>Татарча маулюд. تاتارجه مولود</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/849/</t>
   </si>
   <si>
     <t>Хаза китаб фи баян магариф Набий салляллаху галейхи ва саллям. هذا كتاب في بيان معارف نبي صلّى اللّه عليه و سلّم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/848/</t>
   </si>
   <si>
     <t>Марак аль-фалях. Шарх Нур аль-идах. مراقي الفلاح شرح نور الايضاح</t>
   </si>
   <si>
-    <t>Абу аль-Баракат Хасан бин Аммар аш-Шурунбуляли</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/847/</t>
   </si>
   <si>
     <t>Терджумат аль-Викая, Игтикадия.Tercümet ül-Viḳāye, I’tiḳādiyāt</t>
   </si>
   <si>
-    <t>Ахмед бин Мухаммет Шемси Паша</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/846/</t>
   </si>
   <si>
     <t>Варда аль-джуюб фи аль-салах ала аль-Хабиб. وردة الجيوب في الصلاة على الحبيب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/845/</t>
   </si>
   <si>
     <t>Даляиль аль-хайрат ва шаварик аль-анвар фи ас-салят галя ан-Наби аль-Мухтар.دلائل الخيرات وشوارق الانوار في الصلاة على النبي المختار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/844/</t>
   </si>
   <si>
     <t>Тахмис аль-Бурда. تخميس البردة</t>
   </si>
   <si>
-    <t>Шараф ад-Дин Мухаммад аль-Бусыри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/843/</t>
   </si>
   <si>
     <t>Мифтах ан-наджах аль-муканна би аль-василя иля кулли хизб ва фалях. مفتاح النجاح المكنى بالوسيلة الى كل حزب وفلاح</t>
   </si>
   <si>
-    <t>Али бин Абу Талиб</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/842/</t>
   </si>
   <si>
     <t>Диван-и Хикмат. ديوان حكمت</t>
   </si>
   <si>
-    <t>Ахмад Ясави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/841/</t>
   </si>
   <si>
     <t>Мафатих аль-джинан: шарх Ширгат аль-Ислам. مفاتح الجنان: شرح شرعة الإسلام</t>
   </si>
   <si>
-    <t>Якуб бин Саид Али аль-Бурсави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/840/</t>
   </si>
   <si>
     <t>Шарх Фатх аль-Кадир. شرح فتح القدير</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/839/</t>
   </si>
   <si>
     <t>Хуласат аль-масаиль ва мухиммат ад-даляиль. خلاصة المسائل و مهمة الدّلائل</t>
   </si>
   <si>
-    <t>Хусам ад-Дин аль-Булгари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/838/</t>
   </si>
   <si>
     <t>Джамиг ар-румуз: шарх Мухтасар аль-Викая. شرح مختصر الوقاية: جامع الرّموز</t>
   </si>
   <si>
-    <t>Шамс ад-Дин Мухаммад аль-Кухустани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/836/</t>
   </si>
   <si>
     <t>Касыда "аль-Бурда". قصيدة البردة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/835/</t>
   </si>
   <si>
-    <t>Абу Абдулла аль-Джазули</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/833/</t>
   </si>
   <si>
     <t>Тазкир ан-насин. Фадаиль йасин. تذكير الناسين. فضائل يسين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/831/</t>
   </si>
   <si>
     <t>аль-Джуз аль-хамис мин шарх Фатх аль-кадир. الجزء الخامس من شرح فتح القادر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/830/</t>
   </si>
   <si>
     <t>аль-Джильд ас-сани мин Тасхиль аль-баян. الجلد الثاني من تسهيل البيان</t>
   </si>
   <si>
-    <t>Мухаммадсадык бин Шахахмад Иманкули</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/829/</t>
   </si>
   <si>
     <t>Ихтари кабир. اختري كبير</t>
   </si>
   <si>
-    <t>Хусейн Рамзи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/827/</t>
   </si>
   <si>
     <t>Таухид. توحيد</t>
   </si>
   <si>
-    <t>Мухаммад Абдо</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/826/</t>
   </si>
   <si>
     <t>Китаб Шараф мааб. Хафтияк тафсире торки теленда. كتاب شرف مأب. هفتيك تفسيري تركي تلنده</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/825/</t>
   </si>
   <si>
     <t>Кучюк Луга наджи (Малый арабско-персидско-оттоманский словарь). كوجك لغة ناجي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/824/</t>
   </si>
   <si>
     <t>Священный Коран (Тунисское издание)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/823/</t>
   </si>
   <si>
     <t>Турк юрды. تورك يوردي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/822/</t>
@@ -8909,74 +7568,68 @@
   <si>
     <t>http://darul-kutub.com/books/818/</t>
   </si>
   <si>
     <t>аль-Барк аль-вамид аля аль-багыйд аль-мусамма би-н-накыйд. البرق الوميض على البغيض المسمى بالنقيض</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/817/</t>
   </si>
   <si>
     <t>Китаб ан-насаих. كتاب النسائح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/815/</t>
   </si>
   <si>
     <t>Китаб ал-лаваих. كتاب اللوائح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/814/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/813/</t>
   </si>
   <si>
-    <t>Лутфаллах Насафи аль-Фазиль аль-Кайдани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/812/</t>
   </si>
   <si>
     <t>Джавахир аль-хикаят ва аль-асиля ва латаиф ар-риваят ва аль-амсаль. جواهر الحكايات والأسئلة و لطائف الرواية والأمثال</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/811/</t>
   </si>
   <si>
     <t>Мактубат кудсия. مكتبات قدسية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/809/</t>
   </si>
   <si>
     <t>Татар ханлары. تاتار خانلاري</t>
   </si>
   <si>
-    <t>Мухаммадьяр Султанов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/808/</t>
   </si>
   <si>
     <t>Диван Куддуси. ديوان قدوسي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/807/</t>
   </si>
   <si>
     <t>Даляиль нубувва мухаммади ва шамаиль фатва ахмади. دلائل نبوّة محمّدي و شمائل فتوة أحمدي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/806/</t>
   </si>
   <si>
     <t>Калям шариф тафсире. كلام شريف تفسيري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/805/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/804/</t>
   </si>
   <si>
     <t>Таргыйб аль-фудаля иля тахлис аш-шарига ган аухамат иттихаф аль-удаба. ترغب الفضلأ إلى تخليص الشريعة عن أوهامات اتخاف الأدباء</t>
@@ -8987,53 +7640,50 @@
   <si>
     <t>Кыссаи "Сейф аль-мулюк". قصهء سيف الملوك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/801/</t>
   </si>
   <si>
     <t>Шурут ас-салят. شروط الصلواة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/800/</t>
   </si>
   <si>
     <t>аль-Джуз ар-раби' мин тафсир аль-Кур'ан аль-джалиль аль-мусамма Любаб ат-та'виль фи ма'ани ат-танзиль</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/799/</t>
   </si>
   <si>
     <t>Зубдат аль-масаиль ва мухимма ад-даляиль. زبدة المسائل و مهمة الدلائل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/798/</t>
   </si>
   <si>
-    <t>Хусейн афанди аль-Джисри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/797/</t>
   </si>
   <si>
     <t>Рисаля фи хакк аль-байг ва аш-шира. رسالة في حقّ البيع و الشراء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/796/</t>
   </si>
   <si>
     <t>Мин икама аль-бурхан аля арбаб ас-субуль ва аль-аухам. من اقامة البرهان على أرباب السبل و الأوهام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/795/</t>
   </si>
   <si>
     <t>Бидагат хафиза. بضاعة حافظة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/794/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/793/</t>
   </si>
   <si>
     <t>Иикаг аз-зук ва ат-тараб би тард ал-ликаа ар-рагб ва аль-ляхб. ايقاع الذوق ة الطرب بطرد الّقاء الرعب و اللّهب</t>
@@ -9041,143 +7691,122 @@
   <si>
     <t>http://darul-kutub.com/books/792/</t>
   </si>
   <si>
     <t>Китаб Шамг ад-дыя фи тазкира кайм ахль ад-дыя. كتاب شمع الضياء في تدكرة قيم أهل الضياء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/791/</t>
   </si>
   <si>
     <t>Хадис арбагин шарх Гасфури. حديث أربعين شرح عصفوري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/790/</t>
   </si>
   <si>
     <t>Тарджама аль-Масаиль ва джаваб ас-саиль. ترجمة اللمسائل و جواب السائل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/789/</t>
   </si>
   <si>
     <t>Мин таснифат Мухаммад бин Пир Али машхур Пиргали. من تصنيفات محمّد بير علي المشهور بركلي</t>
   </si>
   <si>
-    <t>Мухаммад бин Пир-Али бин Искандер аль-Баркави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/788/</t>
   </si>
   <si>
     <t>Джалалуддин Руми маснави шарифеннан сайлама. جلال الدين الرومي مثنوى شريفندن صايلامه</t>
   </si>
   <si>
-    <t>Исмаил Гаспринский</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/787/</t>
   </si>
   <si>
     <t>Тәнбиһул гафилин (Гафилләрне уяту). Часть 2</t>
   </si>
   <si>
-    <t>Абу аль-Ляйс Самарканди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/786/</t>
   </si>
   <si>
     <t>Танбихуль гафилин (Пробуждение беспечных) Часть 2</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/785/</t>
   </si>
   <si>
     <t>Танбихуль гафилин (Пробуждение беспечных) Часть 1</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/784/</t>
   </si>
   <si>
     <t>Китаб аль-Арбагин фи аль-хадис. كتاب الأربعين في الحديث</t>
   </si>
   <si>
-    <t>Абу Закария Йахья бин Шарафутдин ан-Навави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/783/</t>
   </si>
   <si>
     <t>Натаидж анзар аль-фукаха аль-кирам фи тахрим худур ан-ниса маджлис аль-имтихан. نتائج أنظار الفقهاء الكرام في تحريف حضور النّساء مجلس الامتحان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/782/</t>
   </si>
   <si>
     <t>Фаваид ас-самия фи шарх ан-назм аль-мусамма би-ль-фараид ас-сунния. فوائد السّامية في شرح النظم المسمّة بالفرائد السّنّية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/781/</t>
   </si>
   <si>
     <t>Амали. امالي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/780/</t>
   </si>
   <si>
     <t>Бертуган Бубыйлар һәм Иж-Бубый мәдрәсәсе: Тарихи-документаль җыентык</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/779/</t>
   </si>
   <si>
     <t>Анваруль ашикин. Envâru'l-Âşıkîn</t>
   </si>
   <si>
-    <t>Язычоглу Ахмет Бичан</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/778/</t>
   </si>
   <si>
     <t>Китаб Джамиг ар-рамуз ва гывас аль-бахрейн. كتاب جامع الرموز و غواص البحرين</t>
   </si>
   <si>
-    <t>Шамсуддин Мухаммд аль-Кухистани,Фахруддин бин Ибрахим-эфенди аль-Казани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/777/</t>
   </si>
   <si>
     <t>аль-Аурад аль-бахаия, Хизб аль-бахр. الأورد البهائية, حزب البحر</t>
   </si>
   <si>
-    <t>Бахауддин Накшбанд,Абу Хасан аш-Шазили</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/776/</t>
   </si>
   <si>
     <t>"Шура", 1917 г. №23, 24</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/774/</t>
   </si>
   <si>
     <t>"Шура", 1917 г. №22</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/773/</t>
   </si>
   <si>
     <t>"Шура", 1917 г. №21</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/772/</t>
   </si>
   <si>
     <t>"Шура", 1917 г. №20</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/771/</t>
@@ -10517,707 +9146,602 @@
   <si>
     <t>http://darul-kutub.com/books/548/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин аль-Джамиг ас-сагыр фи ахадис аль-башир ва назир. الجزء الأول من الجميع الصغير في أحديث البشير و نذير</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/547/</t>
   </si>
   <si>
     <t>Хакк аль-магрифа ва хуснуль-идрак. حقّ المعرفة و حسن الإدراك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/546/</t>
   </si>
   <si>
     <t>Ильджам аль-авам ан ильм аль-калям. إلجام العوام عن علم الكلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/544/</t>
   </si>
   <si>
     <t>Тафсир аль-Джаляляйн. تفسير الجلالين</t>
   </si>
   <si>
-    <t>Джалалетдин Мухаммад бин Ахмад аль-Махалли,Джалаледдин Абдуррахман бин Абу Бакр ас-Суютый</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/543/</t>
   </si>
   <si>
     <t>Аль-Хадара аль-ислямия фи Казан асыма Татарстан. الحضارة الإسلامية في قازان عاصمة تتارستان</t>
   </si>
   <si>
-    <t>Раби Ридван аль-Умари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/542/</t>
   </si>
   <si>
     <t>Ат-Татар шавахид далиль ва шаахид намузиджан фи аль-гарба Казан асыма Татарстан. التتار شواهد دليل و شاهد نموذجا في الغربة قازان عاصمة تتارستان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/541/</t>
   </si>
   <si>
     <t>Китаб ат-Таухид. كتاب التوحيد</t>
   </si>
   <si>
-    <t>Абу Мансур Мухаммад ибн Мухаммад ибн Махмуд аль-Матуриди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/540/</t>
   </si>
   <si>
     <t>Шавахид аль-хакк фи аль-истигаса би сайид аль-хальк. شواهد الحق في الاستغاثة بسيد الخلق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/536/</t>
   </si>
   <si>
     <t>Тафсир аль-Джаляляйн.الجزء الأول من تفسير الحلالين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/535/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/533/</t>
   </si>
   <si>
     <t>Гыймадуль ислам фи арканиль хамса. عماد الإسلام في أركان الخمسة</t>
   </si>
   <si>
-    <t>Габдульгазиз эфенди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/531/</t>
   </si>
   <si>
     <t>Хаза китаб фи баян миградж ан-Наби, саллялЛаху галейхи ва саллям. هذا كتاب في بيان معراج النّبيّ صلّى الله عليه و سلّم</t>
   </si>
   <si>
-    <t>Мухаммад Тайиб бин Мулла Гыйльман</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/530/</t>
   </si>
   <si>
     <t>Хуласат аль-масаиль ва мухиммат ад-далаиль. خلاصة المسائل و محمّة الدّلائل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/529/</t>
   </si>
   <si>
     <t>Дурар аль-масаиль ва кашкуль ад-далаиль. درر المسائل و كشكول الدّلائل</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/528/</t>
   </si>
   <si>
     <t>Джавамигуль калим. جوامع الكلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/527/</t>
   </si>
   <si>
     <t>аль-Фикх аль-акбар. الفقه الاكبار</t>
   </si>
   <si>
-    <t>Абу Ханифа ан-Нугман бин Сабит аль-Куфи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/521/</t>
   </si>
   <si>
     <t>Хаят аль-хаяван. حيات الحيوان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/520/</t>
   </si>
   <si>
     <t>Тафсир фаваид. تفسير فوائد</t>
   </si>
   <si>
-    <t>Мухаммад-Зариф Амирхан</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/519/</t>
   </si>
   <si>
     <t>Ислам хам гыйбадат. ئيسلام هەم عيبادەت</t>
   </si>
   <si>
-    <t>Шакир Шайхисламович Хиялетдинов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/518/</t>
   </si>
   <si>
     <t>Мухтасар аль-макаль галя шарх аль-Фикх аль-акбар. مختصر المقال على شرح الفقه الاكبر</t>
   </si>
   <si>
-    <t>Абу аль-Хасан Атаулла аль-Курсави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/517/</t>
   </si>
   <si>
     <t>Гакаид. Гибадат ислямия. عقائد. عبادات اسلامية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/516/</t>
   </si>
   <si>
     <t>Руза, закят ва хадж. روزه زكات وحج</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/515/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/514/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/513/</t>
   </si>
   <si>
     <t>Тахарат. طهارت</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/512/</t>
   </si>
   <si>
     <t>Ихтари кабир. اخترى كبير</t>
   </si>
   <si>
-    <t>Мустафа бин Шамсуддин аль-Ихтари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/511/</t>
   </si>
   <si>
     <t>Мишкат аль-масабих. مشكوة المصابيح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/510/</t>
   </si>
   <si>
     <t>Шарх Гайн аль-гильм. شرح عين العلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/509/</t>
   </si>
   <si>
-    <t>Усман бин Али аз-Зайляи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/504/</t>
   </si>
   <si>
     <t>Касас аль-анбия. قصص الانبياء</t>
   </si>
   <si>
-    <t>Насыруддин бин Бурхануддин Рабгузи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/503/</t>
   </si>
   <si>
     <t>аль-Хиярат аль-хисан фи манакыб Аби Ханифа. الخيرات الحسان في مناقب أبي حنيفة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/502/</t>
   </si>
   <si>
     <t>Хашия ли Исмаил аль-Каланбави галя джаляль аль-гакаид. حاشية لاسماعيل الكلنبوي على الجلال العقائد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/501/</t>
   </si>
   <si>
     <t>Баян ас-сунна. بيان السنة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/498/</t>
   </si>
   <si>
     <t>Хадия ас-саглук матне тарджемасе. هدية الصعلوك متني ترجمه سي</t>
   </si>
   <si>
-    <t>Шихабуддин бин Абдульазиз</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/493/</t>
   </si>
   <si>
     <t>"Мифтах аль-Куран". II том</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/490/</t>
   </si>
   <si>
     <t>"Мифтах аль-Куран". I том "Калям Шариф"</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/489/</t>
   </si>
   <si>
     <t>Фикх аль-Куран. فقه القرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/487/</t>
   </si>
   <si>
     <t>Низам ат-таквим фи-ль-ислам. نظام التقويم في الاسلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/482/</t>
   </si>
   <si>
     <t>Муфассаль гыйльм халь («Подробное изложение насущного знания»). مفصّل علم حال</t>
   </si>
   <si>
-    <t>Губайдулла Мухаммад Файзи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/481/</t>
   </si>
   <si>
     <t>Рисаля фи аль-джанаиз. رسالة في الجنائز</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/476/</t>
   </si>
   <si>
     <t>Татар алифбасы. تاتار ألفباسى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/475/</t>
   </si>
   <si>
     <t>аль-Муртаабу. المرتأب</t>
   </si>
   <si>
-    <t>Шакирзян ат-Тахири</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/474/</t>
   </si>
   <si>
     <t>Бина аль-ислам. بناء الاسلام</t>
   </si>
   <si>
-    <t>Мухаммадкарим Дибирдеев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/472/</t>
   </si>
   <si>
     <t>Кырк сюаль (Сорок вопросов)</t>
   </si>
   <si>
-    <t>Фурати</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/471/</t>
   </si>
   <si>
     <t>аль-Арбагинат аль-мутасалсиля. الاربعينات المتسلسلة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/468/</t>
   </si>
   <si>
     <t>Ахадис набавия. أحاديث نبويّة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/467/</t>
   </si>
   <si>
     <t>Ахадис мунтахаба. احاديث منتخبه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/466/</t>
   </si>
   <si>
     <t>Муаллим аль-гибадат. معلم العبادات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/465/</t>
   </si>
   <si>
     <t>аль-Укуд ас-саляс: никах, талак, йамин. العقود الثلاث نكاح طلاق يمين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/463/</t>
   </si>
   <si>
     <t>Рахбар Ислам. رهبر اسلام</t>
   </si>
   <si>
-    <t>Якуб Халили</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/462/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/461/</t>
   </si>
   <si>
     <t>Китаб Аййухаль-валяд. كتاب ايها الولد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/460/</t>
   </si>
   <si>
     <t>аль-Арбагин ан-Навави. الاربعين النووي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/459/</t>
   </si>
   <si>
     <t>Хутбалар маджмугасы. خطبه لر مجموعه سى</t>
   </si>
   <si>
-    <t>Абдуррахман Ниязи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/458/</t>
   </si>
   <si>
     <t>Манбит аль-магариф. منبت المعارف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/457/</t>
   </si>
   <si>
     <t>Мен да бер хадис. 1001 حديث</t>
   </si>
   <si>
-    <t>Гариф Бик</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/456/</t>
   </si>
   <si>
     <t>Мабда-уль-кыраа. مبدأ القراءة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/455/</t>
   </si>
   <si>
     <t>Мухтасар тарих ислам. مختصر تريخ اسلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/454/</t>
   </si>
   <si>
     <t>аль-Ахляк аль-кабиха ва аль-ахляк аль-хасана. الاخلاق القبيحة والاخلاق الحسنة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/453/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/452/</t>
   </si>
   <si>
     <t>Мугаллим шарига. معلم الشريعة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/451/</t>
   </si>
   <si>
     <t>Мунтазым кыраат китабы. منتظم قرائت كتابى</t>
   </si>
   <si>
-    <t>Султан Рахманкулов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/450/</t>
   </si>
   <si>
     <t>Наху тарджемасе. نحو ترجمەسى</t>
   </si>
   <si>
-    <t>Хайрулла бин Усман</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/449/</t>
   </si>
   <si>
     <t>Фан тадрис. فن تدريس</t>
   </si>
   <si>
-    <t>Абдулла Шанаси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/448/</t>
   </si>
   <si>
     <t>Мукаддима аль-Джазари. مقدمة الجزري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/447/</t>
   </si>
   <si>
     <t>Полный русско-татарский словарь</t>
   </si>
   <si>
-    <t>Абдуррахман Карам,Султан Рахманкулов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/446/</t>
   </si>
   <si>
     <t>История ислама с основания до новейших времен</t>
   </si>
   <si>
-    <t>Мюллер Фридрих Август</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/445/</t>
   </si>
   <si>
     <t>Мабда-ун-наху. مبدأ النحو</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/444/</t>
   </si>
   <si>
     <t>Мабда-ус-сарф. مبدأ الصرف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/443/</t>
   </si>
   <si>
     <t>Явная истина</t>
   </si>
   <si>
-    <t>Усама ас-Саид Махмуд аль-Азхари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/438/</t>
   </si>
   <si>
     <t>аль-Ихтиляф би мавалид аль-анбия. الاحتلاف بموالد الانبياء</t>
   </si>
   <si>
-    <t>Ахмад Мухаммад Нурсайф аль-Махири</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/436/</t>
   </si>
   <si>
     <t>ан-Нур аль-мубин фи кавагид гакаид ад-дин. النور المبين في قواعد عقائد الدين</t>
   </si>
   <si>
-    <t>Мухаммад бин Ахмад аль-Кальби аль-Гарнатый</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/434/</t>
   </si>
   <si>
     <t>Тавил мушкилят аль-Бухари. تأويل مشكلات البخاري</t>
   </si>
   <si>
-    <t>Мухаммад бин Юсуф ас-Сануси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/433/</t>
   </si>
   <si>
     <t>Тавилят аль-Куран. تأويلات القرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/432/</t>
   </si>
   <si>
     <t>аль-Хакк аль-мубин фи ар-радд галя ман талагаба би ад-дин. الحقّ المبين في الردّ على من تلاعب بالدّين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/431/</t>
   </si>
   <si>
     <t>Балаларга үгет нәсыйхәт</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/430/</t>
   </si>
   <si>
     <t>Беренче китаб. برنجي كتاب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/428/</t>
   </si>
   <si>
     <t>Китаб Салят очен татимма. كتاب صلوة أيجون تتمّة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/427/</t>
   </si>
   <si>
     <t>Казан тарихы. قزان تاريحي</t>
   </si>
   <si>
-    <t>Гайнутдин Ахмеров</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/426/</t>
   </si>
   <si>
     <t>Усуль джаграфия кабир. أصول جغرفياى كبير</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/425/</t>
   </si>
   <si>
     <t>Тарбияле хатын. تربيه‌لى خاتون</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/424/</t>
   </si>
   <si>
     <t>Мадхаль гарабия. مدخل عربية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/422/</t>
   </si>
   <si>
     <t>Мактап ва закят. Хазина ва земства ярдаме. مكتب و زكات. خزينة و زيمستوا</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/421/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин китаб Хусуль аль-араб фи наху лисан аль-гараб. الجزء الأوّل من كتاب حصول الأرب في نحو لسان العرب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/420/</t>
   </si>
   <si>
     <t>Хасан аль-машраб фи сарф лисан аль-гараб. حسن المشرب في صرف العرب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/419/</t>
   </si>
   <si>
     <t>Гильм джабар. علم جبر</t>
   </si>
   <si>
-    <t>Тахир Ахмад Ильяси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/418/</t>
   </si>
   <si>
     <t>Кавагид аль-хисаб. قواعد الحساب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/417/</t>
   </si>
   <si>
     <t>Савадхаван. سواد خوان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/416/</t>
   </si>
   <si>
     <t>Хулясаи тарих ислам. خلاصاء تارخ الإسلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/415/</t>
   </si>
   <si>
     <t>Тарджама Мухтасар аль-Викая. ترجمة مختصر الوقاية</t>
   </si>
   <si>
-    <t>Мухаммад Салях</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/414/</t>
   </si>
   <si>
     <t>"Тухфат аль-мулюк" тарджемасе. تحفة الملوك ترجمه سي تركيبيه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/413/</t>
   </si>
   <si>
     <t>Мухтасар аль-Кудури. مختصر القدوري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/412/</t>
   </si>
   <si>
     <t>Истифтах. استفتاح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/411/</t>
   </si>
   <si>
     <t>Кыйссасел-анбия или история пророков</t>
   </si>
   <si>
-    <t>Джагфар Мубарак</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/410/</t>
   </si>
   <si>
     <t>аль-Муфид. المفيد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/409/</t>
   </si>
   <si>
     <t>Ислам настоящий и вымышленный</t>
   </si>
   <si>
-    <t>Фарид Салман</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/408/</t>
   </si>
   <si>
     <t>Мөселманнар Бөек Ватан сугышында. Мусульмане в Великой Отечественной войне</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/407/</t>
   </si>
   <si>
     <t>"...Мин кулыма Китап алам" ("...Я беру в руки Книгу")</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/406/</t>
   </si>
   <si>
     <t>ас-Сайф аль-машхур фи шарх гакыйда Аби Мансур. السيف المشهور في شرح عقيدة أبي منصور</t>
   </si>
   <si>
-    <t>Абу Мансур аль-Ваххаб бин Али ас-Субки</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/405/</t>
   </si>
   <si>
     <t>Китаб Хазрати Юсуф алейхи ас-салям. كتاب حضرت يوسف عليه السلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/404/</t>
   </si>
   <si>
     <t>Китаб аль-Фаваид аль-мухимма. كتاب الفوائد المهمّة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/403/</t>
   </si>
   <si>
     <t>Китаб Мунтахаб ал-вафийа. كتاب منتخب الوفية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/402/</t>
   </si>
   <si>
     <t>Китаб Хакк аль-марифа ва хусн аль-идрак. كتاب حقّ المعرفة و حسن الإدراك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/401/</t>
@@ -11234,602 +9758,512 @@
   <si>
     <t>http://darul-kutub.com/books/399/</t>
   </si>
   <si>
     <t>Дунья маглюматы. دنيا معلوماتي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/398/</t>
   </si>
   <si>
     <t>Себер тарихы. سبير تاريخي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/397/</t>
   </si>
   <si>
     <t>Тафсир Нугмани.تقسير نعماني</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/396/</t>
   </si>
   <si>
     <t>Тафсир Нугмани. تفسير نعماني</t>
   </si>
   <si>
-    <t>Нугман бин Амир бин Усман</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/395/</t>
   </si>
   <si>
     <t>Исламские течения и группы</t>
   </si>
   <si>
-    <t>Дамир Шагавиев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/394/</t>
   </si>
   <si>
     <t>Хашия Абдульгафур аля аль-Джами. حاشية عبدالغفور على جميع</t>
   </si>
   <si>
-    <t>Абдульгафур аль-Ляри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/393/</t>
   </si>
   <si>
     <t>Касас аль-анбия. قصص الأنبياء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/392/</t>
   </si>
   <si>
     <t>Касас аль-анбия Рабгузи. قصص الأنبياء ربغوزي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/391/</t>
   </si>
   <si>
     <t>аль-Хашия галя аль-Джами. الحاشية على الجميع</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/390/</t>
   </si>
   <si>
     <t>Арабо-мусульманский мир: история, география, общество</t>
   </si>
   <si>
-    <t>Марина Анатольевна Сапронова</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/386/</t>
   </si>
   <si>
     <t>Йуз кавагид фикхия ва йуз кавагид усулия далил ва масаилляре иля. يوز قواعد فقهية و يوز قواعد أصولية دلايل و مسائل لاري ايله</t>
   </si>
   <si>
-    <t>Нургали бин Хасан бин Ахсилаль-Буави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/384/</t>
   </si>
   <si>
     <t>аль-Гаватыф аль-хамидия фи ас-саяхат ан-нурия. العواطف الحميدية في السّياحات النّوريّة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/383/</t>
   </si>
   <si>
     <t>Джаулан. جولان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/382/</t>
   </si>
   <si>
     <t>Шарх Ширгат аль-ислам. شرح شرعة الإسلام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/381/</t>
   </si>
   <si>
     <t>Хәзрәти Мөхәммәд (аңа Аллаһының салаваты һәм сәламе булсын)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/380/</t>
   </si>
   <si>
     <t>Корбан</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/379/</t>
   </si>
   <si>
     <t>Сихердән сак булыгыз!</t>
   </si>
   <si>
-    <t>Нияз Сабиров,Руслан Фахретдинов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/378/</t>
   </si>
   <si>
     <t>Что такое Ислам?</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/377/</t>
   </si>
   <si>
     <t>Что такое халяль?</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/376/</t>
   </si>
   <si>
     <t>Сорок основных хадисов ханафитского мазхаба в вопросах поклонения</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/375/</t>
   </si>
   <si>
     <t>Гыйбадəт кылуга кагылышлы кырык хәдис</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/374/</t>
   </si>
   <si>
     <t>Мәүлид китабы</t>
   </si>
   <si>
-    <t>Нияз Сабиров</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/373/</t>
   </si>
   <si>
     <t>Паспорт ахирата для путника вечности</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/372/</t>
   </si>
   <si>
     <t>Мәңгелеккә юл тотучының ахирәт паспорты</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/371/</t>
   </si>
   <si>
     <t>Пәйгамбәр-намә</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/370/</t>
   </si>
   <si>
     <t>Акыда</t>
   </si>
   <si>
-    <t>Абдулла Адыгамов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/369/</t>
   </si>
   <si>
     <t>Гакыйдә</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/368/</t>
   </si>
   <si>
     <t>Что такое мазхаб?</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/367/</t>
   </si>
   <si>
     <t>Рисәләи газизә</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/366/</t>
   </si>
   <si>
     <t>Наставления Лукмана Хакима</t>
   </si>
   <si>
-    <t>Джалиль Фазлыев</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/365/</t>
   </si>
   <si>
     <t>Тәһарәт һәм намаз</t>
   </si>
   <si>
-    <t>Ильдус Фаизов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/364/</t>
   </si>
   <si>
     <t>Аятел-Көрси тәфсире</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/363/</t>
   </si>
   <si>
     <t>Хадисы, которые по согласию большинства являются вмышленными</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/362/</t>
   </si>
   <si>
     <t>Назурат аль-хакк фи фардыйа аль-гиша ва ин лям йагыб аш-шафак. ناظورة الحقّ في فرضيّة العشاء و إن لم يغب الشّفق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/361/</t>
   </si>
   <si>
     <t>Авыр вакытта укыла торган догалар</t>
   </si>
   <si>
-    <t>Рауф Пахлеван</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/360/</t>
   </si>
   <si>
     <t>Коръән догалары</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/359/</t>
   </si>
   <si>
     <t>Пәйгамбәребез өйрәткән көндәлек догалар</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/358/</t>
   </si>
   <si>
     <t>Локман Хәким нәсыйхәтләре</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/357/</t>
   </si>
   <si>
     <t>Ураза</t>
   </si>
   <si>
-    <t>Камиль Самигуллин</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/356/</t>
   </si>
   <si>
     <t>Рассказы и назидания из тафсира «Рухуль-Байан»</t>
   </si>
   <si>
-    <t>Реджеп Тутар</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/355/</t>
   </si>
   <si>
     <t>Тәварихы болгария (Болгар тарихы)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/354/</t>
   </si>
   <si>
     <t>Тахарат и намаз</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/353/</t>
   </si>
   <si>
     <t>Словарь исламских терминов</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/352/</t>
   </si>
   <si>
     <t>Положение о богослужениях</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/351/</t>
   </si>
   <si>
     <t>Мухаммад (да благословит его Аллах и да приветствует)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/350/</t>
   </si>
   <si>
     <t>Ишанларга хитаб! ايشانلرغه خطاب!</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/349/</t>
   </si>
   <si>
     <t>Изхар аль-хакк. اظهار الحقّ</t>
   </si>
   <si>
-    <t>Рахматулла бин Халилуррахман Кайруани аль-Хинди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/348/</t>
   </si>
   <si>
     <t>аль-Джуз ас-сани мин Шарх Мухтасар аль-викая. الجزء الثاني من شرح مختصر الوقاية</t>
   </si>
   <si>
-    <t>Убайдулла ибн Масуд ибн Таджушшариа</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/347/</t>
   </si>
   <si>
     <t>Табсыра аль-муршидин. تبصرة المرشدين</t>
   </si>
   <si>
-    <t>Мухаммад-Закир бин Абдульваххаб аль-Чистави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/346/</t>
   </si>
   <si>
     <t>Мухаммадия. محمّديّة</t>
   </si>
   <si>
-    <t>Мухаммад Челеби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/345/</t>
   </si>
   <si>
     <t>аль-Джуз аль-ауваль мин Джами ас-сагыйр фи ахадис аль-башир ан-назир. الجزء الأوّل من جميع الصغير في أحاديث البشير النّذير</t>
   </si>
   <si>
-    <t>Абдуррахман ибн Абу Бакр ас-Суютый</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/344/</t>
   </si>
   <si>
     <t>Китаб Мухтасар аль-Викая фи масаил аль-хидая. كتاب مختصر الوقاية في مسائل الهداية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/343/</t>
   </si>
   <si>
     <t>Наджм ат-таварих. نجم التّواريح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/342/</t>
   </si>
   <si>
     <t>Хукм тарджама аль-Куран аль-газыйм. حكم ترجمة القرآن العظيم</t>
   </si>
   <si>
-    <t>Мухаммад бин аль-Хасан аль-Хаджави аль-Магриби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/341/</t>
   </si>
   <si>
     <t>аль-Джильд аль-ауваль мин Шарх Гайн аль-гильм. الجلد الأوّل من شرح عين العلم</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/340/</t>
   </si>
   <si>
     <t>Тәһрәттән башлыйк (Әүвәл нәзафәт)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/336/</t>
   </si>
   <si>
     <t>Ислам тарихы</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/335/</t>
   </si>
   <si>
     <t>Лисан аль-гараб. لسان العرب</t>
   </si>
   <si>
-    <t>Мухаммад бин Мукаррам ибн Манзур</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/334/</t>
   </si>
   <si>
     <t>аль-Хакк аль-мубин фи махасин аудаг ад-дин. الحقّ المبين في محاسن أوضاع الدّين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/332/</t>
   </si>
   <si>
     <t>Хакк аль-магрифа ва хуснуль-идрак бима яльзиму фи вуджуб аль-фитр ва аль-имсак. حقّ المعرفة و حسن الإدراك بنا يلزم في وجوب الفطر و الإمساك</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/331/</t>
   </si>
   <si>
     <t>Полный русско-арабский словарь</t>
   </si>
   <si>
-    <t>Пантелеймон Крестович Жузе</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/330/</t>
   </si>
   <si>
     <t>аль-Ахилля: назра шумулия ва дирасат фалакия. الأهلّة: نظرة شموليّة و درسات فلكيّة</t>
   </si>
   <si>
-    <t>Аднан Абдульмуним Кадый</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/328/</t>
   </si>
   <si>
     <t>Шарх ас-Сияр аль-кабир. شرح السّير الكبير</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/322/</t>
   </si>
   <si>
     <t>Иршад ас-сара иля манасик Мулла Али аль-Кари. إرشاد السارى إلى مناسك ملّا علي القاري</t>
   </si>
   <si>
-    <t>Хусейн бин Мухаммадсаид Абдульгани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/321/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/320/</t>
   </si>
   <si>
     <t>Мухтасар аль-Кудури тарджемасе. مختصر القدوري ترجمه سي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/319/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/318/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/312/</t>
   </si>
   <si>
     <t>Мухтасар тарих гомумы. مختصر تاريح عمومي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/304/</t>
   </si>
   <si>
     <t>Джуграфия гомумы. جغرافياى عمومي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/303/</t>
   </si>
   <si>
     <t>Мугаллим сани. معلّم ثاني</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/301/</t>
   </si>
   <si>
     <t>Бадавам китабы. بدوام كتابي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/296/</t>
   </si>
   <si>
     <t>Фан ат-таджвид. فن التّجويد</t>
   </si>
   <si>
-    <t>Шахид Ауни</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/295/</t>
   </si>
   <si>
     <t>Шарк тарихы. شرق تاريخي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/294/</t>
   </si>
   <si>
     <t>Койле иман. كويلي ايمان</t>
   </si>
   <si>
-    <t>Ахмадгарай бин Мухаммадгата</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/293/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/292/</t>
   </si>
   <si>
     <t>Таудых мага хашиятайхи ат-Талвих ва Шарх аш-шарх. توضيح مع حشيتيه التلويح و شرح الشرح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/280/</t>
   </si>
   <si>
     <t>Хаза китаб Гайн аль-гильм. هذا كتاب عين العلم</t>
   </si>
   <si>
-    <t>Мухаммад бин Усман аль-Хинди</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/278/</t>
   </si>
   <si>
     <t>Китаб аль-Фикх аль-акбар. كتاب الفقه الأكبر</t>
   </si>
   <si>
-    <t>Али бин Султан Мухаммад аль-Кари,Абу Ханифа ан-Нуман бин Сабит аль-Куфи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/276/</t>
   </si>
   <si>
     <t>Шарх аль-Фикх аль-акбар ли Аби Ханифа ан-Нугман. شرح الفقه الأكبر لأبي حنبفة النّعمان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/258/</t>
   </si>
   <si>
     <t>Макана аль-имам Аби Ханифа байна аль-мухаддисин. مكانة الإمام أبي حنيفة بين المحدّثين</t>
   </si>
   <si>
-    <t>Мухаммад Касим аль-Хариси</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/257/</t>
   </si>
   <si>
     <t>Маджмуга расаил аль-Лякнави. مجموعة رسائل اللّكناوي</t>
   </si>
   <si>
-    <t>Абдульхай аль-Лякнави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/256/</t>
   </si>
   <si>
     <t>Ихтиляф Аби Ханифа ва ибн Аби Ляйля. اختلاف أبي حنيفة و ابن أبي ليلى</t>
   </si>
   <si>
-    <t>Абу Йусуф Йакуб бин Ибрахим аль-Ансари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/255/</t>
   </si>
   <si>
     <t>Озын коннарда руза. اوزون كونلرده روزه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/247/</t>
   </si>
   <si>
     <t>Уфак фикерляр. اوفق فكرلر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/246/</t>
   </si>
   <si>
     <t>Шаригать ни очен руъяте игтибар итмеш? شريعت نيجون رؤينى اعتبار ايتمش</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/245/</t>
   </si>
   <si>
     <t>аль-Лузумиййат. اللّزوميّات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/244/</t>
@@ -11909,68 +10343,62 @@
   <si>
     <t>Гакаид</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/213/</t>
   </si>
   <si>
     <t>Китаб аль-Кудури</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/212/</t>
   </si>
   <si>
     <t>Гарабият</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/211/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/209/</t>
   </si>
   <si>
     <t>Расемле джаграфия</t>
   </si>
   <si>
-    <t>Закир Шакиров</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/208/</t>
   </si>
   <si>
     <t>Кутуб ситта ва муаллифляры</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/207/</t>
   </si>
   <si>
     <t>Муфассаль гильм халь. مفصل علم حال</t>
   </si>
   <si>
-    <t>Зуфар бин Мулла Ахмад Шакир Касими,мелла Сабирджан бин Габдульбадиг</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/206/</t>
   </si>
   <si>
     <t>Фан ат-таджвид</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/187/</t>
   </si>
   <si>
     <t>Гыйбратле хикаяляр</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/186/</t>
   </si>
   <si>
     <t>Тарих анбия. تاريح انبياء</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/185/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/184/</t>
   </si>
   <si>
     <t>Хаза маджамаг аль-фаваид ва сура аль-хасаис. هذا مجمع الفوائد و سورة الخصائص</t>
@@ -11978,170 +10406,152 @@
   <si>
     <t>http://darul-kutub.com/books/183/</t>
   </si>
   <si>
     <t>Хазаин аль-изан. خزائن الايذان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/182/</t>
   </si>
   <si>
     <t>Хаза Китаб ат-тыбб фи хасыя багды аль-адвия</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/181/</t>
   </si>
   <si>
     <t>Дога маджмугасы</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/180/</t>
   </si>
   <si>
     <t>"Навадир" тарджемасе</t>
   </si>
   <si>
-    <t>Шихабуддин бин Саляма аль-Мисри</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/179/</t>
   </si>
   <si>
     <t>Мухтасар иман</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/178/</t>
   </si>
   <si>
     <t>Ахляк рисалясе</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/177/</t>
   </si>
   <si>
     <t>Мунияту аль-мусалли тарджемасе туркича. منية المصلى ترجمەسى تركېچە</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/176/</t>
   </si>
   <si>
     <t>Китаб Хадия ас-саглук шарх Тухфат аль-мулюк. كتاب هدية الصعلوك شرح تحفة الملوك</t>
   </si>
   <si>
-    <t>Ахмад бин Мухаммад бин Ариф аз-Зайли</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/172/</t>
   </si>
   <si>
     <t>Хазрати Мухаммад. حضرت محمد (صلى الله عليه و سلم)</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/169/</t>
   </si>
   <si>
     <t>Китаб Баян ас-сунна гакаид Тахавия. كتاب بيان السنة عقائد طحاوية</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/167/</t>
   </si>
   <si>
     <t>Раудат аль-гуляма</t>
   </si>
   <si>
-    <t>Али бин Яхья бин Мухаммад аз-Зандависти аль-Бухари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/166/</t>
   </si>
   <si>
     <t>Хиляль. هلال</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/165/</t>
   </si>
   <si>
     <t>Асхаб кирам. أصحاب كرام</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/164/</t>
   </si>
   <si>
     <t>Тальфик аль-ахбар ва талькых аль-асар фи вакаи' Казан ва Булгар ва мулюк ат-татар. تلفيق الأخبار و تلقيح الأثار في وقائع قازان و بلغار و ملوك التّتار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/163/</t>
   </si>
   <si>
     <t>аль-Китаб аль-Хикма аль-балига аль-джанния фи шарх аль-Гакаид аль-ханафийа. الكتاب الحكمة البالغة الجنّيّة في شرح العقائد الحنفيّة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/162/</t>
   </si>
   <si>
     <t>аль-Джаннату ва нагимуха ли ман йусалли ва йусаллиму галейхи. الجنة ونعيمها لمن يصلي و يسلم عليه</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/161/</t>
   </si>
   <si>
-    <t>Алим бин Аляульансари аль-Хинди ад-Дехляви</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/159/</t>
   </si>
   <si>
     <t>аль-Мультакат фи аль-фатава аль-ханафия</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/157/</t>
   </si>
   <si>
     <t>Татар аль-Фулга: тарих ва хадара (Татары Поволжья: история и культура)</t>
   </si>
   <si>
-    <t>Саид Ибрахим Каридия</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/153/</t>
   </si>
   <si>
     <t>Гарабча наху татар теленда</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/152/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/150/</t>
   </si>
   <si>
     <t>Тюркская касыда "Мавлид ан-Наби" (да благославит его Аллах и да приветствует)</t>
   </si>
   <si>
-    <t>Кывам-карый Зульфакари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/144/</t>
   </si>
   <si>
     <t>ат-Танбихат аль-мухимма галя багды инас хайри аль-умма. التّنبيهات المهمّة على بعض إناس خير الأمّة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/143/</t>
   </si>
   <si>
     <t>Шаригать хам заман. شريعت هم زمان</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/141/</t>
   </si>
   <si>
     <t>Кавагид фикхия. قواعد فقهيّة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/140/</t>
   </si>
   <si>
     <t>Шарх аль-Гакаид. شرح العقائد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/139/</t>
@@ -12173,456 +10583,393 @@
   <si>
     <t>http://darul-kutub.com/books/133/</t>
   </si>
   <si>
     <t>Гибадат саляс. عبادات ثلاث</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/132/</t>
   </si>
   <si>
     <t>Бадау аль-магариф. بدء المعارف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/131/</t>
   </si>
   <si>
     <t>Мушкилят аль-Кудури. مشكلات القدوري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/129/</t>
   </si>
   <si>
     <t>Хамса расаиль фи аль-фирак ва аль-мазахиб. خمس رسائل في الفرق و المذاهب</t>
   </si>
   <si>
-    <t>Шамсуддин бин Ахмад бин Сулейман бин Камаль Паша</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/128/</t>
   </si>
   <si>
     <t>аль-Джаухара ан-найира: шарх Мухтасар аль-Кудури фи фуруг аль-ханафия. الجوهرة النّيّرة شرح مختصر القدوري في فروع الحنفيّة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/127/</t>
   </si>
   <si>
     <t>Тасхих расм хатт аль-Куран. تصحيح رسم خطّ القرآن</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/126/</t>
   </si>
   <si>
     <t>Хафтияк тафсире. حفتيك تفسيرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/125/</t>
   </si>
   <si>
     <t>Макалят аль-Каусари. مقالات الكوثري</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/124/</t>
   </si>
   <si>
     <t>Мавлид ан-Наби. مولد النّبي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/123/</t>
   </si>
   <si>
     <t>аль-Иршад ли-ль-гибад. الارشاد للعباد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/122/</t>
   </si>
   <si>
     <t>аль-Мирсад фи тараджим риджаль аль-иршад. المرصاد في تراجم رجال الإرشاد</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/121/</t>
   </si>
   <si>
     <t>Ширга аль-ислам. شرعة الإسلام</t>
   </si>
   <si>
-    <t>Мухаммад бин Абу Бакр имам Зада аль-Ханафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/120/</t>
   </si>
   <si>
     <t>аль-Мувафакат. الموافقات</t>
   </si>
   <si>
-    <t>Абу Исхак Ибрахим бин Муса аш-Шатыби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/119/</t>
   </si>
   <si>
     <t>аль-Мактубат. المكتوبات</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/118/</t>
   </si>
   <si>
     <t>Бакырган китабы. باقرغان كتابى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/117/</t>
   </si>
   <si>
     <t>Усуль аль-Баздави. أصول البزدوي</t>
   </si>
   <si>
-    <t>Фахруль-ислам Али бин Мухаммад аль-Ханафи аль-Баздави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/116/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/113/</t>
   </si>
   <si>
     <t>Мустафад аль-ахбар фи ахваль Казан ва Булгар. Часть вторая.القسم الثّاني من كتاب مستفاد الأخبار في أحوال قازان و بلغار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/112/</t>
   </si>
   <si>
     <t>Мустафад аль-ахбар фи ахваль Казан ва Булгар. Часть первая. القسم الأوّل من كتاب مستفاد الأخبار في أحوال قازان و بلغار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/111/</t>
   </si>
   <si>
     <t>Алты бармак китабы. آلتى بارمق كتابى</t>
   </si>
   <si>
-    <t>Муинуддин Ферахи Хирави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/110/</t>
   </si>
   <si>
     <t>Мугаллим сарф лисан аль-гараб. معلّم صرف لسان العرب</t>
   </si>
   <si>
-    <t>Абдуррахман бин Исмаил Гумари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/109/</t>
   </si>
   <si>
     <t>"Мукаддима ли ибн аль-Джазари" тарджемасе. مقدّمة لابن الجزاري ترجمه‌سى</t>
   </si>
   <si>
-    <t xml:space="preserve">Гатаулла Губайдуллин </t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/108/</t>
   </si>
   <si>
     <t>Шаригать асаслары. شريعة اساسلرى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/107/</t>
   </si>
   <si>
     <t>Куран ва табагат. قرآن و طباعة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/106/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/105/</t>
   </si>
   <si>
     <t>"Тухфат аль-мулюк" тарджемасе. تحفة الملوك ترجمه سى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/104/</t>
   </si>
   <si>
     <t>Адабият ва ахляк хасана даресляреннан "Нур Мухаммад". "أدبيات و أخلاق حسنة درسلرى دن "نور محمّد</t>
   </si>
   <si>
-    <t>Мухаммад Сабир бин мулла Ибрахим аль-Аксави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/103/</t>
   </si>
   <si>
     <t>Сахни-неку (Хорошая сцена). سخن نيكو</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/102/</t>
   </si>
   <si>
     <t>Календарь. كالندار</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/101/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/100/</t>
   </si>
   <si>
     <t>Дини тадбирляр. دينى تدبيرلر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/99/</t>
   </si>
   <si>
     <t>"Саджанджаль аль-кулюб" ("Зеркало сердец"). سجنجل القلوب</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/98/</t>
   </si>
   <si>
     <t>Тарих ислам. تاريح اسلام</t>
   </si>
   <si>
-    <t>Мухаммад Шакир бин Мухаммад Закир Сулеймани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/96/</t>
   </si>
   <si>
     <t>Мультака аль-абхур. ملتقى الأبحر</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/94/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/91/</t>
   </si>
   <si>
     <t>Нур аль-идах. نور الايضاح</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/90/</t>
   </si>
   <si>
     <t>Игля ас-сунан. إعلاء السّنن</t>
   </si>
   <si>
-    <t>Ахмад аль-Усмани ат-Тахавани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/89/</t>
   </si>
   <si>
     <t>Муснад аль-имам Аби Ханифа. مسند الإمام أبي  حنيفة</t>
   </si>
   <si>
-    <t>Абу Нуайм Ахмад бин Абдулла аль-Асбахани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/87/</t>
   </si>
   <si>
     <t>Маджмуат расаиль Ибн Габидин. مجموعات رسائل ابن عابدين</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/85/</t>
   </si>
   <si>
     <t>Тараккы фунун ва маариф динсезлеге муджибме? ترقّى فنون و معارف دنسلكى موجبمى؟</t>
   </si>
   <si>
-    <t>Габдулла Буби</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/84/</t>
   </si>
   <si>
     <t>Татарча хотба уку доресме? تاتارجى خطبه اوقو  درستمى؟</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/83/</t>
   </si>
   <si>
     <t>Хусну-ль-гыйбада.  حسن العبادة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/82/</t>
   </si>
   <si>
     <t>Хакыйкат, яхуд тугрылык (пятая часть). حقيقت ياحود طوغريلق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/81/</t>
   </si>
   <si>
     <t>Азкар ас-саля. أذكار الصّلوة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/80/</t>
   </si>
   <si>
     <t>Ауваль назафа фи масаиль ат-тахара. أوّل نظافة في مسائل الطّهارة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/79/</t>
   </si>
   <si>
     <t>Оч масаля. او‏ݘ مسئلة</t>
   </si>
   <si>
-    <t>Абдулла Надим</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/78/</t>
   </si>
   <si>
     <t>Шарх Гукуд расм аль-муфти. شرح عقود رسم المفتي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/64/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/58/</t>
   </si>
   <si>
     <t>Суаль ва джаваплы хуснуль гибада. سؤال و جوابلى حسن العبادة</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/55/</t>
   </si>
   <si>
     <t>Матн бидая аль-мубтади. من بداية المبتدي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/46/</t>
   </si>
   <si>
     <t>Мухтасар гунья аль-мутамалли шарх мунья аль-мусалли. مختصر غنية المتملّي شرح منية المصلّي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/45/</t>
   </si>
   <si>
     <t>Китаб ар-рикак. كتاب الرّقاق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/44/</t>
   </si>
   <si>
     <t>Бадаиг ас-санаиг фи тартиб аш-шараиг</t>
   </si>
   <si>
-    <t>Аляутдин Абу Бакр бин Масуд аль-Касани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/42/</t>
   </si>
   <si>
     <t>Сборник статей к 100-летию Шихабутдина Марджани</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/22/</t>
   </si>
   <si>
     <t>Хукук аль-ислам фи-ль-ибадат. حقوق الإسلام في العبادات</t>
   </si>
   <si>
-    <t>Усман аль-Азхари</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/20/</t>
   </si>
   <si>
-    <t>Куддус Абдурахманов</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/16/</t>
   </si>
   <si>
     <t>Минах ар-рауд аль-азхар фи шарх аль-Фикх аль-акбар</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/15/</t>
   </si>
   <si>
     <t>Тарих аль-Куран ва аль-масахиф. تاريخ القرآن و المصاحف</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/14/</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/13/</t>
   </si>
   <si>
     <t>Тафсир ан-Насафи. تفسير النسفي</t>
   </si>
   <si>
-    <t>Абдулла бин Ахмад ан-Насафи</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/11/</t>
   </si>
   <si>
     <t>Кунуз аль-хакаик. كنوز الحقائق</t>
   </si>
   <si>
-    <t>Мухаммад Абдуррауф аль-Мунави</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/10/</t>
   </si>
   <si>
     <t>Мабди аль-усуль. مبدئ الأصول</t>
   </si>
   <si>
-    <t>Абдульхамид бин Бадис</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/9/</t>
   </si>
   <si>
     <t>аль-Любаб фи шарх аль-китаб. اللباب في شرح الكتاب</t>
   </si>
   <si>
-    <t>Абдульгани бин Талиб бин Хамада бин Ибрахим бин Сулейман аль-Майдани</t>
-[...1 lines deleted...]
-  <si>
     <t>http://darul-kutub.com/books/8/</t>
   </si>
   <si>
     <t>Заман иджтихад мункаридме тугелме? زمان اجتهاد منقرضمى دكلمى</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/7/</t>
   </si>
   <si>
     <t>аль-Ихтияр ли-таглиль аль-мухтар. الإختيار لتعليل المختار</t>
-  </si>
-[...1 lines deleted...]
-    <t>Абдулла бин Махмуд аль-Маусыли</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/6/</t>
   </si>
   <si>
     <t>Канз ад-дакаик. كنز الدّقائق</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/5/</t>
   </si>
   <si>
     <t>Мухтасар аль-Кудури фи-ль-фикх аль-ханафи. مختصر القدوري في الفقه الحنفي</t>
   </si>
   <si>
     <t>http://darul-kutub.com/books/4/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -12932,18575 +11279,16685 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2210/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2209/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2208/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2207/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2206/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2205/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2204/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2203/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2202/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2201/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2200/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2199/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2198/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2197/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2196/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2195/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2194/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2193/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2192/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2191/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2190/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2189/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2188/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2187/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2186/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2185/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2184/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2183/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2182/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2181/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2180/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2179/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2178/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2177/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2176/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2175/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2174/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2173/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2172/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2171/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2170/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2169/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2168/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2167/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2166/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2165/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2164/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2163/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2162/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2161/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2160/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2159/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2158/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2157/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2156/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2155/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2154/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2153/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2152/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2151/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2150/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2149/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2148/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2147/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2146/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2145/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2144/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2143/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2142/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2141/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2140/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2139/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2138/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2137/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2136/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2135/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2134/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2133/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2132/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2131/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2130/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2129/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2128/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2127/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2126/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2125/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2124/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2123/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2122/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2121/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2120/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2119/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2118/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2117/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2116/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2115/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2114/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2113/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2112/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2111/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2110/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2109/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2108/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2107/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2106/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2105/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2104/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2103/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2102/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2101/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2100/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2099/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2098/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2097/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2096/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2095/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2094/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2093/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2092/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2091/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2090/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2089/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2088/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2087/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2086/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2085/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2084/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2083/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2082/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2081/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2080/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2079/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2078/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2077/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2076/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2075/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2074/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2073/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2072/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2071/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2070/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2069/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2068/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2067/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2066/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2065/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2064/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2063/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2062/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2061/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2060/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2059/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2058/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2057/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2056/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2055/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2054/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2053/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2052/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2051/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2050/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2049/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2048/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2047/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2046/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2045/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2044/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2043/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2042/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2041/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2040/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2039/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2038/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2037/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2036/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2035/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2034/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2033/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2032/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2031/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2030/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2029/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2028/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2027/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2026/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2025/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2024/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2023/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2022/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2021/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2020/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2019/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2018/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2017/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2016/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2015/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2013/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2012/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2011/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2010/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2009/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2008/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2007/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2006/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2005/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2004/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2003/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2002/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2001/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2000/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1999/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1998/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1997/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1996/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1995/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1994/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1993/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1992/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1991/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1990/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1989/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1988/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1987/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1985/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1984/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1983/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1982/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1981/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1980/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1979/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1978/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1977/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1976/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1975/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1974/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1973/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1972/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1971/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1970/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1969/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1968/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1967/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1966/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1965/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1964/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1963/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1962/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1961/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1960/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1959/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1958/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1957/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1956/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1955/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1954/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1953/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1952/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1951/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1950/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1949/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1948/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1947/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1946/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1945/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1944/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1943/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1942/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1941/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1939/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1938/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1937/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1936/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1935/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1934/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1933/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1932/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1931/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1930/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1929/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1928/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1927/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1926/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1925/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1924/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1923/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1922/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1921/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1920/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1919/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1918/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1917/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1916/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1915/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1914/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1913/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1912/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1911/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1910/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1909/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1908/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1907/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1906/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1905/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1904/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1903/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1902/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1901/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1900/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1899/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1898/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1897/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1896/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1895/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1894/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1893/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1892/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1891/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1890/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1889/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1888/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1887/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1886/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1885/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1884/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1883/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1882/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1881/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1880/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1879/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1878/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1877/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1876/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1875/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1874/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1873/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1872/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1871/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1870/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1868/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1867/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1866/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1865/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1864/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1863/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1862/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1861/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1860/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1859/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1858/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1857/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1856/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1855/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1854/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1853/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1852/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1851/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1850/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1849/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1847/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1846/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1845/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1844/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1843/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1842/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1841/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1840/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1839/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1838/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1837/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1836/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1835/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1834/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1833/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1832/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1831/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1830/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1829/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1828/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1827/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1826/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1825/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1824/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1823/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1822/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1821/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1820/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1819/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1818/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1817/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1816/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1815/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1814/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1813/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1812/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1811/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1810/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1808/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1807/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1806/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1805/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1804/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1802/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1800/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1799/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1797/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1796/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1795/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1793/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1791/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1790/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1789/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1788/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1787/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1786/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1785/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1784/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1783/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1782/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1781/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1780/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1779/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1778/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1777/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1776/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1775/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1773/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1772/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1771/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1770/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1768/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1767/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1764/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1763/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1761/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1760/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1759/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1758/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1756/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1755/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1754/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1753/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1746/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1745/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1744/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1742/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1739/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1738/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1737/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1734/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1733/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1732/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1730/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1729/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1726/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1722/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1719/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1718/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1716/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1714/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1713/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1712/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1711/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1710/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1709/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1708/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1707/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1706/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1704/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1702/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1700/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1699/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1698/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1697/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1696/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1695/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1692/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1691/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1689/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1688/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1687/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1686/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1685/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1684/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1683/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1682/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1681/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1680/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1679/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1678/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1677/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1676/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1675/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1674/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1673/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1672/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1671/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1670/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1669/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1668/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1666/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1665/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1664/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1662/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1661/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1660/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1659/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1658/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1657/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1656/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1655/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1654/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1652/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1651/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1648/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1647/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1646/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1645/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1644/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1643/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1641/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1640/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1637/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1636/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1635/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1634/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1633/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1632/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1631/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1629/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1628/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1627/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1626/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1624/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1623/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1622/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1619/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1618/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1616/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1615/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1614/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1611/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1610/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1609/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1608/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1607/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1604/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1603/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1602/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1601/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1600/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1599/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1598/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1597/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1596/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1595/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1592/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1591/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1590/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1587/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1586/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1585/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1584/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1583/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1582/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1581/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1580/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1579/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1578/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1577/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1576/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1575/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1574/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1573/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1572/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1571/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1569/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1568/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1567/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1565/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1564/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1563/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1562/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1559/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1558/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1557/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1556/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1555/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1554/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1553/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1552/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1551/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1550/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1549/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1548/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1547/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1546/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1544/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1542/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1541/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1540/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1539/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1536/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1535/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1534/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1533/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1532/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1531/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1530/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1529/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1527/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1526/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1525/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1523/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1522/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1521/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1520/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1517/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1516/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1515/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1513/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1512/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1511/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1510/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1508/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1507/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1506/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1503/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1501/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1500/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1498/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1497/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1496/" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1495/" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1494/" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1493/" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1492/" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1491/" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1490/" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1488/" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1487/" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1486/" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1485/" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1484/" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1483/" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1482/" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1481/" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1480/" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1479/" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1477/" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1476/" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1475/" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1474/" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1473/" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1472/" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1471/" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1470/" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1469/" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1468/" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1467/" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1466/" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1464/" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1463/" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1462/" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1461/" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1460/" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1459/" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1458/" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1457/" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1456/" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1455/" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1454/" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1453/" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1452/" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1451/" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1450/" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1449/" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1448/" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1447/" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1446/" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1444/" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1443/" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1442/" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1441/" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1438/" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1437/" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1436/" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1432/" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1431/" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1427/" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1425/" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1424/" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1422/" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1421/" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1420/" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1419/" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1418/" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1417/" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1416/" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1415/" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1414/" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1412/" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1411/" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1410/" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1409/" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1408/" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1405/" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1404/" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1403/" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1402/" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1400/" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1399/" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1396/" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1395/" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1393/" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1392/" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1391/" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1390/" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1389/" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1388/" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1386/" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1385/" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1384/" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1383/" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1382/" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1380/" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1379/" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1378/" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1377/" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1375/" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1374/" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1373/" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1372/" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1371/" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1370/" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1369/" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1368/" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1367/" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1366/" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1365/" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1364/" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1363/" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1362/" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1361/" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1360/" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1359/" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1358/" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1357/" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1356/" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1355/" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1354/" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1353/" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1352/" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1350/" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1349/" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1348/" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1347/" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1346/" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1345/" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1344/" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1343/" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1341/" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1340/" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1339/" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1338/" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1337/" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1336/" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1335/" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1334/" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1333/" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1332/" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1331/" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1330/" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1329/" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1328/" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1327/" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1326/" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1325/" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1324/" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1323/" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1322/" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1321/" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1319/" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1318/" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1317/" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1316/" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1315/" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1314/" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1313/" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1312/" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1311/" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1310/" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1309/" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1308/" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1307/" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1304/" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1303/" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1302/" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1300/" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1299/" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1298/" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1297/" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1296/" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1295/" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1294/" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1293/" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1292/" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1291/" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1290/" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1289/" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1288/" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1287/" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1285/" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1284/" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1283/" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1282/" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1281/" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1280/" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1279/" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1278/" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1277/" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1276/" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1275/" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1274/" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1273/" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1272/" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1271/" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1270/" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1269/" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1268/" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1267/" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1266/" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1265/" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1264/" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1263/" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1262/" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1261/" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1260/" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1259/" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1258/" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1257/" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1256/" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1255/" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1254/" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1253/" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1252/" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1251/" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1250/" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1249/" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1248/" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1247/" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1246/" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1245/" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1244/" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1243/" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1242/" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1241/" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1240/" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1239/" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1238/" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1237/" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1236/" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1235/" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1234/" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1233/" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1232/" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1231/" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1230/" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1229/" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1228/" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1227/" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1225/" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1224/" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1223/" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1222/" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1221/" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1220/" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1219/" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1218/" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1217/" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1216/" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1215/" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1214/" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1213/" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1212/" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1211/" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1210/" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1208/" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1207/" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1206/" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1205/" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1204/" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1203/" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1202/" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1201/" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1200/" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1199/" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1198/" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1197/" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1196/" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1195/" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1194/" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1193/" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1192/" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1191/" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1190/" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1189/" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1188/" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1187/" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1186/" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1185/" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1183/" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1182/" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1181/" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1180/" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1179/" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1178/" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1177/" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1176/" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1175/" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1174/" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1173/" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1172/" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1171/" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1170/" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1169/" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1168/" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1167/" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1166/" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1165/" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1163/" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1162/" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1161/" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1160/" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1159/" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1158/" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1157/" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1156/" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1155/" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1154/" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1153/" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1152/" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1151/" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1150/" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1149/" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1148/" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1147/" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1146/" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1145/" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1144/" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1143/" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1142/" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1141/" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1140/" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1139/" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1138/" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1137/" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1136/" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1135/" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1134/" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1133/" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1132/" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1131/" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1130/" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1129/" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1128/" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1127/" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1126/" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1125/" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1124/" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1123/" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1122/" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1121/" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1120/" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1119/" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1118/" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1117/" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1116/" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1115/" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1114/" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1113/" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1112/" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1111/" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1110/" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1109/" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1108/" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1107/" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1106/" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1105/" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1104/" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1103/" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1102/" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1101/" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1100/" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1099/" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1098/" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1097/" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1096/" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1095/" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1094/" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1093/" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1092/" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1091/" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1090/" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1089/" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1088/" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1087/" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1085/" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1084/" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1083/" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1082/" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1081/" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1080/" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1079/" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1078/" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1077/" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1076/" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1075/" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1074/" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1073/" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1072/" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1071/" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1070/" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1069/" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1068/" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1067/" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1066/" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1065/" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1064/" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1063/" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1062/" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1061/" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1060/" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1059/" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1058/" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1057/" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1056/" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1055/" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1054/" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1053/" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1052/" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1051/" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1050/" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1049/" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1048/" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1047/" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1046/" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1045/" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1044/" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1043/" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1042/" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1041/" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1040/" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1039/" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1038/" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1037/" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1036/" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1035/" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1034/" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1033/" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1032/" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1030/" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1029/" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1028/" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1027/" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1026/" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1025/" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1024/" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1023/" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1021/" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1020/" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1019/" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1018/" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1017/" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1016/" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1015/" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1014/" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1013/" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1012/" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1011/" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1010/" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1008/" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1006/" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1005/" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1004/" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1003/" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1002/" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1000/" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/999/" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/998/" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/997/" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/996/" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/995/" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/994/" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/993/" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/992/" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/991/" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/990/" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/989/" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/988/" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/987/" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/986/" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/985/" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/984/" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/983/" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/981/" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/979/" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/978/" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/977/" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/976/" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/975/" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/974/" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/973/" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/972/" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/971/" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/970/" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/969/" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/968/" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/967/" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/966/" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/965/" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/964/" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/963/" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/962/" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/961/" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/960/" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/959/" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/958/" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/957/" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/956/" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/955/" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/954/" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/953/" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/952/" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/951/" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/950/" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/949/" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/947/" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/946/" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/945/" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/944/" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/940/" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/939/" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/938/" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/937/" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/936/" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/935/" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/934/" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/933/" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/932/" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/931/" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/930/" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/929/" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/927/" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/926/" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/891/" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/890/" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/888/" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/887/" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/886/" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/885/" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/884/" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/883/" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/882/" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/881/" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/880/" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/879/" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/878/" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/877/" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/876/" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/875/" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/874/" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/873/" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/872/" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/871/" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/870/" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/869/" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/866/" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/864/" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/863/" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/862/" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/861/" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/860/" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/859/" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/858/" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/857/" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/856/" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/855/" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/854/" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/853/" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/852/" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/851/" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/850/" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/849/" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/848/" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/847/" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/846/" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/845/" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/844/" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/843/" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/842/" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/841/" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/840/" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/839/" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/838/" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/836/" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/835/" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/833/" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/831/" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/830/" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/829/" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/827/" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/826/" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/825/" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/824/" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/823/" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/822/" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/821/" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/820/" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/819/" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/818/" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/817/" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/815/" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/814/" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/813/" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/812/" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/811/" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/809/" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/808/" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/807/" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/806/" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/805/" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/804/" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/803/" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/801/" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/800/" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/799/" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/798/" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/797/" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/796/" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/795/" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/794/" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/793/" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/792/" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/791/" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/790/" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/789/" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/788/" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/787/" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/786/" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/785/" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/784/" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/783/" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/782/" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/781/" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/780/" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/779/" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/778/" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/777/" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/776/" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/774/" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/773/" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/772/" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/771/" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/770/" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/769/" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/768/" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/767/" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/766/" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/765/" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/764/" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/763/" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/762/" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/761/" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/760/" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/759/" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/758/" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/757/" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/756/" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/755/" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/754/" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/753/" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/752/" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/751/" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/750/" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/749/" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/748/" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/747/" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/746/" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/745/" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/744/" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/743/" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/742/" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/741/" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/740/" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/739/" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/738/" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/737/" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/736/" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/735/" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/734/" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/733/" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/732/" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/731/" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/730/" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/729/" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/728/" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/727/" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/726/" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/725/" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/724/" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/723/" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/722/" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/721/" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/720/" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/719/" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/718/" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/717/" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/716/" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/715/" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/714/" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/713/" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/712/" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/711/" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/710/" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/709/" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/708/" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/707/" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/706/" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/705/" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/704/" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/703/" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/702/" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/701/" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/700/" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/699/" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/698/" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/697/" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/696/" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/695/" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/694/" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/693/" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/692/" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/691/" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/690/" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/689/" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/688/" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/687/" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/686/" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/685/" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/684/" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/683/" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/682/" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/681/" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/680/" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/679/" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/678/" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/677/" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/676/" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/675/" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/674/" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/673/" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/672/" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/671/" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/670/" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/669/" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/668/" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/667/" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/666/" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/665/" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/664/" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/663/" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/662/" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/661/" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/660/" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/659/" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/658/" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/657/" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/656/" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/655/" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/654/" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/653/" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/652/" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/651/" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/650/" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/649/" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/648/" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/647/" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/646/" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/645/" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/644/" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/643/" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/642/" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/641/" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/640/" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/639/" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/638/" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/637/" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/636/" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/635/" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/634/" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/633/" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/632/" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/631/" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/630/" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/629/" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/628/" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/627/" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/626/" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/625/" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/624/" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/623/" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/622/" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/621/" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/620/" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/619/" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/618/" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/617/" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/616/" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/615/" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/614/" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/613/" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/612/" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/611/" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/610/" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/609/" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/608/" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/607/" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/606/" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/605/" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/604/" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/603/" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/602/" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/601/" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/600/" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/599/" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/598/" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/597/" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/596/" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/595/" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/594/" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/593/" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/592/" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/591/" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/590/" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/589/" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/588/" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/587/" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/586/" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/585/" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/584/" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/583/" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/582/" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/581/" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/580/" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/579/" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/578/" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/577/" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/576/" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/575/" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/574/" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/573/" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/572/" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/571/" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/570/" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/569/" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/568/" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/567/" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/566/" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/565/" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/564/" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/563/" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/562/" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/561/" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/560/" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/559/" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/558/" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/557/" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/556/" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/555/" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/554/" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/553/" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/552/" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/551/" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/550/" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/549/" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/548/" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/547/" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/546/" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/544/" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/543/" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/542/" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/541/" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/540/" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/536/" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/535/" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/533/" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/531/" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/530/" TargetMode="External"/><Relationship Id="rId_hyperlink_1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/529/" TargetMode="External"/><Relationship Id="rId_hyperlink_1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/528/" TargetMode="External"/><Relationship Id="rId_hyperlink_1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/527/" TargetMode="External"/><Relationship Id="rId_hyperlink_1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/521/" TargetMode="External"/><Relationship Id="rId_hyperlink_1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/520/" TargetMode="External"/><Relationship Id="rId_hyperlink_1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/519/" TargetMode="External"/><Relationship Id="rId_hyperlink_1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/518/" TargetMode="External"/><Relationship Id="rId_hyperlink_1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/517/" TargetMode="External"/><Relationship Id="rId_hyperlink_1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/516/" TargetMode="External"/><Relationship Id="rId_hyperlink_1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/515/" TargetMode="External"/><Relationship Id="rId_hyperlink_1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/514/" TargetMode="External"/><Relationship Id="rId_hyperlink_1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/513/" TargetMode="External"/><Relationship Id="rId_hyperlink_1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/512/" TargetMode="External"/><Relationship Id="rId_hyperlink_1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/511/" TargetMode="External"/><Relationship Id="rId_hyperlink_1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/510/" TargetMode="External"/><Relationship Id="rId_hyperlink_1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/509/" TargetMode="External"/><Relationship Id="rId_hyperlink_1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/504/" TargetMode="External"/><Relationship Id="rId_hyperlink_1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/503/" TargetMode="External"/><Relationship Id="rId_hyperlink_1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/502/" TargetMode="External"/><Relationship Id="rId_hyperlink_1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/501/" TargetMode="External"/><Relationship Id="rId_hyperlink_1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/498/" TargetMode="External"/><Relationship Id="rId_hyperlink_1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/493/" TargetMode="External"/><Relationship Id="rId_hyperlink_1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/490/" TargetMode="External"/><Relationship Id="rId_hyperlink_1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/489/" TargetMode="External"/><Relationship Id="rId_hyperlink_1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/487/" TargetMode="External"/><Relationship Id="rId_hyperlink_1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/482/" TargetMode="External"/><Relationship Id="rId_hyperlink_1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/481/" TargetMode="External"/><Relationship Id="rId_hyperlink_1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/476/" TargetMode="External"/><Relationship Id="rId_hyperlink_1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/475/" TargetMode="External"/><Relationship Id="rId_hyperlink_1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/474/" TargetMode="External"/><Relationship Id="rId_hyperlink_1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/472/" TargetMode="External"/><Relationship Id="rId_hyperlink_1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/471/" TargetMode="External"/><Relationship Id="rId_hyperlink_1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/468/" TargetMode="External"/><Relationship Id="rId_hyperlink_1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/467/" TargetMode="External"/><Relationship Id="rId_hyperlink_1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/466/" TargetMode="External"/><Relationship Id="rId_hyperlink_1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/465/" TargetMode="External"/><Relationship Id="rId_hyperlink_1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/463/" TargetMode="External"/><Relationship Id="rId_hyperlink_1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/462/" TargetMode="External"/><Relationship Id="rId_hyperlink_1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/461/" TargetMode="External"/><Relationship Id="rId_hyperlink_1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/460/" TargetMode="External"/><Relationship Id="rId_hyperlink_1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/459/" TargetMode="External"/><Relationship Id="rId_hyperlink_1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/458/" TargetMode="External"/><Relationship Id="rId_hyperlink_1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/457/" TargetMode="External"/><Relationship Id="rId_hyperlink_1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/456/" TargetMode="External"/><Relationship Id="rId_hyperlink_1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/455/" TargetMode="External"/><Relationship Id="rId_hyperlink_1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/454/" TargetMode="External"/><Relationship Id="rId_hyperlink_1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/453/" TargetMode="External"/><Relationship Id="rId_hyperlink_1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/452/" TargetMode="External"/><Relationship Id="rId_hyperlink_1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/451/" TargetMode="External"/><Relationship Id="rId_hyperlink_1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/450/" TargetMode="External"/><Relationship Id="rId_hyperlink_1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/449/" TargetMode="External"/><Relationship Id="rId_hyperlink_1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/448/" TargetMode="External"/><Relationship Id="rId_hyperlink_1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/447/" TargetMode="External"/><Relationship Id="rId_hyperlink_1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/446/" TargetMode="External"/><Relationship Id="rId_hyperlink_1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/445/" TargetMode="External"/><Relationship Id="rId_hyperlink_1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/444/" TargetMode="External"/><Relationship Id="rId_hyperlink_1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/443/" TargetMode="External"/><Relationship Id="rId_hyperlink_1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/438/" TargetMode="External"/><Relationship Id="rId_hyperlink_1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/436/" TargetMode="External"/><Relationship Id="rId_hyperlink_1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/434/" TargetMode="External"/><Relationship Id="rId_hyperlink_1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/433/" TargetMode="External"/><Relationship Id="rId_hyperlink_1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/432/" TargetMode="External"/><Relationship Id="rId_hyperlink_1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/431/" TargetMode="External"/><Relationship Id="rId_hyperlink_1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/430/" TargetMode="External"/><Relationship Id="rId_hyperlink_1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/428/" TargetMode="External"/><Relationship Id="rId_hyperlink_1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/427/" TargetMode="External"/><Relationship Id="rId_hyperlink_1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/426/" TargetMode="External"/><Relationship Id="rId_hyperlink_1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/425/" TargetMode="External"/><Relationship Id="rId_hyperlink_1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/424/" TargetMode="External"/><Relationship Id="rId_hyperlink_1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/422/" TargetMode="External"/><Relationship Id="rId_hyperlink_1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/421/" TargetMode="External"/><Relationship Id="rId_hyperlink_1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/420/" TargetMode="External"/><Relationship Id="rId_hyperlink_1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/419/" TargetMode="External"/><Relationship Id="rId_hyperlink_1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/418/" TargetMode="External"/><Relationship Id="rId_hyperlink_1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/417/" TargetMode="External"/><Relationship Id="rId_hyperlink_1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/416/" TargetMode="External"/><Relationship Id="rId_hyperlink_1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/415/" TargetMode="External"/><Relationship Id="rId_hyperlink_1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/414/" TargetMode="External"/><Relationship Id="rId_hyperlink_1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/413/" TargetMode="External"/><Relationship Id="rId_hyperlink_1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/412/" TargetMode="External"/><Relationship Id="rId_hyperlink_1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/411/" TargetMode="External"/><Relationship Id="rId_hyperlink_1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/410/" TargetMode="External"/><Relationship Id="rId_hyperlink_1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/409/" TargetMode="External"/><Relationship Id="rId_hyperlink_1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/408/" TargetMode="External"/><Relationship Id="rId_hyperlink_1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/407/" TargetMode="External"/><Relationship Id="rId_hyperlink_1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/406/" TargetMode="External"/><Relationship Id="rId_hyperlink_1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/405/" TargetMode="External"/><Relationship Id="rId_hyperlink_1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/404/" TargetMode="External"/><Relationship Id="rId_hyperlink_1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/403/" TargetMode="External"/><Relationship Id="rId_hyperlink_1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/402/" TargetMode="External"/><Relationship Id="rId_hyperlink_1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/401/" TargetMode="External"/><Relationship Id="rId_hyperlink_1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/400/" TargetMode="External"/><Relationship Id="rId_hyperlink_1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/399/" TargetMode="External"/><Relationship Id="rId_hyperlink_1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/398/" TargetMode="External"/><Relationship Id="rId_hyperlink_1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/397/" TargetMode="External"/><Relationship Id="rId_hyperlink_1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/396/" TargetMode="External"/><Relationship Id="rId_hyperlink_1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/395/" TargetMode="External"/><Relationship Id="rId_hyperlink_1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/394/" TargetMode="External"/><Relationship Id="rId_hyperlink_1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/393/" TargetMode="External"/><Relationship Id="rId_hyperlink_1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/392/" TargetMode="External"/><Relationship Id="rId_hyperlink_1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/391/" TargetMode="External"/><Relationship Id="rId_hyperlink_1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/390/" TargetMode="External"/><Relationship Id="rId_hyperlink_1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/386/" TargetMode="External"/><Relationship Id="rId_hyperlink_1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/384/" TargetMode="External"/><Relationship Id="rId_hyperlink_1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/383/" TargetMode="External"/><Relationship Id="rId_hyperlink_1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/382/" TargetMode="External"/><Relationship Id="rId_hyperlink_1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/381/" TargetMode="External"/><Relationship Id="rId_hyperlink_1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/380/" TargetMode="External"/><Relationship Id="rId_hyperlink_1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/379/" TargetMode="External"/><Relationship Id="rId_hyperlink_1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/378/" TargetMode="External"/><Relationship Id="rId_hyperlink_1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/377/" TargetMode="External"/><Relationship Id="rId_hyperlink_1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/376/" TargetMode="External"/><Relationship Id="rId_hyperlink_1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/375/" TargetMode="External"/><Relationship Id="rId_hyperlink_1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/374/" TargetMode="External"/><Relationship Id="rId_hyperlink_1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/373/" TargetMode="External"/><Relationship Id="rId_hyperlink_1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/372/" TargetMode="External"/><Relationship Id="rId_hyperlink_1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/371/" TargetMode="External"/><Relationship Id="rId_hyperlink_1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/370/" TargetMode="External"/><Relationship Id="rId_hyperlink_1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/369/" TargetMode="External"/><Relationship Id="rId_hyperlink_1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/368/" TargetMode="External"/><Relationship Id="rId_hyperlink_1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/367/" TargetMode="External"/><Relationship Id="rId_hyperlink_1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/366/" TargetMode="External"/><Relationship Id="rId_hyperlink_1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/365/" TargetMode="External"/><Relationship Id="rId_hyperlink_1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/364/" TargetMode="External"/><Relationship Id="rId_hyperlink_1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/363/" TargetMode="External"/><Relationship Id="rId_hyperlink_1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/362/" TargetMode="External"/><Relationship Id="rId_hyperlink_1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/361/" TargetMode="External"/><Relationship Id="rId_hyperlink_1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/360/" TargetMode="External"/><Relationship Id="rId_hyperlink_1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/359/" TargetMode="External"/><Relationship Id="rId_hyperlink_1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/358/" TargetMode="External"/><Relationship Id="rId_hyperlink_1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/357/" TargetMode="External"/><Relationship Id="rId_hyperlink_1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/356/" TargetMode="External"/><Relationship Id="rId_hyperlink_1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/355/" TargetMode="External"/><Relationship Id="rId_hyperlink_1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/354/" TargetMode="External"/><Relationship Id="rId_hyperlink_1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/353/" TargetMode="External"/><Relationship Id="rId_hyperlink_1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/352/" TargetMode="External"/><Relationship Id="rId_hyperlink_1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/351/" TargetMode="External"/><Relationship Id="rId_hyperlink_1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/350/" TargetMode="External"/><Relationship Id="rId_hyperlink_1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/349/" TargetMode="External"/><Relationship Id="rId_hyperlink_1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/348/" TargetMode="External"/><Relationship Id="rId_hyperlink_1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/347/" TargetMode="External"/><Relationship Id="rId_hyperlink_1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/346/" TargetMode="External"/><Relationship Id="rId_hyperlink_1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/345/" TargetMode="External"/><Relationship Id="rId_hyperlink_1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/344/" TargetMode="External"/><Relationship Id="rId_hyperlink_1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/343/" TargetMode="External"/><Relationship Id="rId_hyperlink_1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/342/" TargetMode="External"/><Relationship Id="rId_hyperlink_1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/341/" TargetMode="External"/><Relationship Id="rId_hyperlink_1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/340/" TargetMode="External"/><Relationship Id="rId_hyperlink_1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/336/" TargetMode="External"/><Relationship Id="rId_hyperlink_1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/335/" TargetMode="External"/><Relationship Id="rId_hyperlink_1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/334/" TargetMode="External"/><Relationship Id="rId_hyperlink_1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/332/" TargetMode="External"/><Relationship Id="rId_hyperlink_1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/331/" TargetMode="External"/><Relationship Id="rId_hyperlink_1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/330/" TargetMode="External"/><Relationship Id="rId_hyperlink_1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/328/" TargetMode="External"/><Relationship Id="rId_hyperlink_1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/322/" TargetMode="External"/><Relationship Id="rId_hyperlink_1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/321/" TargetMode="External"/><Relationship Id="rId_hyperlink_1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/320/" TargetMode="External"/><Relationship Id="rId_hyperlink_1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/319/" TargetMode="External"/><Relationship Id="rId_hyperlink_1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/318/" TargetMode="External"/><Relationship Id="rId_hyperlink_1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/312/" TargetMode="External"/><Relationship Id="rId_hyperlink_1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/304/" TargetMode="External"/><Relationship Id="rId_hyperlink_1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/303/" TargetMode="External"/><Relationship Id="rId_hyperlink_1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/301/" TargetMode="External"/><Relationship Id="rId_hyperlink_1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/296/" TargetMode="External"/><Relationship Id="rId_hyperlink_1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/295/" TargetMode="External"/><Relationship Id="rId_hyperlink_1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/294/" TargetMode="External"/><Relationship Id="rId_hyperlink_1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/293/" TargetMode="External"/><Relationship Id="rId_hyperlink_1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/292/" TargetMode="External"/><Relationship Id="rId_hyperlink_1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/280/" TargetMode="External"/><Relationship Id="rId_hyperlink_1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/278/" TargetMode="External"/><Relationship Id="rId_hyperlink_1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/276/" TargetMode="External"/><Relationship Id="rId_hyperlink_1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/258/" TargetMode="External"/><Relationship Id="rId_hyperlink_1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/257/" TargetMode="External"/><Relationship Id="rId_hyperlink_1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/256/" TargetMode="External"/><Relationship Id="rId_hyperlink_1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/255/" TargetMode="External"/><Relationship Id="rId_hyperlink_1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/247/" TargetMode="External"/><Relationship Id="rId_hyperlink_1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/246/" TargetMode="External"/><Relationship Id="rId_hyperlink_1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/245/" TargetMode="External"/><Relationship Id="rId_hyperlink_1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/244/" TargetMode="External"/><Relationship Id="rId_hyperlink_1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/243/" TargetMode="External"/><Relationship Id="rId_hyperlink_1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/241/" TargetMode="External"/><Relationship Id="rId_hyperlink_1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/237/" TargetMode="External"/><Relationship Id="rId_hyperlink_1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/236/" TargetMode="External"/><Relationship Id="rId_hyperlink_1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/235/" TargetMode="External"/><Relationship Id="rId_hyperlink_1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/234/" TargetMode="External"/><Relationship Id="rId_hyperlink_1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/233/" TargetMode="External"/><Relationship Id="rId_hyperlink_1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/229/" TargetMode="External"/><Relationship Id="rId_hyperlink_1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/228/" TargetMode="External"/><Relationship Id="rId_hyperlink_1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/227/" TargetMode="External"/><Relationship Id="rId_hyperlink_1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/215/" TargetMode="External"/><Relationship Id="rId_hyperlink_1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/214/" TargetMode="External"/><Relationship Id="rId_hyperlink_1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/213/" TargetMode="External"/><Relationship Id="rId_hyperlink_1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/212/" TargetMode="External"/><Relationship Id="rId_hyperlink_1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/211/" TargetMode="External"/><Relationship Id="rId_hyperlink_1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/209/" TargetMode="External"/><Relationship Id="rId_hyperlink_1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/208/" TargetMode="External"/><Relationship Id="rId_hyperlink_1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/207/" TargetMode="External"/><Relationship Id="rId_hyperlink_1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/206/" TargetMode="External"/><Relationship Id="rId_hyperlink_1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/187/" TargetMode="External"/><Relationship Id="rId_hyperlink_1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/186/" TargetMode="External"/><Relationship Id="rId_hyperlink_1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/185/" TargetMode="External"/><Relationship Id="rId_hyperlink_1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/184/" TargetMode="External"/><Relationship Id="rId_hyperlink_1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/183/" TargetMode="External"/><Relationship Id="rId_hyperlink_1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/182/" TargetMode="External"/><Relationship Id="rId_hyperlink_1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/181/" TargetMode="External"/><Relationship Id="rId_hyperlink_1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/180/" TargetMode="External"/><Relationship Id="rId_hyperlink_1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/179/" TargetMode="External"/><Relationship Id="rId_hyperlink_1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/178/" TargetMode="External"/><Relationship Id="rId_hyperlink_1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/177/" TargetMode="External"/><Relationship Id="rId_hyperlink_1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/176/" TargetMode="External"/><Relationship Id="rId_hyperlink_1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/172/" TargetMode="External"/><Relationship Id="rId_hyperlink_1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/169/" TargetMode="External"/><Relationship Id="rId_hyperlink_1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/167/" TargetMode="External"/><Relationship Id="rId_hyperlink_1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/166/" TargetMode="External"/><Relationship Id="rId_hyperlink_1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/165/" TargetMode="External"/><Relationship Id="rId_hyperlink_1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/164/" TargetMode="External"/><Relationship Id="rId_hyperlink_1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/163/" TargetMode="External"/><Relationship Id="rId_hyperlink_1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/162/" TargetMode="External"/><Relationship Id="rId_hyperlink_1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/161/" TargetMode="External"/><Relationship Id="rId_hyperlink_1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/159/" TargetMode="External"/><Relationship Id="rId_hyperlink_1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/157/" TargetMode="External"/><Relationship Id="rId_hyperlink_1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/153/" TargetMode="External"/><Relationship Id="rId_hyperlink_1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/152/" TargetMode="External"/><Relationship Id="rId_hyperlink_1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/150/" TargetMode="External"/><Relationship Id="rId_hyperlink_1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/144/" TargetMode="External"/><Relationship Id="rId_hyperlink_1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/143/" TargetMode="External"/><Relationship Id="rId_hyperlink_1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/141/" TargetMode="External"/><Relationship Id="rId_hyperlink_1728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/140/" TargetMode="External"/><Relationship Id="rId_hyperlink_1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/139/" TargetMode="External"/><Relationship Id="rId_hyperlink_1730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/138/" TargetMode="External"/><Relationship Id="rId_hyperlink_1731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/136/" TargetMode="External"/><Relationship Id="rId_hyperlink_1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/135/" TargetMode="External"/><Relationship Id="rId_hyperlink_1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/134/" TargetMode="External"/><Relationship Id="rId_hyperlink_1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/133/" TargetMode="External"/><Relationship Id="rId_hyperlink_1735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/132/" TargetMode="External"/><Relationship Id="rId_hyperlink_1736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/131/" TargetMode="External"/><Relationship Id="rId_hyperlink_1737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/129/" TargetMode="External"/><Relationship Id="rId_hyperlink_1738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/128/" TargetMode="External"/><Relationship Id="rId_hyperlink_1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/127/" TargetMode="External"/><Relationship Id="rId_hyperlink_1740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/126/" TargetMode="External"/><Relationship Id="rId_hyperlink_1741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/125/" TargetMode="External"/><Relationship Id="rId_hyperlink_1742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/124/" TargetMode="External"/><Relationship Id="rId_hyperlink_1743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/123/" TargetMode="External"/><Relationship Id="rId_hyperlink_1744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/122/" TargetMode="External"/><Relationship Id="rId_hyperlink_1745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/121/" TargetMode="External"/><Relationship Id="rId_hyperlink_1746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/120/" TargetMode="External"/><Relationship Id="rId_hyperlink_1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/119/" TargetMode="External"/><Relationship Id="rId_hyperlink_1748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/118/" TargetMode="External"/><Relationship Id="rId_hyperlink_1749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/117/" TargetMode="External"/><Relationship Id="rId_hyperlink_1750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/116/" TargetMode="External"/><Relationship Id="rId_hyperlink_1751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/113/" TargetMode="External"/><Relationship Id="rId_hyperlink_1752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/112/" TargetMode="External"/><Relationship Id="rId_hyperlink_1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/111/" TargetMode="External"/><Relationship Id="rId_hyperlink_1754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/110/" TargetMode="External"/><Relationship Id="rId_hyperlink_1755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/109/" TargetMode="External"/><Relationship Id="rId_hyperlink_1756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/108/" TargetMode="External"/><Relationship Id="rId_hyperlink_1757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/107/" TargetMode="External"/><Relationship Id="rId_hyperlink_1758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/106/" TargetMode="External"/><Relationship Id="rId_hyperlink_1759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/105/" TargetMode="External"/><Relationship Id="rId_hyperlink_1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/104/" TargetMode="External"/><Relationship Id="rId_hyperlink_1761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/103/" TargetMode="External"/><Relationship Id="rId_hyperlink_1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/102/" TargetMode="External"/><Relationship Id="rId_hyperlink_1763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/101/" TargetMode="External"/><Relationship Id="rId_hyperlink_1764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/100/" TargetMode="External"/><Relationship Id="rId_hyperlink_1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/99/" TargetMode="External"/><Relationship Id="rId_hyperlink_1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/98/" TargetMode="External"/><Relationship Id="rId_hyperlink_1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/96/" TargetMode="External"/><Relationship Id="rId_hyperlink_1768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/94/" TargetMode="External"/><Relationship Id="rId_hyperlink_1769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/91/" TargetMode="External"/><Relationship Id="rId_hyperlink_1770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/90/" TargetMode="External"/><Relationship Id="rId_hyperlink_1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/89/" TargetMode="External"/><Relationship Id="rId_hyperlink_1772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/87/" TargetMode="External"/><Relationship Id="rId_hyperlink_1773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/85/" TargetMode="External"/><Relationship Id="rId_hyperlink_1774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/84/" TargetMode="External"/><Relationship Id="rId_hyperlink_1775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/83/" TargetMode="External"/><Relationship Id="rId_hyperlink_1776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/82/" TargetMode="External"/><Relationship Id="rId_hyperlink_1777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/81/" TargetMode="External"/><Relationship Id="rId_hyperlink_1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/80/" TargetMode="External"/><Relationship Id="rId_hyperlink_1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/79/" TargetMode="External"/><Relationship Id="rId_hyperlink_1780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/78/" TargetMode="External"/><Relationship Id="rId_hyperlink_1781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/64/" TargetMode="External"/><Relationship Id="rId_hyperlink_1782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/58/" TargetMode="External"/><Relationship Id="rId_hyperlink_1783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/55/" TargetMode="External"/><Relationship Id="rId_hyperlink_1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/46/" TargetMode="External"/><Relationship Id="rId_hyperlink_1785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/45/" TargetMode="External"/><Relationship Id="rId_hyperlink_1786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/44/" TargetMode="External"/><Relationship Id="rId_hyperlink_1787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/42/" TargetMode="External"/><Relationship Id="rId_hyperlink_1788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/22/" TargetMode="External"/><Relationship Id="rId_hyperlink_1789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/20/" TargetMode="External"/><Relationship Id="rId_hyperlink_1790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/16/" TargetMode="External"/><Relationship Id="rId_hyperlink_1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/15/" TargetMode="External"/><Relationship Id="rId_hyperlink_1792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/14/" TargetMode="External"/><Relationship Id="rId_hyperlink_1793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/13/" TargetMode="External"/><Relationship Id="rId_hyperlink_1794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/11/" TargetMode="External"/><Relationship Id="rId_hyperlink_1795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/10/" TargetMode="External"/><Relationship Id="rId_hyperlink_1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/9/" TargetMode="External"/><Relationship Id="rId_hyperlink_1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/8/" TargetMode="External"/><Relationship Id="rId_hyperlink_1798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/7/" TargetMode="External"/><Relationship Id="rId_hyperlink_1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/6/" TargetMode="External"/><Relationship Id="rId_hyperlink_1800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/5/" TargetMode="External"/><Relationship Id="rId_hyperlink_1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/4/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2252/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2251/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2250/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2249/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2248/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2247/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2246/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2245/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2244/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2243/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2242/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2241/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2240/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2239/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2238/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2237/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2236/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2235/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2234/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2233/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2232/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2231/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2230/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2229/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2228/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2227/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2226/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2225/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2224/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2223/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2222/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2221/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2220/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2219/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2218/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2217/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2216/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2215/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2214/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2213/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2212/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2211/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2210/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2209/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2208/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2207/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2206/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2205/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2204/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2203/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2202/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2201/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2200/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2199/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2198/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2197/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2196/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2195/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2194/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2193/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2192/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2191/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2190/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2189/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2188/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2187/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2186/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2185/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2184/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2183/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2182/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2181/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2180/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2179/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2178/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2177/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2176/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2175/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2174/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2173/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2172/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2171/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2170/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2169/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2168/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2167/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2166/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2165/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2164/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2163/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2162/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2161/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2160/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2159/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2158/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2157/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2156/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2155/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2154/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2153/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2152/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2151/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2150/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2149/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2148/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2147/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2146/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2145/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2144/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2143/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2142/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2141/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2140/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2139/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2138/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2137/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2136/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2135/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2134/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2133/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2132/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2131/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2130/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2129/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2128/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2127/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2126/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2125/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2124/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2123/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2122/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2121/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2120/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2119/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2118/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2117/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2116/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2115/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2114/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2113/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2112/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2111/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2110/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2109/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2108/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2107/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2106/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2105/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2104/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2103/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2102/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2101/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2100/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2099/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2098/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2097/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2096/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2095/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2094/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2093/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2092/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2091/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2090/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2089/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2088/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2087/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2086/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2085/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2084/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2083/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2082/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2081/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2080/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2079/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2078/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2077/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2076/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2075/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2074/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2073/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2072/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2071/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2070/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2069/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2068/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2067/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2066/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2065/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2064/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2063/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2062/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2061/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2060/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2059/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2058/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2057/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2056/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2055/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2054/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2053/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2052/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2051/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2050/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2049/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2048/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2047/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2046/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2045/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2044/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2043/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2042/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2041/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2040/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2039/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2038/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2037/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2036/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2035/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2034/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2033/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2032/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2031/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2030/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2029/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2028/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2027/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2026/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2025/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2024/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2023/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2022/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2021/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2020/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2019/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2018/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2017/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2016/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2015/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2013/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2012/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2011/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2010/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2009/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2008/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2007/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2006/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2005/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2004/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2003/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2002/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2001/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/2000/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1999/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1998/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1997/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1996/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1995/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1994/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1993/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1992/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1991/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1990/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1989/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1988/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1987/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1985/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1984/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1983/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1982/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1981/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1980/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1979/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1978/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1977/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1976/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1975/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1974/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1973/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1972/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1971/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1970/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1969/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1968/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1967/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1966/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1965/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1964/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1963/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1962/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1961/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1960/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1959/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1958/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1957/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1956/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1955/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1954/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1953/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1952/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1951/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1950/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1949/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1948/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1947/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1946/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1945/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1944/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1943/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1942/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1941/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1939/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1938/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1937/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1936/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1935/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1934/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1933/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1932/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1931/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1930/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1929/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1928/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1927/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1926/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1925/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1924/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1923/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1922/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1921/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1920/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1919/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1918/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1917/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1916/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1915/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1914/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1913/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1912/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1911/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1910/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1909/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1908/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1907/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1906/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1905/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1904/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1903/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1902/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1901/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1900/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1899/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1898/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1897/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1896/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1895/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1894/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1893/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1892/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1891/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1890/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1889/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1888/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1887/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1886/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1885/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1884/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1883/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1882/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1881/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1880/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1879/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1878/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1877/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1876/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1875/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1874/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1873/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1872/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1871/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1870/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1868/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1867/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1866/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1865/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1864/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1863/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1862/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1861/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1860/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1859/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1858/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1857/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1856/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1855/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1854/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1853/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1852/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1851/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1850/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1849/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1847/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1846/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1845/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1844/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1843/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1842/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1841/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1840/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1839/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1838/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1837/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1836/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1835/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1834/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1833/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1832/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1831/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1830/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1829/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1828/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1827/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1826/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1825/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1824/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1823/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1822/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1821/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1820/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1819/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1818/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1817/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1816/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1815/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1814/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1813/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1812/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1811/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1810/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1808/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1807/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1806/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1805/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1804/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1802/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1800/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1799/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1797/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1796/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1795/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1793/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1791/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1790/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1789/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1788/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1787/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1786/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1785/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1784/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1783/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1782/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1781/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1780/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1779/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1778/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1777/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1776/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1775/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1773/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1772/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1771/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1770/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1768/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1767/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1764/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1763/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1761/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1760/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1759/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1758/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1756/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1755/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1754/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1753/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1746/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1745/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1744/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1742/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1739/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1738/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1737/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1734/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1733/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1732/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1730/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1729/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1726/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1722/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1719/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1718/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1716/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1714/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1713/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1712/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1711/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1710/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1709/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1708/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1707/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1706/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1704/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1702/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1700/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1699/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1698/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1697/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1696/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1695/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1692/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1691/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1689/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1688/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1687/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1686/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1685/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1684/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1683/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1682/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1681/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1680/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1679/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1678/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1677/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1676/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1675/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1674/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1673/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1672/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1671/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1670/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1669/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1668/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1666/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1665/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1664/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1662/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1661/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1660/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1659/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1658/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1657/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1656/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1655/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1654/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1652/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1651/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1648/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1647/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1646/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1645/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1644/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1643/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1641/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1640/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1637/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1636/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1635/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1634/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1633/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1632/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1631/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1629/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1628/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1627/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1626/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1624/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1623/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1622/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1619/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1618/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1616/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1615/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1614/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1611/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1610/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1609/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1608/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1607/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1604/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1603/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1602/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1601/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1600/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1599/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1598/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1597/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1596/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1595/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1592/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1591/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1590/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1587/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1586/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1585/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1584/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1583/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1582/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1581/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1580/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1579/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1578/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1577/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1576/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1575/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1574/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1573/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1572/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1571/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1569/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1568/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1567/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1565/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1564/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1563/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1562/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1559/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1558/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1557/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1556/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1555/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1554/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1553/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1552/" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1551/" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1550/" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1549/" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1548/" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1547/" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1546/" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1544/" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1542/" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1541/" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1540/" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1539/" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1536/" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1535/" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1534/" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1533/" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1532/" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1531/" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1530/" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1529/" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1527/" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1526/" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1525/" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1523/" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1522/" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1521/" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1520/" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1517/" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1516/" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1515/" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1513/" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1512/" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1511/" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1510/" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1508/" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1507/" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1506/" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1503/" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1501/" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1500/" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1498/" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1497/" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1496/" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1495/" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1494/" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1493/" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1492/" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1491/" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1490/" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1488/" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1487/" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1486/" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1485/" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1484/" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1483/" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1482/" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1481/" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1480/" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1479/" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1477/" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1476/" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1475/" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1474/" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1473/" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1472/" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1471/" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1470/" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1469/" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1468/" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1467/" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1466/" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1464/" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1463/" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1462/" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1461/" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1460/" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1459/" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1458/" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1457/" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1456/" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1455/" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1454/" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1453/" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1452/" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1451/" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1450/" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1449/" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1448/" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1447/" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1446/" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1444/" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1443/" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1442/" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1441/" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1438/" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1437/" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1436/" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1432/" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1431/" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1427/" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1425/" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1424/" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1422/" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1421/" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1420/" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1419/" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1418/" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1417/" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1416/" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1415/" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1414/" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1412/" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1411/" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1410/" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1409/" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1408/" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1405/" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1404/" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1403/" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1402/" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1400/" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1399/" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1396/" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1395/" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1393/" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1392/" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1391/" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1390/" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1389/" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1388/" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1386/" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1385/" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1384/" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1383/" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1382/" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1380/" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1379/" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1378/" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1377/" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1375/" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1374/" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1373/" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1372/" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1371/" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1370/" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1369/" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1368/" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1367/" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1366/" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1365/" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1364/" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1363/" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1362/" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1361/" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1360/" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1359/" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1358/" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1357/" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1356/" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1355/" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1354/" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1353/" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1352/" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1350/" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1349/" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1348/" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1347/" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1346/" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1345/" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1344/" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1343/" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1341/" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1340/" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1339/" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1338/" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1337/" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1336/" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1335/" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1334/" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1333/" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1332/" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1331/" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1330/" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1329/" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1328/" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1327/" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1326/" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1325/" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1324/" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1323/" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1322/" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1321/" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1319/" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1318/" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1317/" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1316/" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1315/" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1314/" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1313/" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1312/" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1311/" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1310/" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1309/" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1308/" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1307/" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1304/" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1303/" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1302/" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1300/" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1299/" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1298/" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1297/" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1296/" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1295/" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1294/" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1293/" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1292/" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1291/" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1290/" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1289/" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1288/" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1287/" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1285/" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1284/" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1283/" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1282/" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1281/" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1280/" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1279/" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1278/" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1277/" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1276/" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1275/" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1274/" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1273/" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1272/" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1271/" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1270/" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1269/" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1268/" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1267/" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1266/" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1265/" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1264/" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1263/" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1262/" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1261/" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1260/" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1259/" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1258/" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1257/" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1256/" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1255/" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1254/" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1253/" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1252/" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1251/" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1250/" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1249/" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1248/" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1247/" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1246/" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1245/" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1244/" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1243/" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1242/" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1241/" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1240/" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1239/" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1238/" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1237/" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1236/" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1235/" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1234/" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1233/" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1232/" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1231/" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1230/" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1229/" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1228/" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1227/" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1225/" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1224/" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1223/" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1222/" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1221/" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1220/" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1219/" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1218/" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1217/" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1216/" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1215/" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1214/" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1213/" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1212/" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1211/" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1210/" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1208/" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1207/" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1206/" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1205/" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1204/" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1203/" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1202/" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1201/" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1200/" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1199/" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1198/" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1197/" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1196/" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1195/" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1194/" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1193/" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1192/" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1191/" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1190/" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1189/" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1188/" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1187/" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1186/" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1185/" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1183/" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1182/" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1181/" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1180/" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1179/" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1178/" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1177/" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1176/" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1175/" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1174/" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1173/" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1172/" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1171/" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1170/" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1169/" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1168/" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1167/" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1166/" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1165/" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1163/" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1162/" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1161/" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1160/" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1159/" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1158/" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1157/" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1156/" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1155/" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1154/" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1153/" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1152/" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1151/" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1150/" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1149/" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1148/" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1147/" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1146/" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1145/" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1144/" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1143/" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1142/" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1141/" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1140/" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1139/" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1138/" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1137/" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1136/" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1135/" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1134/" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1133/" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1132/" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1131/" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1130/" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1129/" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1128/" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1127/" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1126/" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1125/" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1124/" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1123/" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1122/" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1121/" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1120/" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1119/" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1118/" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1117/" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1116/" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1115/" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1114/" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1113/" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1112/" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1111/" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1110/" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1109/" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1108/" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1107/" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1106/" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1105/" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1104/" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1103/" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1102/" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1101/" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1100/" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1099/" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1098/" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1097/" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1096/" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1095/" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1094/" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1093/" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1092/" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1091/" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1090/" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1089/" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1088/" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1087/" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1085/" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1084/" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1083/" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1082/" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1081/" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1080/" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1079/" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1078/" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1077/" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1076/" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1075/" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1074/" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1073/" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1072/" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1071/" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1070/" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1069/" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1068/" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1067/" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1066/" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1065/" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1064/" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1063/" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1062/" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1061/" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1060/" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1059/" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1058/" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1057/" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1056/" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1055/" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1054/" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1053/" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1052/" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1051/" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1050/" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1049/" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1048/" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1047/" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1046/" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1045/" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1044/" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1043/" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1042/" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1041/" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1040/" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1039/" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1038/" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1037/" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1036/" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1035/" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1034/" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1033/" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1032/" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1030/" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1029/" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1028/" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1027/" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1026/" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1025/" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1024/" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1023/" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1021/" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1020/" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1019/" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1018/" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1017/" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1016/" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1015/" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1014/" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1013/" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1012/" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1011/" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1010/" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1008/" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1006/" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1005/" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1004/" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1003/" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1002/" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/1000/" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/999/" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/998/" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/997/" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/996/" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/995/" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/994/" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/993/" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/992/" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/991/" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/990/" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/989/" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/988/" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/987/" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/986/" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/985/" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/984/" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/983/" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/981/" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/979/" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/978/" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/977/" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/976/" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/975/" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/974/" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/973/" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/972/" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/971/" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/970/" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/969/" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/968/" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/967/" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/966/" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/965/" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/964/" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/963/" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/962/" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/961/" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/960/" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/959/" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/958/" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/957/" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/956/" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/955/" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/954/" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/953/" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/952/" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/951/" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/950/" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/949/" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/947/" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/946/" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/945/" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/944/" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/940/" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/939/" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/938/" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/937/" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/936/" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/935/" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/934/" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/933/" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/932/" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/931/" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/930/" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/929/" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/927/" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/926/" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/891/" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/890/" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/888/" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/887/" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/886/" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/885/" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/884/" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/883/" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/882/" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/881/" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/880/" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/879/" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/878/" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/877/" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/876/" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/875/" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/874/" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/873/" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/872/" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/871/" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/870/" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/869/" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/866/" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/864/" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/863/" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/862/" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/861/" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/860/" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/859/" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/858/" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/857/" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/856/" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/855/" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/854/" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/853/" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/852/" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/851/" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/850/" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/849/" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/848/" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/847/" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/846/" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/845/" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/844/" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/843/" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/842/" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/841/" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/840/" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/839/" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/838/" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/836/" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/835/" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/833/" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/831/" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/830/" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/829/" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/827/" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/826/" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/825/" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/824/" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/823/" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/822/" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/821/" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/820/" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/819/" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/818/" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/817/" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/815/" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/814/" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/813/" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/812/" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/811/" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/809/" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/808/" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/807/" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/806/" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/805/" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/804/" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/803/" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/801/" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/800/" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/799/" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/798/" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/797/" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/796/" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/795/" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/794/" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/793/" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/792/" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/791/" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/790/" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/789/" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/788/" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/787/" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/786/" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/785/" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/784/" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/783/" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/782/" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/781/" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/780/" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/779/" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/778/" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/777/" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/776/" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/774/" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/773/" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/772/" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/771/" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/770/" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/769/" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/768/" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/767/" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/766/" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/765/" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/764/" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/763/" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/762/" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/761/" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/760/" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/759/" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/758/" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/757/" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/756/" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/755/" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/754/" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/753/" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/752/" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/751/" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/750/" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/749/" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/748/" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/747/" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/746/" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/745/" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/744/" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/743/" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/742/" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/741/" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/740/" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/739/" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/738/" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/737/" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/736/" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/735/" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/734/" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/733/" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/732/" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/731/" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/730/" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/729/" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/728/" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/727/" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/726/" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/725/" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/724/" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/723/" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/722/" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/721/" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/720/" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/719/" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/718/" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/717/" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/716/" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/715/" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/714/" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/713/" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/712/" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/711/" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/710/" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/709/" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/708/" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/707/" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/706/" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/705/" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/704/" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/703/" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/702/" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/701/" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/700/" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/699/" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/698/" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/697/" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/696/" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/695/" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/694/" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/693/" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/692/" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/691/" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/690/" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/689/" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/688/" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/687/" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/686/" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/685/" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/684/" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/683/" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/682/" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/681/" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/680/" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/679/" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/678/" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/677/" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/676/" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/675/" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/674/" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/673/" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/672/" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/671/" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/670/" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/669/" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/668/" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/667/" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/666/" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/665/" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/664/" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/663/" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/662/" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/661/" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/660/" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/659/" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/658/" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/657/" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/656/" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/655/" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/654/" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/653/" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/652/" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/651/" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/650/" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/649/" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/648/" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/647/" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/646/" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/645/" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/644/" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/643/" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/642/" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/641/" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/640/" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/639/" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/638/" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/637/" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/636/" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/635/" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/634/" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/633/" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/632/" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/631/" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/630/" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/629/" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/628/" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/627/" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/626/" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/625/" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/624/" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/623/" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/622/" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/621/" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/620/" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/619/" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/618/" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/617/" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/616/" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/615/" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/614/" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/613/" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/612/" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/611/" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/610/" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/609/" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/608/" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/607/" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/606/" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/605/" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/604/" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/603/" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/602/" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/601/" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/600/" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/599/" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/598/" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/597/" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/596/" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/595/" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/594/" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/593/" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/592/" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/591/" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/590/" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/589/" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/588/" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/587/" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/586/" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/585/" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/584/" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/583/" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/582/" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/581/" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/580/" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/579/" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/578/" TargetMode="External"/><Relationship Id="rId_hyperlink_1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/577/" TargetMode="External"/><Relationship Id="rId_hyperlink_1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/576/" TargetMode="External"/><Relationship Id="rId_hyperlink_1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/575/" TargetMode="External"/><Relationship Id="rId_hyperlink_1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/574/" TargetMode="External"/><Relationship Id="rId_hyperlink_1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/573/" TargetMode="External"/><Relationship Id="rId_hyperlink_1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/572/" TargetMode="External"/><Relationship Id="rId_hyperlink_1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/571/" TargetMode="External"/><Relationship Id="rId_hyperlink_1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/570/" TargetMode="External"/><Relationship Id="rId_hyperlink_1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/569/" TargetMode="External"/><Relationship Id="rId_hyperlink_1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/568/" TargetMode="External"/><Relationship Id="rId_hyperlink_1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/567/" TargetMode="External"/><Relationship Id="rId_hyperlink_1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/566/" TargetMode="External"/><Relationship Id="rId_hyperlink_1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/565/" TargetMode="External"/><Relationship Id="rId_hyperlink_1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/564/" TargetMode="External"/><Relationship Id="rId_hyperlink_1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/563/" TargetMode="External"/><Relationship Id="rId_hyperlink_1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/562/" TargetMode="External"/><Relationship Id="rId_hyperlink_1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/561/" TargetMode="External"/><Relationship Id="rId_hyperlink_1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/560/" TargetMode="External"/><Relationship Id="rId_hyperlink_1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/559/" TargetMode="External"/><Relationship Id="rId_hyperlink_1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/558/" TargetMode="External"/><Relationship Id="rId_hyperlink_1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/557/" TargetMode="External"/><Relationship Id="rId_hyperlink_1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/556/" TargetMode="External"/><Relationship Id="rId_hyperlink_1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/555/" TargetMode="External"/><Relationship Id="rId_hyperlink_1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/554/" TargetMode="External"/><Relationship Id="rId_hyperlink_1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/553/" TargetMode="External"/><Relationship Id="rId_hyperlink_1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/552/" TargetMode="External"/><Relationship Id="rId_hyperlink_1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/551/" TargetMode="External"/><Relationship Id="rId_hyperlink_1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/550/" TargetMode="External"/><Relationship Id="rId_hyperlink_1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/549/" TargetMode="External"/><Relationship Id="rId_hyperlink_1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/548/" TargetMode="External"/><Relationship Id="rId_hyperlink_1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/547/" TargetMode="External"/><Relationship Id="rId_hyperlink_1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/546/" TargetMode="External"/><Relationship Id="rId_hyperlink_1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/544/" TargetMode="External"/><Relationship Id="rId_hyperlink_1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/543/" TargetMode="External"/><Relationship Id="rId_hyperlink_1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/542/" TargetMode="External"/><Relationship Id="rId_hyperlink_1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/541/" TargetMode="External"/><Relationship Id="rId_hyperlink_1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/540/" TargetMode="External"/><Relationship Id="rId_hyperlink_1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/536/" TargetMode="External"/><Relationship Id="rId_hyperlink_1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/535/" TargetMode="External"/><Relationship Id="rId_hyperlink_1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/533/" TargetMode="External"/><Relationship Id="rId_hyperlink_1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/531/" TargetMode="External"/><Relationship Id="rId_hyperlink_1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/530/" TargetMode="External"/><Relationship Id="rId_hyperlink_1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/529/" TargetMode="External"/><Relationship Id="rId_hyperlink_1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/528/" TargetMode="External"/><Relationship Id="rId_hyperlink_1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/527/" TargetMode="External"/><Relationship Id="rId_hyperlink_1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/521/" TargetMode="External"/><Relationship Id="rId_hyperlink_1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/520/" TargetMode="External"/><Relationship Id="rId_hyperlink_1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/519/" TargetMode="External"/><Relationship Id="rId_hyperlink_1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/518/" TargetMode="External"/><Relationship Id="rId_hyperlink_1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/517/" TargetMode="External"/><Relationship Id="rId_hyperlink_1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/516/" TargetMode="External"/><Relationship Id="rId_hyperlink_1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/515/" TargetMode="External"/><Relationship Id="rId_hyperlink_1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/514/" TargetMode="External"/><Relationship Id="rId_hyperlink_1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/513/" TargetMode="External"/><Relationship Id="rId_hyperlink_1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/512/" TargetMode="External"/><Relationship Id="rId_hyperlink_1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/511/" TargetMode="External"/><Relationship Id="rId_hyperlink_1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/510/" TargetMode="External"/><Relationship Id="rId_hyperlink_1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/509/" TargetMode="External"/><Relationship Id="rId_hyperlink_1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/504/" TargetMode="External"/><Relationship Id="rId_hyperlink_1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/503/" TargetMode="External"/><Relationship Id="rId_hyperlink_1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/502/" TargetMode="External"/><Relationship Id="rId_hyperlink_1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/501/" TargetMode="External"/><Relationship Id="rId_hyperlink_1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/498/" TargetMode="External"/><Relationship Id="rId_hyperlink_1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/493/" TargetMode="External"/><Relationship Id="rId_hyperlink_1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/490/" TargetMode="External"/><Relationship Id="rId_hyperlink_1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/489/" TargetMode="External"/><Relationship Id="rId_hyperlink_1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/487/" TargetMode="External"/><Relationship Id="rId_hyperlink_1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/482/" TargetMode="External"/><Relationship Id="rId_hyperlink_1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/481/" TargetMode="External"/><Relationship Id="rId_hyperlink_1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/476/" TargetMode="External"/><Relationship Id="rId_hyperlink_1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/475/" TargetMode="External"/><Relationship Id="rId_hyperlink_1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/474/" TargetMode="External"/><Relationship Id="rId_hyperlink_1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/472/" TargetMode="External"/><Relationship Id="rId_hyperlink_1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/471/" TargetMode="External"/><Relationship Id="rId_hyperlink_1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/468/" TargetMode="External"/><Relationship Id="rId_hyperlink_1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/467/" TargetMode="External"/><Relationship Id="rId_hyperlink_1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/466/" TargetMode="External"/><Relationship Id="rId_hyperlink_1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/465/" TargetMode="External"/><Relationship Id="rId_hyperlink_1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/463/" TargetMode="External"/><Relationship Id="rId_hyperlink_1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/462/" TargetMode="External"/><Relationship Id="rId_hyperlink_1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/461/" TargetMode="External"/><Relationship Id="rId_hyperlink_1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/460/" TargetMode="External"/><Relationship Id="rId_hyperlink_1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/459/" TargetMode="External"/><Relationship Id="rId_hyperlink_1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/458/" TargetMode="External"/><Relationship Id="rId_hyperlink_1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/457/" TargetMode="External"/><Relationship Id="rId_hyperlink_1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/456/" TargetMode="External"/><Relationship Id="rId_hyperlink_1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/455/" TargetMode="External"/><Relationship Id="rId_hyperlink_1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/454/" TargetMode="External"/><Relationship Id="rId_hyperlink_1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/453/" TargetMode="External"/><Relationship Id="rId_hyperlink_1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/452/" TargetMode="External"/><Relationship Id="rId_hyperlink_1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/451/" TargetMode="External"/><Relationship Id="rId_hyperlink_1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/450/" TargetMode="External"/><Relationship Id="rId_hyperlink_1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/449/" TargetMode="External"/><Relationship Id="rId_hyperlink_1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/448/" TargetMode="External"/><Relationship Id="rId_hyperlink_1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/447/" TargetMode="External"/><Relationship Id="rId_hyperlink_1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/446/" TargetMode="External"/><Relationship Id="rId_hyperlink_1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/445/" TargetMode="External"/><Relationship Id="rId_hyperlink_1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/444/" TargetMode="External"/><Relationship Id="rId_hyperlink_1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/443/" TargetMode="External"/><Relationship Id="rId_hyperlink_1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/438/" TargetMode="External"/><Relationship Id="rId_hyperlink_1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/436/" TargetMode="External"/><Relationship Id="rId_hyperlink_1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/434/" TargetMode="External"/><Relationship Id="rId_hyperlink_1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/433/" TargetMode="External"/><Relationship Id="rId_hyperlink_1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/432/" TargetMode="External"/><Relationship Id="rId_hyperlink_1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/431/" TargetMode="External"/><Relationship Id="rId_hyperlink_1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/430/" TargetMode="External"/><Relationship Id="rId_hyperlink_1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/428/" TargetMode="External"/><Relationship Id="rId_hyperlink_1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/427/" TargetMode="External"/><Relationship Id="rId_hyperlink_1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/426/" TargetMode="External"/><Relationship Id="rId_hyperlink_1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/425/" TargetMode="External"/><Relationship Id="rId_hyperlink_1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/424/" TargetMode="External"/><Relationship Id="rId_hyperlink_1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/422/" TargetMode="External"/><Relationship Id="rId_hyperlink_1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/421/" TargetMode="External"/><Relationship Id="rId_hyperlink_1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/420/" TargetMode="External"/><Relationship Id="rId_hyperlink_1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/419/" TargetMode="External"/><Relationship Id="rId_hyperlink_1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/418/" TargetMode="External"/><Relationship Id="rId_hyperlink_1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/417/" TargetMode="External"/><Relationship Id="rId_hyperlink_1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/416/" TargetMode="External"/><Relationship Id="rId_hyperlink_1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/415/" TargetMode="External"/><Relationship Id="rId_hyperlink_1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/414/" TargetMode="External"/><Relationship Id="rId_hyperlink_1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/413/" TargetMode="External"/><Relationship Id="rId_hyperlink_1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/412/" TargetMode="External"/><Relationship Id="rId_hyperlink_1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/411/" TargetMode="External"/><Relationship Id="rId_hyperlink_1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/410/" TargetMode="External"/><Relationship Id="rId_hyperlink_1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/409/" TargetMode="External"/><Relationship Id="rId_hyperlink_1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/408/" TargetMode="External"/><Relationship Id="rId_hyperlink_1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/407/" TargetMode="External"/><Relationship Id="rId_hyperlink_1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/406/" TargetMode="External"/><Relationship Id="rId_hyperlink_1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/405/" TargetMode="External"/><Relationship Id="rId_hyperlink_1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/404/" TargetMode="External"/><Relationship Id="rId_hyperlink_1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/403/" TargetMode="External"/><Relationship Id="rId_hyperlink_1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/402/" TargetMode="External"/><Relationship Id="rId_hyperlink_1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/401/" TargetMode="External"/><Relationship Id="rId_hyperlink_1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/400/" TargetMode="External"/><Relationship Id="rId_hyperlink_1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/399/" TargetMode="External"/><Relationship Id="rId_hyperlink_1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/398/" TargetMode="External"/><Relationship Id="rId_hyperlink_1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/397/" TargetMode="External"/><Relationship Id="rId_hyperlink_1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/396/" TargetMode="External"/><Relationship Id="rId_hyperlink_1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/395/" TargetMode="External"/><Relationship Id="rId_hyperlink_1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/394/" TargetMode="External"/><Relationship Id="rId_hyperlink_1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/393/" TargetMode="External"/><Relationship Id="rId_hyperlink_1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/392/" TargetMode="External"/><Relationship Id="rId_hyperlink_1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/391/" TargetMode="External"/><Relationship Id="rId_hyperlink_1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/390/" TargetMode="External"/><Relationship Id="rId_hyperlink_1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/386/" TargetMode="External"/><Relationship Id="rId_hyperlink_1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/384/" TargetMode="External"/><Relationship Id="rId_hyperlink_1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/383/" TargetMode="External"/><Relationship Id="rId_hyperlink_1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/382/" TargetMode="External"/><Relationship Id="rId_hyperlink_1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/381/" TargetMode="External"/><Relationship Id="rId_hyperlink_1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/380/" TargetMode="External"/><Relationship Id="rId_hyperlink_1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/379/" TargetMode="External"/><Relationship Id="rId_hyperlink_1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/378/" TargetMode="External"/><Relationship Id="rId_hyperlink_1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/377/" TargetMode="External"/><Relationship Id="rId_hyperlink_1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/376/" TargetMode="External"/><Relationship Id="rId_hyperlink_1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/375/" TargetMode="External"/><Relationship Id="rId_hyperlink_1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/374/" TargetMode="External"/><Relationship Id="rId_hyperlink_1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/373/" TargetMode="External"/><Relationship Id="rId_hyperlink_1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/372/" TargetMode="External"/><Relationship Id="rId_hyperlink_1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/371/" TargetMode="External"/><Relationship Id="rId_hyperlink_1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/370/" TargetMode="External"/><Relationship Id="rId_hyperlink_1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/369/" TargetMode="External"/><Relationship Id="rId_hyperlink_1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/368/" TargetMode="External"/><Relationship Id="rId_hyperlink_1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/367/" TargetMode="External"/><Relationship Id="rId_hyperlink_1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/366/" TargetMode="External"/><Relationship Id="rId_hyperlink_1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/365/" TargetMode="External"/><Relationship Id="rId_hyperlink_1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/364/" TargetMode="External"/><Relationship Id="rId_hyperlink_1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/363/" TargetMode="External"/><Relationship Id="rId_hyperlink_1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/362/" TargetMode="External"/><Relationship Id="rId_hyperlink_1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/361/" TargetMode="External"/><Relationship Id="rId_hyperlink_1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/360/" TargetMode="External"/><Relationship Id="rId_hyperlink_1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/359/" TargetMode="External"/><Relationship Id="rId_hyperlink_1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/358/" TargetMode="External"/><Relationship Id="rId_hyperlink_1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/357/" TargetMode="External"/><Relationship Id="rId_hyperlink_1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/356/" TargetMode="External"/><Relationship Id="rId_hyperlink_1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/355/" TargetMode="External"/><Relationship Id="rId_hyperlink_1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/354/" TargetMode="External"/><Relationship Id="rId_hyperlink_1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/353/" TargetMode="External"/><Relationship Id="rId_hyperlink_1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/352/" TargetMode="External"/><Relationship Id="rId_hyperlink_1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/351/" TargetMode="External"/><Relationship Id="rId_hyperlink_1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/350/" TargetMode="External"/><Relationship Id="rId_hyperlink_1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/349/" TargetMode="External"/><Relationship Id="rId_hyperlink_1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/348/" TargetMode="External"/><Relationship Id="rId_hyperlink_1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/347/" TargetMode="External"/><Relationship Id="rId_hyperlink_1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/346/" TargetMode="External"/><Relationship Id="rId_hyperlink_1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/345/" TargetMode="External"/><Relationship Id="rId_hyperlink_1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/344/" TargetMode="External"/><Relationship Id="rId_hyperlink_1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/343/" TargetMode="External"/><Relationship Id="rId_hyperlink_1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/342/" TargetMode="External"/><Relationship Id="rId_hyperlink_1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/341/" TargetMode="External"/><Relationship Id="rId_hyperlink_1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/340/" TargetMode="External"/><Relationship Id="rId_hyperlink_1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/336/" TargetMode="External"/><Relationship Id="rId_hyperlink_1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/335/" TargetMode="External"/><Relationship Id="rId_hyperlink_1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/334/" TargetMode="External"/><Relationship Id="rId_hyperlink_1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/332/" TargetMode="External"/><Relationship Id="rId_hyperlink_1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/331/" TargetMode="External"/><Relationship Id="rId_hyperlink_1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/330/" TargetMode="External"/><Relationship Id="rId_hyperlink_1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/328/" TargetMode="External"/><Relationship Id="rId_hyperlink_1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/322/" TargetMode="External"/><Relationship Id="rId_hyperlink_1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/321/" TargetMode="External"/><Relationship Id="rId_hyperlink_1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/320/" TargetMode="External"/><Relationship Id="rId_hyperlink_1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/319/" TargetMode="External"/><Relationship Id="rId_hyperlink_1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/318/" TargetMode="External"/><Relationship Id="rId_hyperlink_1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/312/" TargetMode="External"/><Relationship Id="rId_hyperlink_1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/304/" TargetMode="External"/><Relationship Id="rId_hyperlink_1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/303/" TargetMode="External"/><Relationship Id="rId_hyperlink_1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/301/" TargetMode="External"/><Relationship Id="rId_hyperlink_1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/296/" TargetMode="External"/><Relationship Id="rId_hyperlink_1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/295/" TargetMode="External"/><Relationship Id="rId_hyperlink_1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/294/" TargetMode="External"/><Relationship Id="rId_hyperlink_1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/293/" TargetMode="External"/><Relationship Id="rId_hyperlink_1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/292/" TargetMode="External"/><Relationship Id="rId_hyperlink_1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/280/" TargetMode="External"/><Relationship Id="rId_hyperlink_1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/278/" TargetMode="External"/><Relationship Id="rId_hyperlink_1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/276/" TargetMode="External"/><Relationship Id="rId_hyperlink_1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/258/" TargetMode="External"/><Relationship Id="rId_hyperlink_1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/257/" TargetMode="External"/><Relationship Id="rId_hyperlink_1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/256/" TargetMode="External"/><Relationship Id="rId_hyperlink_1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/255/" TargetMode="External"/><Relationship Id="rId_hyperlink_1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/247/" TargetMode="External"/><Relationship Id="rId_hyperlink_1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/246/" TargetMode="External"/><Relationship Id="rId_hyperlink_1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/245/" TargetMode="External"/><Relationship Id="rId_hyperlink_1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/244/" TargetMode="External"/><Relationship Id="rId_hyperlink_1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/243/" TargetMode="External"/><Relationship Id="rId_hyperlink_1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/241/" TargetMode="External"/><Relationship Id="rId_hyperlink_1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/237/" TargetMode="External"/><Relationship Id="rId_hyperlink_1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/236/" TargetMode="External"/><Relationship Id="rId_hyperlink_1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/235/" TargetMode="External"/><Relationship Id="rId_hyperlink_1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/234/" TargetMode="External"/><Relationship Id="rId_hyperlink_1728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/233/" TargetMode="External"/><Relationship Id="rId_hyperlink_1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/229/" TargetMode="External"/><Relationship Id="rId_hyperlink_1730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/228/" TargetMode="External"/><Relationship Id="rId_hyperlink_1731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/227/" TargetMode="External"/><Relationship Id="rId_hyperlink_1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/215/" TargetMode="External"/><Relationship Id="rId_hyperlink_1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/214/" TargetMode="External"/><Relationship Id="rId_hyperlink_1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/213/" TargetMode="External"/><Relationship Id="rId_hyperlink_1735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/212/" TargetMode="External"/><Relationship Id="rId_hyperlink_1736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/211/" TargetMode="External"/><Relationship Id="rId_hyperlink_1737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/209/" TargetMode="External"/><Relationship Id="rId_hyperlink_1738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/208/" TargetMode="External"/><Relationship Id="rId_hyperlink_1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/207/" TargetMode="External"/><Relationship Id="rId_hyperlink_1740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/206/" TargetMode="External"/><Relationship Id="rId_hyperlink_1741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/187/" TargetMode="External"/><Relationship Id="rId_hyperlink_1742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/186/" TargetMode="External"/><Relationship Id="rId_hyperlink_1743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/185/" TargetMode="External"/><Relationship Id="rId_hyperlink_1744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/184/" TargetMode="External"/><Relationship Id="rId_hyperlink_1745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/183/" TargetMode="External"/><Relationship Id="rId_hyperlink_1746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/182/" TargetMode="External"/><Relationship Id="rId_hyperlink_1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/181/" TargetMode="External"/><Relationship Id="rId_hyperlink_1748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/180/" TargetMode="External"/><Relationship Id="rId_hyperlink_1749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/179/" TargetMode="External"/><Relationship Id="rId_hyperlink_1750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/178/" TargetMode="External"/><Relationship Id="rId_hyperlink_1751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/177/" TargetMode="External"/><Relationship Id="rId_hyperlink_1752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/176/" TargetMode="External"/><Relationship Id="rId_hyperlink_1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/172/" TargetMode="External"/><Relationship Id="rId_hyperlink_1754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/169/" TargetMode="External"/><Relationship Id="rId_hyperlink_1755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/167/" TargetMode="External"/><Relationship Id="rId_hyperlink_1756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/166/" TargetMode="External"/><Relationship Id="rId_hyperlink_1757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/165/" TargetMode="External"/><Relationship Id="rId_hyperlink_1758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/164/" TargetMode="External"/><Relationship Id="rId_hyperlink_1759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/163/" TargetMode="External"/><Relationship Id="rId_hyperlink_1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/162/" TargetMode="External"/><Relationship Id="rId_hyperlink_1761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/161/" TargetMode="External"/><Relationship Id="rId_hyperlink_1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/159/" TargetMode="External"/><Relationship Id="rId_hyperlink_1763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/157/" TargetMode="External"/><Relationship Id="rId_hyperlink_1764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/153/" TargetMode="External"/><Relationship Id="rId_hyperlink_1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/152/" TargetMode="External"/><Relationship Id="rId_hyperlink_1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/150/" TargetMode="External"/><Relationship Id="rId_hyperlink_1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/144/" TargetMode="External"/><Relationship Id="rId_hyperlink_1768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/143/" TargetMode="External"/><Relationship Id="rId_hyperlink_1769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/141/" TargetMode="External"/><Relationship Id="rId_hyperlink_1770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/140/" TargetMode="External"/><Relationship Id="rId_hyperlink_1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/139/" TargetMode="External"/><Relationship Id="rId_hyperlink_1772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/138/" TargetMode="External"/><Relationship Id="rId_hyperlink_1773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/136/" TargetMode="External"/><Relationship Id="rId_hyperlink_1774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/135/" TargetMode="External"/><Relationship Id="rId_hyperlink_1775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/134/" TargetMode="External"/><Relationship Id="rId_hyperlink_1776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/133/" TargetMode="External"/><Relationship Id="rId_hyperlink_1777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/132/" TargetMode="External"/><Relationship Id="rId_hyperlink_1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/131/" TargetMode="External"/><Relationship Id="rId_hyperlink_1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/129/" TargetMode="External"/><Relationship Id="rId_hyperlink_1780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/128/" TargetMode="External"/><Relationship Id="rId_hyperlink_1781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/127/" TargetMode="External"/><Relationship Id="rId_hyperlink_1782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/126/" TargetMode="External"/><Relationship Id="rId_hyperlink_1783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/125/" TargetMode="External"/><Relationship Id="rId_hyperlink_1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/124/" TargetMode="External"/><Relationship Id="rId_hyperlink_1785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/123/" TargetMode="External"/><Relationship Id="rId_hyperlink_1786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/122/" TargetMode="External"/><Relationship Id="rId_hyperlink_1787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/121/" TargetMode="External"/><Relationship Id="rId_hyperlink_1788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/120/" TargetMode="External"/><Relationship Id="rId_hyperlink_1789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/119/" TargetMode="External"/><Relationship Id="rId_hyperlink_1790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/118/" TargetMode="External"/><Relationship Id="rId_hyperlink_1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/117/" TargetMode="External"/><Relationship Id="rId_hyperlink_1792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/116/" TargetMode="External"/><Relationship Id="rId_hyperlink_1793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/113/" TargetMode="External"/><Relationship Id="rId_hyperlink_1794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/112/" TargetMode="External"/><Relationship Id="rId_hyperlink_1795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/111/" TargetMode="External"/><Relationship Id="rId_hyperlink_1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/110/" TargetMode="External"/><Relationship Id="rId_hyperlink_1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/109/" TargetMode="External"/><Relationship Id="rId_hyperlink_1798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/108/" TargetMode="External"/><Relationship Id="rId_hyperlink_1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/107/" TargetMode="External"/><Relationship Id="rId_hyperlink_1800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/106/" TargetMode="External"/><Relationship Id="rId_hyperlink_1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/105/" TargetMode="External"/><Relationship Id="rId_hyperlink_1802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/104/" TargetMode="External"/><Relationship Id="rId_hyperlink_1803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/103/" TargetMode="External"/><Relationship Id="rId_hyperlink_1804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/102/" TargetMode="External"/><Relationship Id="rId_hyperlink_1805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/101/" TargetMode="External"/><Relationship Id="rId_hyperlink_1806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/100/" TargetMode="External"/><Relationship Id="rId_hyperlink_1807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/99/" TargetMode="External"/><Relationship Id="rId_hyperlink_1808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/98/" TargetMode="External"/><Relationship Id="rId_hyperlink_1809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/96/" TargetMode="External"/><Relationship Id="rId_hyperlink_1810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/94/" TargetMode="External"/><Relationship Id="rId_hyperlink_1811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/91/" TargetMode="External"/><Relationship Id="rId_hyperlink_1812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/90/" TargetMode="External"/><Relationship Id="rId_hyperlink_1813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/89/" TargetMode="External"/><Relationship Id="rId_hyperlink_1814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/87/" TargetMode="External"/><Relationship Id="rId_hyperlink_1815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/85/" TargetMode="External"/><Relationship Id="rId_hyperlink_1816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/84/" TargetMode="External"/><Relationship Id="rId_hyperlink_1817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/83/" TargetMode="External"/><Relationship Id="rId_hyperlink_1818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/82/" TargetMode="External"/><Relationship Id="rId_hyperlink_1819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/81/" TargetMode="External"/><Relationship Id="rId_hyperlink_1820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/80/" TargetMode="External"/><Relationship Id="rId_hyperlink_1821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/79/" TargetMode="External"/><Relationship Id="rId_hyperlink_1822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/78/" TargetMode="External"/><Relationship Id="rId_hyperlink_1823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/64/" TargetMode="External"/><Relationship Id="rId_hyperlink_1824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/58/" TargetMode="External"/><Relationship Id="rId_hyperlink_1825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/55/" TargetMode="External"/><Relationship Id="rId_hyperlink_1826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/46/" TargetMode="External"/><Relationship Id="rId_hyperlink_1827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/45/" TargetMode="External"/><Relationship Id="rId_hyperlink_1828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/44/" TargetMode="External"/><Relationship Id="rId_hyperlink_1829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/42/" TargetMode="External"/><Relationship Id="rId_hyperlink_1830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/22/" TargetMode="External"/><Relationship Id="rId_hyperlink_1831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/20/" TargetMode="External"/><Relationship Id="rId_hyperlink_1832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/16/" TargetMode="External"/><Relationship Id="rId_hyperlink_1833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/15/" TargetMode="External"/><Relationship Id="rId_hyperlink_1834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/14/" TargetMode="External"/><Relationship Id="rId_hyperlink_1835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/13/" TargetMode="External"/><Relationship Id="rId_hyperlink_1836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/11/" TargetMode="External"/><Relationship Id="rId_hyperlink_1837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/10/" TargetMode="External"/><Relationship Id="rId_hyperlink_1838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/9/" TargetMode="External"/><Relationship Id="rId_hyperlink_1839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/8/" TargetMode="External"/><Relationship Id="rId_hyperlink_1840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/7/" TargetMode="External"/><Relationship Id="rId_hyperlink_1841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/6/" TargetMode="External"/><Relationship Id="rId_hyperlink_1842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/5/" TargetMode="External"/><Relationship Id="rId_hyperlink_1843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://darul-kutub.com/books/4/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C1802"/>
+  <dimension ref="A1:C1844"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="true" style="0"/>
     <col min="2" max="2" width="85" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2"/>
       <c r="C2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
-      <c r="B3" t="s">
+      <c r="B3"/>
+      <c r="C3" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4"/>
+      <c r="C4" t="s">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B5"/>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="B7"/>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="B11"/>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="B12"/>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="B13"/>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="B14"/>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="B15"/>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="B16"/>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="B17"/>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="B18"/>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="B20"/>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="B21"/>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="C24" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="C25" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="B26"/>
+        <v>56</v>
+      </c>
+      <c r="B26" t="s">
+        <v>57</v>
+      </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="C27" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="B28" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="C28" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="B29"/>
       <c r="C29" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="B31"/>
       <c r="C31" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="B32"/>
       <c r="C32" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="B33"/>
       <c r="C33" t="s">
-        <v>88</v>
+        <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="B34"/>
       <c r="C34" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="B35"/>
       <c r="C35" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="B36"/>
       <c r="C36" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="B37"/>
       <c r="C37" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="B38"/>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="B39"/>
       <c r="C39" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="B40"/>
       <c r="C40" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>110</v>
+        <v>89</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="B43"/>
       <c r="C43" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="B46"/>
       <c r="C46" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="B48"/>
       <c r="C48" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="B49"/>
       <c r="C49" t="s">
-        <v>129</v>
+        <v>106</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="B50"/>
       <c r="C50" t="s">
-        <v>132</v>
+        <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="B51"/>
       <c r="C51" t="s">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="B52"/>
       <c r="C52" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="B53"/>
       <c r="C53" t="s">
-        <v>140</v>
+        <v>114</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="B54"/>
       <c r="C54" t="s">
-        <v>143</v>
+        <v>116</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="B55"/>
       <c r="C55" t="s">
-        <v>146</v>
+        <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="B56"/>
       <c r="C56" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="B57"/>
       <c r="C57" t="s">
-        <v>150</v>
+        <v>122</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="B58"/>
       <c r="C58" t="s">
-        <v>153</v>
+        <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="B59"/>
       <c r="C59" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="B60"/>
       <c r="C60" t="s">
-        <v>159</v>
+        <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="B61"/>
       <c r="C61" t="s">
-        <v>162</v>
+        <v>130</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="B62"/>
       <c r="C62" t="s">
-        <v>165</v>
+        <v>132</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="B63"/>
       <c r="C63" t="s">
-        <v>168</v>
+        <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="B64"/>
       <c r="C64" t="s">
-        <v>171</v>
+        <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="B65"/>
       <c r="C65" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="B66"/>
       <c r="C66" t="s">
-        <v>177</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="B67"/>
       <c r="C67" t="s">
-        <v>180</v>
+        <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="B68"/>
       <c r="C68" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="B69"/>
       <c r="C69" t="s">
-        <v>186</v>
+        <v>146</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="B70"/>
       <c r="C70" t="s">
-        <v>189</v>
+        <v>148</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="B71"/>
       <c r="C71" t="s">
-        <v>192</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="B72"/>
       <c r="C72" t="s">
-        <v>195</v>
+        <v>152</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="B73"/>
       <c r="C73" t="s">
-        <v>197</v>
+        <v>154</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="B74"/>
       <c r="C74" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="B75"/>
       <c r="C75" t="s">
-        <v>203</v>
+        <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="B76"/>
       <c r="C76" t="s">
-        <v>206</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="B77"/>
       <c r="C77" t="s">
-        <v>209</v>
+        <v>162</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="B78"/>
       <c r="C78" t="s">
-        <v>211</v>
+        <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="B79"/>
       <c r="C79" t="s">
-        <v>214</v>
+        <v>166</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="B80"/>
       <c r="C80" t="s">
-        <v>217</v>
+        <v>168</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="B81"/>
       <c r="C81" t="s">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="B82"/>
       <c r="C82" t="s">
-        <v>222</v>
+        <v>172</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="B83"/>
       <c r="C83" t="s">
-        <v>225</v>
+        <v>174</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="B84"/>
       <c r="C84" t="s">
-        <v>228</v>
+        <v>176</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="B85"/>
       <c r="C85" t="s">
-        <v>231</v>
+        <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="B86"/>
       <c r="C86" t="s">
-        <v>233</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="B87"/>
       <c r="C87" t="s">
-        <v>236</v>
+        <v>182</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="B88"/>
       <c r="C88" t="s">
-        <v>239</v>
+        <v>184</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="B89"/>
       <c r="C89" t="s">
-        <v>242</v>
+        <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="B90"/>
       <c r="C90" t="s">
-        <v>245</v>
+        <v>188</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="B91"/>
       <c r="C91" t="s">
-        <v>248</v>
+        <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="B92"/>
       <c r="C92" t="s">
-        <v>251</v>
+        <v>192</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="B93"/>
       <c r="C93" t="s">
-        <v>254</v>
+        <v>194</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="B94"/>
       <c r="C94" t="s">
-        <v>257</v>
+        <v>196</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="B95"/>
       <c r="C95" t="s">
-        <v>260</v>
+        <v>198</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="B96"/>
       <c r="C96" t="s">
-        <v>263</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="B97"/>
       <c r="C97" t="s">
-        <v>266</v>
+        <v>202</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="B98"/>
       <c r="C98" t="s">
-        <v>269</v>
+        <v>204</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>270</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="B99"/>
       <c r="C99" t="s">
-        <v>272</v>
+        <v>206</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>273</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="B100"/>
       <c r="C100" t="s">
-        <v>275</v>
+        <v>208</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="B101"/>
       <c r="C101" t="s">
-        <v>278</v>
+        <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="B102"/>
       <c r="C102" t="s">
-        <v>281</v>
+        <v>212</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="B103"/>
       <c r="C103" t="s">
-        <v>284</v>
+        <v>214</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="B104"/>
       <c r="C104" t="s">
-        <v>287</v>
+        <v>216</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>288</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="B105"/>
       <c r="C105" t="s">
-        <v>290</v>
+        <v>218</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="B106"/>
       <c r="C106" t="s">
-        <v>293</v>
+        <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="B107"/>
       <c r="C107" t="s">
-        <v>296</v>
+        <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>297</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="B108"/>
       <c r="C108" t="s">
-        <v>299</v>
+        <v>224</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="B109"/>
       <c r="C109" t="s">
-        <v>302</v>
+        <v>226</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="B110"/>
       <c r="C110" t="s">
-        <v>305</v>
+        <v>228</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>306</v>
+        <v>229</v>
       </c>
       <c r="B111"/>
       <c r="C111" t="s">
-        <v>307</v>
+        <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="B112"/>
       <c r="C112" t="s">
-        <v>310</v>
+        <v>232</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="B113"/>
       <c r="C113" t="s">
-        <v>312</v>
+        <v>234</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="B114"/>
       <c r="C114" t="s">
-        <v>315</v>
+        <v>236</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="B115"/>
       <c r="C115" t="s">
-        <v>318</v>
+        <v>238</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="B116"/>
       <c r="C116" t="s">
-        <v>321</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>322</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="B117"/>
       <c r="C117" t="s">
-        <v>324</v>
+        <v>242</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="B118"/>
       <c r="C118" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="B119"/>
       <c r="C119" t="s">
-        <v>330</v>
+        <v>246</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="B120"/>
       <c r="C120" t="s">
-        <v>333</v>
+        <v>248</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="B121"/>
       <c r="C121" t="s">
-        <v>336</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>337</v>
+        <v>251</v>
       </c>
       <c r="B122"/>
       <c r="C122" t="s">
-        <v>338</v>
+        <v>252</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="B123"/>
       <c r="C123" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>342</v>
+        <v>255</v>
       </c>
       <c r="B124"/>
       <c r="C124" t="s">
-        <v>343</v>
+        <v>256</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="B125"/>
       <c r="C125" t="s">
-        <v>346</v>
+        <v>258</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="B126"/>
       <c r="C126" t="s">
-        <v>348</v>
+        <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>349</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="B127"/>
       <c r="C127" t="s">
-        <v>351</v>
+        <v>262</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>352</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="B128"/>
       <c r="C128" t="s">
-        <v>354</v>
+        <v>264</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>355</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="B129"/>
       <c r="C129" t="s">
-        <v>357</v>
+        <v>266</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="B130"/>
       <c r="C130" t="s">
-        <v>360</v>
+        <v>268</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="B131"/>
       <c r="C131" t="s">
-        <v>363</v>
+        <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>364</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="B132"/>
       <c r="C132" t="s">
-        <v>366</v>
+        <v>272</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="B133"/>
       <c r="C133" t="s">
-        <v>368</v>
+        <v>274</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>369</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="B134"/>
       <c r="C134" t="s">
-        <v>370</v>
+        <v>276</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="B135"/>
       <c r="C135" t="s">
-        <v>373</v>
+        <v>278</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="B136"/>
       <c r="C136" t="s">
-        <v>376</v>
+        <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>377</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="B137"/>
       <c r="C137" t="s">
-        <v>378</v>
+        <v>282</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="B138"/>
       <c r="C138" t="s">
-        <v>380</v>
+        <v>284</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="B139"/>
       <c r="C139" t="s">
-        <v>383</v>
+        <v>286</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="B140"/>
       <c r="C140" t="s">
-        <v>386</v>
+        <v>288</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>387</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="B141"/>
       <c r="C141" t="s">
-        <v>388</v>
+        <v>290</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="B142"/>
       <c r="C142" t="s">
-        <v>391</v>
+        <v>292</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>293</v>
+      </c>
+      <c r="B143"/>
       <c r="C143" t="s">
-        <v>394</v>
+        <v>294</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="B144"/>
       <c r="C144" t="s">
-        <v>397</v>
+        <v>296</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>398</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="B145"/>
       <c r="C145" t="s">
-        <v>400</v>
+        <v>298</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="B146"/>
       <c r="C146" t="s">
-        <v>403</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>404</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="B147"/>
       <c r="C147" t="s">
-        <v>406</v>
+        <v>302</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="B148"/>
       <c r="C148" t="s">
-        <v>409</v>
+        <v>304</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="B149"/>
       <c r="C149" t="s">
-        <v>412</v>
+        <v>306</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>413</v>
+        <v>307</v>
       </c>
       <c r="B150"/>
       <c r="C150" t="s">
-        <v>414</v>
+        <v>308</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>415</v>
-[...3 lines deleted...]
-      </c>
+        <v>309</v>
+      </c>
+      <c r="B151"/>
       <c r="C151" t="s">
-        <v>417</v>
+        <v>310</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>418</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="B152"/>
       <c r="C152" t="s">
-        <v>420</v>
+        <v>312</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="B153"/>
       <c r="C153" t="s">
-        <v>423</v>
+        <v>314</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="B154"/>
       <c r="C154" t="s">
-        <v>426</v>
+        <v>316</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>427</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="B155"/>
       <c r="C155" t="s">
-        <v>429</v>
+        <v>318</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="B156"/>
       <c r="C156" t="s">
-        <v>432</v>
+        <v>320</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="B157"/>
       <c r="C157" t="s">
-        <v>435</v>
+        <v>322</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>436</v>
-[...3 lines deleted...]
-      </c>
+        <v>323</v>
+      </c>
+      <c r="B158"/>
       <c r="C158" t="s">
-        <v>438</v>
+        <v>324</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="B159"/>
       <c r="C159" t="s">
-        <v>441</v>
+        <v>326</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="B160"/>
       <c r="C160" t="s">
-        <v>444</v>
+        <v>328</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="B161"/>
       <c r="C161" t="s">
-        <v>447</v>
+        <v>330</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="B162"/>
       <c r="C162" t="s">
-        <v>450</v>
+        <v>332</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="B163"/>
       <c r="C163" t="s">
-        <v>453</v>
+        <v>334</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>454</v>
-[...3 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="B164"/>
       <c r="C164" t="s">
-        <v>455</v>
+        <v>336</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>456</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="B165"/>
       <c r="C165" t="s">
-        <v>458</v>
+        <v>338</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="B166"/>
       <c r="C166" t="s">
-        <v>461</v>
+        <v>340</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>462</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="B167"/>
       <c r="C167" t="s">
-        <v>464</v>
+        <v>342</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="B168"/>
       <c r="C168" t="s">
-        <v>467</v>
+        <v>344</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>468</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="B169"/>
       <c r="C169" t="s">
-        <v>470</v>
+        <v>346</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="B170"/>
       <c r="C170" t="s">
-        <v>473</v>
+        <v>348</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="B171"/>
       <c r="C171" t="s">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="B172"/>
       <c r="C172" t="s">
-        <v>478</v>
+        <v>352</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>353</v>
+      </c>
+      <c r="B173"/>
       <c r="C173" t="s">
-        <v>481</v>
+        <v>354</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>482</v>
+        <v>355</v>
       </c>
       <c r="B174"/>
       <c r="C174" t="s">
-        <v>483</v>
+        <v>356</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>484</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="B175"/>
       <c r="C175" t="s">
-        <v>486</v>
+        <v>358</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>487</v>
-[...3 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="B176"/>
       <c r="C176" t="s">
-        <v>489</v>
+        <v>360</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>490</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="B177"/>
       <c r="C177" t="s">
-        <v>492</v>
+        <v>362</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>493</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="B178"/>
       <c r="C178" t="s">
-        <v>495</v>
+        <v>364</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>496</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="B179"/>
       <c r="C179" t="s">
-        <v>498</v>
+        <v>366</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="B180"/>
       <c r="C180" t="s">
-        <v>501</v>
+        <v>368</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>502</v>
-[...3 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="B181"/>
       <c r="C181" t="s">
-        <v>504</v>
+        <v>370</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>505</v>
-[...3 lines deleted...]
-      </c>
+        <v>371</v>
+      </c>
+      <c r="B182"/>
       <c r="C182" t="s">
-        <v>507</v>
+        <v>372</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="B183"/>
       <c r="C183" t="s">
-        <v>510</v>
+        <v>374</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>511</v>
-[...3 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="B184"/>
       <c r="C184" t="s">
-        <v>513</v>
+        <v>376</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="B185"/>
       <c r="C185" t="s">
-        <v>516</v>
+        <v>378</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>517</v>
-[...3 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="B186"/>
       <c r="C186" t="s">
-        <v>519</v>
+        <v>380</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>520</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="B187"/>
       <c r="C187" t="s">
-        <v>522</v>
+        <v>382</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>523</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="B188"/>
       <c r="C188" t="s">
-        <v>525</v>
+        <v>384</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>526</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="B189"/>
       <c r="C189" t="s">
-        <v>528</v>
+        <v>386</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="B190"/>
       <c r="C190" t="s">
-        <v>531</v>
+        <v>388</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="B191"/>
       <c r="C191" t="s">
-        <v>534</v>
+        <v>390</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>535</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="B192"/>
       <c r="C192" t="s">
-        <v>537</v>
+        <v>392</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="B193"/>
       <c r="C193" t="s">
-        <v>540</v>
+        <v>394</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>541</v>
+        <v>395</v>
       </c>
       <c r="B194"/>
       <c r="C194" t="s">
-        <v>542</v>
+        <v>396</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>543</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="B195"/>
       <c r="C195" t="s">
-        <v>545</v>
+        <v>398</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>546</v>
-[...3 lines deleted...]
-      </c>
+        <v>399</v>
+      </c>
+      <c r="B196"/>
       <c r="C196" t="s">
-        <v>548</v>
+        <v>400</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>549</v>
-[...3 lines deleted...]
-      </c>
+        <v>401</v>
+      </c>
+      <c r="B197"/>
       <c r="C197" t="s">
-        <v>551</v>
+        <v>402</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>552</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="B198"/>
       <c r="C198" t="s">
-        <v>554</v>
+        <v>404</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>555</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="B199"/>
       <c r="C199" t="s">
-        <v>557</v>
+        <v>406</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-      </c>
+        <v>407</v>
+      </c>
+      <c r="B200"/>
       <c r="C200" t="s">
-        <v>560</v>
+        <v>408</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>561</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="B201"/>
       <c r="C201" t="s">
-        <v>563</v>
+        <v>410</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="B202"/>
       <c r="C202" t="s">
-        <v>565</v>
+        <v>412</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>566</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="B203"/>
       <c r="C203" t="s">
-        <v>567</v>
+        <v>414</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>568</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="B204"/>
       <c r="C204" t="s">
-        <v>569</v>
+        <v>416</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>570</v>
-[...3 lines deleted...]
-      </c>
+        <v>417</v>
+      </c>
+      <c r="B205"/>
       <c r="C205" t="s">
-        <v>571</v>
+        <v>418</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="B206"/>
       <c r="C206" t="s">
-        <v>573</v>
+        <v>420</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="B207"/>
       <c r="C207" t="s">
-        <v>575</v>
+        <v>422</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>576</v>
-[...3 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="B208"/>
       <c r="C208" t="s">
-        <v>577</v>
+        <v>424</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="B209"/>
       <c r="C209" t="s">
-        <v>580</v>
+        <v>426</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>581</v>
-[...3 lines deleted...]
-      </c>
+        <v>427</v>
+      </c>
+      <c r="B210"/>
       <c r="C210" t="s">
-        <v>583</v>
+        <v>428</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>584</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="B211"/>
       <c r="C211" t="s">
-        <v>586</v>
+        <v>430</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>587</v>
+        <v>431</v>
       </c>
       <c r="B212"/>
       <c r="C212" t="s">
-        <v>588</v>
+        <v>432</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>589</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="B213"/>
       <c r="C213" t="s">
-        <v>591</v>
+        <v>434</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>592</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="B214"/>
       <c r="C214" t="s">
-        <v>594</v>
+        <v>436</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>595</v>
-[...3 lines deleted...]
-      </c>
+        <v>437</v>
+      </c>
+      <c r="B215"/>
       <c r="C215" t="s">
-        <v>597</v>
+        <v>438</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>439</v>
+      </c>
+      <c r="B216"/>
       <c r="C216" t="s">
-        <v>600</v>
+        <v>440</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>601</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="B217"/>
       <c r="C217" t="s">
-        <v>603</v>
+        <v>442</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="B218"/>
       <c r="C218" t="s">
-        <v>606</v>
+        <v>444</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>607</v>
-[...3 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="B219"/>
       <c r="C219" t="s">
-        <v>609</v>
+        <v>446</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>610</v>
-[...3 lines deleted...]
-      </c>
+        <v>447</v>
+      </c>
+      <c r="B220"/>
       <c r="C220" t="s">
-        <v>612</v>
+        <v>448</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>449</v>
+      </c>
+      <c r="B221"/>
       <c r="C221" t="s">
-        <v>615</v>
+        <v>450</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>616</v>
-[...3 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="B222"/>
       <c r="C222" t="s">
-        <v>617</v>
+        <v>452</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>618</v>
-[...3 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="B223"/>
       <c r="C223" t="s">
-        <v>620</v>
+        <v>454</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>455</v>
+      </c>
+      <c r="B224"/>
       <c r="C224" t="s">
-        <v>623</v>
+        <v>456</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>624</v>
-[...3 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+      <c r="B225"/>
       <c r="C225" t="s">
-        <v>626</v>
+        <v>458</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>627</v>
-[...3 lines deleted...]
-      </c>
+        <v>459</v>
+      </c>
+      <c r="B226"/>
       <c r="C226" t="s">
-        <v>629</v>
+        <v>460</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>630</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="B227"/>
       <c r="C227" t="s">
-        <v>632</v>
+        <v>462</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>463</v>
+      </c>
+      <c r="B228"/>
       <c r="C228" t="s">
-        <v>635</v>
+        <v>464</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>636</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="B229"/>
       <c r="C229" t="s">
-        <v>638</v>
+        <v>466</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>639</v>
-[...3 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="B230"/>
       <c r="C230" t="s">
-        <v>640</v>
+        <v>468</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>641</v>
-[...3 lines deleted...]
-      </c>
+        <v>469</v>
+      </c>
+      <c r="B231"/>
       <c r="C231" t="s">
-        <v>643</v>
+        <v>470</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>644</v>
-[...3 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="B232"/>
       <c r="C232" t="s">
-        <v>646</v>
+        <v>472</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>647</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="B233"/>
       <c r="C233" t="s">
-        <v>649</v>
+        <v>474</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="B234"/>
       <c r="C234" t="s">
-        <v>652</v>
+        <v>476</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>653</v>
-[...3 lines deleted...]
-      </c>
+        <v>477</v>
+      </c>
+      <c r="B235"/>
       <c r="C235" t="s">
-        <v>655</v>
+        <v>478</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      </c>
+        <v>479</v>
+      </c>
+      <c r="B236"/>
       <c r="C236" t="s">
-        <v>658</v>
+        <v>480</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>364</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="B237"/>
       <c r="C237" t="s">
-        <v>659</v>
+        <v>482</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>660</v>
-[...3 lines deleted...]
-      </c>
+        <v>483</v>
+      </c>
+      <c r="B238"/>
       <c r="C238" t="s">
-        <v>662</v>
+        <v>484</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>663</v>
-[...3 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="B239"/>
       <c r="C239" t="s">
-        <v>665</v>
+        <v>486</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>666</v>
-[...3 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="B240"/>
       <c r="C240" t="s">
-        <v>668</v>
+        <v>488</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="B241"/>
       <c r="C241" t="s">
-        <v>671</v>
+        <v>490</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>672</v>
-[...3 lines deleted...]
-      </c>
+        <v>491</v>
+      </c>
+      <c r="B242"/>
       <c r="C242" t="s">
-        <v>674</v>
+        <v>492</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>675</v>
-[...3 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="B243"/>
       <c r="C243" t="s">
-        <v>677</v>
+        <v>494</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>678</v>
-[...3 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="B244"/>
       <c r="C244" t="s">
-        <v>680</v>
+        <v>496</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="B245"/>
       <c r="C245" t="s">
-        <v>683</v>
+        <v>498</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>684</v>
-[...3 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="B246"/>
       <c r="C246" t="s">
-        <v>686</v>
+        <v>500</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>687</v>
-[...3 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="B247"/>
       <c r="C247" t="s">
-        <v>689</v>
+        <v>502</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>690</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="B248"/>
       <c r="C248" t="s">
-        <v>692</v>
+        <v>504</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>693</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="B249"/>
       <c r="C249" t="s">
-        <v>695</v>
+        <v>506</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="B250"/>
       <c r="C250" t="s">
-        <v>698</v>
+        <v>508</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="B251"/>
       <c r="C251" t="s">
-        <v>701</v>
+        <v>510</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>511</v>
+      </c>
+      <c r="B252"/>
       <c r="C252" t="s">
-        <v>704</v>
+        <v>512</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>705</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="B253"/>
       <c r="C253" t="s">
-        <v>707</v>
+        <v>514</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>708</v>
-[...3 lines deleted...]
-      </c>
+        <v>515</v>
+      </c>
+      <c r="B254"/>
       <c r="C254" t="s">
-        <v>710</v>
+        <v>516</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>711</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="B255"/>
       <c r="C255" t="s">
-        <v>713</v>
+        <v>518</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>714</v>
-[...3 lines deleted...]
-      </c>
+        <v>519</v>
+      </c>
+      <c r="B256"/>
       <c r="C256" t="s">
-        <v>716</v>
+        <v>520</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>717</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="B257"/>
       <c r="C257" t="s">
-        <v>719</v>
+        <v>522</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>720</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="B258"/>
       <c r="C258" t="s">
-        <v>722</v>
+        <v>524</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>723</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="B259"/>
       <c r="C259" t="s">
-        <v>724</v>
+        <v>526</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>725</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="B260"/>
       <c r="C260" t="s">
-        <v>726</v>
+        <v>528</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>727</v>
-[...3 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="B261"/>
       <c r="C261" t="s">
-        <v>729</v>
+        <v>530</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="B262"/>
       <c r="C262" t="s">
-        <v>732</v>
+        <v>532</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>733</v>
-[...3 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="B263"/>
       <c r="C263" t="s">
-        <v>735</v>
+        <v>534</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>736</v>
-[...3 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="B264"/>
       <c r="C264" t="s">
-        <v>738</v>
+        <v>536</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>739</v>
-[...3 lines deleted...]
-      </c>
+        <v>537</v>
+      </c>
+      <c r="B265"/>
       <c r="C265" t="s">
-        <v>741</v>
+        <v>538</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>742</v>
-[...3 lines deleted...]
-      </c>
+        <v>539</v>
+      </c>
+      <c r="B266"/>
       <c r="C266" t="s">
-        <v>744</v>
+        <v>540</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>745</v>
-[...3 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="B267"/>
       <c r="C267" t="s">
-        <v>747</v>
+        <v>542</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>748</v>
-[...3 lines deleted...]
-      </c>
+        <v>543</v>
+      </c>
+      <c r="B268"/>
       <c r="C268" t="s">
-        <v>750</v>
+        <v>544</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>751</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="B269"/>
       <c r="C269" t="s">
-        <v>752</v>
+        <v>546</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>547</v>
+      </c>
+      <c r="B270"/>
       <c r="C270" t="s">
-        <v>754</v>
+        <v>548</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>549</v>
+      </c>
+      <c r="B271"/>
       <c r="C271" t="s">
-        <v>756</v>
+        <v>550</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>757</v>
+        <v>551</v>
       </c>
       <c r="B272"/>
       <c r="C272" t="s">
-        <v>758</v>
+        <v>552</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>759</v>
-[...3 lines deleted...]
-      </c>
+        <v>553</v>
+      </c>
+      <c r="B273"/>
       <c r="C273" t="s">
-        <v>761</v>
+        <v>554</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>762</v>
+        <v>555</v>
       </c>
       <c r="B274"/>
       <c r="C274" t="s">
-        <v>763</v>
+        <v>556</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>764</v>
+        <v>557</v>
       </c>
       <c r="B275"/>
       <c r="C275" t="s">
-        <v>765</v>
+        <v>558</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>766</v>
-[...3 lines deleted...]
-      </c>
+        <v>559</v>
+      </c>
+      <c r="B276"/>
       <c r="C276" t="s">
-        <v>768</v>
+        <v>560</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>769</v>
-[...3 lines deleted...]
-      </c>
+        <v>561</v>
+      </c>
+      <c r="B277"/>
       <c r="C277" t="s">
-        <v>771</v>
+        <v>562</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>772</v>
-[...3 lines deleted...]
-      </c>
+        <v>563</v>
+      </c>
+      <c r="B278"/>
       <c r="C278" t="s">
-        <v>774</v>
+        <v>564</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>775</v>
+        <v>355</v>
       </c>
       <c r="B279"/>
       <c r="C279" t="s">
-        <v>776</v>
+        <v>565</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>777</v>
+        <v>566</v>
       </c>
       <c r="B280"/>
       <c r="C280" t="s">
-        <v>778</v>
+        <v>567</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>779</v>
-[...3 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="B281"/>
       <c r="C281" t="s">
-        <v>781</v>
+        <v>569</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>782</v>
-[...3 lines deleted...]
-      </c>
+        <v>570</v>
+      </c>
+      <c r="B282"/>
       <c r="C282" t="s">
-        <v>784</v>
+        <v>571</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>785</v>
+        <v>572</v>
       </c>
       <c r="B283"/>
       <c r="C283" t="s">
-        <v>786</v>
+        <v>573</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>787</v>
-[...3 lines deleted...]
-      </c>
+        <v>574</v>
+      </c>
+      <c r="B284"/>
       <c r="C284" t="s">
-        <v>789</v>
+        <v>575</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>790</v>
-[...3 lines deleted...]
-      </c>
+        <v>576</v>
+      </c>
+      <c r="B285"/>
       <c r="C285" t="s">
-        <v>792</v>
+        <v>577</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>793</v>
-[...3 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="B286"/>
       <c r="C286" t="s">
-        <v>795</v>
+        <v>579</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>796</v>
-[...3 lines deleted...]
-      </c>
+        <v>580</v>
+      </c>
+      <c r="B287"/>
       <c r="C287" t="s">
-        <v>798</v>
+        <v>581</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>799</v>
-[...3 lines deleted...]
-      </c>
+        <v>582</v>
+      </c>
+      <c r="B288"/>
       <c r="C288" t="s">
-        <v>801</v>
+        <v>583</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>802</v>
+        <v>584</v>
       </c>
       <c r="B289"/>
       <c r="C289" t="s">
-        <v>803</v>
+        <v>585</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>804</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="B290"/>
       <c r="C290" t="s">
-        <v>806</v>
+        <v>587</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>588</v>
+      </c>
+      <c r="B291"/>
       <c r="C291" t="s">
-        <v>809</v>
+        <v>589</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>810</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="B292"/>
       <c r="C292" t="s">
-        <v>811</v>
+        <v>591</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>812</v>
+        <v>592</v>
       </c>
       <c r="B293"/>
       <c r="C293" t="s">
-        <v>813</v>
+        <v>593</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>814</v>
+        <v>594</v>
       </c>
       <c r="B294"/>
       <c r="C294" t="s">
-        <v>815</v>
+        <v>595</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>816</v>
-[...3 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="B295"/>
       <c r="C295" t="s">
-        <v>817</v>
+        <v>597</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
-        <v>818</v>
+        <v>598</v>
       </c>
       <c r="B296"/>
       <c r="C296" t="s">
-        <v>819</v>
+        <v>599</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>820</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="B297"/>
       <c r="C297" t="s">
-        <v>822</v>
+        <v>601</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
-        <v>823</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="B298"/>
       <c r="C298" t="s">
-        <v>824</v>
+        <v>603</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>825</v>
-[...3 lines deleted...]
-      </c>
+        <v>604</v>
+      </c>
+      <c r="B299"/>
       <c r="C299" t="s">
-        <v>827</v>
+        <v>605</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>828</v>
+        <v>606</v>
       </c>
       <c r="B300"/>
       <c r="C300" t="s">
-        <v>829</v>
+        <v>607</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>830</v>
+        <v>608</v>
       </c>
       <c r="B301"/>
       <c r="C301" t="s">
-        <v>831</v>
+        <v>609</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>832</v>
+        <v>610</v>
       </c>
       <c r="B302"/>
       <c r="C302" t="s">
-        <v>833</v>
+        <v>611</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>834</v>
-[...3 lines deleted...]
-      </c>
+        <v>612</v>
+      </c>
+      <c r="B303"/>
       <c r="C303" t="s">
-        <v>836</v>
+        <v>613</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>837</v>
-[...3 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="B304"/>
       <c r="C304" t="s">
-        <v>839</v>
+        <v>615</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>840</v>
+        <v>616</v>
       </c>
       <c r="B305"/>
       <c r="C305" t="s">
-        <v>841</v>
+        <v>617</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>842</v>
-[...3 lines deleted...]
-      </c>
+        <v>618</v>
+      </c>
+      <c r="B306"/>
       <c r="C306" t="s">
-        <v>844</v>
+        <v>619</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>845</v>
-[...3 lines deleted...]
-      </c>
+        <v>620</v>
+      </c>
+      <c r="B307"/>
       <c r="C307" t="s">
-        <v>847</v>
+        <v>621</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>848</v>
+        <v>622</v>
       </c>
       <c r="B308"/>
       <c r="C308" t="s">
-        <v>849</v>
+        <v>623</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>850</v>
+        <v>624</v>
       </c>
       <c r="B309"/>
       <c r="C309" t="s">
-        <v>851</v>
+        <v>625</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>852</v>
-[...3 lines deleted...]
-      </c>
+        <v>626</v>
+      </c>
+      <c r="B310"/>
       <c r="C310" t="s">
-        <v>854</v>
+        <v>627</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>855</v>
-[...3 lines deleted...]
-      </c>
+        <v>628</v>
+      </c>
+      <c r="B311"/>
       <c r="C311" t="s">
-        <v>857</v>
+        <v>629</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>858</v>
-[...3 lines deleted...]
-      </c>
+        <v>630</v>
+      </c>
+      <c r="B312"/>
       <c r="C312" t="s">
-        <v>859</v>
+        <v>631</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>860</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="B313"/>
       <c r="C313" t="s">
-        <v>862</v>
+        <v>633</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>863</v>
-[...3 lines deleted...]
-      </c>
+        <v>634</v>
+      </c>
+      <c r="B314"/>
       <c r="C314" t="s">
-        <v>865</v>
+        <v>635</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>866</v>
-[...3 lines deleted...]
-      </c>
+        <v>636</v>
+      </c>
+      <c r="B315"/>
       <c r="C315" t="s">
-        <v>868</v>
+        <v>637</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>869</v>
-[...3 lines deleted...]
-      </c>
+        <v>638</v>
+      </c>
+      <c r="B316"/>
       <c r="C316" t="s">
-        <v>871</v>
+        <v>639</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>872</v>
-[...3 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="B317"/>
       <c r="C317" t="s">
-        <v>874</v>
+        <v>641</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>875</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="B318"/>
       <c r="C318" t="s">
-        <v>877</v>
+        <v>643</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>878</v>
-[...3 lines deleted...]
-      </c>
+        <v>644</v>
+      </c>
+      <c r="B319"/>
       <c r="C319" t="s">
-        <v>880</v>
+        <v>645</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>881</v>
-[...3 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="B320"/>
       <c r="C320" t="s">
-        <v>882</v>
+        <v>647</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>883</v>
-[...3 lines deleted...]
-      </c>
+        <v>648</v>
+      </c>
+      <c r="B321"/>
       <c r="C321" t="s">
-        <v>885</v>
+        <v>649</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>886</v>
-[...3 lines deleted...]
-      </c>
+        <v>650</v>
+      </c>
+      <c r="B322"/>
       <c r="C322" t="s">
-        <v>888</v>
+        <v>651</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>889</v>
+        <v>652</v>
       </c>
       <c r="B323"/>
       <c r="C323" t="s">
-        <v>890</v>
+        <v>653</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>891</v>
-[...3 lines deleted...]
-      </c>
+        <v>654</v>
+      </c>
+      <c r="B324"/>
       <c r="C324" t="s">
-        <v>892</v>
+        <v>655</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>893</v>
-[...3 lines deleted...]
-      </c>
+        <v>656</v>
+      </c>
+      <c r="B325"/>
       <c r="C325" t="s">
-        <v>895</v>
+        <v>657</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>896</v>
-[...3 lines deleted...]
-      </c>
+        <v>658</v>
+      </c>
+      <c r="B326"/>
       <c r="C326" t="s">
-        <v>898</v>
+        <v>659</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>899</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="B327"/>
       <c r="C327" t="s">
-        <v>901</v>
+        <v>661</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>902</v>
-[...3 lines deleted...]
-      </c>
+        <v>662</v>
+      </c>
+      <c r="B328"/>
       <c r="C328" t="s">
-        <v>904</v>
+        <v>663</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>905</v>
-[...3 lines deleted...]
-      </c>
+        <v>664</v>
+      </c>
+      <c r="B329"/>
       <c r="C329" t="s">
-        <v>907</v>
+        <v>665</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>908</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="B330"/>
       <c r="C330" t="s">
-        <v>910</v>
+        <v>667</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>911</v>
-[...3 lines deleted...]
-      </c>
+        <v>668</v>
+      </c>
+      <c r="B331"/>
       <c r="C331" t="s">
-        <v>913</v>
+        <v>669</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>914</v>
-[...3 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="B332"/>
       <c r="C332" t="s">
-        <v>916</v>
+        <v>671</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>917</v>
-[...3 lines deleted...]
-      </c>
+        <v>672</v>
+      </c>
+      <c r="B333"/>
       <c r="C333" t="s">
-        <v>918</v>
+        <v>673</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>919</v>
-[...3 lines deleted...]
-      </c>
+        <v>674</v>
+      </c>
+      <c r="B334"/>
       <c r="C334" t="s">
-        <v>921</v>
+        <v>675</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>922</v>
-[...3 lines deleted...]
-      </c>
+        <v>676</v>
+      </c>
+      <c r="B335"/>
       <c r="C335" t="s">
-        <v>924</v>
+        <v>677</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>925</v>
+        <v>678</v>
       </c>
       <c r="B336"/>
       <c r="C336" t="s">
-        <v>926</v>
+        <v>679</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>927</v>
-[...3 lines deleted...]
-      </c>
+        <v>680</v>
+      </c>
+      <c r="B337"/>
       <c r="C337" t="s">
-        <v>929</v>
+        <v>681</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>930</v>
-[...3 lines deleted...]
-      </c>
+        <v>682</v>
+      </c>
+      <c r="B338"/>
       <c r="C338" t="s">
-        <v>932</v>
+        <v>683</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>933</v>
-[...3 lines deleted...]
-      </c>
+        <v>684</v>
+      </c>
+      <c r="B339"/>
       <c r="C339" t="s">
-        <v>935</v>
+        <v>685</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>936</v>
+        <v>686</v>
       </c>
       <c r="B340"/>
       <c r="C340" t="s">
-        <v>937</v>
+        <v>687</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>938</v>
-[...3 lines deleted...]
-      </c>
+        <v>688</v>
+      </c>
+      <c r="B341"/>
       <c r="C341" t="s">
-        <v>940</v>
+        <v>689</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>941</v>
-[...3 lines deleted...]
-      </c>
+        <v>690</v>
+      </c>
+      <c r="B342"/>
       <c r="C342" t="s">
-        <v>943</v>
+        <v>691</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>944</v>
-[...3 lines deleted...]
-      </c>
+        <v>692</v>
+      </c>
+      <c r="B343"/>
       <c r="C343" t="s">
-        <v>946</v>
+        <v>693</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>947</v>
+        <v>694</v>
       </c>
       <c r="B344"/>
       <c r="C344" t="s">
-        <v>948</v>
+        <v>695</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>949</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="B345"/>
       <c r="C345" t="s">
-        <v>951</v>
+        <v>697</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>952</v>
+        <v>698</v>
       </c>
       <c r="B346"/>
       <c r="C346" t="s">
-        <v>953</v>
+        <v>699</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>954</v>
-[...3 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="B347"/>
       <c r="C347" t="s">
-        <v>956</v>
+        <v>701</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>957</v>
-[...3 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="B348"/>
       <c r="C348" t="s">
-        <v>958</v>
+        <v>703</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>959</v>
+        <v>704</v>
       </c>
       <c r="B349"/>
       <c r="C349" t="s">
-        <v>960</v>
+        <v>705</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>961</v>
+        <v>706</v>
       </c>
       <c r="B350"/>
       <c r="C350" t="s">
-        <v>962</v>
+        <v>707</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>963</v>
-[...3 lines deleted...]
-      </c>
+        <v>708</v>
+      </c>
+      <c r="B351"/>
       <c r="C351" t="s">
-        <v>965</v>
+        <v>709</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>966</v>
+        <v>710</v>
       </c>
       <c r="B352"/>
       <c r="C352" t="s">
-        <v>967</v>
+        <v>711</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
-        <v>954</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="B353"/>
       <c r="C353" t="s">
-        <v>969</v>
+        <v>713</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>970</v>
+        <v>714</v>
       </c>
       <c r="B354"/>
       <c r="C354" t="s">
-        <v>971</v>
+        <v>715</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>972</v>
-[...3 lines deleted...]
-      </c>
+        <v>716</v>
+      </c>
+      <c r="B355"/>
       <c r="C355" t="s">
-        <v>974</v>
+        <v>717</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>975</v>
-[...3 lines deleted...]
-      </c>
+        <v>718</v>
+      </c>
+      <c r="B356"/>
       <c r="C356" t="s">
-        <v>977</v>
+        <v>719</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>978</v>
+        <v>720</v>
       </c>
       <c r="B357"/>
       <c r="C357" t="s">
-        <v>979</v>
+        <v>721</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>980</v>
-[...3 lines deleted...]
-      </c>
+        <v>722</v>
+      </c>
+      <c r="B358"/>
       <c r="C358" t="s">
-        <v>982</v>
+        <v>723</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>983</v>
-[...3 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="B359"/>
       <c r="C359" t="s">
-        <v>984</v>
+        <v>725</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>985</v>
-[...3 lines deleted...]
-      </c>
+        <v>726</v>
+      </c>
+      <c r="B360"/>
       <c r="C360" t="s">
-        <v>987</v>
+        <v>727</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>988</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="B361"/>
       <c r="C361" t="s">
-        <v>990</v>
+        <v>729</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>991</v>
-[...3 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="B362"/>
       <c r="C362" t="s">
-        <v>992</v>
+        <v>731</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>993</v>
-[...3 lines deleted...]
-      </c>
+        <v>732</v>
+      </c>
+      <c r="B363"/>
       <c r="C363" t="s">
-        <v>994</v>
+        <v>733</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>995</v>
-[...3 lines deleted...]
-      </c>
+        <v>734</v>
+      </c>
+      <c r="B364"/>
       <c r="C364" t="s">
-        <v>997</v>
+        <v>735</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>998</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="B365"/>
       <c r="C365" t="s">
-        <v>1000</v>
+        <v>737</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>1001</v>
+        <v>738</v>
       </c>
       <c r="B366"/>
       <c r="C366" t="s">
-        <v>1002</v>
+        <v>739</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>1003</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="B367"/>
       <c r="C367" t="s">
-        <v>1005</v>
+        <v>741</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>1006</v>
-[...3 lines deleted...]
-      </c>
+        <v>742</v>
+      </c>
+      <c r="B368"/>
       <c r="C368" t="s">
-        <v>1008</v>
+        <v>743</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>1009</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="B369"/>
       <c r="C369" t="s">
-        <v>1011</v>
+        <v>745</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>1012</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="B370"/>
       <c r="C370" t="s">
-        <v>1014</v>
+        <v>747</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
-        <v>1015</v>
-[...3 lines deleted...]
-      </c>
+        <v>748</v>
+      </c>
+      <c r="B371"/>
       <c r="C371" t="s">
-        <v>1016</v>
+        <v>749</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>1017</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="B372"/>
       <c r="C372" t="s">
-        <v>1019</v>
+        <v>751</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>1020</v>
-[...3 lines deleted...]
-      </c>
+        <v>752</v>
+      </c>
+      <c r="B373"/>
       <c r="C373" t="s">
-        <v>1021</v>
+        <v>753</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>1022</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="B374"/>
       <c r="C374" t="s">
-        <v>1023</v>
+        <v>755</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>1024</v>
+        <v>756</v>
       </c>
       <c r="B375"/>
       <c r="C375" t="s">
-        <v>1025</v>
+        <v>757</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>1026</v>
-[...3 lines deleted...]
-      </c>
+        <v>758</v>
+      </c>
+      <c r="B376"/>
       <c r="C376" t="s">
-        <v>1027</v>
+        <v>759</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>1028</v>
+        <v>760</v>
       </c>
       <c r="B377"/>
       <c r="C377" t="s">
-        <v>1029</v>
+        <v>761</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>1030</v>
+        <v>762</v>
       </c>
       <c r="B378"/>
       <c r="C378" t="s">
-        <v>1031</v>
+        <v>763</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
-        <v>1032</v>
-[...3 lines deleted...]
-      </c>
+        <v>764</v>
+      </c>
+      <c r="B379"/>
       <c r="C379" t="s">
-        <v>1033</v>
+        <v>765</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>1034</v>
-[...3 lines deleted...]
-      </c>
+        <v>766</v>
+      </c>
+      <c r="B380"/>
       <c r="C380" t="s">
-        <v>1036</v>
+        <v>767</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>1037</v>
-[...3 lines deleted...]
-      </c>
+        <v>768</v>
+      </c>
+      <c r="B381"/>
       <c r="C381" t="s">
-        <v>1039</v>
+        <v>769</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="B382"/>
       <c r="C382" t="s">
-        <v>1042</v>
+        <v>771</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>1043</v>
-[...3 lines deleted...]
-      </c>
+        <v>772</v>
+      </c>
+      <c r="B383"/>
       <c r="C383" t="s">
-        <v>1045</v>
+        <v>773</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>1046</v>
+        <v>774</v>
       </c>
       <c r="B384"/>
       <c r="C384" t="s">
-        <v>1047</v>
+        <v>775</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>1048</v>
-[...3 lines deleted...]
-      </c>
+        <v>776</v>
+      </c>
+      <c r="B385"/>
       <c r="C385" t="s">
-        <v>1050</v>
+        <v>777</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>1051</v>
-[...3 lines deleted...]
-      </c>
+        <v>778</v>
+      </c>
+      <c r="B386"/>
       <c r="C386" t="s">
-        <v>1053</v>
+        <v>779</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>1054</v>
-[...3 lines deleted...]
-      </c>
+        <v>780</v>
+      </c>
+      <c r="B387"/>
       <c r="C387" t="s">
-        <v>1056</v>
+        <v>781</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>1057</v>
-[...3 lines deleted...]
-      </c>
+        <v>782</v>
+      </c>
+      <c r="B388"/>
       <c r="C388" t="s">
-        <v>1058</v>
+        <v>783</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>1059</v>
-[...3 lines deleted...]
-      </c>
+        <v>784</v>
+      </c>
+      <c r="B389"/>
       <c r="C389" t="s">
-        <v>1060</v>
+        <v>785</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>1061</v>
-[...3 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="B390"/>
       <c r="C390" t="s">
-        <v>1063</v>
+        <v>787</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>1064</v>
+        <v>788</v>
       </c>
       <c r="B391"/>
       <c r="C391" t="s">
-        <v>1065</v>
+        <v>789</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>1066</v>
-[...3 lines deleted...]
-      </c>
+        <v>790</v>
+      </c>
+      <c r="B392"/>
       <c r="C392" t="s">
-        <v>1068</v>
+        <v>791</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>1069</v>
-[...3 lines deleted...]
-      </c>
+        <v>792</v>
+      </c>
+      <c r="B393"/>
       <c r="C393" t="s">
-        <v>1071</v>
+        <v>793</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>1072</v>
-[...3 lines deleted...]
-      </c>
+        <v>794</v>
+      </c>
+      <c r="B394"/>
       <c r="C394" t="s">
-        <v>1074</v>
+        <v>795</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>1075</v>
-[...3 lines deleted...]
-      </c>
+        <v>784</v>
+      </c>
+      <c r="B395"/>
       <c r="C395" t="s">
-        <v>1077</v>
+        <v>796</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>1078</v>
-[...3 lines deleted...]
-      </c>
+        <v>797</v>
+      </c>
+      <c r="B396"/>
       <c r="C396" t="s">
-        <v>1079</v>
+        <v>798</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>1080</v>
-[...3 lines deleted...]
-      </c>
+        <v>799</v>
+      </c>
+      <c r="B397"/>
       <c r="C397" t="s">
-        <v>1081</v>
+        <v>800</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
-        <v>1082</v>
-[...3 lines deleted...]
-      </c>
+        <v>801</v>
+      </c>
+      <c r="B398"/>
       <c r="C398" t="s">
-        <v>1083</v>
+        <v>802</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>1084</v>
-[...3 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="B399"/>
       <c r="C399" t="s">
-        <v>1085</v>
+        <v>804</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>1086</v>
-[...3 lines deleted...]
-      </c>
+        <v>805</v>
+      </c>
+      <c r="B400"/>
       <c r="C400" t="s">
-        <v>1087</v>
+        <v>806</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="B401"/>
       <c r="C401" t="s">
-        <v>1090</v>
+        <v>808</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>809</v>
+      </c>
+      <c r="B402"/>
       <c r="C402" t="s">
-        <v>1092</v>
+        <v>810</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>1093</v>
-[...3 lines deleted...]
-      </c>
+        <v>811</v>
+      </c>
+      <c r="B403"/>
       <c r="C403" t="s">
-        <v>1094</v>
+        <v>812</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>1095</v>
-[...3 lines deleted...]
-      </c>
+        <v>813</v>
+      </c>
+      <c r="B404"/>
       <c r="C404" t="s">
-        <v>1096</v>
+        <v>814</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>1097</v>
-[...3 lines deleted...]
-      </c>
+        <v>815</v>
+      </c>
+      <c r="B405"/>
       <c r="C405" t="s">
-        <v>1098</v>
+        <v>816</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>1099</v>
-[...3 lines deleted...]
-      </c>
+        <v>817</v>
+      </c>
+      <c r="B406"/>
       <c r="C406" t="s">
-        <v>1100</v>
+        <v>818</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>1101</v>
-[...3 lines deleted...]
-      </c>
+        <v>819</v>
+      </c>
+      <c r="B407"/>
       <c r="C407" t="s">
-        <v>1102</v>
+        <v>820</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>1103</v>
+        <v>821</v>
       </c>
       <c r="B408"/>
       <c r="C408" t="s">
-        <v>1104</v>
+        <v>822</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>1105</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="B409"/>
       <c r="C409" t="s">
-        <v>1106</v>
+        <v>824</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>1107</v>
-[...3 lines deleted...]
-      </c>
+        <v>825</v>
+      </c>
+      <c r="B410"/>
       <c r="C410" t="s">
-        <v>1109</v>
+        <v>826</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>1110</v>
-[...3 lines deleted...]
-      </c>
+        <v>827</v>
+      </c>
+      <c r="B411"/>
       <c r="C411" t="s">
-        <v>1111</v>
+        <v>828</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>1112</v>
-[...3 lines deleted...]
-      </c>
+        <v>829</v>
+      </c>
+      <c r="B412"/>
       <c r="C412" t="s">
-        <v>1113</v>
+        <v>830</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>1114</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="B413"/>
       <c r="C413" t="s">
-        <v>1116</v>
+        <v>832</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>1117</v>
-[...3 lines deleted...]
-      </c>
+        <v>833</v>
+      </c>
+      <c r="B414"/>
       <c r="C414" t="s">
-        <v>1118</v>
+        <v>834</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>1119</v>
+        <v>835</v>
       </c>
       <c r="B415"/>
       <c r="C415" t="s">
-        <v>1120</v>
+        <v>836</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>1121</v>
+        <v>837</v>
       </c>
       <c r="B416"/>
       <c r="C416" t="s">
-        <v>1122</v>
+        <v>838</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>1123</v>
+        <v>839</v>
       </c>
       <c r="B417"/>
       <c r="C417" t="s">
-        <v>1124</v>
+        <v>840</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>1125</v>
+        <v>841</v>
       </c>
       <c r="B418"/>
       <c r="C418" t="s">
-        <v>1126</v>
+        <v>842</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>1127</v>
-[...3 lines deleted...]
-      </c>
+        <v>843</v>
+      </c>
+      <c r="B419"/>
       <c r="C419" t="s">
-        <v>1129</v>
+        <v>844</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>1130</v>
+        <v>845</v>
       </c>
       <c r="B420"/>
       <c r="C420" t="s">
-        <v>1131</v>
+        <v>846</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>1132</v>
-[...3 lines deleted...]
-      </c>
+        <v>847</v>
+      </c>
+      <c r="B421"/>
       <c r="C421" t="s">
-        <v>1134</v>
+        <v>848</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>1135</v>
-[...3 lines deleted...]
-      </c>
+        <v>849</v>
+      </c>
+      <c r="B422"/>
       <c r="C422" t="s">
-        <v>1137</v>
+        <v>850</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>1138</v>
-[...3 lines deleted...]
-      </c>
+        <v>851</v>
+      </c>
+      <c r="B423"/>
       <c r="C423" t="s">
-        <v>1139</v>
+        <v>852</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>1140</v>
-[...3 lines deleted...]
-      </c>
+        <v>853</v>
+      </c>
+      <c r="B424"/>
       <c r="C424" t="s">
-        <v>1142</v>
+        <v>854</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>1143</v>
+        <v>855</v>
       </c>
       <c r="B425"/>
       <c r="C425" t="s">
-        <v>1144</v>
+        <v>856</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>1145</v>
-[...3 lines deleted...]
-      </c>
+        <v>857</v>
+      </c>
+      <c r="B426"/>
       <c r="C426" t="s">
-        <v>1146</v>
+        <v>858</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>1147</v>
-[...3 lines deleted...]
-      </c>
+        <v>859</v>
+      </c>
+      <c r="B427"/>
       <c r="C427" t="s">
-        <v>1149</v>
+        <v>860</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
-        <v>1150</v>
-[...3 lines deleted...]
-      </c>
+        <v>861</v>
+      </c>
+      <c r="B428"/>
       <c r="C428" t="s">
-        <v>1152</v>
+        <v>862</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>1153</v>
+        <v>863</v>
       </c>
       <c r="B429"/>
       <c r="C429" t="s">
-        <v>1154</v>
+        <v>864</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>1155</v>
-[...3 lines deleted...]
-      </c>
+        <v>865</v>
+      </c>
+      <c r="B430"/>
       <c r="C430" t="s">
-        <v>1156</v>
+        <v>866</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>1157</v>
-[...3 lines deleted...]
-      </c>
+        <v>867</v>
+      </c>
+      <c r="B431"/>
       <c r="C431" t="s">
-        <v>1159</v>
+        <v>868</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>1160</v>
+        <v>869</v>
       </c>
       <c r="B432"/>
       <c r="C432" t="s">
-        <v>1161</v>
+        <v>870</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>1162</v>
+        <v>871</v>
       </c>
       <c r="B433"/>
       <c r="C433" t="s">
-        <v>1163</v>
+        <v>872</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
-        <v>1164</v>
-[...3 lines deleted...]
-      </c>
+        <v>873</v>
+      </c>
+      <c r="B434"/>
       <c r="C434" t="s">
-        <v>1166</v>
+        <v>874</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
-        <v>1167</v>
+        <v>875</v>
       </c>
       <c r="B435"/>
       <c r="C435" t="s">
-        <v>1168</v>
+        <v>876</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
-        <v>1169</v>
+        <v>877</v>
       </c>
       <c r="B436"/>
       <c r="C436" t="s">
-        <v>1170</v>
+        <v>878</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>1171</v>
+        <v>879</v>
       </c>
       <c r="B437"/>
       <c r="C437" t="s">
-        <v>1172</v>
+        <v>880</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>1173</v>
+        <v>881</v>
       </c>
       <c r="B438"/>
       <c r="C438" t="s">
-        <v>1174</v>
+        <v>882</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
-        <v>1175</v>
+        <v>883</v>
       </c>
       <c r="B439"/>
       <c r="C439" t="s">
-        <v>1176</v>
+        <v>884</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
-        <v>1177</v>
+        <v>885</v>
       </c>
       <c r="B440"/>
       <c r="C440" t="s">
-        <v>1178</v>
+        <v>886</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
-        <v>1179</v>
+        <v>887</v>
       </c>
       <c r="B441"/>
       <c r="C441" t="s">
-        <v>1180</v>
+        <v>888</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
-        <v>1181</v>
-[...3 lines deleted...]
-      </c>
+        <v>889</v>
+      </c>
+      <c r="B442"/>
       <c r="C442" t="s">
-        <v>1183</v>
+        <v>890</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
-        <v>1184</v>
-[...3 lines deleted...]
-      </c>
+        <v>891</v>
+      </c>
+      <c r="B443"/>
       <c r="C443" t="s">
-        <v>1186</v>
+        <v>892</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>1187</v>
-[...3 lines deleted...]
-      </c>
+        <v>891</v>
+      </c>
+      <c r="B444"/>
       <c r="C444" t="s">
-        <v>1189</v>
+        <v>893</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
-        <v>1190</v>
+        <v>894</v>
       </c>
       <c r="B445"/>
       <c r="C445" t="s">
-        <v>1191</v>
+        <v>895</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
-        <v>1192</v>
-[...3 lines deleted...]
-      </c>
+        <v>896</v>
+      </c>
+      <c r="B446"/>
       <c r="C446" t="s">
-        <v>1194</v>
+        <v>897</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
-        <v>1195</v>
-[...3 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="B447"/>
       <c r="C447" t="s">
-        <v>1197</v>
+        <v>899</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>1198</v>
+        <v>900</v>
       </c>
       <c r="B448"/>
       <c r="C448" t="s">
-        <v>1199</v>
+        <v>901</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
-        <v>1200</v>
+        <v>902</v>
       </c>
       <c r="B449"/>
       <c r="C449" t="s">
-        <v>1201</v>
+        <v>903</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
-        <v>1202</v>
-[...3 lines deleted...]
-      </c>
+        <v>904</v>
+      </c>
+      <c r="B450"/>
       <c r="C450" t="s">
-        <v>1204</v>
+        <v>905</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
-        <v>1205</v>
+        <v>906</v>
       </c>
       <c r="B451"/>
       <c r="C451" t="s">
-        <v>1206</v>
+        <v>907</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
-        <v>1207</v>
+        <v>908</v>
       </c>
       <c r="B452"/>
       <c r="C452" t="s">
-        <v>1208</v>
+        <v>909</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
-        <v>1209</v>
+        <v>910</v>
       </c>
       <c r="B453"/>
       <c r="C453" t="s">
-        <v>1210</v>
+        <v>911</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
-        <v>1211</v>
+        <v>912</v>
       </c>
       <c r="B454"/>
       <c r="C454" t="s">
-        <v>1212</v>
+        <v>913</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
-        <v>1213</v>
-[...3 lines deleted...]
-      </c>
+        <v>914</v>
+      </c>
+      <c r="B455"/>
       <c r="C455" t="s">
-        <v>1215</v>
+        <v>915</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
-        <v>1216</v>
+        <v>916</v>
       </c>
       <c r="B456"/>
       <c r="C456" t="s">
-        <v>1217</v>
+        <v>917</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>1218</v>
-[...3 lines deleted...]
-      </c>
+        <v>918</v>
+      </c>
+      <c r="B457"/>
       <c r="C457" t="s">
-        <v>1220</v>
+        <v>919</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>1221</v>
-[...3 lines deleted...]
-      </c>
+        <v>920</v>
+      </c>
+      <c r="B458"/>
       <c r="C458" t="s">
-        <v>1223</v>
+        <v>921</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>1224</v>
+        <v>922</v>
       </c>
       <c r="B459"/>
       <c r="C459" t="s">
-        <v>1225</v>
+        <v>923</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>1226</v>
+        <v>924</v>
       </c>
       <c r="B460"/>
       <c r="C460" t="s">
-        <v>1227</v>
+        <v>925</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>1228</v>
+        <v>926</v>
       </c>
       <c r="B461"/>
       <c r="C461" t="s">
-        <v>1229</v>
+        <v>927</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>1230</v>
-[...3 lines deleted...]
-      </c>
+        <v>928</v>
+      </c>
+      <c r="B462"/>
       <c r="C462" t="s">
-        <v>1232</v>
+        <v>929</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>1233</v>
+        <v>930</v>
       </c>
       <c r="B463"/>
       <c r="C463" t="s">
-        <v>1234</v>
+        <v>931</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>1235</v>
+        <v>932</v>
       </c>
       <c r="B464"/>
       <c r="C464" t="s">
-        <v>1236</v>
+        <v>933</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>1237</v>
-[...3 lines deleted...]
-      </c>
+        <v>934</v>
+      </c>
+      <c r="B465"/>
       <c r="C465" t="s">
-        <v>1239</v>
+        <v>935</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>1240</v>
+        <v>936</v>
       </c>
       <c r="B466"/>
       <c r="C466" t="s">
-        <v>1241</v>
+        <v>937</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>1242</v>
-[...3 lines deleted...]
-      </c>
+        <v>938</v>
+      </c>
+      <c r="B467"/>
       <c r="C467" t="s">
-        <v>1243</v>
+        <v>939</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>1244</v>
+        <v>940</v>
       </c>
       <c r="B468"/>
       <c r="C468" t="s">
-        <v>1245</v>
+        <v>941</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>1246</v>
-[...3 lines deleted...]
-      </c>
+        <v>942</v>
+      </c>
+      <c r="B469"/>
       <c r="C469" t="s">
-        <v>1248</v>
+        <v>943</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>1249</v>
+        <v>944</v>
       </c>
       <c r="B470"/>
       <c r="C470" t="s">
-        <v>1250</v>
+        <v>945</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>1251</v>
-[...3 lines deleted...]
-      </c>
+        <v>946</v>
+      </c>
+      <c r="B471"/>
       <c r="C471" t="s">
-        <v>1253</v>
+        <v>947</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>1254</v>
+        <v>948</v>
       </c>
       <c r="B472"/>
       <c r="C472" t="s">
-        <v>1255</v>
+        <v>949</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>1256</v>
-[...3 lines deleted...]
-      </c>
+        <v>950</v>
+      </c>
+      <c r="B473"/>
       <c r="C473" t="s">
-        <v>1258</v>
+        <v>951</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>1259</v>
+        <v>952</v>
       </c>
       <c r="B474"/>
       <c r="C474" t="s">
-        <v>1260</v>
+        <v>953</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>1261</v>
-[...3 lines deleted...]
-      </c>
+        <v>954</v>
+      </c>
+      <c r="B475"/>
       <c r="C475" t="s">
-        <v>1263</v>
+        <v>955</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
-        <v>1264</v>
-[...3 lines deleted...]
-      </c>
+        <v>956</v>
+      </c>
+      <c r="B476"/>
       <c r="C476" t="s">
-        <v>1266</v>
+        <v>957</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>1267</v>
+        <v>958</v>
       </c>
       <c r="B477"/>
       <c r="C477" t="s">
-        <v>1268</v>
+        <v>959</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>1269</v>
+        <v>960</v>
       </c>
       <c r="B478"/>
       <c r="C478" t="s">
-        <v>1270</v>
+        <v>961</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>1271</v>
-[...3 lines deleted...]
-      </c>
+        <v>962</v>
+      </c>
+      <c r="B479"/>
       <c r="C479" t="s">
-        <v>1273</v>
+        <v>963</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>1274</v>
+        <v>964</v>
       </c>
       <c r="B480"/>
       <c r="C480" t="s">
-        <v>1275</v>
+        <v>965</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>1276</v>
-[...3 lines deleted...]
-      </c>
+        <v>966</v>
+      </c>
+      <c r="B481"/>
       <c r="C481" t="s">
-        <v>1278</v>
+        <v>967</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>1279</v>
-[...3 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="B482"/>
       <c r="C482" t="s">
-        <v>1280</v>
+        <v>969</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>1281</v>
-[...3 lines deleted...]
-      </c>
+        <v>970</v>
+      </c>
+      <c r="B483"/>
       <c r="C483" t="s">
-        <v>1282</v>
+        <v>971</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>1283</v>
-[...3 lines deleted...]
-      </c>
+        <v>972</v>
+      </c>
+      <c r="B484"/>
       <c r="C484" t="s">
-        <v>1284</v>
+        <v>973</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>1285</v>
-[...3 lines deleted...]
-      </c>
+        <v>974</v>
+      </c>
+      <c r="B485"/>
       <c r="C485" t="s">
-        <v>1286</v>
+        <v>975</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>1287</v>
-[...3 lines deleted...]
-      </c>
+        <v>976</v>
+      </c>
+      <c r="B486"/>
       <c r="C486" t="s">
-        <v>1288</v>
+        <v>977</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>1289</v>
-[...3 lines deleted...]
-      </c>
+        <v>978</v>
+      </c>
+      <c r="B487"/>
       <c r="C487" t="s">
-        <v>1290</v>
+        <v>979</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>1291</v>
-[...3 lines deleted...]
-      </c>
+        <v>980</v>
+      </c>
+      <c r="B488"/>
       <c r="C488" t="s">
-        <v>1292</v>
+        <v>981</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>1293</v>
-[...3 lines deleted...]
-      </c>
+        <v>982</v>
+      </c>
+      <c r="B489"/>
       <c r="C489" t="s">
-        <v>1294</v>
+        <v>983</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>1295</v>
-[...3 lines deleted...]
-      </c>
+        <v>984</v>
+      </c>
+      <c r="B490"/>
       <c r="C490" t="s">
-        <v>1296</v>
+        <v>985</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>1297</v>
-[...3 lines deleted...]
-      </c>
+        <v>986</v>
+      </c>
+      <c r="B491"/>
       <c r="C491" t="s">
-        <v>1298</v>
+        <v>987</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
-        <v>1299</v>
-[...3 lines deleted...]
-      </c>
+        <v>988</v>
+      </c>
+      <c r="B492"/>
       <c r="C492" t="s">
-        <v>1300</v>
+        <v>989</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>1301</v>
-[...3 lines deleted...]
-      </c>
+        <v>990</v>
+      </c>
+      <c r="B493"/>
       <c r="C493" t="s">
-        <v>1302</v>
+        <v>991</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
-        <v>1303</v>
-[...3 lines deleted...]
-      </c>
+        <v>992</v>
+      </c>
+      <c r="B494"/>
       <c r="C494" t="s">
-        <v>1304</v>
+        <v>993</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
-        <v>1246</v>
-[...3 lines deleted...]
-      </c>
+        <v>994</v>
+      </c>
+      <c r="B495"/>
       <c r="C495" t="s">
-        <v>1306</v>
+        <v>995</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>1307</v>
-[...3 lines deleted...]
-      </c>
+        <v>996</v>
+      </c>
+      <c r="B496"/>
       <c r="C496" t="s">
-        <v>1309</v>
+        <v>997</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>1310</v>
-[...3 lines deleted...]
-      </c>
+        <v>998</v>
+      </c>
+      <c r="B497"/>
       <c r="C497" t="s">
-        <v>1312</v>
+        <v>999</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>1313</v>
+        <v>1000</v>
       </c>
       <c r="B498"/>
       <c r="C498" t="s">
-        <v>1314</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>1315</v>
-[...3 lines deleted...]
-      </c>
+        <v>1002</v>
+      </c>
+      <c r="B499"/>
       <c r="C499" t="s">
-        <v>1316</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>1317</v>
+        <v>1004</v>
       </c>
       <c r="B500"/>
       <c r="C500" t="s">
-        <v>1318</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>1319</v>
+        <v>1006</v>
       </c>
       <c r="B501"/>
       <c r="C501" t="s">
-        <v>1320</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>1321</v>
-[...3 lines deleted...]
-      </c>
+        <v>1008</v>
+      </c>
+      <c r="B502"/>
       <c r="C502" t="s">
-        <v>1323</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>1324</v>
+        <v>1010</v>
       </c>
       <c r="B503"/>
       <c r="C503" t="s">
-        <v>1325</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>1326</v>
+        <v>1012</v>
       </c>
       <c r="B504"/>
       <c r="C504" t="s">
-        <v>1327</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>1328</v>
+        <v>1014</v>
       </c>
       <c r="B505"/>
       <c r="C505" t="s">
-        <v>1329</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>1330</v>
+        <v>1016</v>
       </c>
       <c r="B506"/>
       <c r="C506" t="s">
-        <v>1331</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>1332</v>
+        <v>1018</v>
       </c>
       <c r="B507"/>
       <c r="C507" t="s">
-        <v>1333</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>1334</v>
+        <v>1020</v>
       </c>
       <c r="B508"/>
       <c r="C508" t="s">
-        <v>1335</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>1336</v>
-[...3 lines deleted...]
-      </c>
+        <v>1022</v>
+      </c>
+      <c r="B509"/>
       <c r="C509" t="s">
-        <v>1338</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
-        <v>1339</v>
-[...3 lines deleted...]
-      </c>
+        <v>1024</v>
+      </c>
+      <c r="B510"/>
       <c r="C510" t="s">
-        <v>1341</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
-        <v>1342</v>
+        <v>1026</v>
       </c>
       <c r="B511"/>
       <c r="C511" t="s">
-        <v>1343</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>1344</v>
+        <v>1028</v>
       </c>
       <c r="B512"/>
       <c r="C512" t="s">
-        <v>1345</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>1346</v>
+        <v>1030</v>
       </c>
       <c r="B513"/>
       <c r="C513" t="s">
-        <v>1347</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>1348</v>
-[...3 lines deleted...]
-      </c>
+        <v>1032</v>
+      </c>
+      <c r="B514"/>
       <c r="C514" t="s">
-        <v>1350</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
-        <v>1351</v>
-[...3 lines deleted...]
-      </c>
+        <v>1034</v>
+      </c>
+      <c r="B515"/>
       <c r="C515" t="s">
-        <v>1353</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>1354</v>
-[...3 lines deleted...]
-      </c>
+        <v>1036</v>
+      </c>
+      <c r="B516"/>
       <c r="C516" t="s">
-        <v>1355</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>1356</v>
-[...3 lines deleted...]
-      </c>
+        <v>1038</v>
+      </c>
+      <c r="B517"/>
       <c r="C517" t="s">
-        <v>1358</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
-        <v>1359</v>
-[...3 lines deleted...]
-      </c>
+        <v>1040</v>
+      </c>
+      <c r="B518"/>
       <c r="C518" t="s">
-        <v>1360</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
-        <v>1361</v>
-[...3 lines deleted...]
-      </c>
+        <v>1042</v>
+      </c>
+      <c r="B519"/>
       <c r="C519" t="s">
-        <v>1363</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
-        <v>1364</v>
-[...3 lines deleted...]
-      </c>
+        <v>1044</v>
+      </c>
+      <c r="B520"/>
       <c r="C520" t="s">
-        <v>1365</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
-        <v>1366</v>
-[...3 lines deleted...]
-      </c>
+        <v>1046</v>
+      </c>
+      <c r="B521"/>
       <c r="C521" t="s">
-        <v>1367</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>1368</v>
+        <v>1048</v>
       </c>
       <c r="B522"/>
       <c r="C522" t="s">
-        <v>1369</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>1370</v>
-[...3 lines deleted...]
-      </c>
+        <v>1050</v>
+      </c>
+      <c r="B523"/>
       <c r="C523" t="s">
-        <v>1372</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>1373</v>
+        <v>1052</v>
       </c>
       <c r="B524"/>
       <c r="C524" t="s">
-        <v>1374</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>1375</v>
-[...3 lines deleted...]
-      </c>
+        <v>1054</v>
+      </c>
+      <c r="B525"/>
       <c r="C525" t="s">
-        <v>1377</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>1378</v>
-[...3 lines deleted...]
-      </c>
+        <v>1056</v>
+      </c>
+      <c r="B526"/>
       <c r="C526" t="s">
-        <v>1380</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>1381</v>
+        <v>1058</v>
       </c>
       <c r="B527"/>
       <c r="C527" t="s">
-        <v>1382</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>1383</v>
-[...3 lines deleted...]
-      </c>
+        <v>1060</v>
+      </c>
+      <c r="B528"/>
       <c r="C528" t="s">
-        <v>1385</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>1386</v>
+        <v>1062</v>
       </c>
       <c r="B529"/>
       <c r="C529" t="s">
-        <v>1387</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>1388</v>
-[...3 lines deleted...]
-      </c>
+        <v>1064</v>
+      </c>
+      <c r="B530"/>
       <c r="C530" t="s">
-        <v>1390</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>1391</v>
+        <v>1066</v>
       </c>
       <c r="B531"/>
       <c r="C531" t="s">
-        <v>1392</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>1393</v>
-[...3 lines deleted...]
-      </c>
+        <v>1068</v>
+      </c>
+      <c r="B532"/>
       <c r="C532" t="s">
-        <v>1394</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>1395</v>
-[...3 lines deleted...]
-      </c>
+        <v>1070</v>
+      </c>
+      <c r="B533"/>
       <c r="C533" t="s">
-        <v>1396</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>1397</v>
-[...3 lines deleted...]
-      </c>
+        <v>1072</v>
+      </c>
+      <c r="B534"/>
       <c r="C534" t="s">
-        <v>1398</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>1399</v>
-[...3 lines deleted...]
-      </c>
+        <v>1074</v>
+      </c>
+      <c r="B535"/>
       <c r="C535" t="s">
-        <v>1400</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>1401</v>
-[...3 lines deleted...]
-      </c>
+        <v>1076</v>
+      </c>
+      <c r="B536"/>
       <c r="C536" t="s">
-        <v>1403</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>1404</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="B537"/>
       <c r="C537" t="s">
-        <v>1406</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>1407</v>
-[...3 lines deleted...]
-      </c>
+        <v>1079</v>
+      </c>
+      <c r="B538"/>
       <c r="C538" t="s">
-        <v>1409</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>1410</v>
-[...3 lines deleted...]
-      </c>
+        <v>1081</v>
+      </c>
+      <c r="B539"/>
       <c r="C539" t="s">
-        <v>1412</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>1413</v>
-[...3 lines deleted...]
-      </c>
+        <v>1083</v>
+      </c>
+      <c r="B540"/>
       <c r="C540" t="s">
-        <v>1414</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>1415</v>
-[...3 lines deleted...]
-      </c>
+        <v>1085</v>
+      </c>
+      <c r="B541"/>
       <c r="C541" t="s">
-        <v>1417</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1087</v>
+      </c>
+      <c r="B542"/>
       <c r="C542" t="s">
-        <v>1420</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
-        <v>1421</v>
+        <v>1089</v>
       </c>
       <c r="B543"/>
       <c r="C543" t="s">
-        <v>1422</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
-        <v>1423</v>
+        <v>1091</v>
       </c>
       <c r="B544"/>
       <c r="C544" t="s">
-        <v>1424</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
-        <v>1425</v>
+        <v>1093</v>
       </c>
       <c r="B545"/>
       <c r="C545" t="s">
-        <v>1426</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
-        <v>1427</v>
+        <v>1095</v>
       </c>
       <c r="B546"/>
       <c r="C546" t="s">
-        <v>1428</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
-        <v>1429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1097</v>
+      </c>
+      <c r="B547"/>
       <c r="C547" t="s">
-        <v>1430</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>1431</v>
-[...3 lines deleted...]
-      </c>
+        <v>1099</v>
+      </c>
+      <c r="B548"/>
       <c r="C548" t="s">
-        <v>1432</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>1433</v>
-[...3 lines deleted...]
-      </c>
+        <v>1101</v>
+      </c>
+      <c r="B549"/>
       <c r="C549" t="s">
-        <v>1435</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
-        <v>1436</v>
-[...3 lines deleted...]
-      </c>
+        <v>1103</v>
+      </c>
+      <c r="B550"/>
       <c r="C550" t="s">
-        <v>1438</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>1439</v>
-[...3 lines deleted...]
-      </c>
+        <v>1105</v>
+      </c>
+      <c r="B551"/>
       <c r="C551" t="s">
-        <v>1441</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>1442</v>
-[...3 lines deleted...]
-      </c>
+        <v>1107</v>
+      </c>
+      <c r="B552"/>
       <c r="C552" t="s">
-        <v>1444</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
-        <v>1445</v>
-[...3 lines deleted...]
-      </c>
+        <v>1109</v>
+      </c>
+      <c r="B553"/>
       <c r="C553" t="s">
-        <v>1446</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
-        <v>1447</v>
-[...3 lines deleted...]
-      </c>
+        <v>1111</v>
+      </c>
+      <c r="B554"/>
       <c r="C554" t="s">
-        <v>1449</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
-        <v>1450</v>
-[...3 lines deleted...]
-      </c>
+        <v>1113</v>
+      </c>
+      <c r="B555"/>
       <c r="C555" t="s">
-        <v>1452</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
-        <v>1453</v>
-[...3 lines deleted...]
-      </c>
+        <v>1115</v>
+      </c>
+      <c r="B556"/>
       <c r="C556" t="s">
-        <v>1455</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
-        <v>1456</v>
-[...3 lines deleted...]
-      </c>
+        <v>1117</v>
+      </c>
+      <c r="B557"/>
       <c r="C557" t="s">
-        <v>1458</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
-        <v>1459</v>
+        <v>1119</v>
       </c>
       <c r="B558"/>
       <c r="C558" t="s">
-        <v>1460</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
-        <v>1461</v>
+        <v>1121</v>
       </c>
       <c r="B559"/>
       <c r="C559" t="s">
-        <v>1462</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>1463</v>
-[...3 lines deleted...]
-      </c>
+        <v>1123</v>
+      </c>
+      <c r="B560"/>
       <c r="C560" t="s">
-        <v>1464</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>1465</v>
+        <v>1125</v>
       </c>
       <c r="B561"/>
       <c r="C561" t="s">
-        <v>1466</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>1467</v>
-[...3 lines deleted...]
-      </c>
+        <v>1127</v>
+      </c>
+      <c r="B562"/>
       <c r="C562" t="s">
-        <v>1469</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>1470</v>
+        <v>1129</v>
       </c>
       <c r="B563"/>
       <c r="C563" t="s">
-        <v>1471</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>1472</v>
+        <v>1131</v>
       </c>
       <c r="B564"/>
       <c r="C564" t="s">
-        <v>1473</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>1474</v>
+        <v>1133</v>
       </c>
       <c r="B565"/>
       <c r="C565" t="s">
-        <v>1475</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>1476</v>
-[...3 lines deleted...]
-      </c>
+        <v>1135</v>
+      </c>
+      <c r="B566"/>
       <c r="C566" t="s">
-        <v>1478</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>1479</v>
-[...3 lines deleted...]
-      </c>
+        <v>1137</v>
+      </c>
+      <c r="B567"/>
       <c r="C567" t="s">
-        <v>1481</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>1482</v>
-[...3 lines deleted...]
-      </c>
+        <v>1139</v>
+      </c>
+      <c r="B568"/>
       <c r="C568" t="s">
-        <v>1484</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>1485</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="B569"/>
       <c r="C569" t="s">
-        <v>1487</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>1488</v>
+        <v>1143</v>
       </c>
       <c r="B570"/>
       <c r="C570" t="s">
-        <v>1489</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>1490</v>
-[...3 lines deleted...]
-      </c>
+        <v>1145</v>
+      </c>
+      <c r="B571"/>
       <c r="C571" t="s">
-        <v>1492</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>1493</v>
-[...3 lines deleted...]
-      </c>
+        <v>1147</v>
+      </c>
+      <c r="B572"/>
       <c r="C572" t="s">
-        <v>1494</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>1495</v>
-[...3 lines deleted...]
-      </c>
+        <v>1149</v>
+      </c>
+      <c r="B573"/>
       <c r="C573" t="s">
-        <v>1496</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>1497</v>
-[...3 lines deleted...]
-      </c>
+        <v>1151</v>
+      </c>
+      <c r="B574"/>
       <c r="C574" t="s">
-        <v>1499</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>1500</v>
+        <v>1153</v>
       </c>
       <c r="B575"/>
       <c r="C575" t="s">
-        <v>1501</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>1502</v>
-[...3 lines deleted...]
-      </c>
+        <v>1155</v>
+      </c>
+      <c r="B576"/>
       <c r="C576" t="s">
-        <v>1504</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>1505</v>
+        <v>1157</v>
       </c>
       <c r="B577"/>
       <c r="C577" t="s">
-        <v>1506</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>1507</v>
+        <v>1159</v>
       </c>
       <c r="B578"/>
       <c r="C578" t="s">
-        <v>1508</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>1509</v>
+        <v>1161</v>
       </c>
       <c r="B579"/>
       <c r="C579" t="s">
-        <v>1510</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>1511</v>
-[...3 lines deleted...]
-      </c>
+        <v>1163</v>
+      </c>
+      <c r="B580"/>
       <c r="C580" t="s">
-        <v>1512</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>1513</v>
+        <v>1165</v>
       </c>
       <c r="B581"/>
       <c r="C581" t="s">
-        <v>1514</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>1515</v>
-[...3 lines deleted...]
-      </c>
+        <v>1167</v>
+      </c>
+      <c r="B582"/>
       <c r="C582" t="s">
-        <v>1517</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>1518</v>
-[...3 lines deleted...]
-      </c>
+        <v>1169</v>
+      </c>
+      <c r="B583"/>
       <c r="C583" t="s">
-        <v>1519</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>1520</v>
+        <v>1171</v>
       </c>
       <c r="B584"/>
       <c r="C584" t="s">
-        <v>1521</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>1522</v>
+        <v>1173</v>
       </c>
       <c r="B585"/>
       <c r="C585" t="s">
-        <v>1523</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
-        <v>1524</v>
+        <v>1175</v>
       </c>
       <c r="B586"/>
       <c r="C586" t="s">
-        <v>1525</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
-        <v>1526</v>
-[...3 lines deleted...]
-      </c>
+        <v>1177</v>
+      </c>
+      <c r="B587"/>
       <c r="C587" t="s">
-        <v>1528</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
-        <v>1529</v>
-[...3 lines deleted...]
-      </c>
+        <v>1179</v>
+      </c>
+      <c r="B588"/>
       <c r="C588" t="s">
-        <v>1531</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
-        <v>1532</v>
-[...3 lines deleted...]
-      </c>
+        <v>1181</v>
+      </c>
+      <c r="B589"/>
       <c r="C589" t="s">
-        <v>1534</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
-        <v>1535</v>
+        <v>1183</v>
       </c>
       <c r="B590"/>
       <c r="C590" t="s">
-        <v>1536</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
-        <v>1537</v>
+        <v>1185</v>
       </c>
       <c r="B591"/>
       <c r="C591" t="s">
-        <v>1538</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
-        <v>1539</v>
+        <v>1187</v>
       </c>
       <c r="B592"/>
       <c r="C592" t="s">
-        <v>1540</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
-        <v>1541</v>
-[...3 lines deleted...]
-      </c>
+        <v>1189</v>
+      </c>
+      <c r="B593"/>
       <c r="C593" t="s">
-        <v>1543</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
-        <v>1544</v>
+        <v>1191</v>
       </c>
       <c r="B594"/>
       <c r="C594" t="s">
-        <v>1545</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
-        <v>1546</v>
-[...3 lines deleted...]
-      </c>
+        <v>1193</v>
+      </c>
+      <c r="B595"/>
       <c r="C595" t="s">
-        <v>1548</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
-        <v>1549</v>
-[...3 lines deleted...]
-      </c>
+        <v>1195</v>
+      </c>
+      <c r="B596"/>
       <c r="C596" t="s">
-        <v>1551</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
-        <v>1552</v>
-[...3 lines deleted...]
-      </c>
+        <v>1197</v>
+      </c>
+      <c r="B597"/>
       <c r="C597" t="s">
-        <v>1554</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
-        <v>1555</v>
-[...3 lines deleted...]
-      </c>
+        <v>1199</v>
+      </c>
+      <c r="B598"/>
       <c r="C598" t="s">
-        <v>1556</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
-        <v>1557</v>
+        <v>1201</v>
       </c>
       <c r="B599"/>
       <c r="C599" t="s">
-        <v>1558</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
-        <v>1559</v>
-[...3 lines deleted...]
-      </c>
+        <v>1203</v>
+      </c>
+      <c r="B600"/>
       <c r="C600" t="s">
-        <v>1561</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
-        <v>1562</v>
-[...3 lines deleted...]
-      </c>
+        <v>1205</v>
+      </c>
+      <c r="B601"/>
       <c r="C601" t="s">
-        <v>1564</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
-        <v>1565</v>
-[...3 lines deleted...]
-      </c>
+        <v>1207</v>
+      </c>
+      <c r="B602"/>
       <c r="C602" t="s">
-        <v>1567</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
-        <v>1568</v>
-[...3 lines deleted...]
-      </c>
+        <v>1209</v>
+      </c>
+      <c r="B603"/>
       <c r="C603" t="s">
-        <v>1570</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
-        <v>1571</v>
+        <v>1211</v>
       </c>
       <c r="B604"/>
       <c r="C604" t="s">
-        <v>1572</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
-        <v>1573</v>
+        <v>1213</v>
       </c>
       <c r="B605"/>
       <c r="C605" t="s">
-        <v>1574</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
-        <v>1575</v>
-[...3 lines deleted...]
-      </c>
+        <v>1215</v>
+      </c>
+      <c r="B606"/>
       <c r="C606" t="s">
-        <v>1577</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
-        <v>1578</v>
-[...3 lines deleted...]
-      </c>
+        <v>1217</v>
+      </c>
+      <c r="B607"/>
       <c r="C607" t="s">
-        <v>1580</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
-        <v>1581</v>
+        <v>1219</v>
       </c>
       <c r="B608"/>
       <c r="C608" t="s">
-        <v>1582</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
-        <v>1583</v>
-[...3 lines deleted...]
-      </c>
+        <v>1221</v>
+      </c>
+      <c r="B609"/>
       <c r="C609" t="s">
-        <v>1585</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
-        <v>1586</v>
-[...3 lines deleted...]
-      </c>
+        <v>1223</v>
+      </c>
+      <c r="B610"/>
       <c r="C610" t="s">
-        <v>1588</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
-        <v>1589</v>
-[...3 lines deleted...]
-      </c>
+        <v>1225</v>
+      </c>
+      <c r="B611"/>
       <c r="C611" t="s">
-        <v>1591</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
-        <v>1592</v>
-[...3 lines deleted...]
-      </c>
+        <v>1227</v>
+      </c>
+      <c r="B612"/>
       <c r="C612" t="s">
-        <v>1593</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
-        <v>1594</v>
-[...3 lines deleted...]
-      </c>
+        <v>1229</v>
+      </c>
+      <c r="B613"/>
       <c r="C613" t="s">
-        <v>1596</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
-        <v>1597</v>
-[...3 lines deleted...]
-      </c>
+        <v>1231</v>
+      </c>
+      <c r="B614"/>
       <c r="C614" t="s">
-        <v>1599</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
-        <v>1600</v>
-[...3 lines deleted...]
-      </c>
+        <v>1233</v>
+      </c>
+      <c r="B615"/>
       <c r="C615" t="s">
-        <v>1602</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
-        <v>1603</v>
-[...3 lines deleted...]
-      </c>
+        <v>1235</v>
+      </c>
+      <c r="B616"/>
       <c r="C616" t="s">
-        <v>1605</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
-        <v>1606</v>
-[...3 lines deleted...]
-      </c>
+        <v>1237</v>
+      </c>
+      <c r="B617"/>
       <c r="C617" t="s">
-        <v>1608</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
-        <v>1609</v>
-[...3 lines deleted...]
-      </c>
+        <v>1239</v>
+      </c>
+      <c r="B618"/>
       <c r="C618" t="s">
-        <v>1610</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
-        <v>1611</v>
-[...3 lines deleted...]
-      </c>
+        <v>1241</v>
+      </c>
+      <c r="B619"/>
       <c r="C619" t="s">
-        <v>1613</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
-        <v>1614</v>
-[...3 lines deleted...]
-      </c>
+        <v>1243</v>
+      </c>
+      <c r="B620"/>
       <c r="C620" t="s">
-        <v>1616</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
-        <v>1617</v>
-[...3 lines deleted...]
-      </c>
+        <v>1245</v>
+      </c>
+      <c r="B621"/>
       <c r="C621" t="s">
-        <v>1619</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
-        <v>1620</v>
-[...3 lines deleted...]
-      </c>
+        <v>1247</v>
+      </c>
+      <c r="B622"/>
       <c r="C622" t="s">
-        <v>1622</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
-        <v>1623</v>
-[...3 lines deleted...]
-      </c>
+        <v>1249</v>
+      </c>
+      <c r="B623"/>
       <c r="C623" t="s">
-        <v>1624</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
-        <v>1625</v>
-[...3 lines deleted...]
-      </c>
+        <v>1251</v>
+      </c>
+      <c r="B624"/>
       <c r="C624" t="s">
-        <v>1626</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
-        <v>1627</v>
-[...3 lines deleted...]
-      </c>
+        <v>1253</v>
+      </c>
+      <c r="B625"/>
       <c r="C625" t="s">
-        <v>1628</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
-        <v>1629</v>
+        <v>1255</v>
       </c>
       <c r="B626"/>
       <c r="C626" t="s">
-        <v>1630</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
-        <v>1631</v>
+        <v>1257</v>
       </c>
       <c r="B627"/>
       <c r="C627" t="s">
-        <v>1632</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>1259</v>
+      </c>
+      <c r="B628"/>
       <c r="C628" t="s">
-        <v>1635</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
-        <v>1636</v>
-[...3 lines deleted...]
-      </c>
+        <v>1261</v>
+      </c>
+      <c r="B629"/>
       <c r="C629" t="s">
-        <v>1638</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
-        <v>1639</v>
+        <v>1263</v>
       </c>
       <c r="B630"/>
       <c r="C630" t="s">
-        <v>1640</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
-        <v>1641</v>
-[...3 lines deleted...]
-      </c>
+        <v>1265</v>
+      </c>
+      <c r="B631"/>
       <c r="C631" t="s">
-        <v>1643</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
-        <v>1644</v>
+        <v>1267</v>
       </c>
       <c r="B632"/>
       <c r="C632" t="s">
-        <v>1645</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
-        <v>1646</v>
-[...3 lines deleted...]
-      </c>
+        <v>1269</v>
+      </c>
+      <c r="B633"/>
       <c r="C633" t="s">
-        <v>1647</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
-        <v>1648</v>
-[...3 lines deleted...]
-      </c>
+        <v>1271</v>
+      </c>
+      <c r="B634"/>
       <c r="C634" t="s">
-        <v>1649</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
-        <v>1650</v>
-[...3 lines deleted...]
-      </c>
+        <v>1273</v>
+      </c>
+      <c r="B635"/>
       <c r="C635" t="s">
-        <v>1652</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
-        <v>1653</v>
-[...3 lines deleted...]
-      </c>
+        <v>1275</v>
+      </c>
+      <c r="B636"/>
       <c r="C636" t="s">
-        <v>1654</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
-        <v>1655</v>
-[...3 lines deleted...]
-      </c>
+        <v>1277</v>
+      </c>
+      <c r="B637"/>
       <c r="C637" t="s">
-        <v>1656</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1279</v>
+      </c>
+      <c r="B638"/>
       <c r="C638" t="s">
-        <v>1658</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
-        <v>1659</v>
-[...3 lines deleted...]
-      </c>
+        <v>1281</v>
+      </c>
+      <c r="B639"/>
       <c r="C639" t="s">
-        <v>1660</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
-        <v>1661</v>
-[...3 lines deleted...]
-      </c>
+        <v>1283</v>
+      </c>
+      <c r="B640"/>
       <c r="C640" t="s">
-        <v>1662</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
-        <v>1663</v>
-[...3 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="B641"/>
       <c r="C641" t="s">
-        <v>1664</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
-        <v>1665</v>
-[...3 lines deleted...]
-      </c>
+        <v>1287</v>
+      </c>
+      <c r="B642"/>
       <c r="C642" t="s">
-        <v>1667</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
-        <v>1668</v>
+        <v>1289</v>
       </c>
       <c r="B643"/>
       <c r="C643" t="s">
-        <v>1669</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
-        <v>1670</v>
-[...3 lines deleted...]
-      </c>
+        <v>1291</v>
+      </c>
+      <c r="B644"/>
       <c r="C644" t="s">
-        <v>1672</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
-        <v>1673</v>
+        <v>1293</v>
       </c>
       <c r="B645"/>
       <c r="C645" t="s">
-        <v>1674</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
-        <v>1675</v>
+        <v>1295</v>
       </c>
       <c r="B646"/>
       <c r="C646" t="s">
-        <v>1676</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
-        <v>1677</v>
+        <v>1297</v>
       </c>
       <c r="B647"/>
       <c r="C647" t="s">
-        <v>1678</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
-        <v>1679</v>
-[...3 lines deleted...]
-      </c>
+        <v>1299</v>
+      </c>
+      <c r="B648"/>
       <c r="C648" t="s">
-        <v>1681</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
-        <v>1682</v>
-[...3 lines deleted...]
-      </c>
+        <v>1301</v>
+      </c>
+      <c r="B649"/>
       <c r="C649" t="s">
-        <v>1684</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
-        <v>1685</v>
-[...3 lines deleted...]
-      </c>
+        <v>1303</v>
+      </c>
+      <c r="B650"/>
       <c r="C650" t="s">
-        <v>1687</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
-        <v>1688</v>
-[...3 lines deleted...]
-      </c>
+        <v>1305</v>
+      </c>
+      <c r="B651"/>
       <c r="C651" t="s">
-        <v>1690</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
-        <v>1691</v>
+        <v>1307</v>
       </c>
       <c r="B652"/>
       <c r="C652" t="s">
-        <v>1692</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
-        <v>1693</v>
-[...3 lines deleted...]
-      </c>
+        <v>1309</v>
+      </c>
+      <c r="B653"/>
       <c r="C653" t="s">
-        <v>1694</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
-        <v>1695</v>
-[...3 lines deleted...]
-      </c>
+        <v>1311</v>
+      </c>
+      <c r="B654"/>
       <c r="C654" t="s">
-        <v>1696</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
-        <v>1697</v>
+        <v>1313</v>
       </c>
       <c r="B655"/>
       <c r="C655" t="s">
-        <v>1698</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
-        <v>1699</v>
-[...3 lines deleted...]
-      </c>
+        <v>1315</v>
+      </c>
+      <c r="B656"/>
       <c r="C656" t="s">
-        <v>1700</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
-        <v>1701</v>
+        <v>1317</v>
       </c>
       <c r="B657"/>
       <c r="C657" t="s">
-        <v>1702</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
-        <v>1703</v>
+        <v>1319</v>
       </c>
       <c r="B658"/>
       <c r="C658" t="s">
-        <v>1704</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
-        <v>1705</v>
-[...3 lines deleted...]
-      </c>
+        <v>1321</v>
+      </c>
+      <c r="B659"/>
       <c r="C659" t="s">
-        <v>1706</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
-        <v>1707</v>
-[...3 lines deleted...]
-      </c>
+        <v>1323</v>
+      </c>
+      <c r="B660"/>
       <c r="C660" t="s">
-        <v>1708</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
-        <v>1709</v>
-[...3 lines deleted...]
-      </c>
+        <v>1325</v>
+      </c>
+      <c r="B661"/>
       <c r="C661" t="s">
-        <v>1710</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
-        <v>1711</v>
-[...3 lines deleted...]
-      </c>
+        <v>1327</v>
+      </c>
+      <c r="B662"/>
       <c r="C662" t="s">
-        <v>1712</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
-        <v>1713</v>
-[...3 lines deleted...]
-      </c>
+        <v>1329</v>
+      </c>
+      <c r="B663"/>
       <c r="C663" t="s">
-        <v>1714</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
-        <v>1715</v>
-[...3 lines deleted...]
-      </c>
+        <v>1331</v>
+      </c>
+      <c r="B664"/>
       <c r="C664" t="s">
-        <v>1716</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
-        <v>1717</v>
-[...3 lines deleted...]
-      </c>
+        <v>1333</v>
+      </c>
+      <c r="B665"/>
       <c r="C665" t="s">
-        <v>1718</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
-        <v>1719</v>
+        <v>1335</v>
       </c>
       <c r="B666"/>
       <c r="C666" t="s">
-        <v>1720</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
-        <v>1721</v>
-[...3 lines deleted...]
-      </c>
+        <v>1337</v>
+      </c>
+      <c r="B667"/>
       <c r="C667" t="s">
-        <v>1722</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
-        <v>1723</v>
-[...3 lines deleted...]
-      </c>
+        <v>1339</v>
+      </c>
+      <c r="B668"/>
       <c r="C668" t="s">
-        <v>1724</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
-        <v>1725</v>
+        <v>1341</v>
       </c>
       <c r="B669"/>
       <c r="C669" t="s">
-        <v>1726</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
-        <v>1727</v>
+        <v>1343</v>
       </c>
       <c r="B670"/>
       <c r="C670" t="s">
-        <v>1728</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
-        <v>1729</v>
+        <v>1345</v>
       </c>
       <c r="B671"/>
       <c r="C671" t="s">
-        <v>1730</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
-        <v>1731</v>
-[...3 lines deleted...]
-      </c>
+        <v>1347</v>
+      </c>
+      <c r="B672"/>
       <c r="C672" t="s">
-        <v>1733</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
-        <v>1734</v>
-[...3 lines deleted...]
-      </c>
+        <v>1349</v>
+      </c>
+      <c r="B673"/>
       <c r="C673" t="s">
-        <v>1735</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
-        <v>1736</v>
+        <v>1351</v>
       </c>
       <c r="B674"/>
       <c r="C674" t="s">
-        <v>1737</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
-        <v>1738</v>
+        <v>1353</v>
       </c>
       <c r="B675"/>
       <c r="C675" t="s">
-        <v>1739</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
-        <v>1740</v>
+        <v>1355</v>
       </c>
       <c r="B676"/>
       <c r="C676" t="s">
-        <v>1741</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
-        <v>1742</v>
-[...3 lines deleted...]
-      </c>
+        <v>1357</v>
+      </c>
+      <c r="B677"/>
       <c r="C677" t="s">
-        <v>1744</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
-        <v>1745</v>
+        <v>1359</v>
       </c>
       <c r="B678"/>
       <c r="C678" t="s">
-        <v>1746</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
-        <v>1747</v>
+        <v>1361</v>
       </c>
       <c r="B679"/>
       <c r="C679" t="s">
-        <v>1748</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
-        <v>1749</v>
+        <v>1363</v>
       </c>
       <c r="B680"/>
       <c r="C680" t="s">
-        <v>1750</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
-        <v>1751</v>
-[...3 lines deleted...]
-      </c>
+        <v>1365</v>
+      </c>
+      <c r="B681"/>
       <c r="C681" t="s">
-        <v>1753</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
-        <v>1754</v>
-[...3 lines deleted...]
-      </c>
+        <v>1367</v>
+      </c>
+      <c r="B682"/>
       <c r="C682" t="s">
-        <v>1756</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
-        <v>1757</v>
-[...3 lines deleted...]
-      </c>
+        <v>1369</v>
+      </c>
+      <c r="B683"/>
       <c r="C683" t="s">
-        <v>1758</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
-        <v>1759</v>
-[...3 lines deleted...]
-      </c>
+        <v>1371</v>
+      </c>
+      <c r="B684"/>
       <c r="C684" t="s">
-        <v>1761</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
-        <v>1762</v>
-[...3 lines deleted...]
-      </c>
+        <v>1373</v>
+      </c>
+      <c r="B685"/>
       <c r="C685" t="s">
-        <v>1764</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
-        <v>1765</v>
+        <v>1375</v>
       </c>
       <c r="B686"/>
       <c r="C686" t="s">
-        <v>1766</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
-        <v>1767</v>
-[...3 lines deleted...]
-      </c>
+        <v>1377</v>
+      </c>
+      <c r="B687"/>
       <c r="C687" t="s">
-        <v>1769</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
-        <v>1770</v>
-[...3 lines deleted...]
-      </c>
+        <v>1379</v>
+      </c>
+      <c r="B688"/>
       <c r="C688" t="s">
-        <v>1771</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
-        <v>1772</v>
+        <v>1381</v>
       </c>
       <c r="B689"/>
       <c r="C689" t="s">
-        <v>1773</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
-        <v>1774</v>
-[...3 lines deleted...]
-      </c>
+        <v>1383</v>
+      </c>
+      <c r="B690"/>
       <c r="C690" t="s">
-        <v>1775</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
-        <v>1776</v>
-[...3 lines deleted...]
-      </c>
+        <v>1385</v>
+      </c>
+      <c r="B691"/>
       <c r="C691" t="s">
-        <v>1777</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
-        <v>1778</v>
-[...3 lines deleted...]
-      </c>
+        <v>1387</v>
+      </c>
+      <c r="B692"/>
       <c r="C692" t="s">
-        <v>1780</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
-        <v>1781</v>
-[...3 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="B693"/>
       <c r="C693" t="s">
-        <v>1783</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
-        <v>1784</v>
+        <v>1391</v>
       </c>
       <c r="B694"/>
       <c r="C694" t="s">
-        <v>1785</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
-        <v>1786</v>
-[...3 lines deleted...]
-      </c>
+        <v>1393</v>
+      </c>
+      <c r="B695"/>
       <c r="C695" t="s">
-        <v>1788</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
-        <v>1789</v>
+        <v>1395</v>
       </c>
       <c r="B696"/>
       <c r="C696" t="s">
-        <v>1790</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
-        <v>1791</v>
-[...3 lines deleted...]
-      </c>
+        <v>1397</v>
+      </c>
+      <c r="B697"/>
       <c r="C697" t="s">
-        <v>1793</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
-        <v>1794</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="B698"/>
       <c r="C698" t="s">
-        <v>1796</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
-        <v>1797</v>
-[...3 lines deleted...]
-      </c>
+        <v>1401</v>
+      </c>
+      <c r="B699"/>
       <c r="C699" t="s">
-        <v>1799</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
-        <v>1800</v>
-[...3 lines deleted...]
-      </c>
+        <v>1403</v>
+      </c>
+      <c r="B700"/>
       <c r="C700" t="s">
-        <v>1802</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
-        <v>1803</v>
-[...3 lines deleted...]
-      </c>
+        <v>1405</v>
+      </c>
+      <c r="B701"/>
       <c r="C701" t="s">
-        <v>1805</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
-        <v>1806</v>
-[...3 lines deleted...]
-      </c>
+        <v>1407</v>
+      </c>
+      <c r="B702"/>
       <c r="C702" t="s">
-        <v>1807</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
-        <v>1808</v>
+        <v>1409</v>
       </c>
       <c r="B703"/>
       <c r="C703" t="s">
-        <v>1809</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
-        <v>1810</v>
-[...3 lines deleted...]
-      </c>
+        <v>1411</v>
+      </c>
+      <c r="B704"/>
       <c r="C704" t="s">
-        <v>1812</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
-        <v>1813</v>
-[...3 lines deleted...]
-      </c>
+        <v>1413</v>
+      </c>
+      <c r="B705"/>
       <c r="C705" t="s">
-        <v>1814</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
-        <v>1815</v>
-[...3 lines deleted...]
-      </c>
+        <v>1415</v>
+      </c>
+      <c r="B706"/>
       <c r="C706" t="s">
-        <v>1816</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
-        <v>1817</v>
+        <v>1417</v>
       </c>
       <c r="B707"/>
       <c r="C707" t="s">
-        <v>1818</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
-        <v>1819</v>
+        <v>1419</v>
       </c>
       <c r="B708"/>
       <c r="C708" t="s">
-        <v>1820</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
-        <v>1261</v>
+        <v>1421</v>
       </c>
       <c r="B709"/>
       <c r="C709" t="s">
-        <v>1821</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
-        <v>1822</v>
-[...3 lines deleted...]
-      </c>
+        <v>1423</v>
+      </c>
+      <c r="B710"/>
       <c r="C710" t="s">
-        <v>1824</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
-        <v>1825</v>
-[...3 lines deleted...]
-      </c>
+        <v>1425</v>
+      </c>
+      <c r="B711"/>
       <c r="C711" t="s">
-        <v>1827</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
-        <v>1828</v>
-[...3 lines deleted...]
-      </c>
+        <v>1427</v>
+      </c>
+      <c r="B712"/>
       <c r="C712" t="s">
-        <v>1830</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
-        <v>1831</v>
+        <v>1429</v>
       </c>
       <c r="B713"/>
       <c r="C713" t="s">
-        <v>1832</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
-        <v>1833</v>
+        <v>1431</v>
       </c>
       <c r="B714"/>
       <c r="C714" t="s">
-        <v>1834</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
-        <v>1835</v>
+        <v>1433</v>
       </c>
       <c r="B715"/>
       <c r="C715" t="s">
-        <v>1836</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
-        <v>1837</v>
-[...3 lines deleted...]
-      </c>
+        <v>1435</v>
+      </c>
+      <c r="B716"/>
       <c r="C716" t="s">
-        <v>1839</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
-        <v>1840</v>
+        <v>1437</v>
       </c>
       <c r="B717"/>
       <c r="C717" t="s">
-        <v>1841</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
-        <v>1842</v>
-[...3 lines deleted...]
-      </c>
+        <v>1439</v>
+      </c>
+      <c r="B718"/>
       <c r="C718" t="s">
-        <v>1844</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
-        <v>1845</v>
-[...3 lines deleted...]
-      </c>
+        <v>1441</v>
+      </c>
+      <c r="B719"/>
       <c r="C719" t="s">
-        <v>1847</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
-        <v>1848</v>
+        <v>1443</v>
       </c>
       <c r="B720"/>
       <c r="C720" t="s">
-        <v>1849</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
-        <v>1850</v>
+        <v>1445</v>
       </c>
       <c r="B721"/>
       <c r="C721" t="s">
-        <v>1851</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
-        <v>925</v>
+        <v>1447</v>
       </c>
       <c r="B722"/>
       <c r="C722" t="s">
-        <v>1852</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
-        <v>1853</v>
+        <v>1449</v>
       </c>
       <c r="B723"/>
       <c r="C723" t="s">
-        <v>1854</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
-        <v>1855</v>
+        <v>1451</v>
       </c>
       <c r="B724"/>
       <c r="C724" t="s">
-        <v>1856</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
-        <v>1857</v>
+        <v>1453</v>
       </c>
       <c r="B725"/>
       <c r="C725" t="s">
-        <v>1858</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
-        <v>1859</v>
+        <v>1455</v>
       </c>
       <c r="B726"/>
       <c r="C726" t="s">
-        <v>1860</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
-        <v>1861</v>
-[...3 lines deleted...]
-      </c>
+        <v>1457</v>
+      </c>
+      <c r="B727"/>
       <c r="C727" t="s">
-        <v>1863</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
-        <v>1864</v>
+        <v>1459</v>
       </c>
       <c r="B728"/>
       <c r="C728" t="s">
-        <v>1865</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
-        <v>1866</v>
+        <v>1461</v>
       </c>
       <c r="B729"/>
       <c r="C729" t="s">
-        <v>1867</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
-        <v>1868</v>
+        <v>1463</v>
       </c>
       <c r="B730"/>
       <c r="C730" t="s">
-        <v>1869</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
-        <v>1870</v>
-[...3 lines deleted...]
-      </c>
+        <v>1465</v>
+      </c>
+      <c r="B731"/>
       <c r="C731" t="s">
-        <v>1871</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
-        <v>1872</v>
+        <v>1467</v>
       </c>
       <c r="B732"/>
       <c r="C732" t="s">
-        <v>1873</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
-        <v>1874</v>
-[...3 lines deleted...]
-      </c>
+        <v>1469</v>
+      </c>
+      <c r="B733"/>
       <c r="C733" t="s">
-        <v>1876</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
-        <v>1877</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="B734"/>
       <c r="C734" t="s">
-        <v>1878</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
-        <v>1879</v>
+        <v>1473</v>
       </c>
       <c r="B735"/>
       <c r="C735" t="s">
-        <v>1880</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
-        <v>1881</v>
+        <v>1475</v>
       </c>
       <c r="B736"/>
       <c r="C736" t="s">
-        <v>1882</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
-        <v>1883</v>
+        <v>1477</v>
       </c>
       <c r="B737"/>
       <c r="C737" t="s">
-        <v>1884</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
-        <v>1885</v>
+        <v>1479</v>
       </c>
       <c r="B738"/>
       <c r="C738" t="s">
-        <v>1886</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
-        <v>1887</v>
-[...3 lines deleted...]
-      </c>
+        <v>1481</v>
+      </c>
+      <c r="B739"/>
       <c r="C739" t="s">
-        <v>1889</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
-        <v>1890</v>
+        <v>1483</v>
       </c>
       <c r="B740"/>
       <c r="C740" t="s">
-        <v>1891</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
-        <v>1892</v>
-[...3 lines deleted...]
-      </c>
+        <v>1485</v>
+      </c>
+      <c r="B741"/>
       <c r="C741" t="s">
-        <v>1894</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
-        <v>1895</v>
-[...3 lines deleted...]
-      </c>
+        <v>1487</v>
+      </c>
+      <c r="B742"/>
       <c r="C742" t="s">
-        <v>1896</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
-        <v>1897</v>
-[...3 lines deleted...]
-      </c>
+        <v>1489</v>
+      </c>
+      <c r="B743"/>
       <c r="C743" t="s">
-        <v>1898</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
-        <v>1899</v>
-[...3 lines deleted...]
-      </c>
+        <v>1491</v>
+      </c>
+      <c r="B744"/>
       <c r="C744" t="s">
-        <v>1900</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
-        <v>1901</v>
+        <v>1493</v>
       </c>
       <c r="B745"/>
       <c r="C745" t="s">
-        <v>1902</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
-        <v>1903</v>
+        <v>1495</v>
       </c>
       <c r="B746"/>
       <c r="C746" t="s">
-        <v>1904</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
-        <v>1905</v>
-[...3 lines deleted...]
-      </c>
+        <v>1497</v>
+      </c>
+      <c r="B747"/>
       <c r="C747" t="s">
-        <v>1906</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
-        <v>1907</v>
-[...3 lines deleted...]
-      </c>
+        <v>1499</v>
+      </c>
+      <c r="B748"/>
       <c r="C748" t="s">
-        <v>1908</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
-        <v>1909</v>
-[...3 lines deleted...]
-      </c>
+        <v>1501</v>
+      </c>
+      <c r="B749"/>
       <c r="C749" t="s">
-        <v>1910</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
-        <v>1911</v>
+        <v>1503</v>
       </c>
       <c r="B750"/>
       <c r="C750" t="s">
-        <v>1912</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
-        <v>1913</v>
-[...3 lines deleted...]
-      </c>
+        <v>1038</v>
+      </c>
+      <c r="B751"/>
       <c r="C751" t="s">
-        <v>1915</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
-        <v>1916</v>
+        <v>1506</v>
       </c>
       <c r="B752"/>
       <c r="C752" t="s">
-        <v>1917</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
-        <v>1918</v>
+        <v>1508</v>
       </c>
       <c r="B753"/>
       <c r="C753" t="s">
-        <v>1919</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
-        <v>1920</v>
+        <v>1510</v>
       </c>
       <c r="B754"/>
       <c r="C754" t="s">
-        <v>1921</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
-        <v>1922</v>
-[...3 lines deleted...]
-      </c>
+        <v>1512</v>
+      </c>
+      <c r="B755"/>
       <c r="C755" t="s">
-        <v>1924</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
-        <v>1925</v>
-[...3 lines deleted...]
-      </c>
+        <v>1514</v>
+      </c>
+      <c r="B756"/>
       <c r="C756" t="s">
-        <v>1926</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
-        <v>1927</v>
-[...3 lines deleted...]
-      </c>
+        <v>1516</v>
+      </c>
+      <c r="B757"/>
       <c r="C757" t="s">
-        <v>1929</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
-        <v>1930</v>
-[...3 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="B758"/>
       <c r="C758" t="s">
-        <v>1932</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
-        <v>1933</v>
+        <v>1520</v>
       </c>
       <c r="B759"/>
       <c r="C759" t="s">
-        <v>1934</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
-        <v>1935</v>
-[...3 lines deleted...]
-      </c>
+        <v>1522</v>
+      </c>
+      <c r="B760"/>
       <c r="C760" t="s">
-        <v>1937</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
-        <v>1938</v>
-[...3 lines deleted...]
-      </c>
+        <v>1524</v>
+      </c>
+      <c r="B761"/>
       <c r="C761" t="s">
-        <v>1939</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
-        <v>1940</v>
-[...3 lines deleted...]
-      </c>
+        <v>1526</v>
+      </c>
+      <c r="B762"/>
       <c r="C762" t="s">
-        <v>1942</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
-        <v>1943</v>
-[...3 lines deleted...]
-      </c>
+        <v>1528</v>
+      </c>
+      <c r="B763"/>
       <c r="C763" t="s">
-        <v>1945</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
-        <v>1946</v>
+        <v>762</v>
       </c>
       <c r="B764"/>
       <c r="C764" t="s">
-        <v>1947</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
-        <v>1948</v>
-[...3 lines deleted...]
-      </c>
+        <v>1531</v>
+      </c>
+      <c r="B765"/>
       <c r="C765" t="s">
-        <v>1950</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
-        <v>1951</v>
+        <v>1533</v>
       </c>
       <c r="B766"/>
       <c r="C766" t="s">
-        <v>1952</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
-        <v>1953</v>
-[...3 lines deleted...]
-      </c>
+        <v>1535</v>
+      </c>
+      <c r="B767"/>
       <c r="C767" t="s">
-        <v>1955</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
-        <v>1956</v>
+        <v>1537</v>
       </c>
       <c r="B768"/>
       <c r="C768" t="s">
-        <v>1957</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
-        <v>1958</v>
+        <v>1539</v>
       </c>
       <c r="B769"/>
       <c r="C769" t="s">
-        <v>1959</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
-        <v>1960</v>
-[...3 lines deleted...]
-      </c>
+        <v>1541</v>
+      </c>
+      <c r="B770"/>
       <c r="C770" t="s">
-        <v>1961</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
-        <v>1321</v>
+        <v>1543</v>
       </c>
       <c r="B771"/>
       <c r="C771" t="s">
-        <v>1962</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
-        <v>1963</v>
-[...3 lines deleted...]
-      </c>
+        <v>1545</v>
+      </c>
+      <c r="B772"/>
       <c r="C772" t="s">
-        <v>1964</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
-        <v>1965</v>
-[...3 lines deleted...]
-      </c>
+        <v>1547</v>
+      </c>
+      <c r="B773"/>
       <c r="C773" t="s">
-        <v>1967</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
-        <v>1968</v>
-[...3 lines deleted...]
-      </c>
+        <v>1549</v>
+      </c>
+      <c r="B774"/>
       <c r="C774" t="s">
-        <v>1969</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
-        <v>1970</v>
-[...3 lines deleted...]
-      </c>
+        <v>1551</v>
+      </c>
+      <c r="B775"/>
       <c r="C775" t="s">
-        <v>1971</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
-        <v>1972</v>
+        <v>1553</v>
       </c>
       <c r="B776"/>
       <c r="C776" t="s">
-        <v>1973</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
-        <v>1974</v>
+        <v>1555</v>
       </c>
       <c r="B777"/>
       <c r="C777" t="s">
-        <v>1975</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
-        <v>1976</v>
+        <v>1557</v>
       </c>
       <c r="B778"/>
       <c r="C778" t="s">
-        <v>1977</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
-        <v>1978</v>
+        <v>1559</v>
       </c>
       <c r="B779"/>
       <c r="C779" t="s">
-        <v>1979</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
-        <v>1980</v>
+        <v>1561</v>
       </c>
       <c r="B780"/>
       <c r="C780" t="s">
-        <v>1981</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
-        <v>1982</v>
+        <v>1563</v>
       </c>
       <c r="B781"/>
       <c r="C781" t="s">
-        <v>1983</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
-        <v>1984</v>
+        <v>1565</v>
       </c>
       <c r="B782"/>
       <c r="C782" t="s">
-        <v>1985</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
-        <v>1986</v>
+        <v>1567</v>
       </c>
       <c r="B783"/>
       <c r="C783" t="s">
-        <v>1987</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
-        <v>1988</v>
+        <v>1569</v>
       </c>
       <c r="B784"/>
       <c r="C784" t="s">
-        <v>1989</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
-        <v>1990</v>
-[...3 lines deleted...]
-      </c>
+        <v>1571</v>
+      </c>
+      <c r="B785"/>
       <c r="C785" t="s">
-        <v>1991</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
-        <v>1992</v>
+        <v>1573</v>
       </c>
       <c r="B786"/>
       <c r="C786" t="s">
-        <v>1993</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
-        <v>1994</v>
+        <v>1575</v>
       </c>
       <c r="B787"/>
       <c r="C787" t="s">
-        <v>1995</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
-        <v>1996</v>
+        <v>1577</v>
       </c>
       <c r="B788"/>
       <c r="C788" t="s">
-        <v>1997</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
-        <v>1998</v>
+        <v>1579</v>
       </c>
       <c r="B789"/>
       <c r="C789" t="s">
-        <v>1999</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>1581</v>
+      </c>
+      <c r="B790"/>
       <c r="C790" t="s">
-        <v>2001</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
-        <v>2002</v>
+        <v>1583</v>
       </c>
       <c r="B791"/>
       <c r="C791" t="s">
-        <v>2003</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>1585</v>
+      </c>
+      <c r="B792"/>
       <c r="C792" t="s">
-        <v>2006</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>1587</v>
+      </c>
+      <c r="B793"/>
       <c r="C793" t="s">
-        <v>2008</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
-        <v>2009</v>
+        <v>1589</v>
       </c>
       <c r="B794"/>
       <c r="C794" t="s">
-        <v>2010</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>1591</v>
+      </c>
+      <c r="B795"/>
       <c r="C795" t="s">
-        <v>2013</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>1593</v>
+      </c>
+      <c r="B796"/>
       <c r="C796" t="s">
-        <v>2016</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>1595</v>
+      </c>
+      <c r="B797"/>
       <c r="C797" t="s">
-        <v>2018</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>1597</v>
+      </c>
+      <c r="B798"/>
       <c r="C798" t="s">
-        <v>2020</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>1599</v>
+      </c>
+      <c r="B799"/>
       <c r="C799" t="s">
-        <v>2022</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>1601</v>
+      </c>
+      <c r="B800"/>
       <c r="C800" t="s">
-        <v>2024</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
-        <v>2025</v>
-[...3 lines deleted...]
-      </c>
+        <v>1603</v>
+      </c>
+      <c r="B801"/>
       <c r="C801" t="s">
-        <v>2027</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
-        <v>2028</v>
+        <v>1605</v>
       </c>
       <c r="B802"/>
       <c r="C802" t="s">
-        <v>2029</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
-        <v>2030</v>
-[...3 lines deleted...]
-      </c>
+        <v>1607</v>
+      </c>
+      <c r="B803"/>
       <c r="C803" t="s">
-        <v>2032</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
-        <v>2033</v>
-[...3 lines deleted...]
-      </c>
+        <v>1609</v>
+      </c>
+      <c r="B804"/>
       <c r="C804" t="s">
-        <v>2035</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
-        <v>2036</v>
-[...3 lines deleted...]
-      </c>
+        <v>1611</v>
+      </c>
+      <c r="B805"/>
       <c r="C805" t="s">
-        <v>2037</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
-        <v>2038</v>
-[...3 lines deleted...]
-      </c>
+        <v>1613</v>
+      </c>
+      <c r="B806"/>
       <c r="C806" t="s">
-        <v>2039</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
-        <v>2040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1615</v>
+      </c>
+      <c r="B807"/>
       <c r="C807" t="s">
-        <v>2041</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
-        <v>2042</v>
+        <v>1617</v>
       </c>
       <c r="B808"/>
       <c r="C808" t="s">
-        <v>2043</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
-        <v>2044</v>
-[...3 lines deleted...]
-      </c>
+        <v>1619</v>
+      </c>
+      <c r="B809"/>
       <c r="C809" t="s">
-        <v>2046</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
-        <v>2047</v>
-[...3 lines deleted...]
-      </c>
+        <v>1621</v>
+      </c>
+      <c r="B810"/>
       <c r="C810" t="s">
-        <v>2049</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
-        <v>2050</v>
+        <v>1623</v>
       </c>
       <c r="B811"/>
       <c r="C811" t="s">
-        <v>2051</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
-        <v>2052</v>
-[...3 lines deleted...]
-      </c>
+        <v>1625</v>
+      </c>
+      <c r="B812"/>
       <c r="C812" t="s">
-        <v>2053</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
-        <v>2054</v>
-[...3 lines deleted...]
-      </c>
+        <v>1091</v>
+      </c>
+      <c r="B813"/>
       <c r="C813" t="s">
-        <v>2056</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
-        <v>2057</v>
-[...3 lines deleted...]
-      </c>
+        <v>1628</v>
+      </c>
+      <c r="B814"/>
       <c r="C814" t="s">
-        <v>2058</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
-        <v>2059</v>
+        <v>1630</v>
       </c>
       <c r="B815"/>
       <c r="C815" t="s">
-        <v>2060</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
-        <v>2061</v>
-[...3 lines deleted...]
-      </c>
+        <v>1632</v>
+      </c>
+      <c r="B816"/>
       <c r="C816" t="s">
-        <v>2063</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
-        <v>2064</v>
+        <v>1634</v>
       </c>
       <c r="B817"/>
       <c r="C817" t="s">
-        <v>2065</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
-        <v>2066</v>
+        <v>1636</v>
       </c>
       <c r="B818"/>
       <c r="C818" t="s">
-        <v>2067</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
-        <v>2068</v>
+        <v>1638</v>
       </c>
       <c r="B819"/>
       <c r="C819" t="s">
-        <v>2069</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
-        <v>2070</v>
-[...3 lines deleted...]
-      </c>
+        <v>1640</v>
+      </c>
+      <c r="B820"/>
       <c r="C820" t="s">
-        <v>2072</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
-        <v>2073</v>
-[...3 lines deleted...]
-      </c>
+        <v>1642</v>
+      </c>
+      <c r="B821"/>
       <c r="C821" t="s">
-        <v>2075</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
-        <v>2076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1644</v>
+      </c>
+      <c r="B822"/>
       <c r="C822" t="s">
-        <v>2078</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
-        <v>2079</v>
+        <v>1646</v>
       </c>
       <c r="B823"/>
       <c r="C823" t="s">
-        <v>2080</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
-        <v>2081</v>
-[...3 lines deleted...]
-      </c>
+        <v>1648</v>
+      </c>
+      <c r="B824"/>
       <c r="C824" t="s">
-        <v>2082</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
-        <v>1951</v>
-[...3 lines deleted...]
-      </c>
+        <v>1650</v>
+      </c>
+      <c r="B825"/>
       <c r="C825" t="s">
-        <v>2083</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" t="s">
-        <v>2084</v>
+        <v>1652</v>
       </c>
       <c r="B826"/>
       <c r="C826" t="s">
-        <v>2085</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" t="s">
-        <v>2086</v>
+        <v>1654</v>
       </c>
       <c r="B827"/>
       <c r="C827" t="s">
-        <v>2087</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" t="s">
-        <v>2088</v>
+        <v>1656</v>
       </c>
       <c r="B828"/>
       <c r="C828" t="s">
-        <v>2089</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" t="s">
-        <v>2090</v>
+        <v>1658</v>
       </c>
       <c r="B829"/>
       <c r="C829" t="s">
-        <v>2091</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" t="s">
-        <v>2092</v>
-[...3 lines deleted...]
-      </c>
+        <v>1660</v>
+      </c>
+      <c r="B830"/>
       <c r="C830" t="s">
-        <v>2094</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" t="s">
-        <v>2095</v>
+        <v>1662</v>
       </c>
       <c r="B831"/>
       <c r="C831" t="s">
-        <v>2096</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" t="s">
-        <v>2097</v>
-[...3 lines deleted...]
-      </c>
+        <v>1664</v>
+      </c>
+      <c r="B832"/>
       <c r="C832" t="s">
-        <v>2098</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" t="s">
-        <v>2099</v>
-[...3 lines deleted...]
-      </c>
+        <v>1666</v>
+      </c>
+      <c r="B833"/>
       <c r="C833" t="s">
-        <v>2101</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" t="s">
-        <v>2102</v>
+        <v>1668</v>
       </c>
       <c r="B834"/>
       <c r="C834" t="s">
-        <v>2103</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" t="s">
-        <v>2104</v>
+        <v>1670</v>
       </c>
       <c r="B835"/>
       <c r="C835" t="s">
-        <v>2105</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" t="s">
-        <v>2106</v>
+        <v>1672</v>
       </c>
       <c r="B836"/>
       <c r="C836" t="s">
-        <v>2107</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" t="s">
-        <v>2108</v>
+        <v>1674</v>
       </c>
       <c r="B837"/>
       <c r="C837" t="s">
-        <v>2109</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" t="s">
-        <v>2110</v>
-[...3 lines deleted...]
-      </c>
+        <v>1676</v>
+      </c>
+      <c r="B838"/>
       <c r="C838" t="s">
-        <v>2112</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" t="s">
-        <v>2113</v>
+        <v>1678</v>
       </c>
       <c r="B839"/>
       <c r="C839" t="s">
-        <v>2114</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" t="s">
-        <v>2115</v>
-[...3 lines deleted...]
-      </c>
+        <v>1680</v>
+      </c>
+      <c r="B840"/>
       <c r="C840" t="s">
-        <v>2117</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" t="s">
-        <v>2118</v>
-[...3 lines deleted...]
-      </c>
+        <v>1682</v>
+      </c>
+      <c r="B841"/>
       <c r="C841" t="s">
-        <v>2120</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" t="s">
-        <v>2121</v>
-[...3 lines deleted...]
-      </c>
+        <v>1684</v>
+      </c>
+      <c r="B842"/>
       <c r="C842" t="s">
-        <v>2123</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" t="s">
-        <v>2124</v>
-[...3 lines deleted...]
-      </c>
+        <v>1686</v>
+      </c>
+      <c r="B843"/>
       <c r="C843" t="s">
-        <v>2126</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" t="s">
-        <v>2127</v>
-[...3 lines deleted...]
-      </c>
+        <v>1688</v>
+      </c>
+      <c r="B844"/>
       <c r="C844" t="s">
-        <v>2128</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" t="s">
-        <v>2129</v>
-[...3 lines deleted...]
-      </c>
+        <v>1690</v>
+      </c>
+      <c r="B845"/>
       <c r="C845" t="s">
-        <v>2131</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" t="s">
-        <v>2132</v>
-[...3 lines deleted...]
-      </c>
+        <v>1692</v>
+      </c>
+      <c r="B846"/>
       <c r="C846" t="s">
-        <v>2134</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" t="s">
-        <v>2135</v>
+        <v>1694</v>
       </c>
       <c r="B847"/>
       <c r="C847" t="s">
-        <v>2136</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" t="s">
-        <v>2137</v>
-[...3 lines deleted...]
-      </c>
+        <v>1696</v>
+      </c>
+      <c r="B848"/>
       <c r="C848" t="s">
-        <v>2138</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" t="s">
-        <v>2139</v>
-[...3 lines deleted...]
-      </c>
+        <v>1698</v>
+      </c>
+      <c r="B849"/>
       <c r="C849" t="s">
-        <v>2140</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" t="s">
-        <v>2141</v>
+        <v>1700</v>
       </c>
       <c r="B850"/>
       <c r="C850" t="s">
-        <v>2142</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" t="s">
-        <v>2143</v>
+        <v>1702</v>
       </c>
       <c r="B851"/>
       <c r="C851" t="s">
-        <v>2144</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" t="s">
-        <v>2145</v>
-[...3 lines deleted...]
-      </c>
+        <v>1704</v>
+      </c>
+      <c r="B852"/>
       <c r="C852" t="s">
-        <v>2147</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" t="s">
-        <v>2148</v>
-[...3 lines deleted...]
-      </c>
+        <v>1706</v>
+      </c>
+      <c r="B853"/>
       <c r="C853" t="s">
-        <v>2149</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" t="s">
-        <v>2150</v>
-[...3 lines deleted...]
-      </c>
+        <v>1708</v>
+      </c>
+      <c r="B854"/>
       <c r="C854" t="s">
-        <v>2151</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" t="s">
-        <v>2152</v>
-[...3 lines deleted...]
-      </c>
+        <v>1710</v>
+      </c>
+      <c r="B855"/>
       <c r="C855" t="s">
-        <v>2154</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" t="s">
-        <v>2155</v>
-[...3 lines deleted...]
-      </c>
+        <v>1712</v>
+      </c>
+      <c r="B856"/>
       <c r="C856" t="s">
-        <v>2156</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" t="s">
-        <v>2157</v>
-[...3 lines deleted...]
-      </c>
+        <v>1714</v>
+      </c>
+      <c r="B857"/>
       <c r="C857" t="s">
-        <v>2158</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" t="s">
-        <v>2159</v>
-[...3 lines deleted...]
-      </c>
+        <v>1716</v>
+      </c>
+      <c r="B858"/>
       <c r="C858" t="s">
-        <v>2160</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" t="s">
-        <v>2161</v>
-[...3 lines deleted...]
-      </c>
+        <v>1718</v>
+      </c>
+      <c r="B859"/>
       <c r="C859" t="s">
-        <v>2162</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" t="s">
-        <v>2163</v>
-[...3 lines deleted...]
-      </c>
+        <v>1720</v>
+      </c>
+      <c r="B860"/>
       <c r="C860" t="s">
-        <v>2164</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" t="s">
-        <v>2165</v>
+        <v>1722</v>
       </c>
       <c r="B861"/>
       <c r="C861" t="s">
-        <v>2166</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" t="s">
-        <v>2167</v>
-[...3 lines deleted...]
-      </c>
+        <v>1724</v>
+      </c>
+      <c r="B862"/>
       <c r="C862" t="s">
-        <v>2169</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" t="s">
-        <v>2170</v>
-[...3 lines deleted...]
-      </c>
+        <v>1726</v>
+      </c>
+      <c r="B863"/>
       <c r="C863" t="s">
-        <v>2172</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" t="s">
-        <v>2173</v>
+        <v>1728</v>
       </c>
       <c r="B864"/>
       <c r="C864" t="s">
-        <v>2174</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" t="s">
-        <v>775</v>
-[...3 lines deleted...]
-      </c>
+        <v>1730</v>
+      </c>
+      <c r="B865"/>
       <c r="C865" t="s">
-        <v>2175</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" t="s">
-        <v>2176</v>
+        <v>1732</v>
       </c>
       <c r="B866"/>
       <c r="C866" t="s">
-        <v>2177</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" t="s">
-        <v>2178</v>
-[...3 lines deleted...]
-      </c>
+        <v>1617</v>
+      </c>
+      <c r="B867"/>
       <c r="C867" t="s">
-        <v>2180</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" t="s">
-        <v>2181</v>
-[...3 lines deleted...]
-      </c>
+        <v>1735</v>
+      </c>
+      <c r="B868"/>
       <c r="C868" t="s">
-        <v>2183</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" t="s">
-        <v>2184</v>
-[...3 lines deleted...]
-      </c>
+        <v>1737</v>
+      </c>
+      <c r="B869"/>
       <c r="C869" t="s">
-        <v>2186</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" t="s">
-        <v>2187</v>
+        <v>1739</v>
       </c>
       <c r="B870"/>
       <c r="C870" t="s">
-        <v>2188</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" t="s">
-        <v>2189</v>
+        <v>1741</v>
       </c>
       <c r="B871"/>
       <c r="C871" t="s">
-        <v>2190</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" t="s">
-        <v>2191</v>
-[...3 lines deleted...]
-      </c>
+        <v>1743</v>
+      </c>
+      <c r="B872"/>
       <c r="C872" t="s">
-        <v>2192</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" t="s">
-        <v>2193</v>
-[...3 lines deleted...]
-      </c>
+        <v>1745</v>
+      </c>
+      <c r="B873"/>
       <c r="C873" t="s">
-        <v>2194</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" t="s">
-        <v>2195</v>
+        <v>1747</v>
       </c>
       <c r="B874"/>
       <c r="C874" t="s">
-        <v>2196</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" t="s">
-        <v>2197</v>
-[...3 lines deleted...]
-      </c>
+        <v>1749</v>
+      </c>
+      <c r="B875"/>
       <c r="C875" t="s">
-        <v>2198</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" t="s">
-        <v>2199</v>
+        <v>1751</v>
       </c>
       <c r="B876"/>
       <c r="C876" t="s">
-        <v>2200</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" t="s">
-        <v>2201</v>
-[...3 lines deleted...]
-      </c>
+        <v>1753</v>
+      </c>
+      <c r="B877"/>
       <c r="C877" t="s">
-        <v>2203</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" t="s">
-        <v>2204</v>
-[...3 lines deleted...]
-      </c>
+        <v>1755</v>
+      </c>
+      <c r="B878"/>
       <c r="C878" t="s">
-        <v>2206</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" t="s">
-        <v>2207</v>
-[...3 lines deleted...]
-      </c>
+        <v>1757</v>
+      </c>
+      <c r="B879"/>
       <c r="C879" t="s">
-        <v>2208</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" t="s">
-        <v>2209</v>
-[...3 lines deleted...]
-      </c>
+        <v>1759</v>
+      </c>
+      <c r="B880"/>
       <c r="C880" t="s">
-        <v>2210</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" t="s">
-        <v>2211</v>
+        <v>1761</v>
       </c>
       <c r="B881"/>
       <c r="C881" t="s">
-        <v>2212</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" t="s">
-        <v>2213</v>
-[...3 lines deleted...]
-      </c>
+        <v>1763</v>
+      </c>
+      <c r="B882"/>
       <c r="C882" t="s">
-        <v>2214</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" t="s">
-        <v>2215</v>
-[...3 lines deleted...]
-      </c>
+        <v>1765</v>
+      </c>
+      <c r="B883"/>
       <c r="C883" t="s">
-        <v>2216</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" t="s">
-        <v>2217</v>
-[...3 lines deleted...]
-      </c>
+        <v>1767</v>
+      </c>
+      <c r="B884"/>
       <c r="C884" t="s">
-        <v>2218</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" t="s">
-        <v>2219</v>
+        <v>1769</v>
       </c>
       <c r="B885"/>
       <c r="C885" t="s">
-        <v>2220</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" t="s">
-        <v>2221</v>
+        <v>1771</v>
       </c>
       <c r="B886"/>
       <c r="C886" t="s">
-        <v>2222</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" t="s">
-        <v>2223</v>
-[...3 lines deleted...]
-      </c>
+        <v>1773</v>
+      </c>
+      <c r="B887"/>
       <c r="C887" t="s">
-        <v>2224</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" t="s">
-        <v>342</v>
+        <v>1775</v>
       </c>
       <c r="B888"/>
       <c r="C888" t="s">
-        <v>2225</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" t="s">
-        <v>2226</v>
-[...3 lines deleted...]
-      </c>
+        <v>1777</v>
+      </c>
+      <c r="B889"/>
       <c r="C889" t="s">
-        <v>2227</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" t="s">
-        <v>2228</v>
+        <v>1779</v>
       </c>
       <c r="B890"/>
       <c r="C890" t="s">
-        <v>2229</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" t="s">
-        <v>2230</v>
-[...3 lines deleted...]
-      </c>
+        <v>1781</v>
+      </c>
+      <c r="B891"/>
       <c r="C891" t="s">
-        <v>2231</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" t="s">
-        <v>2232</v>
+        <v>1783</v>
       </c>
       <c r="B892"/>
       <c r="C892" t="s">
-        <v>2233</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" t="s">
-        <v>2234</v>
-[...3 lines deleted...]
-      </c>
+        <v>1785</v>
+      </c>
+      <c r="B893"/>
       <c r="C893" t="s">
-        <v>2236</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" t="s">
-        <v>2237</v>
-[...3 lines deleted...]
-      </c>
+        <v>1787</v>
+      </c>
+      <c r="B894"/>
       <c r="C894" t="s">
-        <v>2238</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" t="s">
-        <v>2239</v>
-[...3 lines deleted...]
-      </c>
+        <v>1789</v>
+      </c>
+      <c r="B895"/>
       <c r="C895" t="s">
-        <v>2240</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" t="s">
-        <v>2241</v>
-[...3 lines deleted...]
-      </c>
+        <v>1791</v>
+      </c>
+      <c r="B896"/>
       <c r="C896" t="s">
-        <v>2243</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" t="s">
-        <v>2244</v>
-[...3 lines deleted...]
-      </c>
+        <v>1793</v>
+      </c>
+      <c r="B897"/>
       <c r="C897" t="s">
-        <v>2245</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" t="s">
-        <v>2246</v>
-[...3 lines deleted...]
-      </c>
+        <v>1795</v>
+      </c>
+      <c r="B898"/>
       <c r="C898" t="s">
-        <v>2247</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" t="s">
-        <v>2248</v>
-[...3 lines deleted...]
-      </c>
+        <v>1797</v>
+      </c>
+      <c r="B899"/>
       <c r="C899" t="s">
-        <v>2249</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
-        <v>2250</v>
-[...3 lines deleted...]
-      </c>
+        <v>1799</v>
+      </c>
+      <c r="B900"/>
       <c r="C900" t="s">
-        <v>2252</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
-        <v>2253</v>
-[...3 lines deleted...]
-      </c>
+        <v>1801</v>
+      </c>
+      <c r="B901"/>
       <c r="C901" t="s">
-        <v>2254</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
-        <v>2255</v>
-[...3 lines deleted...]
-      </c>
+        <v>1803</v>
+      </c>
+      <c r="B902"/>
       <c r="C902" t="s">
-        <v>2256</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
-        <v>2257</v>
-[...3 lines deleted...]
-      </c>
+        <v>1805</v>
+      </c>
+      <c r="B903"/>
       <c r="C903" t="s">
-        <v>2258</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
-        <v>2259</v>
-[...3 lines deleted...]
-      </c>
+        <v>1807</v>
+      </c>
+      <c r="B904"/>
       <c r="C904" t="s">
-        <v>2260</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
-        <v>2261</v>
-[...3 lines deleted...]
-      </c>
+        <v>1809</v>
+      </c>
+      <c r="B905"/>
       <c r="C905" t="s">
-        <v>2262</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
-        <v>2263</v>
-[...3 lines deleted...]
-      </c>
+        <v>1811</v>
+      </c>
+      <c r="B906"/>
       <c r="C906" t="s">
-        <v>2264</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
-        <v>2265</v>
+        <v>648</v>
       </c>
       <c r="B907"/>
       <c r="C907" t="s">
-        <v>2266</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
-        <v>2267</v>
-[...3 lines deleted...]
-      </c>
+        <v>1814</v>
+      </c>
+      <c r="B908"/>
       <c r="C908" t="s">
-        <v>2269</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
-        <v>2270</v>
-[...3 lines deleted...]
-      </c>
+        <v>1816</v>
+      </c>
+      <c r="B909"/>
       <c r="C909" t="s">
-        <v>2271</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
-        <v>2272</v>
+        <v>1818</v>
       </c>
       <c r="B910"/>
       <c r="C910" t="s">
-        <v>2273</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
-        <v>2274</v>
+        <v>1820</v>
       </c>
       <c r="B911"/>
       <c r="C911" t="s">
-        <v>2275</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" t="s">
-        <v>2276</v>
+        <v>1822</v>
       </c>
       <c r="B912"/>
       <c r="C912" t="s">
-        <v>2277</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" t="s">
-        <v>2278</v>
+        <v>1824</v>
       </c>
       <c r="B913"/>
       <c r="C913" t="s">
-        <v>2279</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" t="s">
-        <v>2280</v>
-[...3 lines deleted...]
-      </c>
+        <v>1826</v>
+      </c>
+      <c r="B914"/>
       <c r="C914" t="s">
-        <v>2282</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" t="s">
-        <v>925</v>
+        <v>1828</v>
       </c>
       <c r="B915"/>
       <c r="C915" t="s">
-        <v>2283</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" t="s">
-        <v>2284</v>
+        <v>1830</v>
       </c>
       <c r="B916"/>
       <c r="C916" t="s">
-        <v>2285</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" t="s">
-        <v>2286</v>
-[...3 lines deleted...]
-      </c>
+        <v>1832</v>
+      </c>
+      <c r="B917"/>
       <c r="C917" t="s">
-        <v>2287</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" t="s">
-        <v>2288</v>
+        <v>1834</v>
       </c>
       <c r="B918"/>
       <c r="C918" t="s">
-        <v>2289</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" t="s">
-        <v>2290</v>
+        <v>1836</v>
       </c>
       <c r="B919"/>
       <c r="C919" t="s">
-        <v>2291</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" t="s">
-        <v>2292</v>
+        <v>1838</v>
       </c>
       <c r="B920"/>
       <c r="C920" t="s">
-        <v>2293</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" t="s">
-        <v>2294</v>
-[...3 lines deleted...]
-      </c>
+        <v>1840</v>
+      </c>
+      <c r="B921"/>
       <c r="C921" t="s">
-        <v>2296</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" t="s">
-        <v>2297</v>
-[...3 lines deleted...]
-      </c>
+        <v>1842</v>
+      </c>
+      <c r="B922"/>
       <c r="C922" t="s">
-        <v>2298</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" t="s">
-        <v>2299</v>
-[...3 lines deleted...]
-      </c>
+        <v>1844</v>
+      </c>
+      <c r="B923"/>
       <c r="C923" t="s">
-        <v>2300</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" t="s">
-        <v>2301</v>
+        <v>1846</v>
       </c>
       <c r="B924"/>
       <c r="C924" t="s">
-        <v>2302</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" t="s">
-        <v>2303</v>
-[...3 lines deleted...]
-      </c>
+        <v>1848</v>
+      </c>
+      <c r="B925"/>
       <c r="C925" t="s">
-        <v>2304</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" t="s">
-        <v>2305</v>
+        <v>1850</v>
       </c>
       <c r="B926"/>
       <c r="C926" t="s">
-        <v>2306</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" t="s">
-        <v>2307</v>
-[...3 lines deleted...]
-      </c>
+        <v>1852</v>
+      </c>
+      <c r="B927"/>
       <c r="C927" t="s">
-        <v>2309</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" t="s">
-        <v>1986</v>
+        <v>1854</v>
       </c>
       <c r="B928"/>
       <c r="C928" t="s">
-        <v>2310</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" t="s">
-        <v>2311</v>
+        <v>1856</v>
       </c>
       <c r="B929"/>
       <c r="C929" t="s">
-        <v>2312</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" t="s">
-        <v>2313</v>
+        <v>339</v>
       </c>
       <c r="B930"/>
       <c r="C930" t="s">
-        <v>2314</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" t="s">
-        <v>2315</v>
-[...3 lines deleted...]
-      </c>
+        <v>1859</v>
+      </c>
+      <c r="B931"/>
       <c r="C931" t="s">
-        <v>2316</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" t="s">
-        <v>2317</v>
-[...3 lines deleted...]
-      </c>
+        <v>1861</v>
+      </c>
+      <c r="B932"/>
       <c r="C932" t="s">
-        <v>2318</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" t="s">
-        <v>2319</v>
+        <v>1863</v>
       </c>
       <c r="B933"/>
       <c r="C933" t="s">
-        <v>2320</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" t="s">
-        <v>2321</v>
+        <v>1865</v>
       </c>
       <c r="B934"/>
       <c r="C934" t="s">
-        <v>2322</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" t="s">
-        <v>2323</v>
+        <v>1867</v>
       </c>
       <c r="B935"/>
       <c r="C935" t="s">
-        <v>2324</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" t="s">
-        <v>2325</v>
+        <v>1869</v>
       </c>
       <c r="B936"/>
       <c r="C936" t="s">
-        <v>2326</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" t="s">
-        <v>1436</v>
+        <v>1871</v>
       </c>
       <c r="B937"/>
       <c r="C937" t="s">
-        <v>2327</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" t="s">
-        <v>2328</v>
+        <v>1873</v>
       </c>
       <c r="B938"/>
       <c r="C938" t="s">
-        <v>2329</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" t="s">
-        <v>2330</v>
-[...3 lines deleted...]
-      </c>
+        <v>1875</v>
+      </c>
+      <c r="B939"/>
       <c r="C939" t="s">
-        <v>2331</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" t="s">
-        <v>2332</v>
+        <v>1877</v>
       </c>
       <c r="B940"/>
       <c r="C940" t="s">
-        <v>2333</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" t="s">
-        <v>2334</v>
-[...3 lines deleted...]
-      </c>
+        <v>1879</v>
+      </c>
+      <c r="B941"/>
       <c r="C941" t="s">
-        <v>2336</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" t="s">
-        <v>2337</v>
-[...3 lines deleted...]
-      </c>
+        <v>1881</v>
+      </c>
+      <c r="B942"/>
       <c r="C942" t="s">
-        <v>2338</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" t="s">
-        <v>2339</v>
+        <v>1883</v>
       </c>
       <c r="B943"/>
       <c r="C943" t="s">
-        <v>2340</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" t="s">
-        <v>2341</v>
+        <v>1885</v>
       </c>
       <c r="B944"/>
       <c r="C944" t="s">
-        <v>2342</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" t="s">
-        <v>2343</v>
+        <v>1887</v>
       </c>
       <c r="B945"/>
       <c r="C945" t="s">
-        <v>2344</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" t="s">
-        <v>2345</v>
+        <v>1889</v>
       </c>
       <c r="B946"/>
       <c r="C946" t="s">
-        <v>2346</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" t="s">
-        <v>2347</v>
+        <v>1891</v>
       </c>
       <c r="B947"/>
       <c r="C947" t="s">
-        <v>2348</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" t="s">
-        <v>2349</v>
+        <v>1893</v>
       </c>
       <c r="B948"/>
       <c r="C948" t="s">
-        <v>2350</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" t="s">
-        <v>2351</v>
+        <v>1895</v>
       </c>
       <c r="B949"/>
       <c r="C949" t="s">
-        <v>2352</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" t="s">
-        <v>2353</v>
+        <v>1897</v>
       </c>
       <c r="B950"/>
       <c r="C950" t="s">
-        <v>2354</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" t="s">
-        <v>2355</v>
-[...3 lines deleted...]
-      </c>
+        <v>1899</v>
+      </c>
+      <c r="B951"/>
       <c r="C951" t="s">
-        <v>2357</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" t="s">
-        <v>2358</v>
-[...3 lines deleted...]
-      </c>
+        <v>1901</v>
+      </c>
+      <c r="B952"/>
       <c r="C952" t="s">
-        <v>2359</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" t="s">
-        <v>2360</v>
+        <v>1903</v>
       </c>
       <c r="B953"/>
       <c r="C953" t="s">
-        <v>2361</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" t="s">
-        <v>2086</v>
+        <v>1905</v>
       </c>
       <c r="B954"/>
       <c r="C954" t="s">
-        <v>2362</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" t="s">
-        <v>2363</v>
+        <v>1907</v>
       </c>
       <c r="B955"/>
       <c r="C955" t="s">
-        <v>2364</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" t="s">
-        <v>2365</v>
+        <v>1909</v>
       </c>
       <c r="B956"/>
       <c r="C956" t="s">
-        <v>2366</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" t="s">
-        <v>2367</v>
+        <v>762</v>
       </c>
       <c r="B957"/>
       <c r="C957" t="s">
-        <v>2368</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" t="s">
-        <v>2369</v>
+        <v>1912</v>
       </c>
       <c r="B958"/>
       <c r="C958" t="s">
-        <v>2370</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" t="s">
-        <v>2371</v>
+        <v>1914</v>
       </c>
       <c r="B959"/>
       <c r="C959" t="s">
-        <v>2372</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" t="s">
-        <v>2373</v>
+        <v>1916</v>
       </c>
       <c r="B960"/>
       <c r="C960" t="s">
-        <v>2374</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" t="s">
-        <v>2375</v>
+        <v>1918</v>
       </c>
       <c r="B961"/>
       <c r="C961" t="s">
-        <v>2376</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" t="s">
-        <v>2377</v>
+        <v>1920</v>
       </c>
       <c r="B962"/>
       <c r="C962" t="s">
-        <v>2378</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" t="s">
-        <v>2379</v>
+        <v>1922</v>
       </c>
       <c r="B963"/>
       <c r="C963" t="s">
-        <v>2380</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" t="s">
-        <v>2381</v>
+        <v>1924</v>
       </c>
       <c r="B964"/>
       <c r="C964" t="s">
-        <v>2382</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" t="s">
-        <v>2383</v>
+        <v>1926</v>
       </c>
       <c r="B965"/>
       <c r="C965" t="s">
-        <v>2384</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" t="s">
-        <v>2385</v>
+        <v>1928</v>
       </c>
       <c r="B966"/>
       <c r="C966" t="s">
-        <v>2386</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" t="s">
-        <v>1541</v>
-[...3 lines deleted...]
-      </c>
+        <v>1930</v>
+      </c>
+      <c r="B967"/>
       <c r="C967" t="s">
-        <v>2387</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" t="s">
-        <v>2388</v>
-[...3 lines deleted...]
-      </c>
+        <v>1932</v>
+      </c>
+      <c r="B968"/>
       <c r="C968" t="s">
-        <v>2390</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" t="s">
-        <v>2391</v>
-[...3 lines deleted...]
-      </c>
+        <v>1934</v>
+      </c>
+      <c r="B969"/>
       <c r="C969" t="s">
-        <v>2392</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" t="s">
-        <v>2393</v>
+        <v>1650</v>
       </c>
       <c r="B970"/>
       <c r="C970" t="s">
-        <v>2394</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" t="s">
-        <v>2393</v>
+        <v>1937</v>
       </c>
       <c r="B971"/>
       <c r="C971" t="s">
-        <v>2395</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" t="s">
-        <v>2396</v>
-[...3 lines deleted...]
-      </c>
+        <v>1939</v>
+      </c>
+      <c r="B972"/>
       <c r="C972" t="s">
-        <v>2397</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" t="s">
-        <v>2398</v>
-[...3 lines deleted...]
-      </c>
+        <v>1941</v>
+      </c>
+      <c r="B973"/>
       <c r="C973" t="s">
-        <v>2399</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" t="s">
-        <v>2400</v>
-[...3 lines deleted...]
-      </c>
+        <v>1943</v>
+      </c>
+      <c r="B974"/>
       <c r="C974" t="s">
-        <v>2401</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" t="s">
-        <v>2391</v>
-[...3 lines deleted...]
-      </c>
+        <v>1945</v>
+      </c>
+      <c r="B975"/>
       <c r="C975" t="s">
-        <v>2402</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" t="s">
-        <v>2403</v>
-[...3 lines deleted...]
-      </c>
+        <v>1947</v>
+      </c>
+      <c r="B976"/>
       <c r="C976" t="s">
-        <v>2404</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" t="s">
-        <v>2405</v>
-[...3 lines deleted...]
-      </c>
+        <v>1949</v>
+      </c>
+      <c r="B977"/>
       <c r="C977" t="s">
-        <v>2406</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" t="s">
-        <v>2407</v>
+        <v>1951</v>
       </c>
       <c r="B978"/>
       <c r="C978" t="s">
-        <v>2408</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" t="s">
-        <v>2409</v>
+        <v>1187</v>
       </c>
       <c r="B979"/>
       <c r="C979" t="s">
-        <v>2410</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" t="s">
-        <v>2393</v>
+        <v>1954</v>
       </c>
       <c r="B980"/>
       <c r="C980" t="s">
-        <v>2411</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" t="s">
-        <v>2412</v>
-[...3 lines deleted...]
-      </c>
+        <v>1956</v>
+      </c>
+      <c r="B981"/>
       <c r="C981" t="s">
-        <v>2414</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" t="s">
-        <v>2415</v>
-[...3 lines deleted...]
-      </c>
+        <v>1958</v>
+      </c>
+      <c r="B982"/>
       <c r="C982" t="s">
-        <v>2416</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" t="s">
-        <v>2417</v>
-[...3 lines deleted...]
-      </c>
+        <v>1960</v>
+      </c>
+      <c r="B983"/>
       <c r="C983" t="s">
-        <v>2418</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" t="s">
-        <v>775</v>
-[...3 lines deleted...]
-      </c>
+        <v>1962</v>
+      </c>
+      <c r="B984"/>
       <c r="C984" t="s">
-        <v>2419</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" t="s">
-        <v>2420</v>
-[...3 lines deleted...]
-      </c>
+        <v>1964</v>
+      </c>
+      <c r="B985"/>
       <c r="C985" t="s">
-        <v>2421</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" t="s">
-        <v>2422</v>
-[...3 lines deleted...]
-      </c>
+        <v>1966</v>
+      </c>
+      <c r="B986"/>
       <c r="C986" t="s">
-        <v>2424</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" t="s">
-        <v>2425</v>
-[...3 lines deleted...]
-      </c>
+        <v>1968</v>
+      </c>
+      <c r="B987"/>
       <c r="C987" t="s">
-        <v>2427</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" t="s">
-        <v>2428</v>
-[...3 lines deleted...]
-      </c>
+        <v>1970</v>
+      </c>
+      <c r="B988"/>
       <c r="C988" t="s">
-        <v>2429</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" t="s">
-        <v>2430</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="B989"/>
       <c r="C989" t="s">
-        <v>2431</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" t="s">
-        <v>2432</v>
-[...3 lines deleted...]
-      </c>
+        <v>1974</v>
+      </c>
+      <c r="B990"/>
       <c r="C990" t="s">
-        <v>2433</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" t="s">
-        <v>2434</v>
+        <v>1976</v>
       </c>
       <c r="B991"/>
       <c r="C991" t="s">
-        <v>2435</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" t="s">
-        <v>2436</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="B992"/>
       <c r="C992" t="s">
-        <v>2437</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" t="s">
-        <v>2438</v>
-[...3 lines deleted...]
-      </c>
+        <v>1980</v>
+      </c>
+      <c r="B993"/>
       <c r="C993" t="s">
-        <v>2440</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" t="s">
-        <v>2441</v>
-[...3 lines deleted...]
-      </c>
+        <v>1982</v>
+      </c>
+      <c r="B994"/>
       <c r="C994" t="s">
-        <v>2443</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" t="s">
-        <v>2444</v>
-[...3 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="B995"/>
       <c r="C995" t="s">
-        <v>2445</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" t="s">
-        <v>2446</v>
-[...3 lines deleted...]
-      </c>
+        <v>1737</v>
+      </c>
+      <c r="B996"/>
       <c r="C996" t="s">
-        <v>2447</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" t="s">
-        <v>2448</v>
+        <v>1987</v>
       </c>
       <c r="B997"/>
       <c r="C997" t="s">
-        <v>2449</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" t="s">
-        <v>2450</v>
+        <v>1989</v>
       </c>
       <c r="B998"/>
       <c r="C998" t="s">
-        <v>2451</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" t="s">
-        <v>2452</v>
+        <v>1991</v>
       </c>
       <c r="B999"/>
       <c r="C999" t="s">
-        <v>2453</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" t="s">
-        <v>2454</v>
-[...3 lines deleted...]
-      </c>
+        <v>1993</v>
+      </c>
+      <c r="B1000"/>
       <c r="C1000" t="s">
-        <v>2456</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" t="s">
-        <v>2457</v>
-[...3 lines deleted...]
-      </c>
+        <v>1995</v>
+      </c>
+      <c r="B1001"/>
       <c r="C1001" t="s">
-        <v>2459</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" t="s">
-        <v>2460</v>
-[...3 lines deleted...]
-      </c>
+        <v>1997</v>
+      </c>
+      <c r="B1002"/>
       <c r="C1002" t="s">
-        <v>2462</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" t="s">
-        <v>2463</v>
-[...3 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="B1003"/>
       <c r="C1003" t="s">
-        <v>2464</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" t="s">
-        <v>2465</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="B1004"/>
       <c r="C1004" t="s">
-        <v>2467</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" t="s">
-        <v>2468</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="B1005"/>
       <c r="C1005" t="s">
-        <v>2469</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" t="s">
-        <v>2470</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="B1006"/>
       <c r="C1006" t="s">
-        <v>2471</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" t="s">
-        <v>2472</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="B1007"/>
       <c r="C1007" t="s">
-        <v>2473</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" t="s">
-        <v>2474</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="B1008"/>
       <c r="C1008" t="s">
-        <v>2475</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" t="s">
-        <v>2476</v>
-[...3 lines deleted...]
-      </c>
+        <v>1273</v>
+      </c>
+      <c r="B1009"/>
       <c r="C1009" t="s">
-        <v>2477</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" t="s">
-        <v>2478</v>
+        <v>2012</v>
       </c>
       <c r="B1010"/>
       <c r="C1010" t="s">
-        <v>2479</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" t="s">
-        <v>2480</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="B1011"/>
       <c r="C1011" t="s">
-        <v>2482</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" t="s">
-        <v>2483</v>
+        <v>2016</v>
       </c>
       <c r="B1012"/>
       <c r="C1012" t="s">
-        <v>2484</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" t="s">
-        <v>2485</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="B1013"/>
       <c r="C1013" t="s">
-        <v>2487</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" t="s">
-        <v>2488</v>
+        <v>2019</v>
       </c>
       <c r="B1014"/>
       <c r="C1014" t="s">
-        <v>2489</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" t="s">
-        <v>2490</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="B1015"/>
       <c r="C1015" t="s">
-        <v>2492</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" t="s">
-        <v>2493</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="B1016"/>
       <c r="C1016" t="s">
-        <v>2494</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" t="s">
-        <v>2495</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="B1017"/>
       <c r="C1017" t="s">
-        <v>2496</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" t="s">
-        <v>2497</v>
-[...3 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="B1018"/>
       <c r="C1018" t="s">
-        <v>2499</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" t="s">
-        <v>2500</v>
-[...3 lines deleted...]
-      </c>
+        <v>2028</v>
+      </c>
+      <c r="B1019"/>
       <c r="C1019" t="s">
-        <v>2501</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" t="s">
-        <v>2502</v>
-[...3 lines deleted...]
-      </c>
+        <v>2030</v>
+      </c>
+      <c r="B1020"/>
       <c r="C1020" t="s">
-        <v>2503</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" t="s">
-        <v>2504</v>
-[...3 lines deleted...]
-      </c>
+        <v>2032</v>
+      </c>
+      <c r="B1021"/>
       <c r="C1021" t="s">
-        <v>2505</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" t="s">
-        <v>2506</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="B1022"/>
       <c r="C1022" t="s">
-        <v>2508</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" t="s">
-        <v>2509</v>
+        <v>2035</v>
       </c>
       <c r="B1023"/>
       <c r="C1023" t="s">
-        <v>2510</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" t="s">
-        <v>2511</v>
+        <v>2037</v>
       </c>
       <c r="B1024"/>
       <c r="C1024" t="s">
-        <v>2512</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" t="s">
-        <v>2513</v>
+        <v>2039</v>
       </c>
       <c r="B1025"/>
       <c r="C1025" t="s">
-        <v>2514</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" t="s">
-        <v>2515</v>
-[...3 lines deleted...]
-      </c>
+        <v>648</v>
+      </c>
+      <c r="B1026"/>
       <c r="C1026" t="s">
-        <v>2517</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" t="s">
-        <v>2068</v>
+        <v>2042</v>
       </c>
       <c r="B1027"/>
       <c r="C1027" t="s">
-        <v>2518</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" t="s">
-        <v>2519</v>
+        <v>2044</v>
       </c>
       <c r="B1028"/>
       <c r="C1028" t="s">
-        <v>2520</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" t="s">
-        <v>2521</v>
-[...3 lines deleted...]
-      </c>
+        <v>2046</v>
+      </c>
+      <c r="B1029"/>
       <c r="C1029" t="s">
-        <v>2522</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" t="s">
-        <v>2523</v>
+        <v>2048</v>
       </c>
       <c r="B1030"/>
       <c r="C1030" t="s">
-        <v>2524</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" t="s">
-        <v>2525</v>
+        <v>2050</v>
       </c>
       <c r="B1031"/>
       <c r="C1031" t="s">
-        <v>2526</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" t="s">
-        <v>2527</v>
-[...3 lines deleted...]
-      </c>
+        <v>2052</v>
+      </c>
+      <c r="B1032"/>
       <c r="C1032" t="s">
-        <v>2528</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" t="s">
-        <v>2529</v>
+        <v>2054</v>
       </c>
       <c r="B1033"/>
       <c r="C1033" t="s">
-        <v>2530</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" t="s">
-        <v>2531</v>
-[...3 lines deleted...]
-      </c>
+        <v>2056</v>
+      </c>
+      <c r="B1034"/>
       <c r="C1034" t="s">
-        <v>2532</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" t="s">
-        <v>2533</v>
+        <v>2058</v>
       </c>
       <c r="B1035"/>
       <c r="C1035" t="s">
-        <v>2534</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" t="s">
-        <v>2535</v>
+        <v>2060</v>
       </c>
       <c r="B1036"/>
       <c r="C1036" t="s">
-        <v>2536</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" t="s">
-        <v>2537</v>
+        <v>2062</v>
       </c>
       <c r="B1037"/>
       <c r="C1037" t="s">
-        <v>2538</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" t="s">
-        <v>2539</v>
-[...3 lines deleted...]
-      </c>
+        <v>2064</v>
+      </c>
+      <c r="B1038"/>
       <c r="C1038" t="s">
-        <v>2540</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" t="s">
-        <v>2541</v>
-[...3 lines deleted...]
-      </c>
+        <v>2066</v>
+      </c>
+      <c r="B1039"/>
       <c r="C1039" t="s">
-        <v>2543</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" t="s">
-        <v>2544</v>
+        <v>2068</v>
       </c>
       <c r="B1040"/>
       <c r="C1040" t="s">
-        <v>2545</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" t="s">
-        <v>2546</v>
-[...3 lines deleted...]
-      </c>
+        <v>2070</v>
+      </c>
+      <c r="B1041"/>
       <c r="C1041" t="s">
-        <v>2547</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" t="s">
-        <v>2548</v>
-[...3 lines deleted...]
-      </c>
+        <v>2072</v>
+      </c>
+      <c r="B1042"/>
       <c r="C1042" t="s">
-        <v>2550</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" t="s">
-        <v>2551</v>
-[...3 lines deleted...]
-      </c>
+        <v>2074</v>
+      </c>
+      <c r="B1043"/>
       <c r="C1043" t="s">
-        <v>2552</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" t="s">
-        <v>2553</v>
-[...3 lines deleted...]
-      </c>
+        <v>2076</v>
+      </c>
+      <c r="B1044"/>
       <c r="C1044" t="s">
-        <v>2555</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" t="s">
-        <v>2556</v>
-[...3 lines deleted...]
-      </c>
+        <v>2078</v>
+      </c>
+      <c r="B1045"/>
       <c r="C1045" t="s">
-        <v>2558</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" t="s">
-        <v>2559</v>
-[...3 lines deleted...]
-      </c>
+        <v>2080</v>
+      </c>
+      <c r="B1046"/>
       <c r="C1046" t="s">
-        <v>2560</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" t="s">
-        <v>2561</v>
-[...3 lines deleted...]
-      </c>
+        <v>2082</v>
+      </c>
+      <c r="B1047"/>
       <c r="C1047" t="s">
-        <v>2563</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" t="s">
-        <v>2564</v>
+        <v>2084</v>
       </c>
       <c r="B1048"/>
       <c r="C1048" t="s">
-        <v>2565</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" t="s">
-        <v>2566</v>
+        <v>2086</v>
       </c>
       <c r="B1049"/>
       <c r="C1049" t="s">
-        <v>2567</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" t="s">
-        <v>2568</v>
-[...3 lines deleted...]
-      </c>
+        <v>2088</v>
+      </c>
+      <c r="B1050"/>
       <c r="C1050" t="s">
-        <v>2570</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" t="s">
-        <v>2571</v>
-[...3 lines deleted...]
-      </c>
+        <v>2090</v>
+      </c>
+      <c r="B1051"/>
       <c r="C1051" t="s">
-        <v>2572</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" t="s">
-        <v>2573</v>
-[...3 lines deleted...]
-      </c>
+        <v>2092</v>
+      </c>
+      <c r="B1052"/>
       <c r="C1052" t="s">
-        <v>2575</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" t="s">
-        <v>2576</v>
-[...3 lines deleted...]
-      </c>
+        <v>2094</v>
+      </c>
+      <c r="B1053"/>
       <c r="C1053" t="s">
-        <v>2577</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" t="s">
-        <v>2339</v>
+        <v>2096</v>
       </c>
       <c r="B1054"/>
       <c r="C1054" t="s">
-        <v>2578</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" t="s">
-        <v>2579</v>
+        <v>2098</v>
       </c>
       <c r="B1055"/>
       <c r="C1055" t="s">
-        <v>2580</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" t="s">
-        <v>2581</v>
-[...3 lines deleted...]
-      </c>
+        <v>2100</v>
+      </c>
+      <c r="B1056"/>
       <c r="C1056" t="s">
-        <v>2582</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" t="s">
-        <v>2583</v>
+        <v>2102</v>
       </c>
       <c r="B1057"/>
       <c r="C1057" t="s">
-        <v>2584</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" t="s">
-        <v>2585</v>
-[...3 lines deleted...]
-      </c>
+        <v>2104</v>
+      </c>
+      <c r="B1058"/>
       <c r="C1058" t="s">
-        <v>2586</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" t="s">
-        <v>2587</v>
-[...3 lines deleted...]
-      </c>
+        <v>2106</v>
+      </c>
+      <c r="B1059"/>
       <c r="C1059" t="s">
-        <v>2589</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" t="s">
-        <v>2590</v>
+        <v>2108</v>
       </c>
       <c r="B1060"/>
       <c r="C1060" t="s">
-        <v>2591</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" t="s">
-        <v>2592</v>
+        <v>2110</v>
       </c>
       <c r="B1061"/>
       <c r="C1061" t="s">
-        <v>2593</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" t="s">
-        <v>2594</v>
-[...3 lines deleted...]
-      </c>
+        <v>2112</v>
+      </c>
+      <c r="B1062"/>
       <c r="C1062" t="s">
-        <v>2595</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" t="s">
-        <v>2596</v>
-[...3 lines deleted...]
-      </c>
+        <v>2114</v>
+      </c>
+      <c r="B1063"/>
       <c r="C1063" t="s">
-        <v>2597</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" t="s">
-        <v>2598</v>
-[...3 lines deleted...]
-      </c>
+        <v>2116</v>
+      </c>
+      <c r="B1064"/>
       <c r="C1064" t="s">
-        <v>2599</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" t="s">
-        <v>2600</v>
+        <v>2118</v>
       </c>
       <c r="B1065"/>
       <c r="C1065" t="s">
-        <v>2601</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" t="s">
-        <v>2602</v>
-[...3 lines deleted...]
-      </c>
+        <v>2120</v>
+      </c>
+      <c r="B1066"/>
       <c r="C1066" t="s">
-        <v>2604</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" t="s">
-        <v>2605</v>
-[...3 lines deleted...]
-      </c>
+        <v>2122</v>
+      </c>
+      <c r="B1067"/>
       <c r="C1067" t="s">
-        <v>2606</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" t="s">
-        <v>2607</v>
-[...3 lines deleted...]
-      </c>
+        <v>2124</v>
+      </c>
+      <c r="B1068"/>
       <c r="C1068" t="s">
-        <v>2608</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" t="s">
-        <v>2609</v>
-[...3 lines deleted...]
-      </c>
+        <v>1722</v>
+      </c>
+      <c r="B1069"/>
       <c r="C1069" t="s">
-        <v>2611</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" t="s">
-        <v>2612</v>
+        <v>2127</v>
       </c>
       <c r="B1070"/>
       <c r="C1070" t="s">
-        <v>2613</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" t="s">
-        <v>2614</v>
+        <v>2129</v>
       </c>
       <c r="B1071"/>
       <c r="C1071" t="s">
-        <v>2615</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" t="s">
-        <v>2616</v>
-[...3 lines deleted...]
-      </c>
+        <v>2131</v>
+      </c>
+      <c r="B1072"/>
       <c r="C1072" t="s">
-        <v>2618</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" t="s">
-        <v>2619</v>
-[...3 lines deleted...]
-      </c>
+        <v>2133</v>
+      </c>
+      <c r="B1073"/>
       <c r="C1073" t="s">
-        <v>2620</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" t="s">
-        <v>2621</v>
+        <v>2135</v>
       </c>
       <c r="B1074"/>
       <c r="C1074" t="s">
-        <v>2622</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" t="s">
-        <v>2272</v>
+        <v>2137</v>
       </c>
       <c r="B1075"/>
       <c r="C1075" t="s">
-        <v>2623</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" t="s">
-        <v>2624</v>
-[...3 lines deleted...]
-      </c>
+        <v>2139</v>
+      </c>
+      <c r="B1076"/>
       <c r="C1076" t="s">
-        <v>2625</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" t="s">
-        <v>2626</v>
+        <v>2141</v>
       </c>
       <c r="B1077"/>
       <c r="C1077" t="s">
-        <v>2627</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" t="s">
-        <v>2628</v>
-[...3 lines deleted...]
-      </c>
+        <v>2143</v>
+      </c>
+      <c r="B1078"/>
       <c r="C1078" t="s">
-        <v>2629</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" t="s">
-        <v>2630</v>
+        <v>2145</v>
       </c>
       <c r="B1079"/>
       <c r="C1079" t="s">
-        <v>2631</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" t="s">
-        <v>2632</v>
-[...3 lines deleted...]
-      </c>
+        <v>2147</v>
+      </c>
+      <c r="B1080"/>
       <c r="C1080" t="s">
-        <v>2633</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" t="s">
-        <v>2634</v>
+        <v>2149</v>
       </c>
       <c r="B1081"/>
       <c r="C1081" t="s">
-        <v>2635</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" t="s">
-        <v>2636</v>
+        <v>2151</v>
       </c>
       <c r="B1082"/>
       <c r="C1082" t="s">
-        <v>2637</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" t="s">
-        <v>2638</v>
-[...3 lines deleted...]
-      </c>
+        <v>2153</v>
+      </c>
+      <c r="B1083"/>
       <c r="C1083" t="s">
-        <v>2639</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" t="s">
-        <v>2640</v>
+        <v>2155</v>
       </c>
       <c r="B1084"/>
       <c r="C1084" t="s">
-        <v>2641</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" t="s">
-        <v>2642</v>
-[...3 lines deleted...]
-      </c>
+        <v>2157</v>
+      </c>
+      <c r="B1085"/>
       <c r="C1085" t="s">
-        <v>2644</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" t="s">
-        <v>2645</v>
-[...3 lines deleted...]
-      </c>
+        <v>2159</v>
+      </c>
+      <c r="B1086"/>
       <c r="C1086" t="s">
-        <v>2646</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" t="s">
-        <v>2647</v>
-[...3 lines deleted...]
-      </c>
+        <v>2161</v>
+      </c>
+      <c r="B1087"/>
       <c r="C1087" t="s">
-        <v>2648</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" t="s">
-        <v>2649</v>
-[...3 lines deleted...]
-      </c>
+        <v>2163</v>
+      </c>
+      <c r="B1088"/>
       <c r="C1088" t="s">
-        <v>2651</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" t="s">
-        <v>2652</v>
+        <v>2165</v>
       </c>
       <c r="B1089"/>
       <c r="C1089" t="s">
-        <v>2653</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" t="s">
-        <v>2654</v>
-[...3 lines deleted...]
-      </c>
+        <v>2167</v>
+      </c>
+      <c r="B1090"/>
       <c r="C1090" t="s">
-        <v>2656</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" t="s">
-        <v>2657</v>
-[...3 lines deleted...]
-      </c>
+        <v>2169</v>
+      </c>
+      <c r="B1091"/>
       <c r="C1091" t="s">
-        <v>2659</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" t="s">
-        <v>2660</v>
-[...3 lines deleted...]
-      </c>
+        <v>2171</v>
+      </c>
+      <c r="B1092"/>
       <c r="C1092" t="s">
-        <v>2661</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" t="s">
-        <v>2662</v>
-[...3 lines deleted...]
-      </c>
+        <v>2173</v>
+      </c>
+      <c r="B1093"/>
       <c r="C1093" t="s">
-        <v>2664</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" t="s">
-        <v>2665</v>
+        <v>2175</v>
       </c>
       <c r="B1094"/>
       <c r="C1094" t="s">
-        <v>2666</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" t="s">
-        <v>2667</v>
-[...3 lines deleted...]
-      </c>
+        <v>2177</v>
+      </c>
+      <c r="B1095"/>
       <c r="C1095" t="s">
-        <v>2668</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" t="s">
-        <v>2669</v>
-[...3 lines deleted...]
-      </c>
+        <v>1964</v>
+      </c>
+      <c r="B1096"/>
       <c r="C1096" t="s">
-        <v>2670</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" t="s">
-        <v>2671</v>
-[...3 lines deleted...]
-      </c>
+        <v>2180</v>
+      </c>
+      <c r="B1097"/>
       <c r="C1097" t="s">
-        <v>2673</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" t="s">
-        <v>2674</v>
-[...3 lines deleted...]
-      </c>
+        <v>2182</v>
+      </c>
+      <c r="B1098"/>
       <c r="C1098" t="s">
-        <v>2676</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" t="s">
-        <v>2677</v>
-[...3 lines deleted...]
-      </c>
+        <v>2184</v>
+      </c>
+      <c r="B1099"/>
       <c r="C1099" t="s">
-        <v>2678</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" t="s">
-        <v>2679</v>
-[...3 lines deleted...]
-      </c>
+        <v>2186</v>
+      </c>
+      <c r="B1100"/>
       <c r="C1100" t="s">
-        <v>2680</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" t="s">
-        <v>2681</v>
-[...3 lines deleted...]
-      </c>
+        <v>2188</v>
+      </c>
+      <c r="B1101"/>
       <c r="C1101" t="s">
-        <v>2682</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" t="s">
-        <v>2683</v>
-[...3 lines deleted...]
-      </c>
+        <v>2190</v>
+      </c>
+      <c r="B1102"/>
       <c r="C1102" t="s">
-        <v>2684</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" t="s">
-        <v>2685</v>
-[...3 lines deleted...]
-      </c>
+        <v>2192</v>
+      </c>
+      <c r="B1103"/>
       <c r="C1103" t="s">
-        <v>2686</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" t="s">
-        <v>2687</v>
-[...3 lines deleted...]
-      </c>
+        <v>2194</v>
+      </c>
+      <c r="B1104"/>
       <c r="C1104" t="s">
-        <v>2688</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" t="s">
-        <v>2689</v>
+        <v>2196</v>
       </c>
       <c r="B1105"/>
       <c r="C1105" t="s">
-        <v>2690</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" t="s">
-        <v>2691</v>
-[...3 lines deleted...]
-      </c>
+        <v>2198</v>
+      </c>
+      <c r="B1106"/>
       <c r="C1106" t="s">
-        <v>2693</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" t="s">
-        <v>2694</v>
-[...3 lines deleted...]
-      </c>
+        <v>2200</v>
+      </c>
+      <c r="B1107"/>
       <c r="C1107" t="s">
-        <v>2696</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" t="s">
-        <v>2697</v>
-[...3 lines deleted...]
-      </c>
+        <v>2202</v>
+      </c>
+      <c r="B1108"/>
       <c r="C1108" t="s">
-        <v>2699</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" t="s">
-        <v>2700</v>
+        <v>2204</v>
       </c>
       <c r="B1109"/>
       <c r="C1109" t="s">
-        <v>2701</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" t="s">
-        <v>2702</v>
-[...3 lines deleted...]
-      </c>
+        <v>2206</v>
+      </c>
+      <c r="B1110"/>
       <c r="C1110" t="s">
-        <v>2703</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" t="s">
-        <v>2704</v>
-[...3 lines deleted...]
-      </c>
+        <v>2208</v>
+      </c>
+      <c r="B1111"/>
       <c r="C1111" t="s">
-        <v>2705</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" t="s">
-        <v>2706</v>
-[...3 lines deleted...]
-      </c>
+        <v>2210</v>
+      </c>
+      <c r="B1112"/>
       <c r="C1112" t="s">
-        <v>2708</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" t="s">
-        <v>2709</v>
-[...3 lines deleted...]
-      </c>
+        <v>2212</v>
+      </c>
+      <c r="B1113"/>
       <c r="C1113" t="s">
-        <v>2710</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" t="s">
-        <v>2711</v>
-[...3 lines deleted...]
-      </c>
+        <v>2214</v>
+      </c>
+      <c r="B1114"/>
       <c r="C1114" t="s">
-        <v>2713</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" t="s">
-        <v>2714</v>
+        <v>2216</v>
       </c>
       <c r="B1115"/>
       <c r="C1115" t="s">
-        <v>2715</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" t="s">
-        <v>2716</v>
-[...3 lines deleted...]
-      </c>
+        <v>2218</v>
+      </c>
+      <c r="B1116"/>
       <c r="C1116" t="s">
-        <v>2717</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" t="s">
-        <v>2718</v>
-[...3 lines deleted...]
-      </c>
+        <v>1901</v>
+      </c>
+      <c r="B1117"/>
       <c r="C1117" t="s">
-        <v>2720</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" t="s">
-        <v>2721</v>
-[...3 lines deleted...]
-      </c>
+        <v>2221</v>
+      </c>
+      <c r="B1118"/>
       <c r="C1118" t="s">
-        <v>2723</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" t="s">
-        <v>2724</v>
-[...3 lines deleted...]
-      </c>
+        <v>2223</v>
+      </c>
+      <c r="B1119"/>
       <c r="C1119" t="s">
-        <v>2725</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" t="s">
-        <v>2726</v>
-[...3 lines deleted...]
-      </c>
+        <v>2225</v>
+      </c>
+      <c r="B1120"/>
       <c r="C1120" t="s">
-        <v>2728</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" t="s">
-        <v>2729</v>
+        <v>2227</v>
       </c>
       <c r="B1121"/>
       <c r="C1121" t="s">
-        <v>2730</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" t="s">
-        <v>2731</v>
+        <v>2229</v>
       </c>
       <c r="B1122"/>
       <c r="C1122" t="s">
-        <v>2732</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" t="s">
-        <v>2733</v>
+        <v>2231</v>
       </c>
       <c r="B1123"/>
       <c r="C1123" t="s">
-        <v>2734</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" t="s">
-        <v>2735</v>
+        <v>2233</v>
       </c>
       <c r="B1124"/>
       <c r="C1124" t="s">
-        <v>2736</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" t="s">
-        <v>2737</v>
+        <v>2235</v>
       </c>
       <c r="B1125"/>
       <c r="C1125" t="s">
-        <v>2738</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" t="s">
-        <v>2739</v>
-[...3 lines deleted...]
-      </c>
+        <v>2237</v>
+      </c>
+      <c r="B1126"/>
       <c r="C1126" t="s">
-        <v>2741</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" t="s">
-        <v>2742</v>
-[...3 lines deleted...]
-      </c>
+        <v>2239</v>
+      </c>
+      <c r="B1127"/>
       <c r="C1127" t="s">
-        <v>2743</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" t="s">
-        <v>2744</v>
+        <v>2241</v>
       </c>
       <c r="B1128"/>
       <c r="C1128" t="s">
-        <v>2745</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" t="s">
-        <v>2746</v>
-[...3 lines deleted...]
-      </c>
+        <v>2243</v>
+      </c>
+      <c r="B1129"/>
       <c r="C1129" t="s">
-        <v>2747</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" t="s">
-        <v>2748</v>
+        <v>2245</v>
       </c>
       <c r="B1130"/>
       <c r="C1130" t="s">
-        <v>2749</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" t="s">
-        <v>2750</v>
+        <v>2247</v>
       </c>
       <c r="B1131"/>
       <c r="C1131" t="s">
-        <v>2751</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" t="s">
-        <v>2752</v>
+        <v>2249</v>
       </c>
       <c r="B1132"/>
       <c r="C1132" t="s">
-        <v>2753</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" t="s">
-        <v>2754</v>
+        <v>2251</v>
       </c>
       <c r="B1133"/>
       <c r="C1133" t="s">
-        <v>2755</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" t="s">
-        <v>2756</v>
+        <v>2253</v>
       </c>
       <c r="B1134"/>
       <c r="C1134" t="s">
-        <v>2757</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" t="s">
-        <v>2758</v>
-[...3 lines deleted...]
-      </c>
+        <v>2255</v>
+      </c>
+      <c r="B1135"/>
       <c r="C1135" t="s">
-        <v>2759</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" t="s">
-        <v>2760</v>
-[...3 lines deleted...]
-      </c>
+        <v>2257</v>
+      </c>
+      <c r="B1136"/>
       <c r="C1136" t="s">
-        <v>2762</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" t="s">
-        <v>2763</v>
-[...3 lines deleted...]
-      </c>
+        <v>2259</v>
+      </c>
+      <c r="B1137"/>
       <c r="C1137" t="s">
-        <v>2764</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" t="s">
-        <v>2765</v>
-[...3 lines deleted...]
-      </c>
+        <v>2261</v>
+      </c>
+      <c r="B1138"/>
       <c r="C1138" t="s">
-        <v>2767</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" t="s">
-        <v>2768</v>
-[...3 lines deleted...]
-      </c>
+        <v>2263</v>
+      </c>
+      <c r="B1139"/>
       <c r="C1139" t="s">
-        <v>2769</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" t="s">
-        <v>2770</v>
-[...3 lines deleted...]
-      </c>
+        <v>2265</v>
+      </c>
+      <c r="B1140"/>
       <c r="C1140" t="s">
-        <v>2772</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" t="s">
-        <v>2773</v>
-[...3 lines deleted...]
-      </c>
+        <v>2267</v>
+      </c>
+      <c r="B1141"/>
       <c r="C1141" t="s">
-        <v>2774</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" t="s">
-        <v>2775</v>
-[...3 lines deleted...]
-      </c>
+        <v>2269</v>
+      </c>
+      <c r="B1142"/>
       <c r="C1142" t="s">
-        <v>2776</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" t="s">
-        <v>2777</v>
-[...3 lines deleted...]
-      </c>
+        <v>2271</v>
+      </c>
+      <c r="B1143"/>
       <c r="C1143" t="s">
-        <v>2778</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" t="s">
-        <v>2779</v>
-[...3 lines deleted...]
-      </c>
+        <v>2273</v>
+      </c>
+      <c r="B1144"/>
       <c r="C1144" t="s">
-        <v>2780</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" t="s">
-        <v>2781</v>
-[...3 lines deleted...]
-      </c>
+        <v>2275</v>
+      </c>
+      <c r="B1145"/>
       <c r="C1145" t="s">
-        <v>2783</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" t="s">
-        <v>2784</v>
-[...3 lines deleted...]
-      </c>
+        <v>2277</v>
+      </c>
+      <c r="B1146"/>
       <c r="C1146" t="s">
-        <v>2785</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" t="s">
-        <v>2786</v>
-[...3 lines deleted...]
-      </c>
+        <v>2279</v>
+      </c>
+      <c r="B1147"/>
       <c r="C1147" t="s">
-        <v>2787</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" t="s">
-        <v>2788</v>
-[...3 lines deleted...]
-      </c>
+        <v>2281</v>
+      </c>
+      <c r="B1148"/>
       <c r="C1148" t="s">
-        <v>2790</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" t="s">
-        <v>2791</v>
-[...3 lines deleted...]
-      </c>
+        <v>2283</v>
+      </c>
+      <c r="B1149"/>
       <c r="C1149" t="s">
-        <v>2792</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" t="s">
-        <v>2793</v>
-[...3 lines deleted...]
-      </c>
+        <v>2285</v>
+      </c>
+      <c r="B1150"/>
       <c r="C1150" t="s">
-        <v>2794</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" t="s">
-        <v>2795</v>
-[...3 lines deleted...]
-      </c>
+        <v>2287</v>
+      </c>
+      <c r="B1151"/>
       <c r="C1151" t="s">
-        <v>2796</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" t="s">
-        <v>2797</v>
-[...3 lines deleted...]
-      </c>
+        <v>2289</v>
+      </c>
+      <c r="B1152"/>
       <c r="C1152" t="s">
-        <v>2798</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" t="s">
-        <v>2799</v>
-[...3 lines deleted...]
-      </c>
+        <v>2291</v>
+      </c>
+      <c r="B1153"/>
       <c r="C1153" t="s">
-        <v>2800</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" t="s">
-        <v>2801</v>
-[...3 lines deleted...]
-      </c>
+        <v>2293</v>
+      </c>
+      <c r="B1154"/>
       <c r="C1154" t="s">
-        <v>2803</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" t="s">
-        <v>2379</v>
+        <v>2295</v>
       </c>
       <c r="B1155"/>
       <c r="C1155" t="s">
-        <v>2804</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" t="s">
-        <v>2805</v>
-[...3 lines deleted...]
-      </c>
+        <v>2297</v>
+      </c>
+      <c r="B1156"/>
       <c r="C1156" t="s">
-        <v>2806</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" t="s">
-        <v>2807</v>
+        <v>2299</v>
       </c>
       <c r="B1157"/>
       <c r="C1157" t="s">
-        <v>2808</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" t="s">
-        <v>2809</v>
-[...3 lines deleted...]
-      </c>
+        <v>2301</v>
+      </c>
+      <c r="B1158"/>
       <c r="C1158" t="s">
-        <v>2810</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" t="s">
-        <v>2811</v>
-[...3 lines deleted...]
-      </c>
+        <v>2303</v>
+      </c>
+      <c r="B1159"/>
       <c r="C1159" t="s">
-        <v>2812</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" t="s">
-        <v>2813</v>
-[...3 lines deleted...]
-      </c>
+        <v>2305</v>
+      </c>
+      <c r="B1160"/>
       <c r="C1160" t="s">
-        <v>2815</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" t="s">
-        <v>2816</v>
+        <v>2307</v>
       </c>
       <c r="B1161"/>
       <c r="C1161" t="s">
-        <v>2817</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" t="s">
-        <v>2818</v>
+        <v>2309</v>
       </c>
       <c r="B1162"/>
       <c r="C1162" t="s">
-        <v>2819</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" t="s">
-        <v>2820</v>
+        <v>2311</v>
       </c>
       <c r="B1163"/>
       <c r="C1163" t="s">
-        <v>2821</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" t="s">
-        <v>2822</v>
+        <v>2313</v>
       </c>
       <c r="B1164"/>
       <c r="C1164" t="s">
-        <v>2823</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" t="s">
-        <v>2824</v>
+        <v>2315</v>
       </c>
       <c r="B1165"/>
       <c r="C1165" t="s">
-        <v>2825</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" t="s">
-        <v>2826</v>
+        <v>2317</v>
       </c>
       <c r="B1166"/>
       <c r="C1166" t="s">
-        <v>2827</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" t="s">
-        <v>2828</v>
+        <v>2319</v>
       </c>
       <c r="B1167"/>
       <c r="C1167" t="s">
-        <v>2829</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" t="s">
-        <v>2830</v>
+        <v>2321</v>
       </c>
       <c r="B1168"/>
       <c r="C1168" t="s">
-        <v>2831</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" t="s">
-        <v>2832</v>
+        <v>2323</v>
       </c>
       <c r="B1169"/>
       <c r="C1169" t="s">
-        <v>2833</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" t="s">
-        <v>2834</v>
+        <v>2325</v>
       </c>
       <c r="B1170"/>
       <c r="C1170" t="s">
-        <v>2835</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" t="s">
-        <v>2836</v>
+        <v>2327</v>
       </c>
       <c r="B1171"/>
       <c r="C1171" t="s">
-        <v>2837</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" t="s">
-        <v>2838</v>
+        <v>2329</v>
       </c>
       <c r="B1172"/>
       <c r="C1172" t="s">
-        <v>2839</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" t="s">
-        <v>2840</v>
+        <v>2331</v>
       </c>
       <c r="B1173"/>
       <c r="C1173" t="s">
-        <v>2841</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" t="s">
-        <v>2834</v>
+        <v>2333</v>
       </c>
       <c r="B1174"/>
       <c r="C1174" t="s">
-        <v>2842</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" t="s">
-        <v>2843</v>
+        <v>2335</v>
       </c>
       <c r="B1175"/>
       <c r="C1175" t="s">
-        <v>2844</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" t="s">
-        <v>2845</v>
+        <v>2337</v>
       </c>
       <c r="B1176"/>
       <c r="C1176" t="s">
-        <v>2846</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" t="s">
-        <v>2847</v>
+        <v>2339</v>
       </c>
       <c r="B1177"/>
       <c r="C1177" t="s">
-        <v>2848</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" t="s">
-        <v>2822</v>
+        <v>2341</v>
       </c>
       <c r="B1178"/>
       <c r="C1178" t="s">
-        <v>2849</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" t="s">
-        <v>2850</v>
-[...3 lines deleted...]
-      </c>
+        <v>2343</v>
+      </c>
+      <c r="B1179"/>
       <c r="C1179" t="s">
-        <v>2852</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" t="s">
-        <v>2853</v>
-[...3 lines deleted...]
-      </c>
+        <v>2345</v>
+      </c>
+      <c r="B1180"/>
       <c r="C1180" t="s">
-        <v>2855</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" t="s">
-        <v>2856</v>
-[...3 lines deleted...]
-      </c>
+        <v>2347</v>
+      </c>
+      <c r="B1181"/>
       <c r="C1181" t="s">
-        <v>2858</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" t="s">
-        <v>2859</v>
-[...3 lines deleted...]
-      </c>
+        <v>2349</v>
+      </c>
+      <c r="B1182"/>
       <c r="C1182" t="s">
-        <v>2860</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" t="s">
-        <v>2861</v>
-[...3 lines deleted...]
-      </c>
+        <v>2351</v>
+      </c>
+      <c r="B1183"/>
       <c r="C1183" t="s">
-        <v>2862</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" t="s">
-        <v>2863</v>
-[...3 lines deleted...]
-      </c>
+        <v>2353</v>
+      </c>
+      <c r="B1184"/>
       <c r="C1184" t="s">
-        <v>2865</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" t="s">
-        <v>2866</v>
-[...3 lines deleted...]
-      </c>
+        <v>2355</v>
+      </c>
+      <c r="B1185"/>
       <c r="C1185" t="s">
-        <v>2868</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" t="s">
-        <v>2869</v>
-[...3 lines deleted...]
-      </c>
+        <v>2357</v>
+      </c>
+      <c r="B1186"/>
       <c r="C1186" t="s">
-        <v>2871</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" t="s">
-        <v>2872</v>
-[...3 lines deleted...]
-      </c>
+        <v>2359</v>
+      </c>
+      <c r="B1187"/>
       <c r="C1187" t="s">
-        <v>2874</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" t="s">
-        <v>2875</v>
-[...3 lines deleted...]
-      </c>
+        <v>2361</v>
+      </c>
+      <c r="B1188"/>
       <c r="C1188" t="s">
-        <v>2876</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" t="s">
-        <v>2877</v>
-[...3 lines deleted...]
-      </c>
+        <v>2363</v>
+      </c>
+      <c r="B1189"/>
       <c r="C1189" t="s">
-        <v>2878</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" t="s">
-        <v>2879</v>
-[...3 lines deleted...]
-      </c>
+        <v>2365</v>
+      </c>
+      <c r="B1190"/>
       <c r="C1190" t="s">
-        <v>2881</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" t="s">
-        <v>2882</v>
-[...3 lines deleted...]
-      </c>
+        <v>2367</v>
+      </c>
+      <c r="B1191"/>
       <c r="C1191" t="s">
-        <v>2883</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" t="s">
-        <v>2884</v>
-[...3 lines deleted...]
-      </c>
+        <v>2369</v>
+      </c>
+      <c r="B1192"/>
       <c r="C1192" t="s">
-        <v>2885</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" t="s">
-        <v>2886</v>
-[...3 lines deleted...]
-      </c>
+        <v>2371</v>
+      </c>
+      <c r="B1193"/>
       <c r="C1193" t="s">
-        <v>2888</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" t="s">
-        <v>2889</v>
+        <v>2373</v>
       </c>
       <c r="B1194"/>
       <c r="C1194" t="s">
-        <v>2890</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" t="s">
-        <v>2891</v>
+        <v>2375</v>
       </c>
       <c r="B1195"/>
       <c r="C1195" t="s">
-        <v>2892</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" t="s">
-        <v>2893</v>
+        <v>2377</v>
       </c>
       <c r="B1196"/>
       <c r="C1196" t="s">
-        <v>2894</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" t="s">
-        <v>2895</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="B1197"/>
       <c r="C1197" t="s">
-        <v>2897</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" t="s">
-        <v>2898</v>
-[...3 lines deleted...]
-      </c>
+        <v>2380</v>
+      </c>
+      <c r="B1198"/>
       <c r="C1198" t="s">
-        <v>2900</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" t="s">
-        <v>2901</v>
+        <v>2382</v>
       </c>
       <c r="B1199"/>
       <c r="C1199" t="s">
-        <v>2902</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" t="s">
-        <v>2903</v>
-[...3 lines deleted...]
-      </c>
+        <v>2384</v>
+      </c>
+      <c r="B1200"/>
       <c r="C1200" t="s">
-        <v>2904</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" t="s">
-        <v>2905</v>
-[...3 lines deleted...]
-      </c>
+        <v>2386</v>
+      </c>
+      <c r="B1201"/>
       <c r="C1201" t="s">
-        <v>2907</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" t="s">
-        <v>2908</v>
-[...3 lines deleted...]
-      </c>
+        <v>2388</v>
+      </c>
+      <c r="B1202"/>
       <c r="C1202" t="s">
-        <v>2910</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" t="s">
-        <v>2911</v>
-[...3 lines deleted...]
-      </c>
+        <v>2390</v>
+      </c>
+      <c r="B1203"/>
       <c r="C1203" t="s">
-        <v>2913</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" t="s">
-        <v>2914</v>
-[...3 lines deleted...]
-      </c>
+        <v>2392</v>
+      </c>
+      <c r="B1204"/>
       <c r="C1204" t="s">
-        <v>2916</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" t="s">
-        <v>2917</v>
-[...3 lines deleted...]
-      </c>
+        <v>2394</v>
+      </c>
+      <c r="B1205"/>
       <c r="C1205" t="s">
-        <v>2918</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" t="s">
-        <v>2919</v>
-[...3 lines deleted...]
-      </c>
+        <v>2396</v>
+      </c>
+      <c r="B1206"/>
       <c r="C1206" t="s">
-        <v>2921</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" t="s">
-        <v>2922</v>
-[...3 lines deleted...]
-      </c>
+        <v>2398</v>
+      </c>
+      <c r="B1207"/>
       <c r="C1207" t="s">
-        <v>2924</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" t="s">
-        <v>2925</v>
-[...3 lines deleted...]
-      </c>
+        <v>2400</v>
+      </c>
+      <c r="B1208"/>
       <c r="C1208" t="s">
-        <v>2926</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" t="s">
-        <v>2553</v>
-[...3 lines deleted...]
-      </c>
+        <v>2402</v>
+      </c>
+      <c r="B1209"/>
       <c r="C1209" t="s">
-        <v>2928</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" t="s">
-        <v>2929</v>
+        <v>2404</v>
       </c>
       <c r="B1210"/>
       <c r="C1210" t="s">
-        <v>2930</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" t="s">
-        <v>2931</v>
-[...3 lines deleted...]
-      </c>
+        <v>2406</v>
+      </c>
+      <c r="B1211"/>
       <c r="C1211" t="s">
-        <v>2932</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" t="s">
-        <v>2933</v>
-[...3 lines deleted...]
-      </c>
+        <v>2408</v>
+      </c>
+      <c r="B1212"/>
       <c r="C1212" t="s">
-        <v>2935</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" t="s">
-        <v>2936</v>
-[...3 lines deleted...]
-      </c>
+        <v>2410</v>
+      </c>
+      <c r="B1213"/>
       <c r="C1213" t="s">
-        <v>2938</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" t="s">
-        <v>2939</v>
-[...3 lines deleted...]
-      </c>
+        <v>2412</v>
+      </c>
+      <c r="B1214"/>
       <c r="C1214" t="s">
-        <v>2941</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" t="s">
-        <v>2942</v>
+        <v>2414</v>
       </c>
       <c r="B1215"/>
       <c r="C1215" t="s">
-        <v>2943</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" t="s">
-        <v>2944</v>
+        <v>2408</v>
       </c>
       <c r="B1216"/>
       <c r="C1216" t="s">
-        <v>2945</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" t="s">
-        <v>2946</v>
+        <v>2417</v>
       </c>
       <c r="B1217"/>
       <c r="C1217" t="s">
-        <v>2947</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" t="s">
-        <v>2948</v>
+        <v>2419</v>
       </c>
       <c r="B1218"/>
       <c r="C1218" t="s">
-        <v>2949</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" t="s">
-        <v>2950</v>
-[...3 lines deleted...]
-      </c>
+        <v>2421</v>
+      </c>
+      <c r="B1219"/>
       <c r="C1219" t="s">
-        <v>2951</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" t="s">
-        <v>2952</v>
+        <v>2396</v>
       </c>
       <c r="B1220"/>
       <c r="C1220" t="s">
-        <v>2953</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" t="s">
-        <v>2954</v>
-[...3 lines deleted...]
-      </c>
+        <v>2424</v>
+      </c>
+      <c r="B1221"/>
       <c r="C1221" t="s">
-        <v>2955</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" t="s">
-        <v>2956</v>
-[...3 lines deleted...]
-      </c>
+        <v>2426</v>
+      </c>
+      <c r="B1222"/>
       <c r="C1222" t="s">
-        <v>2957</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" t="s">
-        <v>2958</v>
-[...3 lines deleted...]
-      </c>
+        <v>2428</v>
+      </c>
+      <c r="B1223"/>
       <c r="C1223" t="s">
-        <v>2959</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" t="s">
-        <v>2960</v>
-[...3 lines deleted...]
-      </c>
+        <v>2430</v>
+      </c>
+      <c r="B1224"/>
       <c r="C1224" t="s">
-        <v>2961</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" t="s">
-        <v>2962</v>
-[...3 lines deleted...]
-      </c>
+        <v>2432</v>
+      </c>
+      <c r="B1225"/>
       <c r="C1225" t="s">
-        <v>2963</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" t="s">
-        <v>893</v>
-[...3 lines deleted...]
-      </c>
+        <v>2434</v>
+      </c>
+      <c r="B1226"/>
       <c r="C1226" t="s">
-        <v>2964</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" t="s">
-        <v>2733</v>
-[...3 lines deleted...]
-      </c>
+        <v>2436</v>
+      </c>
+      <c r="B1227"/>
       <c r="C1227" t="s">
-        <v>2966</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" t="s">
-        <v>2967</v>
-[...3 lines deleted...]
-      </c>
+        <v>2438</v>
+      </c>
+      <c r="B1228"/>
       <c r="C1228" t="s">
-        <v>2968</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" t="s">
-        <v>2969</v>
-[...3 lines deleted...]
-      </c>
+        <v>2440</v>
+      </c>
+      <c r="B1229"/>
       <c r="C1229" t="s">
-        <v>2970</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" t="s">
-        <v>2971</v>
-[...3 lines deleted...]
-      </c>
+        <v>2442</v>
+      </c>
+      <c r="B1230"/>
       <c r="C1230" t="s">
-        <v>2973</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" t="s">
-        <v>2974</v>
+        <v>2444</v>
       </c>
       <c r="B1231"/>
       <c r="C1231" t="s">
-        <v>2975</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" t="s">
-        <v>2976</v>
+        <v>2446</v>
       </c>
       <c r="B1232"/>
       <c r="C1232" t="s">
-        <v>2977</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" t="s">
-        <v>2978</v>
+        <v>2448</v>
       </c>
       <c r="B1233"/>
       <c r="C1233" t="s">
-        <v>2979</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" t="s">
-        <v>1907</v>
-[...3 lines deleted...]
-      </c>
+        <v>2450</v>
+      </c>
+      <c r="B1234"/>
       <c r="C1234" t="s">
-        <v>2980</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" t="s">
-        <v>2981</v>
+        <v>2452</v>
       </c>
       <c r="B1235"/>
       <c r="C1235" t="s">
-        <v>2982</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" t="s">
-        <v>2983</v>
+        <v>2454</v>
       </c>
       <c r="B1236"/>
       <c r="C1236" t="s">
-        <v>2984</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" t="s">
-        <v>2985</v>
-[...3 lines deleted...]
-      </c>
+        <v>2456</v>
+      </c>
+      <c r="B1237"/>
       <c r="C1237" t="s">
-        <v>2986</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" t="s">
-        <v>2987</v>
-[...3 lines deleted...]
-      </c>
+        <v>2458</v>
+      </c>
+      <c r="B1238"/>
       <c r="C1238" t="s">
-        <v>2988</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" t="s">
-        <v>2989</v>
+        <v>2460</v>
       </c>
       <c r="B1239"/>
       <c r="C1239" t="s">
-        <v>2990</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" t="s">
-        <v>2853</v>
-[...3 lines deleted...]
-      </c>
+        <v>2462</v>
+      </c>
+      <c r="B1240"/>
       <c r="C1240" t="s">
-        <v>2992</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" t="s">
-        <v>2993</v>
+        <v>2464</v>
       </c>
       <c r="B1241"/>
       <c r="C1241" t="s">
-        <v>2994</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" t="s">
-        <v>2995</v>
+        <v>2466</v>
       </c>
       <c r="B1242"/>
       <c r="C1242" t="s">
-        <v>2996</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" t="s">
-        <v>2997</v>
+        <v>2468</v>
       </c>
       <c r="B1243"/>
       <c r="C1243" t="s">
-        <v>2998</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" t="s">
-        <v>2735</v>
+        <v>2470</v>
       </c>
       <c r="B1244"/>
       <c r="C1244" t="s">
-        <v>2999</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" t="s">
-        <v>3000</v>
+        <v>2472</v>
       </c>
       <c r="B1245"/>
       <c r="C1245" t="s">
-        <v>3001</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" t="s">
-        <v>3002</v>
+        <v>2474</v>
       </c>
       <c r="B1246"/>
       <c r="C1246" t="s">
-        <v>3003</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" t="s">
-        <v>3004</v>
+        <v>2476</v>
       </c>
       <c r="B1247"/>
       <c r="C1247" t="s">
-        <v>3005</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" t="s">
-        <v>3006</v>
+        <v>2478</v>
       </c>
       <c r="B1248"/>
       <c r="C1248" t="s">
-        <v>3007</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" t="s">
-        <v>3008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2480</v>
+      </c>
+      <c r="B1249"/>
       <c r="C1249" t="s">
-        <v>3010</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" t="s">
-        <v>3011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2482</v>
+      </c>
+      <c r="B1250"/>
       <c r="C1250" t="s">
-        <v>3013</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" t="s">
-        <v>3014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2159</v>
+      </c>
+      <c r="B1251"/>
       <c r="C1251" t="s">
-        <v>3016</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" t="s">
-        <v>3017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2485</v>
+      </c>
+      <c r="B1252"/>
       <c r="C1252" t="s">
-        <v>3018</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" t="s">
-        <v>3019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2487</v>
+      </c>
+      <c r="B1253"/>
       <c r="C1253" t="s">
-        <v>3020</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" t="s">
-        <v>3021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2489</v>
+      </c>
+      <c r="B1254"/>
       <c r="C1254" t="s">
-        <v>3023</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" t="s">
-        <v>3024</v>
+        <v>2491</v>
       </c>
       <c r="B1255"/>
       <c r="C1255" t="s">
-        <v>3025</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" t="s">
-        <v>3026</v>
-[...3 lines deleted...]
-      </c>
+        <v>2493</v>
+      </c>
+      <c r="B1256"/>
       <c r="C1256" t="s">
-        <v>3027</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" t="s">
-        <v>3028</v>
-[...3 lines deleted...]
-      </c>
+        <v>2495</v>
+      </c>
+      <c r="B1257"/>
       <c r="C1257" t="s">
-        <v>3029</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" t="s">
-        <v>3030</v>
+        <v>2497</v>
       </c>
       <c r="B1258"/>
       <c r="C1258" t="s">
-        <v>3031</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" t="s">
-        <v>3032</v>
-[...3 lines deleted...]
-      </c>
+        <v>2499</v>
+      </c>
+      <c r="B1259"/>
       <c r="C1259" t="s">
-        <v>3034</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" t="s">
-        <v>3035</v>
-[...3 lines deleted...]
-      </c>
+        <v>2501</v>
+      </c>
+      <c r="B1260"/>
       <c r="C1260" t="s">
-        <v>3037</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" t="s">
-        <v>3038</v>
-[...3 lines deleted...]
-      </c>
+        <v>2503</v>
+      </c>
+      <c r="B1261"/>
       <c r="C1261" t="s">
-        <v>3040</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" t="s">
-        <v>3041</v>
+        <v>2505</v>
       </c>
       <c r="B1262"/>
       <c r="C1262" t="s">
-        <v>3042</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" t="s">
-        <v>3043</v>
+        <v>2507</v>
       </c>
       <c r="B1263"/>
       <c r="C1263" t="s">
-        <v>3044</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" t="s">
-        <v>3045</v>
+        <v>2509</v>
       </c>
       <c r="B1264"/>
       <c r="C1264" t="s">
-        <v>3046</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" t="s">
-        <v>3047</v>
+        <v>2511</v>
       </c>
       <c r="B1265"/>
       <c r="C1265" t="s">
-        <v>3048</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" t="s">
-        <v>3049</v>
+        <v>2513</v>
       </c>
       <c r="B1266"/>
       <c r="C1266" t="s">
-        <v>3050</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" t="s">
-        <v>3051</v>
+        <v>2515</v>
       </c>
       <c r="B1267"/>
       <c r="C1267" t="s">
-        <v>3052</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" t="s">
-        <v>3053</v>
+        <v>740</v>
       </c>
       <c r="B1268"/>
       <c r="C1268" t="s">
-        <v>3054</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" t="s">
-        <v>3055</v>
+        <v>2315</v>
       </c>
       <c r="B1269"/>
       <c r="C1269" t="s">
-        <v>3056</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" t="s">
-        <v>3057</v>
+        <v>2519</v>
       </c>
       <c r="B1270"/>
       <c r="C1270" t="s">
-        <v>3058</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" t="s">
-        <v>3059</v>
+        <v>2521</v>
       </c>
       <c r="B1271"/>
       <c r="C1271" t="s">
-        <v>3060</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" t="s">
-        <v>3061</v>
+        <v>2523</v>
       </c>
       <c r="B1272"/>
       <c r="C1272" t="s">
-        <v>3062</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" t="s">
-        <v>3063</v>
+        <v>2525</v>
       </c>
       <c r="B1273"/>
       <c r="C1273" t="s">
-        <v>3064</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" t="s">
-        <v>3065</v>
+        <v>2527</v>
       </c>
       <c r="B1274"/>
       <c r="C1274" t="s">
-        <v>3066</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" t="s">
-        <v>3067</v>
+        <v>2529</v>
       </c>
       <c r="B1275"/>
       <c r="C1275" t="s">
-        <v>3068</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" t="s">
-        <v>3069</v>
+        <v>1581</v>
       </c>
       <c r="B1276"/>
       <c r="C1276" t="s">
-        <v>3070</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" t="s">
-        <v>3071</v>
+        <v>2532</v>
       </c>
       <c r="B1277"/>
       <c r="C1277" t="s">
-        <v>3072</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" t="s">
-        <v>3073</v>
+        <v>2534</v>
       </c>
       <c r="B1278"/>
       <c r="C1278" t="s">
-        <v>3074</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" t="s">
-        <v>3075</v>
+        <v>2536</v>
       </c>
       <c r="B1279"/>
       <c r="C1279" t="s">
-        <v>3076</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" t="s">
-        <v>3077</v>
+        <v>2538</v>
       </c>
       <c r="B1280"/>
       <c r="C1280" t="s">
-        <v>3078</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" t="s">
-        <v>3079</v>
+        <v>2540</v>
       </c>
       <c r="B1281"/>
       <c r="C1281" t="s">
-        <v>3080</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" t="s">
-        <v>3081</v>
+        <v>2426</v>
       </c>
       <c r="B1282"/>
       <c r="C1282" t="s">
-        <v>3082</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" t="s">
-        <v>3083</v>
+        <v>2543</v>
       </c>
       <c r="B1283"/>
       <c r="C1283" t="s">
-        <v>3084</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" t="s">
-        <v>3085</v>
+        <v>2545</v>
       </c>
       <c r="B1284"/>
       <c r="C1284" t="s">
-        <v>3086</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" t="s">
-        <v>3087</v>
+        <v>2547</v>
       </c>
       <c r="B1285"/>
       <c r="C1285" t="s">
-        <v>3088</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" t="s">
-        <v>3089</v>
+        <v>2317</v>
       </c>
       <c r="B1286"/>
       <c r="C1286" t="s">
-        <v>3090</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" t="s">
-        <v>3091</v>
+        <v>2550</v>
       </c>
       <c r="B1287"/>
       <c r="C1287" t="s">
-        <v>3092</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" t="s">
-        <v>3093</v>
+        <v>2552</v>
       </c>
       <c r="B1288"/>
       <c r="C1288" t="s">
-        <v>3094</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" t="s">
-        <v>3095</v>
+        <v>2554</v>
       </c>
       <c r="B1289"/>
       <c r="C1289" t="s">
-        <v>3096</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" t="s">
-        <v>3097</v>
+        <v>2556</v>
       </c>
       <c r="B1290"/>
       <c r="C1290" t="s">
-        <v>3098</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" t="s">
-        <v>3099</v>
+        <v>2558</v>
       </c>
       <c r="B1291"/>
       <c r="C1291" t="s">
-        <v>3100</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" t="s">
-        <v>3101</v>
+        <v>2560</v>
       </c>
       <c r="B1292"/>
       <c r="C1292" t="s">
-        <v>3102</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" t="s">
-        <v>3103</v>
+        <v>2562</v>
       </c>
       <c r="B1293"/>
       <c r="C1293" t="s">
-        <v>3104</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" t="s">
-        <v>3105</v>
+        <v>2564</v>
       </c>
       <c r="B1294"/>
       <c r="C1294" t="s">
-        <v>3106</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" t="s">
-        <v>3107</v>
+        <v>2566</v>
       </c>
       <c r="B1295"/>
       <c r="C1295" t="s">
-        <v>3108</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" t="s">
-        <v>3109</v>
+        <v>2568</v>
       </c>
       <c r="B1296"/>
       <c r="C1296" t="s">
-        <v>3110</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" t="s">
-        <v>3111</v>
+        <v>2570</v>
       </c>
       <c r="B1297"/>
       <c r="C1297" t="s">
-        <v>3112</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" t="s">
-        <v>3113</v>
+        <v>2572</v>
       </c>
       <c r="B1298"/>
       <c r="C1298" t="s">
-        <v>3114</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" t="s">
-        <v>3115</v>
+        <v>2574</v>
       </c>
       <c r="B1299"/>
       <c r="C1299" t="s">
-        <v>3116</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" t="s">
-        <v>3117</v>
+        <v>2576</v>
       </c>
       <c r="B1300"/>
       <c r="C1300" t="s">
-        <v>3118</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" t="s">
-        <v>3119</v>
+        <v>2578</v>
       </c>
       <c r="B1301"/>
       <c r="C1301" t="s">
-        <v>3120</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" t="s">
-        <v>3121</v>
+        <v>2580</v>
       </c>
       <c r="B1302"/>
       <c r="C1302" t="s">
-        <v>3122</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" t="s">
-        <v>3123</v>
+        <v>2582</v>
       </c>
       <c r="B1303"/>
       <c r="C1303" t="s">
-        <v>3124</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" t="s">
-        <v>3125</v>
+        <v>2584</v>
       </c>
       <c r="B1304"/>
       <c r="C1304" t="s">
-        <v>3126</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" t="s">
-        <v>3127</v>
+        <v>2586</v>
       </c>
       <c r="B1305"/>
       <c r="C1305" t="s">
-        <v>3128</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" t="s">
-        <v>3129</v>
+        <v>2588</v>
       </c>
       <c r="B1306"/>
       <c r="C1306" t="s">
-        <v>3130</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" t="s">
-        <v>3131</v>
+        <v>2590</v>
       </c>
       <c r="B1307"/>
       <c r="C1307" t="s">
-        <v>3132</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" t="s">
-        <v>3133</v>
+        <v>2592</v>
       </c>
       <c r="B1308"/>
       <c r="C1308" t="s">
-        <v>3134</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" t="s">
-        <v>3135</v>
+        <v>2594</v>
       </c>
       <c r="B1309"/>
       <c r="C1309" t="s">
-        <v>3136</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" t="s">
-        <v>3137</v>
+        <v>2596</v>
       </c>
       <c r="B1310"/>
       <c r="C1310" t="s">
-        <v>3138</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" t="s">
-        <v>3139</v>
+        <v>2598</v>
       </c>
       <c r="B1311"/>
       <c r="C1311" t="s">
-        <v>3140</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" t="s">
-        <v>3141</v>
+        <v>2600</v>
       </c>
       <c r="B1312"/>
       <c r="C1312" t="s">
-        <v>3142</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" t="s">
-        <v>3143</v>
+        <v>2602</v>
       </c>
       <c r="B1313"/>
       <c r="C1313" t="s">
-        <v>3144</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" t="s">
-        <v>3145</v>
+        <v>2604</v>
       </c>
       <c r="B1314"/>
       <c r="C1314" t="s">
-        <v>3146</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" t="s">
-        <v>3147</v>
+        <v>2606</v>
       </c>
       <c r="B1315"/>
       <c r="C1315" t="s">
-        <v>3148</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" t="s">
-        <v>3149</v>
+        <v>2608</v>
       </c>
       <c r="B1316"/>
       <c r="C1316" t="s">
-        <v>3150</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" t="s">
-        <v>3151</v>
+        <v>2610</v>
       </c>
       <c r="B1317"/>
       <c r="C1317" t="s">
-        <v>3152</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" t="s">
-        <v>3153</v>
+        <v>2612</v>
       </c>
       <c r="B1318"/>
       <c r="C1318" t="s">
-        <v>3154</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" t="s">
-        <v>3155</v>
+        <v>2614</v>
       </c>
       <c r="B1319"/>
       <c r="C1319" t="s">
-        <v>3156</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" t="s">
-        <v>3157</v>
+        <v>2616</v>
       </c>
       <c r="B1320"/>
       <c r="C1320" t="s">
-        <v>3158</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" t="s">
-        <v>3159</v>
+        <v>2618</v>
       </c>
       <c r="B1321"/>
       <c r="C1321" t="s">
-        <v>3160</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" t="s">
-        <v>3161</v>
+        <v>2620</v>
       </c>
       <c r="B1322"/>
       <c r="C1322" t="s">
-        <v>3162</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" t="s">
-        <v>3163</v>
+        <v>2622</v>
       </c>
       <c r="B1323"/>
       <c r="C1323" t="s">
-        <v>3164</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" t="s">
-        <v>3165</v>
+        <v>2624</v>
       </c>
       <c r="B1324"/>
       <c r="C1324" t="s">
-        <v>3166</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" t="s">
-        <v>3167</v>
+        <v>2626</v>
       </c>
       <c r="B1325"/>
       <c r="C1325" t="s">
-        <v>3168</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" t="s">
-        <v>3169</v>
+        <v>2628</v>
       </c>
       <c r="B1326"/>
       <c r="C1326" t="s">
-        <v>3170</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" t="s">
-        <v>3171</v>
+        <v>2630</v>
       </c>
       <c r="B1327"/>
       <c r="C1327" t="s">
-        <v>3172</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" t="s">
-        <v>3173</v>
+        <v>2632</v>
       </c>
       <c r="B1328"/>
       <c r="C1328" t="s">
-        <v>3174</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" t="s">
-        <v>3175</v>
+        <v>2634</v>
       </c>
       <c r="B1329"/>
       <c r="C1329" t="s">
-        <v>3176</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" t="s">
-        <v>3177</v>
+        <v>2636</v>
       </c>
       <c r="B1330"/>
       <c r="C1330" t="s">
-        <v>3178</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" t="s">
-        <v>3179</v>
+        <v>2638</v>
       </c>
       <c r="B1331"/>
       <c r="C1331" t="s">
-        <v>3180</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" t="s">
-        <v>3181</v>
+        <v>2640</v>
       </c>
       <c r="B1332"/>
       <c r="C1332" t="s">
-        <v>3182</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" t="s">
-        <v>3183</v>
+        <v>2642</v>
       </c>
       <c r="B1333"/>
       <c r="C1333" t="s">
-        <v>3184</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" t="s">
-        <v>3185</v>
+        <v>2644</v>
       </c>
       <c r="B1334"/>
       <c r="C1334" t="s">
-        <v>3186</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" t="s">
-        <v>3187</v>
+        <v>2646</v>
       </c>
       <c r="B1335"/>
       <c r="C1335" t="s">
-        <v>3188</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" t="s">
-        <v>3189</v>
+        <v>2648</v>
       </c>
       <c r="B1336"/>
       <c r="C1336" t="s">
-        <v>3190</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" t="s">
-        <v>3191</v>
+        <v>2650</v>
       </c>
       <c r="B1337"/>
       <c r="C1337" t="s">
-        <v>3192</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" t="s">
-        <v>3193</v>
+        <v>2652</v>
       </c>
       <c r="B1338"/>
       <c r="C1338" t="s">
-        <v>3194</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" t="s">
-        <v>3195</v>
+        <v>2654</v>
       </c>
       <c r="B1339"/>
       <c r="C1339" t="s">
-        <v>3196</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" t="s">
-        <v>3197</v>
+        <v>2656</v>
       </c>
       <c r="B1340"/>
       <c r="C1340" t="s">
-        <v>3198</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" t="s">
-        <v>3199</v>
+        <v>2658</v>
       </c>
       <c r="B1341"/>
       <c r="C1341" t="s">
-        <v>3200</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" t="s">
-        <v>3201</v>
+        <v>2660</v>
       </c>
       <c r="B1342"/>
       <c r="C1342" t="s">
-        <v>3202</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" t="s">
-        <v>3203</v>
+        <v>2662</v>
       </c>
       <c r="B1343"/>
       <c r="C1343" t="s">
-        <v>3204</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" t="s">
-        <v>3205</v>
+        <v>2664</v>
       </c>
       <c r="B1344"/>
       <c r="C1344" t="s">
-        <v>3206</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" t="s">
-        <v>3207</v>
+        <v>2666</v>
       </c>
       <c r="B1345"/>
       <c r="C1345" t="s">
-        <v>3208</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" t="s">
-        <v>3209</v>
+        <v>2668</v>
       </c>
       <c r="B1346"/>
       <c r="C1346" t="s">
-        <v>3210</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" t="s">
-        <v>3211</v>
+        <v>2670</v>
       </c>
       <c r="B1347"/>
       <c r="C1347" t="s">
-        <v>3212</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" t="s">
-        <v>3213</v>
+        <v>2672</v>
       </c>
       <c r="B1348"/>
       <c r="C1348" t="s">
-        <v>3214</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" t="s">
-        <v>3215</v>
+        <v>2674</v>
       </c>
       <c r="B1349"/>
       <c r="C1349" t="s">
-        <v>3216</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" t="s">
-        <v>3217</v>
+        <v>2676</v>
       </c>
       <c r="B1350"/>
       <c r="C1350" t="s">
-        <v>3218</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" t="s">
-        <v>3219</v>
+        <v>2678</v>
       </c>
       <c r="B1351"/>
       <c r="C1351" t="s">
-        <v>3220</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" t="s">
-        <v>3221</v>
+        <v>2680</v>
       </c>
       <c r="B1352"/>
       <c r="C1352" t="s">
-        <v>3222</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" t="s">
-        <v>3223</v>
+        <v>2682</v>
       </c>
       <c r="B1353"/>
       <c r="C1353" t="s">
-        <v>3224</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" t="s">
-        <v>3225</v>
+        <v>2684</v>
       </c>
       <c r="B1354"/>
       <c r="C1354" t="s">
-        <v>3226</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" t="s">
-        <v>3227</v>
+        <v>2686</v>
       </c>
       <c r="B1355"/>
       <c r="C1355" t="s">
-        <v>3228</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" t="s">
-        <v>3229</v>
+        <v>2688</v>
       </c>
       <c r="B1356"/>
       <c r="C1356" t="s">
-        <v>3230</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" t="s">
-        <v>3231</v>
+        <v>2690</v>
       </c>
       <c r="B1357"/>
       <c r="C1357" t="s">
-        <v>3232</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" t="s">
-        <v>3233</v>
+        <v>2692</v>
       </c>
       <c r="B1358"/>
       <c r="C1358" t="s">
-        <v>3234</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" t="s">
-        <v>3235</v>
+        <v>2694</v>
       </c>
       <c r="B1359"/>
       <c r="C1359" t="s">
-        <v>3236</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" t="s">
-        <v>3237</v>
+        <v>2696</v>
       </c>
       <c r="B1360"/>
       <c r="C1360" t="s">
-        <v>3238</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" t="s">
-        <v>3239</v>
+        <v>2698</v>
       </c>
       <c r="B1361"/>
       <c r="C1361" t="s">
-        <v>3240</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" t="s">
-        <v>3241</v>
+        <v>2700</v>
       </c>
       <c r="B1362"/>
       <c r="C1362" t="s">
-        <v>3242</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" t="s">
-        <v>3243</v>
+        <v>2702</v>
       </c>
       <c r="B1363"/>
       <c r="C1363" t="s">
-        <v>3244</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" t="s">
-        <v>3245</v>
+        <v>2704</v>
       </c>
       <c r="B1364"/>
       <c r="C1364" t="s">
-        <v>3246</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" t="s">
-        <v>3247</v>
+        <v>2706</v>
       </c>
       <c r="B1365"/>
       <c r="C1365" t="s">
-        <v>3248</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" t="s">
-        <v>3249</v>
+        <v>2708</v>
       </c>
       <c r="B1366"/>
       <c r="C1366" t="s">
-        <v>3250</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" t="s">
-        <v>3251</v>
+        <v>2710</v>
       </c>
       <c r="B1367"/>
       <c r="C1367" t="s">
-        <v>3252</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" t="s">
-        <v>3253</v>
+        <v>2712</v>
       </c>
       <c r="B1368"/>
       <c r="C1368" t="s">
-        <v>3254</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" t="s">
-        <v>3255</v>
+        <v>2714</v>
       </c>
       <c r="B1369"/>
       <c r="C1369" t="s">
-        <v>3256</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" t="s">
-        <v>3257</v>
+        <v>2716</v>
       </c>
       <c r="B1370"/>
       <c r="C1370" t="s">
-        <v>3258</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" t="s">
-        <v>3259</v>
+        <v>2718</v>
       </c>
       <c r="B1371"/>
       <c r="C1371" t="s">
-        <v>3260</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" t="s">
-        <v>3261</v>
+        <v>2720</v>
       </c>
       <c r="B1372"/>
       <c r="C1372" t="s">
-        <v>3262</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" t="s">
-        <v>3263</v>
+        <v>2722</v>
       </c>
       <c r="B1373"/>
       <c r="C1373" t="s">
-        <v>3264</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" t="s">
-        <v>3265</v>
+        <v>2724</v>
       </c>
       <c r="B1374"/>
       <c r="C1374" t="s">
-        <v>3266</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" t="s">
-        <v>3267</v>
+        <v>2726</v>
       </c>
       <c r="B1375"/>
       <c r="C1375" t="s">
-        <v>3268</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" t="s">
-        <v>3269</v>
+        <v>2728</v>
       </c>
       <c r="B1376"/>
       <c r="C1376" t="s">
-        <v>3270</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" t="s">
-        <v>3271</v>
+        <v>2730</v>
       </c>
       <c r="B1377"/>
       <c r="C1377" t="s">
-        <v>3272</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" t="s">
-        <v>3273</v>
+        <v>2732</v>
       </c>
       <c r="B1378"/>
       <c r="C1378" t="s">
-        <v>3274</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" t="s">
-        <v>3275</v>
+        <v>2734</v>
       </c>
       <c r="B1379"/>
       <c r="C1379" t="s">
-        <v>3276</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" t="s">
-        <v>3277</v>
+        <v>2736</v>
       </c>
       <c r="B1380"/>
       <c r="C1380" t="s">
-        <v>3278</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" t="s">
-        <v>3279</v>
+        <v>2738</v>
       </c>
       <c r="B1381"/>
       <c r="C1381" t="s">
-        <v>3280</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" t="s">
-        <v>3281</v>
+        <v>2740</v>
       </c>
       <c r="B1382"/>
       <c r="C1382" t="s">
-        <v>3282</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" t="s">
-        <v>3283</v>
+        <v>2742</v>
       </c>
       <c r="B1383"/>
       <c r="C1383" t="s">
-        <v>3284</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" t="s">
-        <v>3285</v>
+        <v>2744</v>
       </c>
       <c r="B1384"/>
       <c r="C1384" t="s">
-        <v>3286</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" t="s">
-        <v>3287</v>
+        <v>2746</v>
       </c>
       <c r="B1385"/>
       <c r="C1385" t="s">
-        <v>3288</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" t="s">
-        <v>3289</v>
+        <v>2748</v>
       </c>
       <c r="B1386"/>
       <c r="C1386" t="s">
-        <v>3290</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" t="s">
-        <v>3291</v>
+        <v>2750</v>
       </c>
       <c r="B1387"/>
       <c r="C1387" t="s">
-        <v>3292</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" t="s">
-        <v>3293</v>
+        <v>2752</v>
       </c>
       <c r="B1388"/>
       <c r="C1388" t="s">
-        <v>3294</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" t="s">
-        <v>3295</v>
+        <v>2754</v>
       </c>
       <c r="B1389"/>
       <c r="C1389" t="s">
-        <v>3296</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" t="s">
-        <v>3297</v>
+        <v>2756</v>
       </c>
       <c r="B1390"/>
       <c r="C1390" t="s">
-        <v>3298</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" t="s">
-        <v>3299</v>
+        <v>2758</v>
       </c>
       <c r="B1391"/>
       <c r="C1391" t="s">
-        <v>3300</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" t="s">
-        <v>3301</v>
+        <v>2760</v>
       </c>
       <c r="B1392"/>
       <c r="C1392" t="s">
-        <v>3302</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" t="s">
-        <v>3303</v>
+        <v>2762</v>
       </c>
       <c r="B1393"/>
       <c r="C1393" t="s">
-        <v>3304</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" t="s">
-        <v>3305</v>
+        <v>2764</v>
       </c>
       <c r="B1394"/>
       <c r="C1394" t="s">
-        <v>3306</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" t="s">
-        <v>3307</v>
+        <v>2766</v>
       </c>
       <c r="B1395"/>
       <c r="C1395" t="s">
-        <v>3308</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" t="s">
-        <v>3309</v>
+        <v>2768</v>
       </c>
       <c r="B1396"/>
       <c r="C1396" t="s">
-        <v>3310</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" t="s">
-        <v>3311</v>
+        <v>2770</v>
       </c>
       <c r="B1397"/>
       <c r="C1397" t="s">
-        <v>3312</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" t="s">
-        <v>3313</v>
+        <v>2772</v>
       </c>
       <c r="B1398"/>
       <c r="C1398" t="s">
-        <v>3314</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" t="s">
-        <v>3315</v>
+        <v>2774</v>
       </c>
       <c r="B1399"/>
       <c r="C1399" t="s">
-        <v>3316</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" t="s">
-        <v>3317</v>
+        <v>2776</v>
       </c>
       <c r="B1400"/>
       <c r="C1400" t="s">
-        <v>3318</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" t="s">
-        <v>3319</v>
+        <v>2778</v>
       </c>
       <c r="B1401"/>
       <c r="C1401" t="s">
-        <v>3320</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" t="s">
-        <v>3321</v>
+        <v>2780</v>
       </c>
       <c r="B1402"/>
       <c r="C1402" t="s">
-        <v>3322</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" t="s">
-        <v>3323</v>
+        <v>2782</v>
       </c>
       <c r="B1403"/>
       <c r="C1403" t="s">
-        <v>3324</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" t="s">
-        <v>3325</v>
+        <v>2784</v>
       </c>
       <c r="B1404"/>
       <c r="C1404" t="s">
-        <v>3326</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" t="s">
-        <v>3327</v>
+        <v>2786</v>
       </c>
       <c r="B1405"/>
       <c r="C1405" t="s">
-        <v>3328</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" t="s">
-        <v>3329</v>
+        <v>2788</v>
       </c>
       <c r="B1406"/>
       <c r="C1406" t="s">
-        <v>3330</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" t="s">
-        <v>3331</v>
+        <v>2790</v>
       </c>
       <c r="B1407"/>
       <c r="C1407" t="s">
-        <v>3332</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" t="s">
-        <v>3333</v>
+        <v>2792</v>
       </c>
       <c r="B1408"/>
       <c r="C1408" t="s">
-        <v>3334</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" t="s">
-        <v>3335</v>
+        <v>2794</v>
       </c>
       <c r="B1409"/>
       <c r="C1409" t="s">
-        <v>3336</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" t="s">
-        <v>3337</v>
+        <v>2796</v>
       </c>
       <c r="B1410"/>
       <c r="C1410" t="s">
-        <v>3338</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" t="s">
-        <v>3339</v>
+        <v>2798</v>
       </c>
       <c r="B1411"/>
       <c r="C1411" t="s">
-        <v>3340</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" t="s">
-        <v>3341</v>
+        <v>2800</v>
       </c>
       <c r="B1412"/>
       <c r="C1412" t="s">
-        <v>3342</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" t="s">
-        <v>3343</v>
+        <v>2802</v>
       </c>
       <c r="B1413"/>
       <c r="C1413" t="s">
-        <v>3344</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" t="s">
-        <v>3345</v>
+        <v>2804</v>
       </c>
       <c r="B1414"/>
       <c r="C1414" t="s">
-        <v>3346</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" t="s">
-        <v>3347</v>
+        <v>2806</v>
       </c>
       <c r="B1415"/>
       <c r="C1415" t="s">
-        <v>3348</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" t="s">
-        <v>3349</v>
+        <v>2808</v>
       </c>
       <c r="B1416"/>
       <c r="C1416" t="s">
-        <v>3350</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" t="s">
-        <v>3351</v>
+        <v>2810</v>
       </c>
       <c r="B1417"/>
       <c r="C1417" t="s">
-        <v>3352</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" t="s">
-        <v>3353</v>
+        <v>2812</v>
       </c>
       <c r="B1418"/>
       <c r="C1418" t="s">
-        <v>3354</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" t="s">
-        <v>3355</v>
+        <v>2814</v>
       </c>
       <c r="B1419"/>
       <c r="C1419" t="s">
-        <v>3356</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" t="s">
-        <v>3357</v>
+        <v>2816</v>
       </c>
       <c r="B1420"/>
       <c r="C1420" t="s">
-        <v>3358</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" t="s">
-        <v>3359</v>
+        <v>2818</v>
       </c>
       <c r="B1421"/>
       <c r="C1421" t="s">
-        <v>3360</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" t="s">
-        <v>3361</v>
+        <v>2820</v>
       </c>
       <c r="B1422"/>
       <c r="C1422" t="s">
-        <v>3362</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" t="s">
-        <v>3363</v>
+        <v>2822</v>
       </c>
       <c r="B1423"/>
       <c r="C1423" t="s">
-        <v>3364</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" t="s">
-        <v>3365</v>
+        <v>2824</v>
       </c>
       <c r="B1424"/>
       <c r="C1424" t="s">
-        <v>3366</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" t="s">
-        <v>3367</v>
+        <v>2826</v>
       </c>
       <c r="B1425"/>
       <c r="C1425" t="s">
-        <v>3368</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" t="s">
-        <v>3369</v>
+        <v>2828</v>
       </c>
       <c r="B1426"/>
       <c r="C1426" t="s">
-        <v>3370</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" t="s">
-        <v>3371</v>
+        <v>2830</v>
       </c>
       <c r="B1427"/>
       <c r="C1427" t="s">
-        <v>3372</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" t="s">
-        <v>3373</v>
+        <v>2832</v>
       </c>
       <c r="B1428"/>
       <c r="C1428" t="s">
-        <v>3374</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" t="s">
-        <v>3375</v>
+        <v>2834</v>
       </c>
       <c r="B1429"/>
       <c r="C1429" t="s">
-        <v>3376</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" t="s">
-        <v>3377</v>
+        <v>2836</v>
       </c>
       <c r="B1430"/>
       <c r="C1430" t="s">
-        <v>3378</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" t="s">
-        <v>3379</v>
+        <v>2838</v>
       </c>
       <c r="B1431"/>
       <c r="C1431" t="s">
-        <v>3380</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" t="s">
-        <v>3381</v>
+        <v>2840</v>
       </c>
       <c r="B1432"/>
       <c r="C1432" t="s">
-        <v>3382</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" t="s">
-        <v>3383</v>
+        <v>2842</v>
       </c>
       <c r="B1433"/>
       <c r="C1433" t="s">
-        <v>3384</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" t="s">
-        <v>3385</v>
+        <v>2844</v>
       </c>
       <c r="B1434"/>
       <c r="C1434" t="s">
-        <v>3386</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" t="s">
-        <v>3387</v>
+        <v>2846</v>
       </c>
       <c r="B1435"/>
       <c r="C1435" t="s">
-        <v>3388</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" t="s">
-        <v>3389</v>
+        <v>2848</v>
       </c>
       <c r="B1436"/>
       <c r="C1436" t="s">
-        <v>3390</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" t="s">
-        <v>3391</v>
+        <v>2850</v>
       </c>
       <c r="B1437"/>
       <c r="C1437" t="s">
-        <v>3392</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" t="s">
-        <v>3393</v>
+        <v>2852</v>
       </c>
       <c r="B1438"/>
       <c r="C1438" t="s">
-        <v>3394</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" t="s">
-        <v>3395</v>
+        <v>2854</v>
       </c>
       <c r="B1439"/>
       <c r="C1439" t="s">
-        <v>3396</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" t="s">
-        <v>3397</v>
+        <v>2856</v>
       </c>
       <c r="B1440"/>
       <c r="C1440" t="s">
-        <v>3398</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" t="s">
-        <v>3399</v>
+        <v>2858</v>
       </c>
       <c r="B1441"/>
       <c r="C1441" t="s">
-        <v>3400</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" t="s">
-        <v>3401</v>
+        <v>2860</v>
       </c>
       <c r="B1442"/>
       <c r="C1442" t="s">
-        <v>3402</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" t="s">
-        <v>3403</v>
+        <v>2862</v>
       </c>
       <c r="B1443"/>
       <c r="C1443" t="s">
-        <v>3404</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" t="s">
-        <v>3405</v>
+        <v>2864</v>
       </c>
       <c r="B1444"/>
       <c r="C1444" t="s">
-        <v>3406</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" t="s">
-        <v>3407</v>
+        <v>2866</v>
       </c>
       <c r="B1445"/>
       <c r="C1445" t="s">
-        <v>3408</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" t="s">
-        <v>3409</v>
+        <v>2868</v>
       </c>
       <c r="B1446"/>
       <c r="C1446" t="s">
-        <v>3410</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" t="s">
-        <v>3411</v>
+        <v>2870</v>
       </c>
       <c r="B1447"/>
       <c r="C1447" t="s">
-        <v>3412</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" t="s">
-        <v>3413</v>
+        <v>2872</v>
       </c>
       <c r="B1448"/>
       <c r="C1448" t="s">
-        <v>3414</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" t="s">
-        <v>3415</v>
+        <v>2874</v>
       </c>
       <c r="B1449"/>
       <c r="C1449" t="s">
-        <v>3416</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" t="s">
-        <v>3417</v>
+        <v>2876</v>
       </c>
       <c r="B1450"/>
       <c r="C1450" t="s">
-        <v>3418</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" t="s">
-        <v>3419</v>
+        <v>2878</v>
       </c>
       <c r="B1451"/>
       <c r="C1451" t="s">
-        <v>3420</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" t="s">
-        <v>3421</v>
+        <v>2880</v>
       </c>
       <c r="B1452"/>
       <c r="C1452" t="s">
-        <v>3422</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" t="s">
-        <v>3423</v>
+        <v>2882</v>
       </c>
       <c r="B1453"/>
       <c r="C1453" t="s">
-        <v>3424</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" t="s">
-        <v>3425</v>
+        <v>2884</v>
       </c>
       <c r="B1454"/>
       <c r="C1454" t="s">
-        <v>3426</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" t="s">
-        <v>3427</v>
+        <v>2886</v>
       </c>
       <c r="B1455"/>
       <c r="C1455" t="s">
-        <v>3428</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" t="s">
-        <v>3429</v>
+        <v>2888</v>
       </c>
       <c r="B1456"/>
       <c r="C1456" t="s">
-        <v>3430</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" t="s">
-        <v>3431</v>
+        <v>2890</v>
       </c>
       <c r="B1457"/>
       <c r="C1457" t="s">
-        <v>3432</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" t="s">
-        <v>3433</v>
+        <v>2892</v>
       </c>
       <c r="B1458"/>
       <c r="C1458" t="s">
-        <v>3434</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" t="s">
-        <v>3435</v>
+        <v>2894</v>
       </c>
       <c r="B1459"/>
       <c r="C1459" t="s">
-        <v>3436</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" t="s">
-        <v>3437</v>
+        <v>2896</v>
       </c>
       <c r="B1460"/>
       <c r="C1460" t="s">
-        <v>3438</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" t="s">
-        <v>3439</v>
+        <v>2898</v>
       </c>
       <c r="B1461"/>
       <c r="C1461" t="s">
-        <v>3440</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" t="s">
-        <v>3441</v>
+        <v>2900</v>
       </c>
       <c r="B1462"/>
       <c r="C1462" t="s">
-        <v>3442</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" t="s">
-        <v>3443</v>
+        <v>2902</v>
       </c>
       <c r="B1463"/>
       <c r="C1463" t="s">
-        <v>3444</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" t="s">
-        <v>3445</v>
+        <v>2904</v>
       </c>
       <c r="B1464"/>
       <c r="C1464" t="s">
-        <v>3446</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" t="s">
-        <v>3447</v>
+        <v>2906</v>
       </c>
       <c r="B1465"/>
       <c r="C1465" t="s">
-        <v>3448</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" t="s">
-        <v>3447</v>
+        <v>2908</v>
       </c>
       <c r="B1466"/>
       <c r="C1466" t="s">
-        <v>3449</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" t="s">
-        <v>3450</v>
+        <v>2910</v>
       </c>
       <c r="B1467"/>
       <c r="C1467" t="s">
-        <v>3451</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" t="s">
-        <v>3452</v>
+        <v>2912</v>
       </c>
       <c r="B1468"/>
       <c r="C1468" t="s">
-        <v>3453</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" t="s">
-        <v>3454</v>
+        <v>2914</v>
       </c>
       <c r="B1469"/>
       <c r="C1469" t="s">
-        <v>3455</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" t="s">
-        <v>3456</v>
+        <v>2916</v>
       </c>
       <c r="B1470"/>
       <c r="C1470" t="s">
-        <v>3457</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" t="s">
-        <v>3458</v>
+        <v>2918</v>
       </c>
       <c r="B1471"/>
       <c r="C1471" t="s">
-        <v>3459</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" t="s">
-        <v>3460</v>
+        <v>2920</v>
       </c>
       <c r="B1472"/>
       <c r="C1472" t="s">
-        <v>3461</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" t="s">
-        <v>3462</v>
+        <v>2922</v>
       </c>
       <c r="B1473"/>
       <c r="C1473" t="s">
-        <v>3463</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" t="s">
-        <v>3464</v>
+        <v>2924</v>
       </c>
       <c r="B1474"/>
       <c r="C1474" t="s">
-        <v>3465</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" t="s">
-        <v>3466</v>
+        <v>2926</v>
       </c>
       <c r="B1475"/>
       <c r="C1475" t="s">
-        <v>3467</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" t="s">
-        <v>3468</v>
+        <v>2928</v>
       </c>
       <c r="B1476"/>
       <c r="C1476" t="s">
-        <v>3469</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" t="s">
-        <v>3470</v>
+        <v>2930</v>
       </c>
       <c r="B1477"/>
       <c r="C1477" t="s">
-        <v>3471</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" t="s">
-        <v>3472</v>
+        <v>2932</v>
       </c>
       <c r="B1478"/>
       <c r="C1478" t="s">
-        <v>3473</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" t="s">
-        <v>3474</v>
+        <v>2934</v>
       </c>
       <c r="B1479"/>
       <c r="C1479" t="s">
-        <v>3475</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" t="s">
-        <v>3476</v>
+        <v>2936</v>
       </c>
       <c r="B1480"/>
       <c r="C1480" t="s">
-        <v>3477</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" t="s">
-        <v>3478</v>
+        <v>2938</v>
       </c>
       <c r="B1481"/>
       <c r="C1481" t="s">
-        <v>3479</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" t="s">
-        <v>3480</v>
+        <v>2940</v>
       </c>
       <c r="B1482"/>
       <c r="C1482" t="s">
-        <v>3481</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" t="s">
-        <v>3482</v>
+        <v>2942</v>
       </c>
       <c r="B1483"/>
       <c r="C1483" t="s">
-        <v>3483</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" t="s">
-        <v>3484</v>
+        <v>2944</v>
       </c>
       <c r="B1484"/>
       <c r="C1484" t="s">
-        <v>3485</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" t="s">
-        <v>3486</v>
+        <v>2946</v>
       </c>
       <c r="B1485"/>
       <c r="C1485" t="s">
-        <v>3487</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" t="s">
-        <v>3488</v>
+        <v>2948</v>
       </c>
       <c r="B1486"/>
       <c r="C1486" t="s">
-        <v>3489</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" t="s">
-        <v>3490</v>
+        <v>2950</v>
       </c>
       <c r="B1487"/>
       <c r="C1487" t="s">
-        <v>3491</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" t="s">
-        <v>3492</v>
-[...3 lines deleted...]
-      </c>
+        <v>2952</v>
+      </c>
+      <c r="B1488"/>
       <c r="C1488" t="s">
-        <v>3493</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" t="s">
-        <v>3494</v>
-[...3 lines deleted...]
-      </c>
+        <v>2954</v>
+      </c>
+      <c r="B1489"/>
       <c r="C1489" t="s">
-        <v>3495</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" t="s">
-        <v>3496</v>
-[...3 lines deleted...]
-      </c>
+        <v>2956</v>
+      </c>
+      <c r="B1490"/>
       <c r="C1490" t="s">
-        <v>3497</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" t="s">
-        <v>3498</v>
-[...3 lines deleted...]
-      </c>
+        <v>2958</v>
+      </c>
+      <c r="B1491"/>
       <c r="C1491" t="s">
-        <v>3499</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" t="s">
-        <v>3500</v>
-[...3 lines deleted...]
-      </c>
+        <v>2960</v>
+      </c>
+      <c r="B1492"/>
       <c r="C1492" t="s">
-        <v>3502</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" t="s">
-        <v>3503</v>
-[...3 lines deleted...]
-      </c>
+        <v>2962</v>
+      </c>
+      <c r="B1493"/>
       <c r="C1493" t="s">
-        <v>3505</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" t="s">
-        <v>3506</v>
-[...3 lines deleted...]
-      </c>
+        <v>2964</v>
+      </c>
+      <c r="B1494"/>
       <c r="C1494" t="s">
-        <v>3507</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" t="s">
-        <v>3508</v>
-[...3 lines deleted...]
-      </c>
+        <v>2966</v>
+      </c>
+      <c r="B1495"/>
       <c r="C1495" t="s">
-        <v>3510</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" t="s">
-        <v>3511</v>
-[...3 lines deleted...]
-      </c>
+        <v>2968</v>
+      </c>
+      <c r="B1496"/>
       <c r="C1496" t="s">
-        <v>3512</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" t="s">
-        <v>3513</v>
-[...3 lines deleted...]
-      </c>
+        <v>2970</v>
+      </c>
+      <c r="B1497"/>
       <c r="C1497" t="s">
-        <v>3514</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" t="s">
-        <v>3500</v>
-[...3 lines deleted...]
-      </c>
+        <v>2972</v>
+      </c>
+      <c r="B1498"/>
       <c r="C1498" t="s">
-        <v>3515</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" t="s">
-        <v>3516</v>
-[...3 lines deleted...]
-      </c>
+        <v>2974</v>
+      </c>
+      <c r="B1499"/>
       <c r="C1499" t="s">
-        <v>3518</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" t="s">
-        <v>3519</v>
-[...3 lines deleted...]
-      </c>
+        <v>2976</v>
+      </c>
+      <c r="B1500"/>
       <c r="C1500" t="s">
-        <v>3521</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" t="s">
-        <v>3522</v>
-[...3 lines deleted...]
-      </c>
+        <v>2978</v>
+      </c>
+      <c r="B1501"/>
       <c r="C1501" t="s">
-        <v>3523</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" t="s">
-        <v>3524</v>
-[...3 lines deleted...]
-      </c>
+        <v>2980</v>
+      </c>
+      <c r="B1502"/>
       <c r="C1502" t="s">
-        <v>3525</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" t="s">
-        <v>3526</v>
-[...3 lines deleted...]
-      </c>
+        <v>2982</v>
+      </c>
+      <c r="B1503"/>
       <c r="C1503" t="s">
-        <v>3527</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" t="s">
-        <v>3528</v>
-[...3 lines deleted...]
-      </c>
+        <v>2984</v>
+      </c>
+      <c r="B1504"/>
       <c r="C1504" t="s">
-        <v>3530</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" t="s">
-        <v>3531</v>
+        <v>2986</v>
       </c>
       <c r="B1505"/>
       <c r="C1505" t="s">
-        <v>3532</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" t="s">
-        <v>3533</v>
-[...3 lines deleted...]
-      </c>
+        <v>2988</v>
+      </c>
+      <c r="B1506"/>
       <c r="C1506" t="s">
-        <v>3535</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" t="s">
-        <v>3536</v>
-[...3 lines deleted...]
-      </c>
+        <v>2990</v>
+      </c>
+      <c r="B1507"/>
       <c r="C1507" t="s">
-        <v>3538</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" t="s">
-        <v>3539</v>
-[...3 lines deleted...]
-      </c>
+        <v>2990</v>
+      </c>
+      <c r="B1508"/>
       <c r="C1508" t="s">
-        <v>3541</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" t="s">
-        <v>3542</v>
-[...3 lines deleted...]
-      </c>
+        <v>2993</v>
+      </c>
+      <c r="B1509"/>
       <c r="C1509" t="s">
-        <v>3543</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" t="s">
-        <v>3544</v>
-[...3 lines deleted...]
-      </c>
+        <v>2995</v>
+      </c>
+      <c r="B1510"/>
       <c r="C1510" t="s">
-        <v>3545</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" t="s">
-        <v>2303</v>
-[...3 lines deleted...]
-      </c>
+        <v>2997</v>
+      </c>
+      <c r="B1511"/>
       <c r="C1511" t="s">
-        <v>3546</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" t="s">
-        <v>2261</v>
-[...3 lines deleted...]
-      </c>
+        <v>2999</v>
+      </c>
+      <c r="B1512"/>
       <c r="C1512" t="s">
-        <v>3547</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" t="s">
-        <v>3548</v>
-[...3 lines deleted...]
-      </c>
+        <v>3001</v>
+      </c>
+      <c r="B1513"/>
       <c r="C1513" t="s">
-        <v>3549</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" t="s">
-        <v>3550</v>
-[...3 lines deleted...]
-      </c>
+        <v>3003</v>
+      </c>
+      <c r="B1514"/>
       <c r="C1514" t="s">
-        <v>3552</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" t="s">
-        <v>3553</v>
-[...3 lines deleted...]
-      </c>
+        <v>3005</v>
+      </c>
+      <c r="B1515"/>
       <c r="C1515" t="s">
-        <v>3554</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" t="s">
-        <v>3555</v>
-[...3 lines deleted...]
-      </c>
+        <v>3007</v>
+      </c>
+      <c r="B1516"/>
       <c r="C1516" t="s">
-        <v>3556</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" t="s">
-        <v>2721</v>
-[...3 lines deleted...]
-      </c>
+        <v>3009</v>
+      </c>
+      <c r="B1517"/>
       <c r="C1517" t="s">
-        <v>3558</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" t="s">
-        <v>3559</v>
-[...3 lines deleted...]
-      </c>
+        <v>3011</v>
+      </c>
+      <c r="B1518"/>
       <c r="C1518" t="s">
-        <v>3561</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" t="s">
-        <v>3562</v>
-[...3 lines deleted...]
-      </c>
+        <v>3013</v>
+      </c>
+      <c r="B1519"/>
       <c r="C1519" t="s">
-        <v>3563</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" t="s">
-        <v>3564</v>
-[...3 lines deleted...]
-      </c>
+        <v>3015</v>
+      </c>
+      <c r="B1520"/>
       <c r="C1520" t="s">
-        <v>3565</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" t="s">
-        <v>3566</v>
-[...3 lines deleted...]
-      </c>
+        <v>3017</v>
+      </c>
+      <c r="B1521"/>
       <c r="C1521" t="s">
-        <v>3567</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" t="s">
-        <v>3568</v>
-[...3 lines deleted...]
-      </c>
+        <v>3019</v>
+      </c>
+      <c r="B1522"/>
       <c r="C1522" t="s">
-        <v>3570</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" t="s">
-        <v>3571</v>
-[...3 lines deleted...]
-      </c>
+        <v>3021</v>
+      </c>
+      <c r="B1523"/>
       <c r="C1523" t="s">
-        <v>3572</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" t="s">
-        <v>3573</v>
+        <v>3023</v>
       </c>
       <c r="B1524"/>
       <c r="C1524" t="s">
-        <v>3574</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" t="s">
-        <v>3575</v>
-[...3 lines deleted...]
-      </c>
+        <v>3025</v>
+      </c>
+      <c r="B1525"/>
       <c r="C1525" t="s">
-        <v>3576</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" t="s">
-        <v>3577</v>
-[...3 lines deleted...]
-      </c>
+        <v>3027</v>
+      </c>
+      <c r="B1526"/>
       <c r="C1526" t="s">
-        <v>3578</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" t="s">
-        <v>3579</v>
-[...3 lines deleted...]
-      </c>
+        <v>3029</v>
+      </c>
+      <c r="B1527"/>
       <c r="C1527" t="s">
-        <v>3581</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" t="s">
-        <v>3582</v>
+        <v>3031</v>
       </c>
       <c r="B1528"/>
       <c r="C1528" t="s">
-        <v>3583</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" t="s">
-        <v>3584</v>
-[...3 lines deleted...]
-      </c>
+        <v>3033</v>
+      </c>
+      <c r="B1529"/>
       <c r="C1529" t="s">
-        <v>3585</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" t="s">
-        <v>3586</v>
-[...3 lines deleted...]
-      </c>
+        <v>3035</v>
+      </c>
+      <c r="B1530"/>
       <c r="C1530" t="s">
-        <v>3588</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" t="s">
-        <v>3589</v>
-[...3 lines deleted...]
-      </c>
+        <v>3037</v>
+      </c>
+      <c r="B1531"/>
       <c r="C1531" t="s">
-        <v>3591</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" t="s">
-        <v>3592</v>
-[...3 lines deleted...]
-      </c>
+        <v>3039</v>
+      </c>
+      <c r="B1532"/>
       <c r="C1532" t="s">
-        <v>3594</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" t="s">
-        <v>3595</v>
-[...3 lines deleted...]
-      </c>
+        <v>3041</v>
+      </c>
+      <c r="B1533"/>
       <c r="C1533" t="s">
-        <v>3596</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" t="s">
-        <v>3597</v>
-[...3 lines deleted...]
-      </c>
+        <v>3043</v>
+      </c>
+      <c r="B1534"/>
       <c r="C1534" t="s">
-        <v>3598</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" t="s">
-        <v>3599</v>
+        <v>3045</v>
       </c>
       <c r="B1535"/>
       <c r="C1535" t="s">
-        <v>3600</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" t="s">
-        <v>3601</v>
-[...3 lines deleted...]
-      </c>
+        <v>3047</v>
+      </c>
+      <c r="B1536"/>
       <c r="C1536" t="s">
-        <v>3602</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" t="s">
-        <v>3603</v>
-[...3 lines deleted...]
-      </c>
+        <v>3049</v>
+      </c>
+      <c r="B1537"/>
       <c r="C1537" t="s">
-        <v>3604</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" t="s">
-        <v>3605</v>
-[...3 lines deleted...]
-      </c>
+        <v>3051</v>
+      </c>
+      <c r="B1538"/>
       <c r="C1538" t="s">
-        <v>3607</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" t="s">
-        <v>3601</v>
-[...3 lines deleted...]
-      </c>
+        <v>3053</v>
+      </c>
+      <c r="B1539"/>
       <c r="C1539" t="s">
-        <v>3608</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" t="s">
-        <v>3609</v>
-[...3 lines deleted...]
-      </c>
+        <v>3043</v>
+      </c>
+      <c r="B1540"/>
       <c r="C1540" t="s">
-        <v>3610</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" t="s">
-        <v>3611</v>
-[...3 lines deleted...]
-      </c>
+        <v>3056</v>
+      </c>
+      <c r="B1541"/>
       <c r="C1541" t="s">
-        <v>3612</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" t="s">
-        <v>3613</v>
-[...3 lines deleted...]
-      </c>
+        <v>3058</v>
+      </c>
+      <c r="B1542"/>
       <c r="C1542" t="s">
-        <v>3615</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" t="s">
-        <v>3616</v>
-[...3 lines deleted...]
-      </c>
+        <v>3060</v>
+      </c>
+      <c r="B1543"/>
       <c r="C1543" t="s">
-        <v>3617</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" t="s">
-        <v>3618</v>
-[...3 lines deleted...]
-      </c>
+        <v>3062</v>
+      </c>
+      <c r="B1544"/>
       <c r="C1544" t="s">
-        <v>3620</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" t="s">
-        <v>3621</v>
-[...3 lines deleted...]
-      </c>
+        <v>3064</v>
+      </c>
+      <c r="B1545"/>
       <c r="C1545" t="s">
-        <v>3622</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" t="s">
-        <v>3623</v>
-[...3 lines deleted...]
-      </c>
+        <v>3066</v>
+      </c>
+      <c r="B1546"/>
       <c r="C1546" t="s">
-        <v>3624</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" t="s">
-        <v>3625</v>
-[...3 lines deleted...]
-      </c>
+        <v>3068</v>
+      </c>
+      <c r="B1547"/>
       <c r="C1547" t="s">
-        <v>3626</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" t="s">
-        <v>3601</v>
-[...3 lines deleted...]
-      </c>
+        <v>3070</v>
+      </c>
+      <c r="B1548"/>
       <c r="C1548" t="s">
-        <v>3627</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" t="s">
-        <v>3628</v>
-[...3 lines deleted...]
-      </c>
+        <v>3072</v>
+      </c>
+      <c r="B1549"/>
       <c r="C1549" t="s">
-        <v>3629</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" t="s">
-        <v>3630</v>
-[...3 lines deleted...]
-      </c>
+        <v>3074</v>
+      </c>
+      <c r="B1550"/>
       <c r="C1550" t="s">
-        <v>3632</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" t="s">
-        <v>3633</v>
-[...3 lines deleted...]
-      </c>
+        <v>3076</v>
+      </c>
+      <c r="B1551"/>
       <c r="C1551" t="s">
-        <v>3635</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" t="s">
-        <v>3636</v>
-[...3 lines deleted...]
-      </c>
+        <v>3078</v>
+      </c>
+      <c r="B1552"/>
       <c r="C1552" t="s">
-        <v>3638</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" t="s">
-        <v>3639</v>
-[...3 lines deleted...]
-      </c>
+        <v>1930</v>
+      </c>
+      <c r="B1553"/>
       <c r="C1553" t="s">
-        <v>3640</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" t="s">
-        <v>3641</v>
-[...3 lines deleted...]
-      </c>
+        <v>1891</v>
+      </c>
+      <c r="B1554"/>
       <c r="C1554" t="s">
-        <v>3643</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" t="s">
-        <v>3644</v>
-[...3 lines deleted...]
-      </c>
+        <v>3082</v>
+      </c>
+      <c r="B1555"/>
       <c r="C1555" t="s">
-        <v>3646</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" t="s">
-        <v>3647</v>
-[...3 lines deleted...]
-      </c>
+        <v>3084</v>
+      </c>
+      <c r="B1556"/>
       <c r="C1556" t="s">
-        <v>3648</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" t="s">
-        <v>3649</v>
-[...3 lines deleted...]
-      </c>
+        <v>3086</v>
+      </c>
+      <c r="B1557"/>
       <c r="C1557" t="s">
-        <v>3650</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" t="s">
-        <v>3651</v>
-[...3 lines deleted...]
-      </c>
+        <v>3088</v>
+      </c>
+      <c r="B1558"/>
       <c r="C1558" t="s">
-        <v>3653</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" t="s">
-        <v>3654</v>
-[...3 lines deleted...]
-      </c>
+        <v>2305</v>
+      </c>
+      <c r="B1559"/>
       <c r="C1559" t="s">
-        <v>3656</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" t="s">
-        <v>3657</v>
-[...3 lines deleted...]
-      </c>
+        <v>3091</v>
+      </c>
+      <c r="B1560"/>
       <c r="C1560" t="s">
-        <v>3659</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" t="s">
-        <v>3660</v>
-[...3 lines deleted...]
-      </c>
+        <v>3093</v>
+      </c>
+      <c r="B1561"/>
       <c r="C1561" t="s">
-        <v>3662</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" t="s">
-        <v>3663</v>
-[...3 lines deleted...]
-      </c>
+        <v>3095</v>
+      </c>
+      <c r="B1562"/>
       <c r="C1562" t="s">
-        <v>3664</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" t="s">
-        <v>3665</v>
-[...3 lines deleted...]
-      </c>
+        <v>3097</v>
+      </c>
+      <c r="B1563"/>
       <c r="C1563" t="s">
-        <v>3666</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" t="s">
-        <v>3667</v>
-[...3 lines deleted...]
-      </c>
+        <v>3099</v>
+      </c>
+      <c r="B1564"/>
       <c r="C1564" t="s">
-        <v>3668</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" t="s">
-        <v>3669</v>
-[...3 lines deleted...]
-      </c>
+        <v>3101</v>
+      </c>
+      <c r="B1565"/>
       <c r="C1565" t="s">
-        <v>3670</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" t="s">
-        <v>3671</v>
-[...3 lines deleted...]
-      </c>
+        <v>3103</v>
+      </c>
+      <c r="B1566"/>
       <c r="C1566" t="s">
-        <v>3672</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" t="s">
-        <v>3673</v>
-[...3 lines deleted...]
-      </c>
+        <v>3105</v>
+      </c>
+      <c r="B1567"/>
       <c r="C1567" t="s">
-        <v>3675</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" t="s">
-        <v>3676</v>
-[...3 lines deleted...]
-      </c>
+        <v>3107</v>
+      </c>
+      <c r="B1568"/>
       <c r="C1568" t="s">
-        <v>3677</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" t="s">
-        <v>3678</v>
-[...3 lines deleted...]
-      </c>
+        <v>3109</v>
+      </c>
+      <c r="B1569"/>
       <c r="C1569" t="s">
-        <v>3679</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" t="s">
-        <v>3680</v>
-[...3 lines deleted...]
-      </c>
+        <v>3111</v>
+      </c>
+      <c r="B1570"/>
       <c r="C1570" t="s">
-        <v>3681</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" t="s">
-        <v>3682</v>
-[...3 lines deleted...]
-      </c>
+        <v>3113</v>
+      </c>
+      <c r="B1571"/>
       <c r="C1571" t="s">
-        <v>3683</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" t="s">
-        <v>3684</v>
-[...3 lines deleted...]
-      </c>
+        <v>3115</v>
+      </c>
+      <c r="B1572"/>
       <c r="C1572" t="s">
-        <v>3685</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" t="s">
-        <v>3686</v>
-[...3 lines deleted...]
-      </c>
+        <v>3117</v>
+      </c>
+      <c r="B1573"/>
       <c r="C1573" t="s">
-        <v>3687</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" t="s">
-        <v>3688</v>
-[...3 lines deleted...]
-      </c>
+        <v>3119</v>
+      </c>
+      <c r="B1574"/>
       <c r="C1574" t="s">
-        <v>3690</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" t="s">
-        <v>3691</v>
-[...3 lines deleted...]
-      </c>
+        <v>3121</v>
+      </c>
+      <c r="B1575"/>
       <c r="C1575" t="s">
-        <v>3692</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" t="s">
-        <v>3693</v>
-[...3 lines deleted...]
-      </c>
+        <v>3123</v>
+      </c>
+      <c r="B1576"/>
       <c r="C1576" t="s">
-        <v>3694</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" t="s">
-        <v>3695</v>
-[...3 lines deleted...]
-      </c>
+        <v>3125</v>
+      </c>
+      <c r="B1577"/>
       <c r="C1577" t="s">
-        <v>3696</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" t="s">
-        <v>3697</v>
-[...3 lines deleted...]
-      </c>
+        <v>3127</v>
+      </c>
+      <c r="B1578"/>
       <c r="C1578" t="s">
-        <v>3699</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" t="s">
-        <v>3700</v>
-[...3 lines deleted...]
-      </c>
+        <v>3129</v>
+      </c>
+      <c r="B1579"/>
       <c r="C1579" t="s">
-        <v>3701</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" t="s">
-        <v>3702</v>
-[...3 lines deleted...]
-      </c>
+        <v>3131</v>
+      </c>
+      <c r="B1580"/>
       <c r="C1580" t="s">
-        <v>3703</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" t="s">
-        <v>3704</v>
-[...3 lines deleted...]
-      </c>
+        <v>3127</v>
+      </c>
+      <c r="B1581"/>
       <c r="C1581" t="s">
-        <v>3705</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" t="s">
-        <v>3706</v>
-[...3 lines deleted...]
-      </c>
+        <v>3134</v>
+      </c>
+      <c r="B1582"/>
       <c r="C1582" t="s">
-        <v>3708</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" t="s">
-        <v>3709</v>
-[...3 lines deleted...]
-      </c>
+        <v>3136</v>
+      </c>
+      <c r="B1583"/>
       <c r="C1583" t="s">
-        <v>3710</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" t="s">
-        <v>3711</v>
-[...3 lines deleted...]
-      </c>
+        <v>3138</v>
+      </c>
+      <c r="B1584"/>
       <c r="C1584" t="s">
-        <v>3713</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" t="s">
-        <v>3714</v>
-[...3 lines deleted...]
-      </c>
+        <v>3140</v>
+      </c>
+      <c r="B1585"/>
       <c r="C1585" t="s">
-        <v>3715</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" t="s">
-        <v>3716</v>
-[...3 lines deleted...]
-      </c>
+        <v>3142</v>
+      </c>
+      <c r="B1586"/>
       <c r="C1586" t="s">
-        <v>3717</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" t="s">
-        <v>3718</v>
-[...3 lines deleted...]
-      </c>
+        <v>3144</v>
+      </c>
+      <c r="B1587"/>
       <c r="C1587" t="s">
-        <v>3720</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" t="s">
-        <v>3721</v>
+        <v>3146</v>
       </c>
       <c r="B1588"/>
       <c r="C1588" t="s">
-        <v>3722</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" t="s">
-        <v>3723</v>
-[...3 lines deleted...]
-      </c>
+        <v>3148</v>
+      </c>
+      <c r="B1589"/>
       <c r="C1589" t="s">
-        <v>3724</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" t="s">
-        <v>3725</v>
-[...3 lines deleted...]
-      </c>
+        <v>3127</v>
+      </c>
+      <c r="B1590"/>
       <c r="C1590" t="s">
-        <v>3726</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" t="s">
-        <v>3727</v>
-[...3 lines deleted...]
-      </c>
+        <v>3151</v>
+      </c>
+      <c r="B1591"/>
       <c r="C1591" t="s">
-        <v>3728</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" t="s">
-        <v>3729</v>
+        <v>3153</v>
       </c>
       <c r="B1592"/>
       <c r="C1592" t="s">
-        <v>3730</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" t="s">
-        <v>3731</v>
-[...3 lines deleted...]
-      </c>
+        <v>3155</v>
+      </c>
+      <c r="B1593"/>
       <c r="C1593" t="s">
-        <v>3732</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" t="s">
-        <v>3733</v>
-[...3 lines deleted...]
-      </c>
+        <v>3157</v>
+      </c>
+      <c r="B1594"/>
       <c r="C1594" t="s">
-        <v>3734</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" t="s">
-        <v>3735</v>
-[...3 lines deleted...]
-      </c>
+        <v>3159</v>
+      </c>
+      <c r="B1595"/>
       <c r="C1595" t="s">
-        <v>3736</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" t="s">
-        <v>3737</v>
+        <v>3161</v>
       </c>
       <c r="B1596"/>
       <c r="C1596" t="s">
-        <v>3738</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" t="s">
-        <v>3739</v>
-[...3 lines deleted...]
-      </c>
+        <v>3163</v>
+      </c>
+      <c r="B1597"/>
       <c r="C1597" t="s">
-        <v>3741</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" t="s">
-        <v>3742</v>
-[...3 lines deleted...]
-      </c>
+        <v>3165</v>
+      </c>
+      <c r="B1598"/>
       <c r="C1598" t="s">
-        <v>3744</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" t="s">
-        <v>3745</v>
-[...3 lines deleted...]
-      </c>
+        <v>3167</v>
+      </c>
+      <c r="B1599"/>
       <c r="C1599" t="s">
-        <v>3747</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" t="s">
-        <v>3748</v>
-[...3 lines deleted...]
-      </c>
+        <v>3169</v>
+      </c>
+      <c r="B1600"/>
       <c r="C1600" t="s">
-        <v>3749</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" t="s">
-        <v>3750</v>
-[...3 lines deleted...]
-      </c>
+        <v>3171</v>
+      </c>
+      <c r="B1601"/>
       <c r="C1601" t="s">
-        <v>3751</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" t="s">
-        <v>3752</v>
+        <v>3173</v>
       </c>
       <c r="B1602"/>
       <c r="C1602" t="s">
-        <v>3753</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" t="s">
-        <v>3754</v>
-[...3 lines deleted...]
-      </c>
+        <v>3175</v>
+      </c>
+      <c r="B1603"/>
       <c r="C1603" t="s">
-        <v>3756</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" t="s">
-        <v>3757</v>
-[...3 lines deleted...]
-      </c>
+        <v>3177</v>
+      </c>
+      <c r="B1604"/>
       <c r="C1604" t="s">
-        <v>3759</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" t="s">
-        <v>3760</v>
-[...3 lines deleted...]
-      </c>
+        <v>3179</v>
+      </c>
+      <c r="B1605"/>
       <c r="C1605" t="s">
-        <v>3761</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" t="s">
-        <v>3762</v>
-[...3 lines deleted...]
-      </c>
+        <v>3181</v>
+      </c>
+      <c r="B1606"/>
       <c r="C1606" t="s">
-        <v>3763</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" t="s">
-        <v>3764</v>
-[...3 lines deleted...]
-      </c>
+        <v>3183</v>
+      </c>
+      <c r="B1607"/>
       <c r="C1607" t="s">
-        <v>3765</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" t="s">
-        <v>3766</v>
-[...3 lines deleted...]
-      </c>
+        <v>3185</v>
+      </c>
+      <c r="B1608"/>
       <c r="C1608" t="s">
-        <v>3767</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" t="s">
-        <v>3768</v>
+        <v>3187</v>
       </c>
       <c r="B1609"/>
       <c r="C1609" t="s">
-        <v>3769</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" t="s">
-        <v>3770</v>
-[...3 lines deleted...]
-      </c>
+        <v>3189</v>
+      </c>
+      <c r="B1610"/>
       <c r="C1610" t="s">
-        <v>3772</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" t="s">
-        <v>3773</v>
+        <v>3191</v>
       </c>
       <c r="B1611"/>
       <c r="C1611" t="s">
-        <v>3774</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" t="s">
-        <v>3775</v>
+        <v>3193</v>
       </c>
       <c r="B1612"/>
       <c r="C1612" t="s">
-        <v>3776</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" t="s">
-        <v>3777</v>
+        <v>3195</v>
       </c>
       <c r="B1613"/>
       <c r="C1613" t="s">
-        <v>3778</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" t="s">
-        <v>3779</v>
+        <v>3197</v>
       </c>
       <c r="B1614"/>
       <c r="C1614" t="s">
-        <v>3780</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" t="s">
-        <v>3781</v>
-[...3 lines deleted...]
-      </c>
+        <v>3199</v>
+      </c>
+      <c r="B1615"/>
       <c r="C1615" t="s">
-        <v>3783</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" t="s">
-        <v>3784</v>
+        <v>3201</v>
       </c>
       <c r="B1616"/>
       <c r="C1616" t="s">
-        <v>3785</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" t="s">
-        <v>3786</v>
+        <v>3203</v>
       </c>
       <c r="B1617"/>
       <c r="C1617" t="s">
-        <v>3787</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" t="s">
-        <v>3788</v>
-[...3 lines deleted...]
-      </c>
+        <v>3205</v>
+      </c>
+      <c r="B1618"/>
       <c r="C1618" t="s">
-        <v>3789</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" t="s">
-        <v>3790</v>
-[...3 lines deleted...]
-      </c>
+        <v>3207</v>
+      </c>
+      <c r="B1619"/>
       <c r="C1619" t="s">
-        <v>3792</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" t="s">
-        <v>3793</v>
-[...3 lines deleted...]
-      </c>
+        <v>3209</v>
+      </c>
+      <c r="B1620"/>
       <c r="C1620" t="s">
-        <v>3794</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" t="s">
-        <v>3795</v>
+        <v>3211</v>
       </c>
       <c r="B1621"/>
       <c r="C1621" t="s">
-        <v>3796</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" t="s">
-        <v>3797</v>
-[...3 lines deleted...]
-      </c>
+        <v>3213</v>
+      </c>
+      <c r="B1622"/>
       <c r="C1622" t="s">
-        <v>3798</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" t="s">
-        <v>3799</v>
-[...3 lines deleted...]
-      </c>
+        <v>3215</v>
+      </c>
+      <c r="B1623"/>
       <c r="C1623" t="s">
-        <v>3801</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" t="s">
-        <v>3802</v>
-[...3 lines deleted...]
-      </c>
+        <v>3217</v>
+      </c>
+      <c r="B1624"/>
       <c r="C1624" t="s">
-        <v>3804</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" t="s">
-        <v>3805</v>
-[...3 lines deleted...]
-      </c>
+        <v>3219</v>
+      </c>
+      <c r="B1625"/>
       <c r="C1625" t="s">
-        <v>3806</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" t="s">
-        <v>3807</v>
-[...3 lines deleted...]
-      </c>
+        <v>3221</v>
+      </c>
+      <c r="B1626"/>
       <c r="C1626" t="s">
-        <v>3808</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" t="s">
-        <v>3809</v>
-[...3 lines deleted...]
-      </c>
+        <v>3223</v>
+      </c>
+      <c r="B1627"/>
       <c r="C1627" t="s">
-        <v>3810</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" t="s">
-        <v>3811</v>
-[...3 lines deleted...]
-      </c>
+        <v>3225</v>
+      </c>
+      <c r="B1628"/>
       <c r="C1628" t="s">
-        <v>3813</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" t="s">
-        <v>3814</v>
-[...3 lines deleted...]
-      </c>
+        <v>3227</v>
+      </c>
+      <c r="B1629"/>
       <c r="C1629" t="s">
-        <v>3815</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" t="s">
-        <v>3816</v>
-[...3 lines deleted...]
-      </c>
+        <v>3229</v>
+      </c>
+      <c r="B1630"/>
       <c r="C1630" t="s">
-        <v>3817</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" t="s">
-        <v>3818</v>
-[...3 lines deleted...]
-      </c>
+        <v>3231</v>
+      </c>
+      <c r="B1631"/>
       <c r="C1631" t="s">
-        <v>3819</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" t="s">
-        <v>3820</v>
-[...3 lines deleted...]
-      </c>
+        <v>3233</v>
+      </c>
+      <c r="B1632"/>
       <c r="C1632" t="s">
-        <v>3822</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" t="s">
-        <v>3823</v>
-[...3 lines deleted...]
-      </c>
+        <v>3235</v>
+      </c>
+      <c r="B1633"/>
       <c r="C1633" t="s">
-        <v>3825</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" t="s">
-        <v>3826</v>
-[...3 lines deleted...]
-      </c>
+        <v>3237</v>
+      </c>
+      <c r="B1634"/>
       <c r="C1634" t="s">
-        <v>3827</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" t="s">
-        <v>3828</v>
-[...3 lines deleted...]
-      </c>
+        <v>3239</v>
+      </c>
+      <c r="B1635"/>
       <c r="C1635" t="s">
-        <v>3829</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" t="s">
-        <v>3830</v>
+        <v>3241</v>
       </c>
       <c r="B1636"/>
       <c r="C1636" t="s">
-        <v>3831</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" t="s">
-        <v>3832</v>
+        <v>3243</v>
       </c>
       <c r="B1637"/>
       <c r="C1637" t="s">
-        <v>3833</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" t="s">
-        <v>3834</v>
-[...3 lines deleted...]
-      </c>
+        <v>3245</v>
+      </c>
+      <c r="B1638"/>
       <c r="C1638" t="s">
-        <v>3835</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" t="s">
-        <v>3836</v>
-[...3 lines deleted...]
-      </c>
+        <v>3247</v>
+      </c>
+      <c r="B1639"/>
       <c r="C1639" t="s">
-        <v>3837</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" t="s">
-        <v>3838</v>
-[...3 lines deleted...]
-      </c>
+        <v>3249</v>
+      </c>
+      <c r="B1640"/>
       <c r="C1640" t="s">
-        <v>3840</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" t="s">
-        <v>3841</v>
-[...3 lines deleted...]
-      </c>
+        <v>3251</v>
+      </c>
+      <c r="B1641"/>
       <c r="C1641" t="s">
-        <v>3843</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" t="s">
-        <v>3844</v>
-[...3 lines deleted...]
-      </c>
+        <v>3253</v>
+      </c>
+      <c r="B1642"/>
       <c r="C1642" t="s">
-        <v>3846</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" t="s">
-        <v>3847</v>
-[...3 lines deleted...]
-      </c>
+        <v>3255</v>
+      </c>
+      <c r="B1643"/>
       <c r="C1643" t="s">
-        <v>3849</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" t="s">
-        <v>3850</v>
-[...3 lines deleted...]
-      </c>
+        <v>3257</v>
+      </c>
+      <c r="B1644"/>
       <c r="C1644" t="s">
-        <v>3852</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" t="s">
-        <v>3853</v>
-[...3 lines deleted...]
-      </c>
+        <v>3259</v>
+      </c>
+      <c r="B1645"/>
       <c r="C1645" t="s">
-        <v>3854</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" t="s">
-        <v>3855</v>
+        <v>3261</v>
       </c>
       <c r="B1646"/>
       <c r="C1646" t="s">
-        <v>3856</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" t="s">
-        <v>3857</v>
-[...3 lines deleted...]
-      </c>
+        <v>3263</v>
+      </c>
+      <c r="B1647"/>
       <c r="C1647" t="s">
-        <v>3859</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" t="s">
-        <v>3860</v>
-[...3 lines deleted...]
-      </c>
+        <v>3265</v>
+      </c>
+      <c r="B1648"/>
       <c r="C1648" t="s">
-        <v>3861</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" t="s">
-        <v>3862</v>
-[...3 lines deleted...]
-      </c>
+        <v>3267</v>
+      </c>
+      <c r="B1649"/>
       <c r="C1649" t="s">
-        <v>3863</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" t="s">
-        <v>3864</v>
-[...3 lines deleted...]
-      </c>
+        <v>3269</v>
+      </c>
+      <c r="B1650"/>
       <c r="C1650" t="s">
-        <v>3865</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" t="s">
-        <v>3866</v>
-[...3 lines deleted...]
-      </c>
+        <v>3271</v>
+      </c>
+      <c r="B1651"/>
       <c r="C1651" t="s">
-        <v>3868</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" t="s">
-        <v>3869</v>
-[...3 lines deleted...]
-      </c>
+        <v>3273</v>
+      </c>
+      <c r="B1652"/>
       <c r="C1652" t="s">
-        <v>3870</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" t="s">
-        <v>3871</v>
-[...3 lines deleted...]
-      </c>
+        <v>3275</v>
+      </c>
+      <c r="B1653"/>
       <c r="C1653" t="s">
-        <v>3872</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" t="s">
-        <v>3873</v>
-[...3 lines deleted...]
-      </c>
+        <v>3277</v>
+      </c>
+      <c r="B1654"/>
       <c r="C1654" t="s">
-        <v>3875</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" t="s">
-        <v>3876</v>
-[...3 lines deleted...]
-      </c>
+        <v>3279</v>
+      </c>
+      <c r="B1655"/>
       <c r="C1655" t="s">
-        <v>3878</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" t="s">
-        <v>3879</v>
-[...3 lines deleted...]
-      </c>
+        <v>3281</v>
+      </c>
+      <c r="B1656"/>
       <c r="C1656" t="s">
-        <v>3880</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" t="s">
-        <v>3881</v>
-[...3 lines deleted...]
-      </c>
+        <v>3283</v>
+      </c>
+      <c r="B1657"/>
       <c r="C1657" t="s">
-        <v>3883</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" t="s">
-        <v>2671</v>
-[...3 lines deleted...]
-      </c>
+        <v>3285</v>
+      </c>
+      <c r="B1658"/>
       <c r="C1658" t="s">
-        <v>3884</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" t="s">
-        <v>3885</v>
-[...3 lines deleted...]
-      </c>
+        <v>3287</v>
+      </c>
+      <c r="B1659"/>
       <c r="C1659" t="s">
-        <v>3886</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" t="s">
-        <v>2272</v>
-[...3 lines deleted...]
-      </c>
+        <v>3289</v>
+      </c>
+      <c r="B1660"/>
       <c r="C1660" t="s">
-        <v>3887</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" t="s">
-        <v>3739</v>
-[...3 lines deleted...]
-      </c>
+        <v>3291</v>
+      </c>
+      <c r="B1661"/>
       <c r="C1661" t="s">
-        <v>3888</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" t="s">
-        <v>3889</v>
-[...3 lines deleted...]
-      </c>
+        <v>3293</v>
+      </c>
+      <c r="B1662"/>
       <c r="C1662" t="s">
-        <v>3890</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" t="s">
-        <v>3891</v>
-[...3 lines deleted...]
-      </c>
+        <v>3295</v>
+      </c>
+      <c r="B1663"/>
       <c r="C1663" t="s">
-        <v>3892</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" t="s">
-        <v>3893</v>
-[...3 lines deleted...]
-      </c>
+        <v>3297</v>
+      </c>
+      <c r="B1664"/>
       <c r="C1664" t="s">
-        <v>3894</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" t="s">
-        <v>3895</v>
+        <v>3299</v>
       </c>
       <c r="B1665"/>
       <c r="C1665" t="s">
-        <v>3896</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" t="s">
-        <v>3897</v>
-[...3 lines deleted...]
-      </c>
+        <v>3301</v>
+      </c>
+      <c r="B1666"/>
       <c r="C1666" t="s">
-        <v>3899</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" t="s">
-        <v>3900</v>
-[...3 lines deleted...]
-      </c>
+        <v>3303</v>
+      </c>
+      <c r="B1667"/>
       <c r="C1667" t="s">
-        <v>3901</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" t="s">
-        <v>3902</v>
-[...3 lines deleted...]
-      </c>
+        <v>3305</v>
+      </c>
+      <c r="B1668"/>
       <c r="C1668" t="s">
-        <v>3904</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" t="s">
-        <v>1765</v>
+        <v>3307</v>
       </c>
       <c r="B1669"/>
       <c r="C1669" t="s">
-        <v>3905</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" t="s">
-        <v>3906</v>
-[...3 lines deleted...]
-      </c>
+        <v>3309</v>
+      </c>
+      <c r="B1670"/>
       <c r="C1670" t="s">
-        <v>3907</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" t="s">
-        <v>3908</v>
-[...3 lines deleted...]
-      </c>
+        <v>3311</v>
+      </c>
+      <c r="B1671"/>
       <c r="C1671" t="s">
-        <v>3910</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" t="s">
-        <v>3911</v>
-[...3 lines deleted...]
-      </c>
+        <v>3313</v>
+      </c>
+      <c r="B1672"/>
       <c r="C1672" t="s">
-        <v>3913</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" t="s">
-        <v>3914</v>
-[...3 lines deleted...]
-      </c>
+        <v>3315</v>
+      </c>
+      <c r="B1673"/>
       <c r="C1673" t="s">
-        <v>3915</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" t="s">
-        <v>3916</v>
-[...3 lines deleted...]
-      </c>
+        <v>3317</v>
+      </c>
+      <c r="B1674"/>
       <c r="C1674" t="s">
-        <v>3918</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" t="s">
-        <v>3919</v>
-[...3 lines deleted...]
-      </c>
+        <v>3319</v>
+      </c>
+      <c r="B1675"/>
       <c r="C1675" t="s">
-        <v>3921</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" t="s">
-        <v>3922</v>
-[...3 lines deleted...]
-      </c>
+        <v>3321</v>
+      </c>
+      <c r="B1676"/>
       <c r="C1676" t="s">
-        <v>3924</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" t="s">
-        <v>3925</v>
-[...3 lines deleted...]
-      </c>
+        <v>3323</v>
+      </c>
+      <c r="B1677"/>
       <c r="C1677" t="s">
-        <v>3926</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" t="s">
-        <v>3927</v>
-[...3 lines deleted...]
-      </c>
+        <v>3325</v>
+      </c>
+      <c r="B1678"/>
       <c r="C1678" t="s">
-        <v>3928</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" t="s">
-        <v>3929</v>
-[...3 lines deleted...]
-      </c>
+        <v>3327</v>
+      </c>
+      <c r="B1679"/>
       <c r="C1679" t="s">
-        <v>3930</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" t="s">
-        <v>3931</v>
-[...3 lines deleted...]
-      </c>
+        <v>3329</v>
+      </c>
+      <c r="B1680"/>
       <c r="C1680" t="s">
-        <v>3932</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" t="s">
-        <v>3933</v>
-[...3 lines deleted...]
-      </c>
+        <v>3331</v>
+      </c>
+      <c r="B1681"/>
       <c r="C1681" t="s">
-        <v>3934</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" t="s">
-        <v>3935</v>
-[...3 lines deleted...]
-      </c>
+        <v>3333</v>
+      </c>
+      <c r="B1682"/>
       <c r="C1682" t="s">
-        <v>3936</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" t="s">
-        <v>3937</v>
-[...3 lines deleted...]
-      </c>
+        <v>3335</v>
+      </c>
+      <c r="B1683"/>
       <c r="C1683" t="s">
-        <v>3938</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" t="s">
-        <v>3939</v>
-[...3 lines deleted...]
-      </c>
+        <v>3337</v>
+      </c>
+      <c r="B1684"/>
       <c r="C1684" t="s">
-        <v>3940</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" t="s">
-        <v>3941</v>
-[...3 lines deleted...]
-      </c>
+        <v>3339</v>
+      </c>
+      <c r="B1685"/>
       <c r="C1685" t="s">
-        <v>3942</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" t="s">
-        <v>3943</v>
-[...3 lines deleted...]
-      </c>
+        <v>3341</v>
+      </c>
+      <c r="B1686"/>
       <c r="C1686" t="s">
-        <v>3944</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" t="s">
-        <v>3945</v>
-[...3 lines deleted...]
-      </c>
+        <v>3343</v>
+      </c>
+      <c r="B1687"/>
       <c r="C1687" t="s">
-        <v>3946</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" t="s">
-        <v>3947</v>
-[...3 lines deleted...]
-      </c>
+        <v>3345</v>
+      </c>
+      <c r="B1688"/>
       <c r="C1688" t="s">
-        <v>3948</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" t="s">
-        <v>3949</v>
-[...3 lines deleted...]
-      </c>
+        <v>3347</v>
+      </c>
+      <c r="B1689"/>
       <c r="C1689" t="s">
-        <v>3950</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" t="s">
-        <v>3951</v>
-[...3 lines deleted...]
-      </c>
+        <v>3349</v>
+      </c>
+      <c r="B1690"/>
       <c r="C1690" t="s">
-        <v>3952</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" t="s">
-        <v>3953</v>
-[...3 lines deleted...]
-      </c>
+        <v>3351</v>
+      </c>
+      <c r="B1691"/>
       <c r="C1691" t="s">
-        <v>3954</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" t="s">
-        <v>3955</v>
-[...3 lines deleted...]
-      </c>
+        <v>3353</v>
+      </c>
+      <c r="B1692"/>
       <c r="C1692" t="s">
-        <v>3956</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" t="s">
-        <v>3957</v>
-[...3 lines deleted...]
-      </c>
+        <v>3355</v>
+      </c>
+      <c r="B1693"/>
       <c r="C1693" t="s">
-        <v>3958</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" t="s">
-        <v>3959</v>
-[...3 lines deleted...]
-      </c>
+        <v>3357</v>
+      </c>
+      <c r="B1694"/>
       <c r="C1694" t="s">
-        <v>3960</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" t="s">
-        <v>3961</v>
-[...3 lines deleted...]
-      </c>
+        <v>3359</v>
+      </c>
+      <c r="B1695"/>
       <c r="C1695" t="s">
-        <v>3962</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" t="s">
-        <v>3630</v>
-[...3 lines deleted...]
-      </c>
+        <v>3361</v>
+      </c>
+      <c r="B1696"/>
       <c r="C1696" t="s">
-        <v>3963</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" t="s">
-        <v>3964</v>
-[...3 lines deleted...]
-      </c>
+        <v>3363</v>
+      </c>
+      <c r="B1697"/>
       <c r="C1697" t="s">
-        <v>3966</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" t="s">
-        <v>3967</v>
-[...3 lines deleted...]
-      </c>
+        <v>3365</v>
+      </c>
+      <c r="B1698"/>
       <c r="C1698" t="s">
-        <v>3968</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" t="s">
-        <v>3969</v>
-[...3 lines deleted...]
-      </c>
+        <v>3367</v>
+      </c>
+      <c r="B1699"/>
       <c r="C1699" t="s">
-        <v>3971</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" t="s">
-        <v>3972</v>
-[...3 lines deleted...]
-      </c>
+        <v>2263</v>
+      </c>
+      <c r="B1700"/>
       <c r="C1700" t="s">
-        <v>3973</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" t="s">
-        <v>3974</v>
+        <v>3370</v>
       </c>
       <c r="B1701"/>
       <c r="C1701" t="s">
-        <v>3975</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" t="s">
-        <v>3976</v>
-[...3 lines deleted...]
-      </c>
+        <v>1901</v>
+      </c>
+      <c r="B1702"/>
       <c r="C1702" t="s">
-        <v>3977</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" t="s">
-        <v>2742</v>
-[...3 lines deleted...]
-      </c>
+        <v>3247</v>
+      </c>
+      <c r="B1703"/>
       <c r="C1703" t="s">
-        <v>3978</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" t="s">
-        <v>3979</v>
+        <v>3374</v>
       </c>
       <c r="B1704"/>
       <c r="C1704" t="s">
-        <v>3980</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" t="s">
-        <v>3981</v>
-[...3 lines deleted...]
-      </c>
+        <v>3376</v>
+      </c>
+      <c r="B1705"/>
       <c r="C1705" t="s">
-        <v>3982</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" t="s">
-        <v>3983</v>
+        <v>3378</v>
       </c>
       <c r="B1706"/>
       <c r="C1706" t="s">
-        <v>3984</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" t="s">
-        <v>3985</v>
+        <v>3380</v>
       </c>
       <c r="B1707"/>
       <c r="C1707" t="s">
-        <v>3986</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" t="s">
-        <v>3987</v>
-[...3 lines deleted...]
-      </c>
+        <v>3382</v>
+      </c>
+      <c r="B1708"/>
       <c r="C1708" t="s">
-        <v>3989</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" t="s">
-        <v>3990</v>
+        <v>3384</v>
       </c>
       <c r="B1709"/>
       <c r="C1709" t="s">
-        <v>3991</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" t="s">
-        <v>3992</v>
-[...3 lines deleted...]
-      </c>
+        <v>3386</v>
+      </c>
+      <c r="B1710"/>
       <c r="C1710" t="s">
-        <v>3993</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" t="s">
-        <v>3994</v>
-[...3 lines deleted...]
-      </c>
+        <v>1459</v>
+      </c>
+      <c r="B1711"/>
       <c r="C1711" t="s">
-        <v>3995</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" t="s">
-        <v>3996</v>
-[...3 lines deleted...]
-      </c>
+        <v>3389</v>
+      </c>
+      <c r="B1712"/>
       <c r="C1712" t="s">
-        <v>3998</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" t="s">
-        <v>3999</v>
-[...3 lines deleted...]
-      </c>
+        <v>3391</v>
+      </c>
+      <c r="B1713"/>
       <c r="C1713" t="s">
-        <v>4000</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" t="s">
-        <v>4001</v>
-[...3 lines deleted...]
-      </c>
+        <v>3393</v>
+      </c>
+      <c r="B1714"/>
       <c r="C1714" t="s">
-        <v>4002</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" t="s">
-        <v>4003</v>
-[...3 lines deleted...]
-      </c>
+        <v>3395</v>
+      </c>
+      <c r="B1715"/>
       <c r="C1715" t="s">
-        <v>4005</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" t="s">
-        <v>4006</v>
-[...3 lines deleted...]
-      </c>
+        <v>3397</v>
+      </c>
+      <c r="B1716"/>
       <c r="C1716" t="s">
-        <v>4007</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" t="s">
-        <v>4008</v>
-[...3 lines deleted...]
-      </c>
+        <v>3399</v>
+      </c>
+      <c r="B1717"/>
       <c r="C1717" t="s">
-        <v>4009</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" t="s">
-        <v>4010</v>
-[...3 lines deleted...]
-      </c>
+        <v>3401</v>
+      </c>
+      <c r="B1718"/>
       <c r="C1718" t="s">
-        <v>4011</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" t="s">
-        <v>4012</v>
-[...3 lines deleted...]
-      </c>
+        <v>3403</v>
+      </c>
+      <c r="B1719"/>
       <c r="C1719" t="s">
-        <v>4013</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" t="s">
-        <v>4014</v>
+        <v>3405</v>
       </c>
       <c r="B1720"/>
       <c r="C1720" t="s">
-        <v>4015</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" t="s">
-        <v>1048</v>
-[...3 lines deleted...]
-      </c>
+        <v>3407</v>
+      </c>
+      <c r="B1721"/>
       <c r="C1721" t="s">
-        <v>4017</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" t="s">
-        <v>4018</v>
-[...3 lines deleted...]
-      </c>
+        <v>3409</v>
+      </c>
+      <c r="B1722"/>
       <c r="C1722" t="s">
-        <v>4019</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" t="s">
-        <v>4020</v>
-[...3 lines deleted...]
-      </c>
+        <v>3411</v>
+      </c>
+      <c r="B1723"/>
       <c r="C1723" t="s">
-        <v>4022</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" t="s">
-        <v>4023</v>
+        <v>3413</v>
       </c>
       <c r="B1724"/>
       <c r="C1724" t="s">
-        <v>4024</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" t="s">
-        <v>3613</v>
-[...3 lines deleted...]
-      </c>
+        <v>3415</v>
+      </c>
+      <c r="B1725"/>
       <c r="C1725" t="s">
-        <v>4025</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" t="s">
-        <v>4026</v>
-[...3 lines deleted...]
-      </c>
+        <v>3417</v>
+      </c>
+      <c r="B1726"/>
       <c r="C1726" t="s">
-        <v>4028</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" t="s">
-        <v>4029</v>
+        <v>3419</v>
       </c>
       <c r="B1727"/>
       <c r="C1727" t="s">
-        <v>4030</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" t="s">
-        <v>4031</v>
+        <v>3421</v>
       </c>
       <c r="B1728"/>
       <c r="C1728" t="s">
-        <v>4032</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" t="s">
-        <v>4033</v>
-[...3 lines deleted...]
-      </c>
+        <v>3423</v>
+      </c>
+      <c r="B1729"/>
       <c r="C1729" t="s">
-        <v>4034</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" t="s">
-        <v>4035</v>
-[...3 lines deleted...]
-      </c>
+        <v>3425</v>
+      </c>
+      <c r="B1730"/>
       <c r="C1730" t="s">
-        <v>4036</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" t="s">
-        <v>2323</v>
-[...3 lines deleted...]
-      </c>
+        <v>3427</v>
+      </c>
+      <c r="B1731"/>
       <c r="C1731" t="s">
-        <v>4037</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" t="s">
-        <v>4038</v>
-[...3 lines deleted...]
-      </c>
+        <v>3429</v>
+      </c>
+      <c r="B1732"/>
       <c r="C1732" t="s">
-        <v>4039</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" t="s">
-        <v>4040</v>
-[...3 lines deleted...]
-      </c>
+        <v>3431</v>
+      </c>
+      <c r="B1733"/>
       <c r="C1733" t="s">
-        <v>4041</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" t="s">
-        <v>4042</v>
-[...3 lines deleted...]
-      </c>
+        <v>3433</v>
+      </c>
+      <c r="B1734"/>
       <c r="C1734" t="s">
-        <v>4043</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" t="s">
-        <v>4044</v>
-[...3 lines deleted...]
-      </c>
+        <v>3435</v>
+      </c>
+      <c r="B1735"/>
       <c r="C1735" t="s">
-        <v>4045</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" t="s">
-        <v>4046</v>
-[...3 lines deleted...]
-      </c>
+        <v>3437</v>
+      </c>
+      <c r="B1736"/>
       <c r="C1736" t="s">
-        <v>4047</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" t="s">
-        <v>4048</v>
-[...3 lines deleted...]
-      </c>
+        <v>3439</v>
+      </c>
+      <c r="B1737"/>
       <c r="C1737" t="s">
-        <v>4049</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" t="s">
-        <v>4050</v>
+        <v>3153</v>
       </c>
       <c r="B1738"/>
       <c r="C1738" t="s">
-        <v>4051</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" t="s">
-        <v>4052</v>
-[...3 lines deleted...]
-      </c>
+        <v>3442</v>
+      </c>
+      <c r="B1739"/>
       <c r="C1739" t="s">
-        <v>4054</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" t="s">
-        <v>4055</v>
-[...3 lines deleted...]
-      </c>
+        <v>3444</v>
+      </c>
+      <c r="B1740"/>
       <c r="C1740" t="s">
-        <v>4056</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" t="s">
-        <v>4057</v>
-[...3 lines deleted...]
-      </c>
+        <v>3446</v>
+      </c>
+      <c r="B1741"/>
       <c r="C1741" t="s">
-        <v>4058</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" t="s">
-        <v>4059</v>
-[...3 lines deleted...]
-      </c>
+        <v>3448</v>
+      </c>
+      <c r="B1742"/>
       <c r="C1742" t="s">
-        <v>4060</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" t="s">
-        <v>4061</v>
-[...3 lines deleted...]
-      </c>
+        <v>3450</v>
+      </c>
+      <c r="B1743"/>
       <c r="C1743" t="s">
-        <v>4062</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" t="s">
-        <v>4063</v>
-[...3 lines deleted...]
-      </c>
+        <v>3452</v>
+      </c>
+      <c r="B1744"/>
       <c r="C1744" t="s">
-        <v>4064</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" t="s">
-        <v>4065</v>
-[...3 lines deleted...]
-      </c>
+        <v>2323</v>
+      </c>
+      <c r="B1745"/>
       <c r="C1745" t="s">
-        <v>4066</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" t="s">
-        <v>4067</v>
-[...3 lines deleted...]
-      </c>
+        <v>3455</v>
+      </c>
+      <c r="B1746"/>
       <c r="C1746" t="s">
-        <v>4068</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" t="s">
-        <v>4069</v>
-[...3 lines deleted...]
-      </c>
+        <v>3457</v>
+      </c>
+      <c r="B1747"/>
       <c r="C1747" t="s">
-        <v>4071</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" t="s">
-        <v>4072</v>
-[...3 lines deleted...]
-      </c>
+        <v>3459</v>
+      </c>
+      <c r="B1748"/>
       <c r="C1748" t="s">
-        <v>4074</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" t="s">
-        <v>4075</v>
-[...3 lines deleted...]
-      </c>
+        <v>3461</v>
+      </c>
+      <c r="B1749"/>
       <c r="C1749" t="s">
-        <v>4076</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" t="s">
-        <v>4077</v>
+        <v>3463</v>
       </c>
       <c r="B1750"/>
       <c r="C1750" t="s">
-        <v>4078</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" t="s">
-        <v>4079</v>
-[...3 lines deleted...]
-      </c>
+        <v>3465</v>
+      </c>
+      <c r="B1751"/>
       <c r="C1751" t="s">
-        <v>4081</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" t="s">
-        <v>2253</v>
-[...3 lines deleted...]
-      </c>
+        <v>3467</v>
+      </c>
+      <c r="B1752"/>
       <c r="C1752" t="s">
-        <v>4082</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" t="s">
-        <v>4083</v>
-[...3 lines deleted...]
-      </c>
+        <v>3469</v>
+      </c>
+      <c r="B1753"/>
       <c r="C1753" t="s">
-        <v>4084</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" t="s">
-        <v>4085</v>
-[...3 lines deleted...]
-      </c>
+        <v>3471</v>
+      </c>
+      <c r="B1754"/>
       <c r="C1754" t="s">
-        <v>4086</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" t="s">
-        <v>4087</v>
-[...3 lines deleted...]
-      </c>
+        <v>3473</v>
+      </c>
+      <c r="B1755"/>
       <c r="C1755" t="s">
-        <v>4089</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" t="s">
-        <v>4090</v>
-[...3 lines deleted...]
-      </c>
+        <v>3475</v>
+      </c>
+      <c r="B1756"/>
       <c r="C1756" t="s">
-        <v>4092</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" t="s">
-        <v>4093</v>
-[...3 lines deleted...]
-      </c>
+        <v>3477</v>
+      </c>
+      <c r="B1757"/>
       <c r="C1757" t="s">
-        <v>4095</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" t="s">
-        <v>4096</v>
-[...3 lines deleted...]
-      </c>
+        <v>3479</v>
+      </c>
+      <c r="B1758"/>
       <c r="C1758" t="s">
-        <v>4097</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" t="s">
-        <v>4098</v>
-[...3 lines deleted...]
-      </c>
+        <v>3481</v>
+      </c>
+      <c r="B1759"/>
       <c r="C1759" t="s">
-        <v>4099</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" t="s">
-        <v>2914</v>
-[...3 lines deleted...]
-      </c>
+        <v>3483</v>
+      </c>
+      <c r="B1760"/>
       <c r="C1760" t="s">
-        <v>4100</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" t="s">
-        <v>4101</v>
-[...3 lines deleted...]
-      </c>
+        <v>3485</v>
+      </c>
+      <c r="B1761"/>
       <c r="C1761" t="s">
-        <v>4102</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" t="s">
-        <v>4103</v>
-[...3 lines deleted...]
-      </c>
+        <v>3487</v>
+      </c>
+      <c r="B1762"/>
       <c r="C1762" t="s">
-        <v>4105</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" t="s">
-        <v>4106</v>
+        <v>859</v>
       </c>
       <c r="B1763"/>
       <c r="C1763" t="s">
-        <v>4107</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" t="s">
-        <v>4108</v>
-[...3 lines deleted...]
-      </c>
+        <v>3490</v>
+      </c>
+      <c r="B1764"/>
       <c r="C1764" t="s">
-        <v>4109</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" t="s">
-        <v>1439</v>
+        <v>3492</v>
       </c>
       <c r="B1765"/>
       <c r="C1765" t="s">
-        <v>4110</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" t="s">
-        <v>4111</v>
-[...3 lines deleted...]
-      </c>
+        <v>3494</v>
+      </c>
+      <c r="B1766"/>
       <c r="C1766" t="s">
-        <v>4112</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" t="s">
-        <v>4113</v>
+        <v>3138</v>
       </c>
       <c r="B1767"/>
       <c r="C1767" t="s">
-        <v>4114</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" t="s">
-        <v>4115</v>
-[...3 lines deleted...]
-      </c>
+        <v>3497</v>
+      </c>
+      <c r="B1768"/>
       <c r="C1768" t="s">
-        <v>4117</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" t="s">
-        <v>4118</v>
-[...3 lines deleted...]
-      </c>
+        <v>3499</v>
+      </c>
+      <c r="B1769"/>
       <c r="C1769" t="s">
-        <v>4119</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" t="s">
-        <v>2642</v>
-[...3 lines deleted...]
-      </c>
+        <v>3501</v>
+      </c>
+      <c r="B1770"/>
       <c r="C1770" t="s">
-        <v>4120</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" t="s">
-        <v>4121</v>
-[...3 lines deleted...]
-      </c>
+        <v>3503</v>
+      </c>
+      <c r="B1771"/>
       <c r="C1771" t="s">
-        <v>4122</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" t="s">
-        <v>4123</v>
-[...3 lines deleted...]
-      </c>
+        <v>3505</v>
+      </c>
+      <c r="B1772"/>
       <c r="C1772" t="s">
-        <v>4125</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" t="s">
-        <v>4126</v>
-[...3 lines deleted...]
-      </c>
+        <v>1949</v>
+      </c>
+      <c r="B1773"/>
       <c r="C1773" t="s">
-        <v>4128</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" t="s">
-        <v>4129</v>
-[...3 lines deleted...]
-      </c>
+        <v>3508</v>
+      </c>
+      <c r="B1774"/>
       <c r="C1774" t="s">
-        <v>4130</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" t="s">
-        <v>4131</v>
-[...3 lines deleted...]
-      </c>
+        <v>3510</v>
+      </c>
+      <c r="B1775"/>
       <c r="C1775" t="s">
-        <v>4133</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" t="s">
-        <v>4134</v>
-[...3 lines deleted...]
-      </c>
+        <v>3512</v>
+      </c>
+      <c r="B1776"/>
       <c r="C1776" t="s">
-        <v>4135</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" t="s">
-        <v>4136</v>
-[...3 lines deleted...]
-      </c>
+        <v>3514</v>
+      </c>
+      <c r="B1777"/>
       <c r="C1777" t="s">
-        <v>4137</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" t="s">
-        <v>4138</v>
-[...3 lines deleted...]
-      </c>
+        <v>3516</v>
+      </c>
+      <c r="B1778"/>
       <c r="C1778" t="s">
-        <v>4139</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" t="s">
-        <v>4140</v>
-[...3 lines deleted...]
-      </c>
+        <v>3518</v>
+      </c>
+      <c r="B1779"/>
       <c r="C1779" t="s">
-        <v>4141</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" t="s">
-        <v>4142</v>
-[...3 lines deleted...]
-      </c>
+        <v>3520</v>
+      </c>
+      <c r="B1780"/>
       <c r="C1780" t="s">
-        <v>4143</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" t="s">
-        <v>4144</v>
-[...3 lines deleted...]
-      </c>
+        <v>3522</v>
+      </c>
+      <c r="B1781"/>
       <c r="C1781" t="s">
-        <v>4146</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" t="s">
-        <v>4147</v>
-[...3 lines deleted...]
-      </c>
+        <v>3524</v>
+      </c>
+      <c r="B1782"/>
       <c r="C1782" t="s">
-        <v>4148</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" t="s">
-        <v>3697</v>
+        <v>3526</v>
       </c>
       <c r="B1783"/>
       <c r="C1783" t="s">
-        <v>4149</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" t="s">
-        <v>4150</v>
-[...3 lines deleted...]
-      </c>
+        <v>3528</v>
+      </c>
+      <c r="B1784"/>
       <c r="C1784" t="s">
-        <v>4151</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" t="s">
-        <v>4152</v>
-[...3 lines deleted...]
-      </c>
+        <v>3530</v>
+      </c>
+      <c r="B1785"/>
       <c r="C1785" t="s">
-        <v>4153</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" t="s">
-        <v>4154</v>
-[...3 lines deleted...]
-      </c>
+        <v>3532</v>
+      </c>
+      <c r="B1786"/>
       <c r="C1786" t="s">
-        <v>4155</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" t="s">
-        <v>4156</v>
-[...3 lines deleted...]
-      </c>
+        <v>3534</v>
+      </c>
+      <c r="B1787"/>
       <c r="C1787" t="s">
-        <v>4157</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" t="s">
-        <v>4158</v>
-[...3 lines deleted...]
-      </c>
+        <v>3536</v>
+      </c>
+      <c r="B1788"/>
       <c r="C1788" t="s">
-        <v>4160</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" t="s">
-        <v>4161</v>
-[...3 lines deleted...]
-      </c>
+        <v>3538</v>
+      </c>
+      <c r="B1789"/>
       <c r="C1789" t="s">
-        <v>4162</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" t="s">
-        <v>4163</v>
-[...3 lines deleted...]
-      </c>
+        <v>3540</v>
+      </c>
+      <c r="B1790"/>
       <c r="C1790" t="s">
-        <v>4165</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" t="s">
-        <v>2748</v>
-[...3 lines deleted...]
-      </c>
+        <v>3542</v>
+      </c>
+      <c r="B1791"/>
       <c r="C1791" t="s">
-        <v>4167</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" t="s">
-        <v>4168</v>
-[...3 lines deleted...]
-      </c>
+        <v>3544</v>
+      </c>
+      <c r="B1792"/>
       <c r="C1792" t="s">
-        <v>4169</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" t="s">
-        <v>4170</v>
-[...3 lines deleted...]
-      </c>
+        <v>3546</v>
+      </c>
+      <c r="B1793"/>
       <c r="C1793" t="s">
-        <v>4171</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" t="s">
-        <v>2047</v>
-[...3 lines deleted...]
-      </c>
+        <v>1883</v>
+      </c>
+      <c r="B1794"/>
       <c r="C1794" t="s">
-        <v>4172</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" t="s">
-        <v>4173</v>
-[...3 lines deleted...]
-      </c>
+        <v>3549</v>
+      </c>
+      <c r="B1795"/>
       <c r="C1795" t="s">
-        <v>4175</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" t="s">
-        <v>4176</v>
-[...3 lines deleted...]
-      </c>
+        <v>3551</v>
+      </c>
+      <c r="B1796"/>
       <c r="C1796" t="s">
-        <v>4178</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" t="s">
-        <v>4179</v>
-[...3 lines deleted...]
-      </c>
+        <v>3553</v>
+      </c>
+      <c r="B1797"/>
       <c r="C1797" t="s">
-        <v>4181</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" t="s">
-        <v>4182</v>
-[...3 lines deleted...]
-      </c>
+        <v>3555</v>
+      </c>
+      <c r="B1798"/>
       <c r="C1798" t="s">
-        <v>4184</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" t="s">
-        <v>4185</v>
-[...3 lines deleted...]
-      </c>
+        <v>3557</v>
+      </c>
+      <c r="B1799"/>
       <c r="C1799" t="s">
-        <v>4186</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" t="s">
-        <v>4187</v>
-[...3 lines deleted...]
-      </c>
+        <v>3559</v>
+      </c>
+      <c r="B1800"/>
       <c r="C1800" t="s">
-        <v>4189</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" t="s">
-        <v>4190</v>
-[...3 lines deleted...]
-      </c>
+        <v>3561</v>
+      </c>
+      <c r="B1801"/>
       <c r="C1801" t="s">
-        <v>4191</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" t="s">
-        <v>4192</v>
-[...3 lines deleted...]
-      </c>
+        <v>2474</v>
+      </c>
+      <c r="B1802"/>
       <c r="C1802" t="s">
-        <v>4193</v>
+        <v>3563</v>
+      </c>
+    </row>
+    <row r="1803" spans="1:3">
+      <c r="A1803" t="s">
+        <v>3564</v>
+      </c>
+      <c r="B1803"/>
+      <c r="C1803" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="1804" spans="1:3">
+      <c r="A1804" t="s">
+        <v>3566</v>
+      </c>
+      <c r="B1804"/>
+      <c r="C1804" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="1805" spans="1:3">
+      <c r="A1805" t="s">
+        <v>3568</v>
+      </c>
+      <c r="B1805"/>
+      <c r="C1805" t="s">
+        <v>3569</v>
+      </c>
+    </row>
+    <row r="1806" spans="1:3">
+      <c r="A1806" t="s">
+        <v>3570</v>
+      </c>
+      <c r="B1806"/>
+      <c r="C1806" t="s">
+        <v>3571</v>
+      </c>
+    </row>
+    <row r="1807" spans="1:3">
+      <c r="A1807" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B1807"/>
+      <c r="C1807" t="s">
+        <v>3572</v>
+      </c>
+    </row>
+    <row r="1808" spans="1:3">
+      <c r="A1808" t="s">
+        <v>3573</v>
+      </c>
+      <c r="B1808"/>
+      <c r="C1808" t="s">
+        <v>3574</v>
+      </c>
+    </row>
+    <row r="1809" spans="1:3">
+      <c r="A1809" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B1809"/>
+      <c r="C1809" t="s">
+        <v>3576</v>
+      </c>
+    </row>
+    <row r="1810" spans="1:3">
+      <c r="A1810" t="s">
+        <v>3577</v>
+      </c>
+      <c r="B1810"/>
+      <c r="C1810" t="s">
+        <v>3578</v>
+      </c>
+    </row>
+    <row r="1811" spans="1:3">
+      <c r="A1811" t="s">
+        <v>3579</v>
+      </c>
+      <c r="B1811"/>
+      <c r="C1811" t="s">
+        <v>3580</v>
+      </c>
+    </row>
+    <row r="1812" spans="1:3">
+      <c r="A1812" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B1812"/>
+      <c r="C1812" t="s">
+        <v>3581</v>
+      </c>
+    </row>
+    <row r="1813" spans="1:3">
+      <c r="A1813" t="s">
+        <v>3582</v>
+      </c>
+      <c r="B1813"/>
+      <c r="C1813" t="s">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="1814" spans="1:3">
+      <c r="A1814" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B1814"/>
+      <c r="C1814" t="s">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="1815" spans="1:3">
+      <c r="A1815" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B1815"/>
+      <c r="C1815" t="s">
+        <v>3587</v>
+      </c>
+    </row>
+    <row r="1816" spans="1:3">
+      <c r="A1816" t="s">
+        <v>3588</v>
+      </c>
+      <c r="B1816"/>
+      <c r="C1816" t="s">
+        <v>3589</v>
+      </c>
+    </row>
+    <row r="1817" spans="1:3">
+      <c r="A1817" t="s">
+        <v>3590</v>
+      </c>
+      <c r="B1817"/>
+      <c r="C1817" t="s">
+        <v>3591</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:3">
+      <c r="A1818" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B1818"/>
+      <c r="C1818" t="s">
+        <v>3593</v>
+      </c>
+    </row>
+    <row r="1819" spans="1:3">
+      <c r="A1819" t="s">
+        <v>3594</v>
+      </c>
+      <c r="B1819"/>
+      <c r="C1819" t="s">
+        <v>3595</v>
+      </c>
+    </row>
+    <row r="1820" spans="1:3">
+      <c r="A1820" t="s">
+        <v>3596</v>
+      </c>
+      <c r="B1820"/>
+      <c r="C1820" t="s">
+        <v>3597</v>
+      </c>
+    </row>
+    <row r="1821" spans="1:3">
+      <c r="A1821" t="s">
+        <v>3598</v>
+      </c>
+      <c r="B1821"/>
+      <c r="C1821" t="s">
+        <v>3599</v>
+      </c>
+    </row>
+    <row r="1822" spans="1:3">
+      <c r="A1822" t="s">
+        <v>3600</v>
+      </c>
+      <c r="B1822"/>
+      <c r="C1822" t="s">
+        <v>3601</v>
+      </c>
+    </row>
+    <row r="1823" spans="1:3">
+      <c r="A1823" t="s">
+        <v>3602</v>
+      </c>
+      <c r="B1823"/>
+      <c r="C1823" t="s">
+        <v>3603</v>
+      </c>
+    </row>
+    <row r="1824" spans="1:3">
+      <c r="A1824" t="s">
+        <v>3604</v>
+      </c>
+      <c r="B1824"/>
+      <c r="C1824" t="s">
+        <v>3605</v>
+      </c>
+    </row>
+    <row r="1825" spans="1:3">
+      <c r="A1825" t="s">
+        <v>3209</v>
+      </c>
+      <c r="B1825"/>
+      <c r="C1825" t="s">
+        <v>3606</v>
+      </c>
+    </row>
+    <row r="1826" spans="1:3">
+      <c r="A1826" t="s">
+        <v>3607</v>
+      </c>
+      <c r="B1826"/>
+      <c r="C1826" t="s">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="1827" spans="1:3">
+      <c r="A1827" t="s">
+        <v>3609</v>
+      </c>
+      <c r="B1827"/>
+      <c r="C1827" t="s">
+        <v>3610</v>
+      </c>
+    </row>
+    <row r="1828" spans="1:3">
+      <c r="A1828" t="s">
+        <v>3611</v>
+      </c>
+      <c r="B1828"/>
+      <c r="C1828" t="s">
+        <v>3612</v>
+      </c>
+    </row>
+    <row r="1829" spans="1:3">
+      <c r="A1829" t="s">
+        <v>3613</v>
+      </c>
+      <c r="B1829"/>
+      <c r="C1829" t="s">
+        <v>3614</v>
+      </c>
+    </row>
+    <row r="1830" spans="1:3">
+      <c r="A1830" t="s">
+        <v>3615</v>
+      </c>
+      <c r="B1830"/>
+      <c r="C1830" t="s">
+        <v>3616</v>
+      </c>
+    </row>
+    <row r="1831" spans="1:3">
+      <c r="A1831" t="s">
+        <v>3617</v>
+      </c>
+      <c r="B1831"/>
+      <c r="C1831" t="s">
+        <v>3618</v>
+      </c>
+    </row>
+    <row r="1832" spans="1:3">
+      <c r="A1832" t="s">
+        <v>3619</v>
+      </c>
+      <c r="B1832"/>
+      <c r="C1832" t="s">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="1833" spans="1:3">
+      <c r="A1833" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B1833"/>
+      <c r="C1833" t="s">
+        <v>3621</v>
+      </c>
+    </row>
+    <row r="1834" spans="1:3">
+      <c r="A1834" t="s">
+        <v>3622</v>
+      </c>
+      <c r="B1834"/>
+      <c r="C1834" t="s">
+        <v>3623</v>
+      </c>
+    </row>
+    <row r="1835" spans="1:3">
+      <c r="A1835" t="s">
+        <v>3624</v>
+      </c>
+      <c r="B1835"/>
+      <c r="C1835" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="1836" spans="1:3">
+      <c r="A1836" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B1836"/>
+      <c r="C1836" t="s">
+        <v>3626</v>
+      </c>
+    </row>
+    <row r="1837" spans="1:3">
+      <c r="A1837" t="s">
+        <v>3627</v>
+      </c>
+      <c r="B1837"/>
+      <c r="C1837" t="s">
+        <v>3628</v>
+      </c>
+    </row>
+    <row r="1838" spans="1:3">
+      <c r="A1838" t="s">
+        <v>3629</v>
+      </c>
+      <c r="B1838"/>
+      <c r="C1838" t="s">
+        <v>3630</v>
+      </c>
+    </row>
+    <row r="1839" spans="1:3">
+      <c r="A1839" t="s">
+        <v>3631</v>
+      </c>
+      <c r="B1839"/>
+      <c r="C1839" t="s">
+        <v>3632</v>
+      </c>
+    </row>
+    <row r="1840" spans="1:3">
+      <c r="A1840" t="s">
+        <v>3633</v>
+      </c>
+      <c r="B1840"/>
+      <c r="C1840" t="s">
+        <v>3634</v>
+      </c>
+    </row>
+    <row r="1841" spans="1:3">
+      <c r="A1841" t="s">
+        <v>3635</v>
+      </c>
+      <c r="B1841"/>
+      <c r="C1841" t="s">
+        <v>3636</v>
+      </c>
+    </row>
+    <row r="1842" spans="1:3">
+      <c r="A1842" t="s">
+        <v>3637</v>
+      </c>
+      <c r="B1842"/>
+      <c r="C1842" t="s">
+        <v>3638</v>
+      </c>
+    </row>
+    <row r="1843" spans="1:3">
+      <c r="A1843" t="s">
+        <v>3639</v>
+      </c>
+      <c r="B1843"/>
+      <c r="C1843" t="s">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="1844" spans="1:3">
+      <c r="A1844" t="s">
+        <v>3641</v>
+      </c>
+      <c r="B1844"/>
+      <c r="C1844" t="s">
+        <v>3642</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -33263,50 +29720,92 @@
     <hyperlink ref="C1778" r:id="rId_hyperlink_1777"/>
     <hyperlink ref="C1779" r:id="rId_hyperlink_1778"/>
     <hyperlink ref="C1780" r:id="rId_hyperlink_1779"/>
     <hyperlink ref="C1781" r:id="rId_hyperlink_1780"/>
     <hyperlink ref="C1782" r:id="rId_hyperlink_1781"/>
     <hyperlink ref="C1783" r:id="rId_hyperlink_1782"/>
     <hyperlink ref="C1784" r:id="rId_hyperlink_1783"/>
     <hyperlink ref="C1785" r:id="rId_hyperlink_1784"/>
     <hyperlink ref="C1786" r:id="rId_hyperlink_1785"/>
     <hyperlink ref="C1787" r:id="rId_hyperlink_1786"/>
     <hyperlink ref="C1788" r:id="rId_hyperlink_1787"/>
     <hyperlink ref="C1789" r:id="rId_hyperlink_1788"/>
     <hyperlink ref="C1790" r:id="rId_hyperlink_1789"/>
     <hyperlink ref="C1791" r:id="rId_hyperlink_1790"/>
     <hyperlink ref="C1792" r:id="rId_hyperlink_1791"/>
     <hyperlink ref="C1793" r:id="rId_hyperlink_1792"/>
     <hyperlink ref="C1794" r:id="rId_hyperlink_1793"/>
     <hyperlink ref="C1795" r:id="rId_hyperlink_1794"/>
     <hyperlink ref="C1796" r:id="rId_hyperlink_1795"/>
     <hyperlink ref="C1797" r:id="rId_hyperlink_1796"/>
     <hyperlink ref="C1798" r:id="rId_hyperlink_1797"/>
     <hyperlink ref="C1799" r:id="rId_hyperlink_1798"/>
     <hyperlink ref="C1800" r:id="rId_hyperlink_1799"/>
     <hyperlink ref="C1801" r:id="rId_hyperlink_1800"/>
     <hyperlink ref="C1802" r:id="rId_hyperlink_1801"/>
+    <hyperlink ref="C1803" r:id="rId_hyperlink_1802"/>
+    <hyperlink ref="C1804" r:id="rId_hyperlink_1803"/>
+    <hyperlink ref="C1805" r:id="rId_hyperlink_1804"/>
+    <hyperlink ref="C1806" r:id="rId_hyperlink_1805"/>
+    <hyperlink ref="C1807" r:id="rId_hyperlink_1806"/>
+    <hyperlink ref="C1808" r:id="rId_hyperlink_1807"/>
+    <hyperlink ref="C1809" r:id="rId_hyperlink_1808"/>
+    <hyperlink ref="C1810" r:id="rId_hyperlink_1809"/>
+    <hyperlink ref="C1811" r:id="rId_hyperlink_1810"/>
+    <hyperlink ref="C1812" r:id="rId_hyperlink_1811"/>
+    <hyperlink ref="C1813" r:id="rId_hyperlink_1812"/>
+    <hyperlink ref="C1814" r:id="rId_hyperlink_1813"/>
+    <hyperlink ref="C1815" r:id="rId_hyperlink_1814"/>
+    <hyperlink ref="C1816" r:id="rId_hyperlink_1815"/>
+    <hyperlink ref="C1817" r:id="rId_hyperlink_1816"/>
+    <hyperlink ref="C1818" r:id="rId_hyperlink_1817"/>
+    <hyperlink ref="C1819" r:id="rId_hyperlink_1818"/>
+    <hyperlink ref="C1820" r:id="rId_hyperlink_1819"/>
+    <hyperlink ref="C1821" r:id="rId_hyperlink_1820"/>
+    <hyperlink ref="C1822" r:id="rId_hyperlink_1821"/>
+    <hyperlink ref="C1823" r:id="rId_hyperlink_1822"/>
+    <hyperlink ref="C1824" r:id="rId_hyperlink_1823"/>
+    <hyperlink ref="C1825" r:id="rId_hyperlink_1824"/>
+    <hyperlink ref="C1826" r:id="rId_hyperlink_1825"/>
+    <hyperlink ref="C1827" r:id="rId_hyperlink_1826"/>
+    <hyperlink ref="C1828" r:id="rId_hyperlink_1827"/>
+    <hyperlink ref="C1829" r:id="rId_hyperlink_1828"/>
+    <hyperlink ref="C1830" r:id="rId_hyperlink_1829"/>
+    <hyperlink ref="C1831" r:id="rId_hyperlink_1830"/>
+    <hyperlink ref="C1832" r:id="rId_hyperlink_1831"/>
+    <hyperlink ref="C1833" r:id="rId_hyperlink_1832"/>
+    <hyperlink ref="C1834" r:id="rId_hyperlink_1833"/>
+    <hyperlink ref="C1835" r:id="rId_hyperlink_1834"/>
+    <hyperlink ref="C1836" r:id="rId_hyperlink_1835"/>
+    <hyperlink ref="C1837" r:id="rId_hyperlink_1836"/>
+    <hyperlink ref="C1838" r:id="rId_hyperlink_1837"/>
+    <hyperlink ref="C1839" r:id="rId_hyperlink_1838"/>
+    <hyperlink ref="C1840" r:id="rId_hyperlink_1839"/>
+    <hyperlink ref="C1841" r:id="rId_hyperlink_1840"/>
+    <hyperlink ref="C1842" r:id="rId_hyperlink_1841"/>
+    <hyperlink ref="C1843" r:id="rId_hyperlink_1842"/>
+    <hyperlink ref="C1844" r:id="rId_hyperlink_1843"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>